--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,94 +6,94 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5D19F61D" w14:textId="33DD0328" w:rsidR="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="5D19F61D" w14:textId="33DD0328">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="009A3F72" w:rsidSect="009A3F72">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5B100038" w14:textId="51E104F9" w:rsidR="00A901E6" w:rsidRDefault="00A901E6" w:rsidP="00A901E6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00A901E6" w:rsidP="00A901E6" w:rsidRDefault="00A901E6" w14:paraId="5B100038" w14:textId="51E104F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc501440348"/>
+      <w:bookmarkStart w:name="_Toc501440348" w:id="1"/>
       <w:r>
         <w:t>Radioaktivt avfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E314010" w14:textId="40CEDD63" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="4E314010" w14:textId="40CEDD63">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="527375C3" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="527375C3" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Med radioaktivt avfall avses radioaktivt material som har uppkommit eller använts i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nuklearmedicinsk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -102,247 +102,285 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> verksamhet och som inte är avsett för vidare användning. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Avfall från arbete med radioaktiva ämnen skall hanteras på ett sådant sätt att det inte orsakar skada eller onödiga risker för personalen, allmänheten eller miljön.</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Hantering och dokumentering av radioaktivt avfall regleras i SSMFS 2018:1 och SSMFS 2018:3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32798C69" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="32798C69" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc501440350"/>
+      <w:bookmarkStart w:name="_Toc501440350" w:id="2"/>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Syfte </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Toc501440351"/>
+      <w:bookmarkStart w:name="_Toc501440351" w:id="3"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="7C0C786D" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="7C0C786D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att hantera radioaktivt avfall i NU-sjukvården på ett strålsäkert sätt och i enighet med Strålsäkerhetsmyndighetens föreskrifter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585B1CBC" w14:textId="3B72DA1D" w:rsidR="00F47B09" w:rsidRDefault="00F47B09" w:rsidP="00F47B09">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="00F47B09" w:rsidP="00F47B09" w:rsidRDefault="00F47B09" w14:paraId="585B1CBC" w14:textId="3B72DA1D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C24FAB8" w14:textId="4B29C591" w:rsidR="00F47B09" w:rsidRPr="00F47B09" w:rsidRDefault="001721DE" w:rsidP="00F47B09">
+    <w:p w:rsidRPr="00F47B09" w:rsidR="00CE7B03" w:rsidP="00F47B09" w:rsidRDefault="00513E10" w14:paraId="2157BBE4" w14:textId="436E7221">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Ändrad placering av dokument</w:t>
-[...2 lines deleted...]
-        <w:t>. Länk tillagd.</w:t>
+        <w:t>Tagit bort Sm-153</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:t>Lagt till att dokumentation ska ske i IBC istället för i Excelfil.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:t>Lagt till referenser.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CE7B03">
+        <w:t>Uppdaterat länkar.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="0574D71A" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="0574D71A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:t>Inledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6CAA54" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="6E6CAA54" w14:textId="28886BD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
-        <w:t xml:space="preserve">Det radioaktiva avfall som uppkommit i eller tillförts verksamheten så snart som det är möjligt och rimligt skickas till förbränning eller mellanlagras på ett säkert sätt. Avfallshantering ska dokumenteras och arkiveras minst tio år. Dokumentationskravet gäller inte </w:t>
+        <w:t xml:space="preserve">Det radioaktiva avfall som uppkommit i eller tillförts verksamheten </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3F3A">
+        <w:t xml:space="preserve">ska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t xml:space="preserve">så snart som det är möjligt och rimligt skickas till förbränning eller mellanlagras på ett säkert sätt. Avfallshantering ska dokumenteras och arkiveras minst tio år. Dokumentationskravet gäller inte </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
-        <w:t xml:space="preserve">Tc. Allt avfall som genereras på </w:t>
+        <w:t xml:space="preserve">Tc. Allt avfall som genereras </w:t>
+      </w:r>
+      <w:r w:rsidR="00156EFA">
+        <w:t>inom</w:t>
+      </w:r>
+      <w:r w:rsidR="004A122B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:t>nuklearmedicinsk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve"> verksamhet anses vara radioaktivt tills mätning påvisar motsatsen. All hantering ska ske i enlighet med basala hygienrutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CF46F5" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="59CF46F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:t>Ansvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE21B50" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="7FE21B50" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Med jämna mellanrum ska tjänstgörande biomedicinsk analytiker gå igenom mellanlagringen på respektive avdelning och skicka avfall som avklingat tillräckligt för att skickas till förbränning. Sjukhusfysiker inventerar samt utför strykprov av NU-sjukvårdens strålkällor årligen. Sjukhusfysiker ser till att slutna strålkällor avyttras vid behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203EC500" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="203EC500" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23184B12" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="23184B12" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
-        <w:lastRenderedPageBreak/>
         <w:t>Avfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7604C29C" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="7604C29C" w14:textId="4B855A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Papperskorgar </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">som kan innehålla radioaktivt avfall, så som underläggspapper, handskar och mössor, ska tömmas dagligen efter avslutat arbete med radioaktiva ämnen. Om dosraten är över 5 </w:t>
+        <w:t xml:space="preserve">som kan innehålla radioaktivt avfall, så som underläggspapper, handskar och mössor, ska tömmas dagligen efter avslutat arbete med radioaktiva ämnen. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om dosraten är över 5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>μSv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">/h ska påsen till mellanlagring och märkas med datum och nuklid, annars kan den betraktas som konventionellt avfall. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FAAC90B" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="2FAAC90B" w14:textId="065CD085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Överblivet </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>radioaktivt läkemedel</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
@@ -399,1291 +437,1462 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>blyburk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> tills nästkommande morgon. Då slängs flaskorna i blyskärmad avfallsburk för </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-avfall. </w:t>
       </w:r>
+      <w:r w:rsidR="00AE1A42">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Lagervarorna flyttas även till lämplig avfallsbehållare i</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3665">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="0004259E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="005A542E" w:rsidR="0004259E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>(se IBC-NM</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005A542E" w:rsidR="00A74346">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>).</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45EF73E7" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="45EF73E7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Stickande/skärande </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">behållare innehållande radioaktivt avfall placeras för mellanlagring då de fyllts till 2/3. Fyll i etiketten på burken och märk med nuklid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3E34A5" w14:textId="46187661" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="0E3E34A5" w14:textId="5CFBB16F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Överblivna </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">radiofarmakalösningar </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">av </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>223</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Ra</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Ra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>153</w:t>
+        <w:t>75</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sm </w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>förvaras i</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve"> sina blyburkar</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> som märks med datum (år-mån-dag) och </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">aktivitet på locket. </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A3F72">
-[...6 lines deleted...]
-        <w:r w:rsidR="00052ED5" w:rsidRPr="00EA655F">
+      <w:r w:rsidR="001C1D2F">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001C1D2F">
+        <w:t>Lagervarorna flyttas till lämplig avfalls</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7283E">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1D2F">
+        <w:t>hållare i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2A98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="005A542E" w:rsidR="00AF2A98">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
-          <w:t>UDD Dokumentation av radioaktiva läkemedel</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve">” </w:t>
+          <w:t>(se IBC-NM).</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009A3F72">
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="03765B9D" w14:textId="230D7D54" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="03765B9D" w14:textId="230D7D54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">För </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-generator </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">följs rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="003B67BC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>Hantering av generator i beredningsrum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA535F4" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="6EA535F4" w14:textId="40E5E39F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Förbrukad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>technegasbåt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">läggs i blyskärmad avfallsburk för </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Tc-avfall i dispenseringsrummet.</w:t>
+        <w:t xml:space="preserve">Tc-avfall </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25C80">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(läkemedel) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i dispenseringsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5313BA04" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="5313BA04" w14:textId="7C0AF5D1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="25" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Flergångsandningsmask </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">ska placeras i påse för avklingning innan diskning, påsen märks med datum och nuklid. </w:t>
+        <w:t xml:space="preserve">ska placeras i påse för avklingning innan diskning, påsen </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">märks med datum och nuklid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D40658" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="36D40658" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Administreringsset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>technegas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> placeras i en avfallspåse som märks med datum och nuklid och placeras för mellanlagring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F041E1B" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="7F041E1B" w14:textId="690B92C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">kontaminerade </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">arbetskläder, textiler och blöjor placeras i en påse som märks med datum och nuklid och läggs för mellanlagring. </w:t>
+        <w:t xml:space="preserve">arbetskläder, textiler och blöjor placeras i en påse som märks </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">med datum och nuklid och läggs för mellanlagring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C03DE3A" w14:textId="69CED9A6" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="00DB1796" w:rsidP="00DB1796" w:rsidRDefault="009A3F72" w14:paraId="753D34C2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Förbrukade </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">slutna strålkällor </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">så som plankällor, pennor, punktmarkörer och kalibreringspreparat ska förvaras i källarförråden på respektive sjukhus. </w:t>
       </w:r>
       <w:r w:rsidR="007B5D38">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidR="007B5D38">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dokumentation sker i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B5D38">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>excel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B5D38">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">-dokumentet </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="007B5D38" w:rsidRPr="003220EA">
+      <w:hyperlink w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="003220EA" w:rsidR="007B5D38">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>Slutna strålkällor – Aktuell</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007B5D38">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. (Nås via sjukhusfysiker).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7150FB" w14:textId="39EFBC01" w:rsidR="009A3F72" w:rsidRPr="003220EA" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="00DB1796" w:rsidR="009A3F72" w:rsidP="00DB1796" w:rsidRDefault="009A3F72" w14:paraId="1B7150FB" w14:textId="7C76D102">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009A3F72">
+        <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1796">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Övrigt radioaktivt avfall </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A3F72">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="003220EA">
+      <w:r w:rsidRPr="00DB1796">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tas om hand av sjukhusfysiker. Märk avfallet med datum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="006A4458">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(år-mån-dag), nuklid, aktivitet och placera på lämplig plats i källarförrådet på respektive sjukhus. Dokumentation sker i Excel-dokumentet </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="00DB1796">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Slutna strålkällor </w:t>
         </w:r>
-        <w:r w:rsidR="005C61C6" w:rsidRPr="003220EA">
+        <w:r w:rsidRPr="00DB1796" w:rsidR="005C61C6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
-        <w:r w:rsidRPr="003220EA">
+        <w:r w:rsidRPr="00DB1796">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> Aktuell</w:t>
         </w:r>
-        <w:r w:rsidR="005C61C6" w:rsidRPr="003220EA">
+        <w:r w:rsidRPr="00DB1796" w:rsidR="005C61C6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005C61C6" w:rsidRPr="003220EA">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="005C61C6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C61C6" w:rsidRPr="003220EA">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="00DB1796">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="005C61C6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>(Nås via sjukhusfysiker).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653C74F7" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="653C74F7" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B600205" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="5B600205" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:t>Till mellanlagring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3A4EF0" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="0D3A4EF0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Avfall som är radioaktivt måste klinga av innan det kan skickas till förbränning. Under avklingningstiden ska avfallet mellanlagras. På NÄL och Uddevalla sker mellanlagring i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avemballeringsrummet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> respektive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sköljen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Allt avfall i mellanlagringen ska placeras bakom blyskärmning. Avfallet ska märkas med datum (år-mån-dag), nuklid och då det är möjligt aktivitet. För avfall som är placerat för avklingning i stickande/skärande behållare ska etiketten på burken vara ifylld. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F30DDB" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="30659BC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="45152B5B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t>Till förbränningsanläggning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="582D1FA5" w14:textId="42D27822">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det finns en begränsning i hur mycket radioaktivitet vi får skicka varje </w:t>
+      </w:r>
+      <w:r w:rsidR="00393ED7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>månad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till förbränningsanläggning. På NÄL ställs avfallsförpackningar som får skickas till förbränning </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i soprummet vid hisshall G. I Uddevalla placeras avfallsförpackningar i korridor för hämtning av vaktmästeri. Avfallet kan då läggas i genomskinliga säckar för att det enklare ska kunna förflyttas. En säck för vardera nuklid. I Bilaga A beskrivs arbetsgången för mätning av avfall. Vid mätning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ytdosrat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska det samlade avfallets </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dosrat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mätas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="5623D1C2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t xml:space="preserve">Avfall av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t>Tc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="3732F0FE" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det samlade avfallets </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ytdosrat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska vara under 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>μSv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/h för att få skickas till förbränningsanläggning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="3854213B" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan avfallet skickas ska information om nuklid och radioaktivitetsmärken strykas över. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="0E8BAFED" w14:textId="106DE633">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t xml:space="preserve">Avfall av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>223</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t>Ra</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4917">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t>Se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="0051586E" w14:paraId="1FE8C242" w14:textId="32B8C87C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Se till att den totala aktivitete</w:t>
+      </w:r>
+      <w:r w:rsidR="0024189E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på avfallsburken inte överstiger</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3120">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BE3120">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE3120">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="00BE3120">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>223</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="00BE3120">
+        <w:t>Ra</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3120">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE3120">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BE3120">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE3120">
+        <w:t xml:space="preserve"> för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="00BE3120">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="00BE3120">
+        <w:t>Se</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3120">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00105AE4">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00105AE4">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00105AE4">
+        <w:t xml:space="preserve"> respektive 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00105AE4">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00105AE4">
+        <w:t xml:space="preserve"> per månad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="3F71296E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De flaskor/kapslar som kan skickas till förbränningsanläggning enligt Excel-dokumentet ska placeras i förslutningsbar stickande/skärande behållare, en behållare för vardera nuklid. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="734F376D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det samlade avfallets </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ytdosrat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska vara under 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>μSv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/h för att få skickas till förbränningsanläggning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00105AE4" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="410E41F7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fyll i etiketten som sitter på burken och stäng den förslutningsbara burken. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="00105AE4" w:rsidP="00455580" w:rsidRDefault="00105AE4" w14:paraId="2EC82B35" w14:textId="0F4EEFBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>När avfallet har skickats dokumenteras detta i</w:t>
+      </w:r>
+      <w:r w:rsidR="00220E27">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IBC-NM </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId22">
+        <w:r w:rsidRPr="0052093C" w:rsidR="00220E27">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>(se</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0052093C" w:rsidR="009C36D1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> IBC-NM).</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="5B0573D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:t>Utsläpp till avlopp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="7B395059" w14:textId="7A41CD39">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utsläpp i avlopp får endast utföras i vasken i dispenseringsrummet på NÄL respektive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sköljen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i Uddevalla. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flytta aktiviteten i IBC-NM till behållaren </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86993">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4C31" w:rsidR="00AB4C31">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vlopp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aktivitet som inte finns registrerad i IBC-NM får inte hällas ut förrän den helt klingat av.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="576734AB" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="60CC5958" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observera att: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D5C611C" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...488 lines deleted...]
-    <w:p w14:paraId="1A8C7E48" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="1A8C7E48" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">aktiviteten inte får överstiga högsta aktivitet per nedspolningstillfälle i Tabell 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD5468F" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="1AD5468F" w14:textId="3287AD49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>den sammanlagda aktiviteten under en kalendermånad inte får överstiga värdena i Tabell 1</w:t>
       </w:r>
+      <w:r w:rsidR="00155CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kontrollera detta i IBC-NM behållaren </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5DAC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="00155CC1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vlopp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F35C6" w:rsidR="00155CC1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="00155CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>innan utsläpp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1796" w:rsidR="004F35C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03008A7C" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="03008A7C" w14:textId="2762E3A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">om flera nuklider ska spolas ut ska sjukhusfysiker kontaktas. </w:t>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">om </w:t>
+      </w:r>
+      <w:r w:rsidR="004F35C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">andra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nuklider </w:t>
+      </w:r>
+      <w:r w:rsidR="004F35C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">än </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="004F35C6">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="004F35C6">
+        <w:t>Tc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72" w:rsidR="004F35C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F35C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spolas ut ska sjukhusfysiker kontaktas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CD62CE" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="46CD62CE" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="505455AC" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="505455AC" w14:textId="5BAEB374">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabell </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -1719,4522 +1928,3435 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Högsta aktivitet då avfall skickas till förbränningsanläggning per förpackning och kalendermånad samt högsta aktivitet vid utsläpp i avlopp per tillfälle och kalendermånad</w:t>
+        <w:t xml:space="preserve">Högsta aktivitet då avfall skickas till förbränningsanläggning per förpackning och kalendermånad </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1796">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>samt högsta aktivitet vid utsläpp i avlopp per tillfälle och kalendermånad</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:color w:val="44546A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4458">
+        <w:rPr>
+          <w:color w:val="44546A"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colorful-Accent51"/>
-        <w:tblW w:w="8500" w:type="dxa"/>
+        <w:tblW w:w="7366" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A3F72" w:rsidRPr="009A3F72" w14:paraId="5343577C" w14:textId="77777777" w:rsidTr="0056689F">
+      <w:tr w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidTr="004F35C6" w14:paraId="5343577C" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E679A59" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="4E679A59" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avfall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="779933A0" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="779933A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>99m</w:t>
             </w:r>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5E8586" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="4B5E8586" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Se</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04353E06" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...31 lines deleted...]
-          <w:p w14:paraId="09992594" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="09992594" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>223</w:t>
             </w:r>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3F72" w:rsidRPr="009A3F72" w14:paraId="4A1AFB1D" w14:textId="77777777" w:rsidTr="0056689F">
+      <w:tr w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidTr="004F35C6" w14:paraId="4A1AFB1D" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59801D24" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="59801D24" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Högsta aktivitet att skicka till förbränning per förpackning (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22EAD9E7" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="22EAD9E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B63502" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="26B63502" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="371C4925" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...23 lines deleted...]
-          <w:p w14:paraId="532EEBDA" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="532EEBDA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3F72" w:rsidRPr="009A3F72" w14:paraId="7B5ECCB2" w14:textId="77777777" w:rsidTr="0056689F">
+      <w:tr w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidTr="004F35C6" w14:paraId="7B5ECCB2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0820571D" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="0820571D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Högsta aktivitet att skicka till förbränning per månad (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBAA343" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="5BBAA343" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2216363B" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="2216363B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="492B36B2" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...23 lines deleted...]
-          <w:p w14:paraId="19DE2C86" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="19DE2C86" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3F72" w:rsidRPr="009A3F72" w14:paraId="52C691F6" w14:textId="77777777" w:rsidTr="0056689F">
+      <w:tr w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidTr="004F35C6" w14:paraId="52C691F6" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDFB575" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="7EDFB575" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Högsta aktivitet per nedspolningstillfälle (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67413FD0" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="67413FD0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3A0792" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="4D3A0792" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4641534A" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...23 lines deleted...]
-          <w:p w14:paraId="53252343" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="53252343" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A3F72" w:rsidRPr="009A3F72" w14:paraId="433B3CBD" w14:textId="77777777" w:rsidTr="0056689F">
+      <w:tr w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidTr="004F35C6" w14:paraId="433B3CBD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26DA754B" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="26DA754B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Högsta aktivitet tillåtet att spola ned per månad (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D27971" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="25D27971" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1689AA90" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="1689AA90" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6106DE" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...23 lines deleted...]
-          <w:p w14:paraId="37514119" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+          <w:p w:rsidRPr="009A3F72" w:rsidR="004F35C6" w:rsidP="009A3F72" w:rsidRDefault="004F35C6" w14:paraId="37514119" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A3F72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="529604A3" w14:textId="3EAD9D1B" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="529604A3" w14:textId="3EAD9D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="603CC338" w14:textId="7D634767" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="009A3F72" w:rsidRDefault="009A3F72" w14:paraId="603CC338" w14:textId="7D634767">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161A2BAA" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="004F35C6" w:rsidP="00125718" w:rsidRDefault="004F35C6" w14:paraId="3CAAE2D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="009A3F72">
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:t>Referenser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004F35C6" w:rsidR="00C23B50" w:rsidP="00426FA5" w:rsidRDefault="004F35C6" w14:paraId="1F9CC0D5" w14:textId="61ED0E1A">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-8"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Strålsäkerhetsmyndi</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23B50">
+        <w:t>ghetens föreskrift SSMFS 2018:1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23B50">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C23B50">
+        <w:t>Strålsäkerhetsmyndighetens föreskrift SSMFS 2018:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34771">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23B50">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C23B50">
+        <w:t>MSBFS</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D98">
+        <w:t xml:space="preserve"> 2024:10 föreskrifter om transport av farligt gods på väg och i terräng (ADR-S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2374">
+        <w:t xml:space="preserve"> 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004F35C6" w:rsidR="004F35C6" w:rsidP="004F35C6" w:rsidRDefault="004F35C6" w14:paraId="607964F3" w14:textId="5B9E6D2A"/>
+    <w:p w:rsidR="00BE2374" w:rsidRDefault="00BE2374" w14:paraId="02AC6FD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="161A2BAA" w14:textId="730DE71B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Bilaga A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0509D6F4" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="00125718">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00125718" w:rsidRDefault="009A3F72" w14:paraId="0509D6F4" w14:textId="638F8D2C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Mätning av avfall </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6587F8F9" w14:textId="5D06E1A3" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidRPr="009A3F72" w:rsidR="009A3F72" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="6587F8F9" w14:textId="27025D1F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="009A3F72">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Nuklearmedicinska</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="009A3F72">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> mätinstrument, handhavande</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> för handhavandeinstruktion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C675A59" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="00D70A94" w:rsidP="00455580" w:rsidRDefault="009A3F72" w14:paraId="49CE243F" w14:textId="3F4D15BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3F72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mät noggrant på alla sidor om avfallet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1401E5C5" w14:textId="33209FEB" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="007A3788" w:rsidP="009A3F72">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="3EE5BACD" w14:textId="36F26AD2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:outlineLvl w:val="0"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="32"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6683A6B7" wp14:editId="76F51675">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33193778" wp14:editId="31FCD801">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>674094</wp:posOffset>
+                  <wp:posOffset>358610</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>107232</wp:posOffset>
+                  <wp:posOffset>102870</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3474554" cy="548309"/>
-                <wp:effectExtent l="0" t="0" r="12065" b="23495"/>
+                <wp:extent cx="4648200" cy="2486025"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
-                <wp:docPr id="75" name="Rektangel 75"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="763694574" name="Grupp 4"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...4 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3474554" cy="548309"/>
+                          <a:ext cx="4648200" cy="2486025"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="4648200" cy="2486025"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
-[...5 lines deleted...]
-                        <a:ln w="9525">
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1298456349" name="Rektangel 1298456349"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4648200" cy="2486025"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
                           <a:solidFill>
-                            <a:srgbClr val="000000"/>
+                            <a:srgbClr val="C5E0B3"/>
                           </a:solidFill>
-                          <a:miter lim="800000"/>
-[...4 lines deleted...]
-                      <wps:txbx>
+                          <a:ln w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                      </wps:wsp>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="326263095" name="Grupp 3"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="273050" y="152400"/>
+                            <a:ext cx="4246880" cy="2232025"/>
+                            <a:chOff x="0" y="0"/>
+                            <a:chExt cx="4246880" cy="2232025"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="1939104463" name="Grupp 4"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="4246880" cy="1552575"/>
+                              <a:chOff x="114299" y="0"/>
+                              <a:chExt cx="4246991" cy="1552575"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="291486548" name="Rektangel 291486548"/>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="114300" y="771525"/>
+                                <a:ext cx="1728470" cy="295275"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="DEEAF6"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="746EE234" w14:textId="77777777">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Nej</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="1783172996" name="Rak pilkoppling 1783172996"/>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm flipH="1">
+                                <a:off x="1187450" y="550545"/>
+                                <a:ext cx="655320" cy="175260"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd type="triangle"/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="714399570" name="Rak pilkoppling 714399570"/>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="2174240" y="550545"/>
+                                <a:ext cx="601980" cy="175260"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd type="triangle"/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="2087094440" name="Rektangel 2087094440"/>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="2257425" y="1257300"/>
+                                <a:ext cx="2103865" cy="295275"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="DEEAF6"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="5CE8DD13" w14:textId="77777777">
+                                  <w:pPr>
+                                    <w:tabs>
+                                      <w:tab w:val="left" w:pos="1418"/>
+                                    </w:tabs>
+                                    <w:ind w:left="142" w:right="624"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Fortsatt mellanlagring</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="823017873" name="Rak pilkoppling 823017873"/>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="3082925" y="1070610"/>
+                                <a:ext cx="0" cy="175260"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd type="triangle"/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="136007105" name="Rektangel 136007105"/>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="114299" y="1257300"/>
+                                <a:ext cx="1715964" cy="295275"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="DEEAF6"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="6C76093A" w14:textId="77777777">
+                                  <w:pPr>
+                                    <w:ind w:left="0" w:right="169"/>
+                                    <w:jc w:val="both"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Skicka till förbränning</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="433856656" name="Rak pilkoppling 433856656"/>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="979805" y="1070610"/>
+                                <a:ext cx="0" cy="175260"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd type="triangle"/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="1671608195" name="Rektangel 1671608195"/>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="381000" y="0"/>
+                                <a:ext cx="3474554" cy="548309"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="DEEAF6"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="074CE26C" w14:textId="77777777">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00747540">
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                      <w:vertAlign w:val="superscript"/>
+                                    </w:rPr>
+                                    <w:t>99m</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00747540">
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Tc</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:br/>
+                                  </w:r>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Är dosraten högre än 5 µ</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Sv</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>/h?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvPr id="268810731" name="Rektangel 268810731"/>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="2254250" y="771525"/>
+                                <a:ext cx="1669415" cy="295275"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="DEEAF6"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="2B96EF86" w14:textId="77777777">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="007A3788">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Ja</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                          </wps:wsp>
+                        </wpg:grpSp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1612807855" name="Rectangle 32"/>
+                          <wps:cNvSpPr>
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="6350" y="1746250"/>
+                              <a:ext cx="1715770" cy="485775"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="DEEAF6"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="586FBA8D" w14:textId="7B33B226">
+                                <w:pPr>
+                                  <w:ind w:left="142" w:right="41"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Släng i IBC-NM. </w:t>
+                                </w:r>
+                                <w:hyperlink w:history="1" r:id="rId24">
+                                  <w:r w:rsidRPr="00F5304B">
+                                    <w:rPr>
+                                      <w:rStyle w:val="Hyperlink"/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>(</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00F5304B">
+                                    <w:rPr>
+                                      <w:rStyle w:val="Hyperlink"/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>S</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00F5304B">
+                                    <w:rPr>
+                                      <w:rStyle w:val="Hyperlink"/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">e </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00F5304B">
+                                    <w:rPr>
+                                      <w:rStyle w:val="Hyperlink"/>
+                                    </w:rPr>
+                                    <w:t>IBC-NM)</w:t>
+                                  </w:r>
+                                </w:hyperlink>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1343268728" name="Rak pilkoppling 1"/>
+                          <wps:cNvCnPr>
+                            <a:cxnSpLocks noChangeShapeType="1"/>
+                          </wps:cNvCnPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="850900" y="1555750"/>
+                              <a:ext cx="0" cy="175260"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd type="triangle"/>
+                            </a:ln>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:noFill/>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </wps:spPr>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict w14:anchorId="6657085E">
+              <v:group id="Grupp 4" style="position:absolute;margin-left:28.25pt;margin-top:8.1pt;width:366pt;height:195.75pt;z-index:251658240" coordsize="46482,24860" o:spid="_x0000_s1026" w14:anchorId="33193778" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ONA9cwUAAPwgAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtty2zYQfe9M/wHD91oACIKXsZxxZcd9&#10;SNtMnH4ATFESxyTBgpQl5+u7AC+gacltbEuTNM6DAgoXYQ/Pnl0sfPpum2foLlFVKoupQ06wg5Ii&#10;lvO0WE6dvz6//yVwUFWLYi4yWSRT5z6pnHdnP/90uimjhMqVzOaJQrBIUUWbcuqs6rqMJpMqXiW5&#10;qE5kmRTQuZAqFzU8quVkrsQGVs+zCcWYTzZSzUsl46Sq4NuLptM5M+svFklc/7lYVEmNsqkDe6vN&#10;pzKfN/pzcnYqoqUS5SqN222IZ+wiF2kBP9ovdSFqgdYqfbRUnsZKVnJRn8Qyn8jFIo0TYwNYQ/DI&#10;misl16WxZRltlmUPE0A7wunZy8Z/3F2p8rr8qACJTbkELMyTtmW7ULn+H3aJtgay+x6yZFujGL5k&#10;nAXwHhwUQx9lAcfUa0CNV4D8o3nx6vJfZk66H5482M6mBIJUFoPqZRhcr0SZGGirCDD4qFA6B/7S&#10;MGAed1nooELkwNdPyS2wd5lkaNBnoDLzNHAaoqr8IOPbChVyttLDz5WSm1Ui5rBNovEAYwYT9EMF&#10;U9HN5nc5h58R61oa/rwE8x45EZWqqq8SmSPdmDoK/MAsL+4+VLXejh1iti+zdP4+zTLzoJY3s0yh&#10;OwE+M/Mu8a+usQCsHA7LCrSZOqEH7/vpJbD5t2uJPK3B+bM0nzpBP0hEGrfLYg7bFFEt0qxpw5az&#10;ogVSY6fpWkU3cn4POCrZeDYoETRWUn1x0Aa8eupUf6+FShwkihi+njp115zVjQysS5UuVzDLvifg&#10;2cAZmqYliUs55S4OvY4jV2pdlsiApCn7FS5FfRd74DzgO8SjDPzIGN07F2U8CDrnoi797861Z2ZP&#10;kbFztY4/tpWEbkgwY9x9aCzTG/1KYxs7nzKReMAmf6wfhDAagkNa8RmICNgZhqSRn8H0vXYeQURo&#10;SEAHPQaRb6whtsvAN1CEw0kIwOdqgQb4fB9Y1sLbcYz4NGB+xzFw5wb/HkArFC/WkovLy/P3fJcQ&#10;fBtaUm9vtu17OaSsHIGCxA9ceLFhyHsOiltUptmtLMsM8iQ0GGGpOCuaaBZvi+tRQDPx8vN9CbHK&#10;6iQoXTPl6XiGFlla/qYnakVvswlCAp+12ud52GMjXnLPA71rHdv3KDfCsZ+WVa2E1vGZLAqIdlI1&#10;v7Yn4BVSRzuwXAeVF8cxSNPacLUjdKHaoFarFBKDLGnpvzeUwZ5MrtDGoCOQxQeBCENPa0CrVyOu&#10;2AEHp8qAIJT4DEKiEa6dBMEk7GIjeSNIc4A6SFZMceDjkDH9Mh5FNNtnyXHorJhClsAgkJm8Cdo6&#10;vhlf7oIaJdiFENyeSn74oNacbZqU7bAp8xHkKqAuhujl9xnpp5Fc2QGWkQeKbAO5cnFAw46T2Mec&#10;jDj5FsuOQA7icox9gvuz2eD83ndZWhxaqAZHF7JLpwgk5CFnbzpVRTr5NjpF/yc6xVw38Dj39qbg&#10;doAl5OF1KvQha2pD55tMmeoRwH/klJtwn3AcEFtDGuiU7bO8OLRQuQGBAtywxtKlUi6DY5rXShQU&#10;NaDw1R5hulLlq9Uav4f6gJGottT3yqmUTiYKeQ6V4EVqarS2vnl0glKoOxLsu1BZe5Tx913Hoyck&#10;/JDvN/zcWcTiPGTkLd+HgngfR9sS7SuT9IFW2iKyLgYfI73jhAbYD7xBfhfr+5ksQW6fOEBZ6tB6&#10;yd2ubO8zrpkJuIio00yd1vldTZUF0DbFrf3Fq+ffz3w3mmkQsIr2Sjc235JmEpfB1VAA9fReNEcn&#10;U1M51Rj0hVMRvXKtdXAiDTwctjEdbkbgXmXE0h/9QDpUL9OGK3YItA/u8IfPJgjbP1o4+wcAAP//&#10;AwBQSwMEFAAGAAgAAAAhAF01S1fgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C&#10;32EZwZvdpJo/pNmUUtRTEWwF6W2aTJPQ7G7IbpP02zue9DjvPd78Xr6edSdGGlxrjYJwEYAgU9qq&#10;NbWCr8PbUwrCeTQVdtaQghs5WBf3dzlmlZ3MJ417XwsuMS5DBY33fSalKxvS6Ba2J8Pe2Q4aPZ9D&#10;LasBJy7XnVwGQSw1toY/NNjTtqHysr9qBe8TTpvn8HXcXc7b2/EQfXzvQlLq8WHerEB4mv1fGH7x&#10;GR0KZjrZq6mc6BREccRJ1uMlCPaTNGXhpOAlSBKQRS7/Lyh+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADo40D1zBQAA/CAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF01S1fgAAAACQEAAA8AAAAAAAAAAAAAAAAAzQcAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAADaCAAAAAA=&#10;">
+                <v:rect id="Rektangel 1298456349" style="position:absolute;width:46482;height:24860;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#c5e0b3" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8S4QuxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/da8Iw&#10;EH8f+D+EE/Y201VXbDWKDMZ89QN8PZqzqWsuJcls/e+XwWCP9/u+9Xa0nbiTD61jBa+zDARx7XTL&#10;jYLz6eNlCSJEZI2dY1LwoADbzeRpjZV2Ax/ofoyNSCEcKlRgYuwrKUNtyGKYuZ44cVfnLcZ0+kZq&#10;j0MKt53Ms6yQFltODQZ7ejdUfx2/rYJTU9/Y7OfdoXz4Ymfzz2EMF6Wep+NuBSLSGP/Ff+69TvPz&#10;crl4K+aLEn5/SgDIzQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPEuELsYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;"/>
+                <v:group id="Grupp 3" style="position:absolute;left:2730;top:1524;width:42469;height:22320" coordsize="42468,22320" o:spid="_x0000_s1028" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATggwUywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW86eYPBpu6ikiVHkRQC6W3R/aZBLNvQ3ZN4rfvFgo9DjPzG2a5Hk0jeupcbVlBPItA&#10;EBdW11wq+LzspgsQziNrbCyTggc5WK+en5aYazvwifqzL0WAsMtRQeV9m0vpiooMupltiYN3tZ1B&#10;H2RXSt3hEOCmkUkUZdJgzWGhwpa2FRW3890o2A84bNL4vT/crtvH92V+/DrEpNTkZdy8gfA0+v/w&#10;X/tDK0iTLMnS6HUOv5fCHZCrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATggwUywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                  <v:group id="_x0000_s1029" style="position:absolute;width:42468;height:15525" coordsize="42469,15525" coordorigin="1142" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCB0vLtyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlBG91k0alRlcRaUsPIlQF8TZkxySYnQ3ZNYlv3xUKPc73P8t1byrRUuNKywricQSCOLO6&#10;5FzB6fj5+g7CeWSNlWVS8CAH69XgZYmpth3/UHvwuQgh7FJUUHhfp1K6rCCDbmxr4sBdbWPQh7PJ&#10;pW6wC+Gmkm9RNJMGSw4NBda0LSi7He5GwVeH3SaJP9rd7bp9XI7T/XkXk1KjYb9ZgPDU+3/xn/tb&#10;h/nzZB5Hk8ksgedPAQC5+gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB0vLtyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:rect id="Rektangel 291486548" style="position:absolute;left:1143;top:7715;width:17284;height:2953;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1030" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD95Ne1xgAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dTsIw&#10;FL4n8R2aY+INkW4N4JgUAkYDtyIPcLIet+F6Ote6jbenFyZcfvn+19vRNqKnzteONaSzBARx4UzN&#10;pYbz18dzBsIHZIONY9JwJQ/bzcNkjblxA39SfwqliCHsc9RQhdDmUvqiIot+5lriyH27zmKIsCul&#10;6XCI4baRKkmW0mLNsaHClt4qKn5Of1bDZb84DC9qTN+V/w1qWstL1vZaPz2Ou1cQgcZwF/+7j0aD&#10;WqXzbLmYx83xUrwDcnMDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/eTXtcYAAADiAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                      <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="136FD4BD" w14:textId="73B880C6" w:rsidR="009A3F72" w:rsidRPr="007A3788" w:rsidRDefault="009A3F72" w:rsidP="007A3788">
+                          <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="14C59941" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
-                                <w:vertAlign w:val="superscript"/>
                               </w:rPr>
-                              <w:t>99m</w:t>
+                              <w:t>Nej</w:t>
                             </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:rect>
+                    <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:oned="t" filled="f" o:spt="32" path="m,l21600,21600e">
+                      <v:path fillok="f" arrowok="t" o:connecttype="none"/>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Rak pilkoppling 1783172996" style="position:absolute;left:11874;top:5505;width:6553;height:1753;flip:x;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1031" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCYUX3kxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hBG81q6U+VqO0giBeSm2hHofNuBvcTJZNuln/fSMUPM73nvW2t7XoqPXGsYLJOANBXDht&#10;uFTw/bV/XoDwAVlj7ZgU3MjDdjN4WmOuXeRP6k6hFCmEfY4KqhCaXEpfVGTRj11DnLiLay2GdLal&#10;1C3GFG5rOc2ymbRoODVU2NCuouJ6+rUKTPwwXXPYxffjz9nrSOb26oxSo2H/tgIRqA8P8b/7oNP8&#10;+eJlMp8ulzO4/5QAkJs/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJhRfeTHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                      <v:stroke endarrow="block"/>
+                    </v:shape>
+                    <v:shape id="Rak pilkoppling 714399570" style="position:absolute;left:21742;top:5505;width:6020;height:1753;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1032" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnXGCaywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NSsNA&#10;FIX3Bd9huII7O4lV28ROghQUaXFhK6HuLplrEszcCTPTNvXpnYXQ5eH88S3L0fTiSM53lhWk0wQE&#10;cW11x42Cz93L7QKED8gae8uk4EweyuJqssRc2xN/0HEbGhFH2OeooA1hyKX0dUsG/dQOxNH7ts5g&#10;iNI1Ujs8xXHTy7skeZQGO44PLQ60aqn+2R6Mgv0mO1Tn6p3WVZqtv9AZ/7t7Vermenx+AhFoDJfw&#10;f/tNK5in97Mse5hHiIgUcUAWfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnXGCaywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                      <v:stroke endarrow="block"/>
+                    </v:shape>
+                    <v:rect id="Rektangel 2087094440" style="position:absolute;left:22574;top:12573;width:21038;height:2952;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1033" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKJkDGyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NTsMw&#10;EIX3lbiDNUjdVNSuldIQ6lYUgei2hQOM4iFJicchNkm4PV4gdfn0/vRt95NrxUB9aDwbWC0VCOLS&#10;24YrAx/vr3c5iBCRLbaeycAvBdjvbmZbLKwf+UTDOVYijXAo0EAdY1dIGcqaHIal74iT9+l7hzHJ&#10;vpK2xzGNu1Zqpe6lw4bTQ40dPddUfp1/nIHLYf02bvS0etHhO+pFIy95Nxgzv52eHkFEmuI1/N8+&#10;WgNa5Rv1kGVZokhMiQfk7g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKJkDGyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="5D6205CD" w14:textId="77777777">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="1418"/>
+                              </w:tabs>
+                              <w:ind w:left="142" w:right="624"/>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
+                              <w:t>Fortsatt mellanlagring</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:rect>
+                    <v:shape id="Rak pilkoppling 823017873" style="position:absolute;left:30829;top:10706;width:0;height:1752;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1034" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDe3hmpywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U0UNEZXKYWKWHpQS9DbI/tMQrNvw+6qsb++Wyj0OMzMN8xi1ZtWXMn5xrKCdJiA&#10;IC6tbrhS8Hl4e85A+ICssbVMCu7kYbV8fFhgru2Nd3Tdh0pECPscFdQhdLmUvqzJoB/ajjh6Z+sM&#10;hihdJbXDW4SbVo6SZCINNhwXauzotabya38xCo7vs0txLz5oW6Sz7Qmd8d+HtVKDp/5lDiJQH/7D&#10;f+2NVpCNxkk6zaZj+L0U74Bc/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDe3hmpywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                      <v:stroke endarrow="block"/>
+                    </v:shape>
+                    <v:rect id="Rektangel 136007105" style="position:absolute;left:1142;top:12573;width:17160;height:2952;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1035" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAsPx94xQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCLsZmrTDH6pRdGxst+t8gENzbKvNSW2ytnv7ZTDw8uP73+5H24ieOl871pDMFQjiwpma&#10;Sw2nr7fZGoQPyAYbx6Thhzzsd5OHLWbGDfxJfR5KEUPYZ6ihCqHNpPRFRRb93LXEkTu7zmKIsCul&#10;6XCI4baRqVJLabHm2FBhSy8VFdf822q4HBfvwyodk9fU30L6VMvLuu21fpyOhw2IQGO4i//dHybO&#10;f14qtUrUAv4uRQxy9wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsPx94xQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="6EAF11BD" w14:textId="77777777">
+                            <w:pPr>
+                              <w:ind w:left="0" w:right="169"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007A3788">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Skicka till förbränning</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:rect>
+                    <v:shape id="Rak pilkoppling 433856656" style="position:absolute;left:9798;top:10706;width:0;height:1752;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1036" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBHLHMVywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y21Bo2uUgSlKD1UJejtkX1NQrNvw+6qsb/eLRR6HGbmG2a26EwjLuR8bVnBoJ+A&#10;IC6srrlUcNivnscgfEDW2FgmBTfysJg/Psww0/bKn3TZhVJECPsMFVQhtJmUvqjIoO/bljh6X9YZ&#10;DFG6UmqH1wg3jXxJklQarDkuVNjSsqLie3c2Co7byTm/5R+0yQeTzQmd8T/7tVK9p+5tCiJQF/7D&#10;f+13reB1OByP0nSUwu+leAfk/A4AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBHLHMVywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                      <v:stroke endarrow="block"/>
+                    </v:shape>
+                    <v:rect id="Rektangel 1671608195" style="position:absolute;left:3810;width:34745;height:5483;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1037" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBGeggQxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlBC+lbhIwptFVVFraq9oHGLLTJJqdjdk1Sd++Wyh4nO9/1tvRNKKnztWWFcTzCARxYXXN&#10;pYKv8/tLBsJ5ZI2NZVLwQw62m8nTGnNtBz5Sf/KlCCHsclRQed/mUrqiIoNublviwH3bzqAPZ1dK&#10;3eEQwk0jkyhKpcGaQ0OFLR0qKq6nu1Fw2S8+hmUyxm+Ju/nkuZaXrO2Vmk3H3QqEp9E/xP/uTx3m&#10;p8s4jbL4dQF/PwUA5OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARnoIEMYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="09F70048" w14:textId="77777777">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00747540">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:vertAlign w:val="superscript"/>
+                              </w:rPr>
+                              <w:t>99m</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00747540">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
                               <w:t>Tc</w:t>
                             </w:r>
-                            <w:r w:rsidR="007A3788">
+                            <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Är dosraten högre än 5 µ</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Sv</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>/h?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...209 lines deleted...]
-                      <wps:txbx>
+                      </v:textbox>
+                    </v:rect>
+                    <v:rect id="Rektangel 268810731" style="position:absolute;left:22542;top:7715;width:16694;height:2953;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1038" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHIGZlyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BbsIw&#10;EETvSP0HaytxQcWJUSFKMQgQqL2W9gNW8TYJjdchNkn4+7pSpR5HM/NGs96OthE9db52rCGdJyCI&#10;C2dqLjV8fpyeMhA+IBtsHJOGO3nYbh4ma8yNG/id+nMoRYSwz1FDFUKbS+mLiiz6uWuJo/flOosh&#10;yq6UpsMhwm0jVZIspcWa40KFLR0qKr7PN6vhsn9+HVZqTI/KX4Oa1fKStb3W08dx9wIi0Bj+w3/t&#10;N6NBLbMsTVaLFH4vxTsgNz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxyBmZckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                      <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="4BF4827A" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="007A3788" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
-[...446 lines deleted...]
-                          <w:p w14:paraId="0D96593F" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="007A3788" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+                          <w:p w:rsidRPr="007A3788" w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="1B4FC342" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007A3788">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Ja</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...36 lines deleted...]
-              </v:rect>
+                      </v:textbox>
+                    </v:rect>
+                  </v:group>
+                  <v:rect id="Rectangle 32" style="position:absolute;left:63;top:17462;width:17158;height:4858;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1039" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCH0RJGxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X9h3CDfYiM22gWqpRpmzo69w+wNHc2mpz6Zqs7b79Igh7vN//2+wm24qBet841pAuEhDEpTMN&#10;Vxo+P96ecxA+IBtsHZOGX/Kw2z7MNlgYN/I7DedQiRjCvkANdQhdIaUva7LoF64jjtyX6y2GePaV&#10;ND2OMdy2UiXJUlpsODbU2NGhpvJ6/rEaLvvsOK7UlL4q/x3UvJGXvBu0fnqcXtYgAk3hX3x3n0yc&#10;v0xVnqzyLIPbTxEAuf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh9ESRsYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w:rsidR="008B5E85" w:rsidP="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="06DB70F2" w14:textId="7B33B226">
+                          <w:pPr>
+                            <w:ind w:left="142" w:right="41"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Släng i IBC-NM. </w:t>
+                          </w:r>
+                          <w:hyperlink w:history="1" r:id="rId25">
+                            <w:r w:rsidRPr="00F5304B">
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F5304B">
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>S</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F5304B">
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">e </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F5304B">
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                              </w:rPr>
+                              <w:t>IBC-NM)</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:shape id="Rak pilkoppling 1" style="position:absolute;left:8509;top:15557;width:0;height:1753;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1040" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX/Ga6zQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3TSV2sZuiwiKVHqwldDehuyYBLOzYXfbpv565yB4nHlv3vtmsRpcp04UYuvZwHiU&#10;gSKuvG25NvC5e7mbgYoJ2WLnmQxcKMJqeX21wML6M3/QaZtqJSEcCzTQpNQXWseqIYdx5Hti0b58&#10;cJhkDLW2Ac8S7jqdZ9lUO2xZGhrs6bmh6nt7dAb27/NjeSk3tC7H8/UBg4s/u1djbm+Gp0dQiYb0&#10;b/67frOCP7mf5NPZQy7Q8pMsQC9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFf8ZrrN&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;">
+                    <v:stroke endarrow="block"/>
+                  </v:shape>
+                </v:group>
+              </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D87D73" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="33A04A5E" w14:textId="32441708">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3751782C" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="0511F534" w14:textId="0C9122D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B7C1031" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="0482E797" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71860A54" w14:textId="77777777" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="3F76FD81" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E473340" w14:textId="0AEB30C7" w:rsidR="009A3F72" w:rsidRPr="009A3F72" w:rsidRDefault="009A3F72" w:rsidP="009A3F72">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="2ED36FB1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="2E430ADE" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00B71C58" w:rsidP="00536A5A">
+    <w:p w:rsidR="008B5E85" w:rsidRDefault="008B5E85" w14:paraId="7B288531" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009A3F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00455580" w:rsidRDefault="00455580" w14:paraId="4AFEEAF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00455580" w:rsidRDefault="00455580" w14:paraId="097229B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00455580" w:rsidRDefault="00455580" w14:paraId="2703B7F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D70A94" w:rsidRDefault="001F632C" w14:paraId="41D10A0D" w14:textId="7BB69875">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:szCs w:val="20"/>
-[...144 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A52FD41" wp14:editId="73218B89">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36396476" wp14:editId="09DC3D5C">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-49475</wp:posOffset>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-217170</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1011555</wp:posOffset>
+                  <wp:posOffset>1141730</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6027420" cy="5657850"/>
-                <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
+                <wp:extent cx="6048375" cy="5124450"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Grupp 1"/>
+                <wp:docPr id="1454077566" name="Grupp 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6027420" cy="5657850"/>
-[...1 lines deleted...]
-                          <a:chExt cx="9492" cy="8910"/>
+                          <a:ext cx="6048375" cy="5124450"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6048375" cy="5124450"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="2" name="Rectangle 14"/>
+                        <wps:cNvPr id="2019150278" name="Rektangel 2019150278"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="4347" y="11944"/>
-                            <a:ext cx="3621" cy="769"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6048375" cy="5124450"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
-                            <a:srgbClr val="DEEAF6"/>
+                            <a:srgbClr val="FFE599"/>
                           </a:solidFill>
                           <a:ln w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
-                        <wps:txbx>
-[...25 lines deleted...]
-                        </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
                       </wps:wsp>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="541485181" name="Grupp 3"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="406400" y="184150"/>
+                            <a:ext cx="5133975" cy="4693925"/>
+                            <a:chOff x="133985" y="-57414"/>
+                            <a:chExt cx="5133975" cy="4694171"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvPr id="1059993233" name="Rectangle 32"/>
+                          <wps:cNvSpPr>
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="142875" y="4143362"/>
+                              <a:ext cx="2512695" cy="493395"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="DEEAF6"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="5656F94B" w14:textId="77777777">
+                                <w:pPr>
+                                  <w:ind w:left="142" w:right="41"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t>Förslut behållaren och skicka till förbränningsanläggning samma vecka.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="738615496" name="Grupp 2"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="133985" y="-57414"/>
+                              <a:ext cx="5133975" cy="4609729"/>
+                              <a:chOff x="133985" y="-57414"/>
+                              <a:chExt cx="5133975" cy="4609729"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wpg:grpSp>
+                            <wpg:cNvPr id="1556218195" name="Grupp 1556218195"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="133985" y="-57414"/>
+                                <a:ext cx="5113655" cy="4609729"/>
+                                <a:chOff x="1730" y="6821"/>
+                                <a:chExt cx="8053" cy="6664"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="1463251171" name="Rectangle 14"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="4032" y="10416"/>
+                                  <a:ext cx="3621" cy="769"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="61A6A110" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:ind w:left="227" w:right="-443"/>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">Är dosraten på samtliga </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00400E25">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>behållare tillsammans högre än 5 µ</w:t>
+                                    </w:r>
+                                    <w:proofErr w:type="spellStart"/>
+                                    <w:r w:rsidRPr="00400E25">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Sv</w:t>
+                                    </w:r>
+                                    <w:proofErr w:type="spellEnd"/>
+                                    <w:r w:rsidRPr="00400E25">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>/h?</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:t xml:space="preserve"> </w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1107409378" name="Rectangle 24"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="6303" y="12087"/>
+                                  <a:ext cx="3480" cy="1398"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="06729989" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:ind w:left="147" w:right="149"/>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Fortsatt mellanlagring</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve"> alternativt ta ur en flaska ur behållaren och mät om. </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">Märk upp behållare. </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:br/>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1900164009" name="AutoShape 25"/>
+                              <wps:cNvCnPr>
+                                <a:cxnSpLocks noChangeShapeType="1"/>
+                              </wps:cNvCnPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="5682" y="8068"/>
+                                  <a:ext cx="4" cy="901"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="straightConnector1">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:round/>
+                                  <a:headEnd/>
+                                  <a:tailEnd type="triangle"/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                      <a:noFill/>
+                                    </a14:hiddenFill>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1061562404" name="AutoShape 29"/>
+                              <wps:cNvCnPr>
+                                <a:cxnSpLocks noChangeShapeType="1"/>
+                              </wps:cNvCnPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="5670" y="10003"/>
+                                  <a:ext cx="0" cy="397"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="straightConnector1">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:round/>
+                                  <a:headEnd/>
+                                  <a:tailEnd type="triangle"/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                      <a:noFill/>
+                                    </a14:hiddenFill>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1431005029" name="Rectangle 30"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="1730" y="6821"/>
+                                  <a:ext cx="7903" cy="1247"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidRPr="00747540" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="395515FA" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:spacing w:line="240" w:lineRule="auto"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:b/>
+                                        <w:bCs/>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="00747540">
+                                      <w:rPr>
+                                        <w:b/>
+                                        <w:bCs/>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                        <w:vertAlign w:val="superscript"/>
+                                      </w:rPr>
+                                      <w:t>223</w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00747540">
+                                      <w:rPr>
+                                        <w:b/>
+                                        <w:bCs/>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">Ra och </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00747540">
+                                      <w:rPr>
+                                        <w:b/>
+                                        <w:bCs/>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                        <w:vertAlign w:val="superscript"/>
+                                      </w:rPr>
+                                      <w:t>75</w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00747540">
+                                      <w:rPr>
+                                        <w:b/>
+                                        <w:bCs/>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">Se </w:t>
+                                    </w:r>
+                                  </w:p>
+                                  <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="1038FB41" w14:textId="45BC5A8F">
+                                    <w:pPr>
+                                      <w:spacing w:line="240" w:lineRule="auto"/>
+                                      <w:jc w:val="center"/>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">Kontrollera i IBC-NM att summan av aktiviteterna hos det som ska slängas inte överstiger värden i Tabell 1. </w:t>
+                                    </w:r>
+                                    <w:hyperlink w:history="1" r:id="rId26">
+                                      <w:r w:rsidRPr="004A5413">
+                                        <w:rPr>
+                                          <w:rStyle w:val="Hyperlink"/>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:t>(Se IBC-NM)</w:t>
+                                      </w:r>
+                                    </w:hyperlink>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="114410814" name="Rectangle 32"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="1744" y="12122"/>
+                                  <a:ext cx="3976" cy="455"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="5A400192" w14:textId="1C4EA384">
+                                    <w:pPr>
+                                      <w:ind w:left="142" w:right="41"/>
+                                    </w:pPr>
+                                    <w:del w:author="Ulrica Sehlberg" w:date="2026-01-16T13:31:00Z" w16du:dateUtc="2026-01-16T12:31:00Z" w:id="4">
+                                      <w:r>
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:delText xml:space="preserve">Släng i IBC-NM. (Se </w:delText>
+                                      </w:r>
+                                      <w:r w:rsidRPr="00FE0E85">
+                                        <w:delText>IBC-NM</w:delText>
+                                      </w:r>
+                                      <w:r>
+                                        <w:delText>)</w:delText>
+                                      </w:r>
+                                    </w:del>
+                                    <w:ins w:author="Ulrica Sehlberg" w:date="2026-01-16T13:31:00Z" w16du:dateUtc="2026-01-16T12:31:00Z" w:id="5">
+                                      <w:r>
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:t xml:space="preserve">Släng i IBC-NM. </w:t>
+                                      </w:r>
+                                      <w:r w:rsidR="00930ED8">
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="begin"/>
+                                      </w:r>
+                                      <w:r w:rsidR="00930ED8">
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf"</w:instrText>
+                                      </w:r>
+                                      <w:r w:rsidR="00930ED8">
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                      </w:r>
+                                      <w:r w:rsidR="00930ED8">
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="separate"/>
+                                      </w:r>
+                                      <w:r w:rsidRPr="00930ED8">
+                                        <w:rPr>
+                                          <w:rStyle w:val="Hyperlink"/>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:t xml:space="preserve">(Se </w:t>
+                                      </w:r>
+                                      <w:r w:rsidRPr="00930ED8">
+                                        <w:rPr>
+                                          <w:rStyle w:val="Hyperlink"/>
+                                        </w:rPr>
+                                        <w:t>IBC-NM</w:t>
+                                      </w:r>
+                                      <w:r w:rsidRPr="00930ED8">
+                                        <w:rPr>
+                                          <w:rStyle w:val="Hyperlink"/>
+                                          <w:sz w:val="16"/>
+                                          <w:szCs w:val="16"/>
+                                        </w:rPr>
+                                      </w:r>
+                                      <w:r w:rsidRPr="00930ED8">
+                                        <w:rPr>
+                                          <w:rStyle w:val="Hyperlink"/>
+                                        </w:rPr>
+                                        <w:t>)</w:t>
+                                      </w:r>
+                                      <w:r w:rsidR="00930ED8">
+                                        <w:rPr>
+                                          <w:sz w:val="22"/>
+                                          <w:szCs w:val="22"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="end"/>
+                                      </w:r>
+                                    </w:ins>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1280479420" name="Rectangle 38"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="2614" y="8969"/>
+                                  <a:ext cx="6143" cy="1034"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidRPr="001E3C4E" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="7A1B27C5" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:spacing w:line="240" w:lineRule="auto"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="001E3C4E">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Släng flaskan i</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve"> </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="001E3C4E">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>förslutningsbar behållare för den avsedda nukliden.</w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="001E3C4E">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:br/>
+                                    </w:r>
+                                    <w:r w:rsidRPr="001E3C4E">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Blybehållare läggs i röd säck märkt ”Bly”</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>.</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1512787594" name="Rectangle 39"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="2110" y="11403"/>
+                                  <a:ext cx="3209" cy="399"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="4C3555CC" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Nej</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1132721426" name="Rectangle 40"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks noChangeArrowheads="1"/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="6782" y="11421"/>
+                                  <a:ext cx="2482" cy="399"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DEEAF6"/>
+                                </a:solidFill>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:miter lim="800000"/>
+                                  <a:headEnd/>
+                                  <a:tailEnd/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="0DA4CA81" w14:textId="77777777">
+                                    <w:pPr>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r w:rsidRPr="0097226A">
+                                      <w:rPr>
+                                        <w:sz w:val="22"/>
+                                        <w:szCs w:val="22"/>
+                                      </w:rPr>
+                                      <w:t>Ja</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1"/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1812647583" name="AutoShape 41"/>
+                              <wps:cNvCnPr>
+                                <a:cxnSpLocks noChangeShapeType="1"/>
+                              </wps:cNvCnPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm flipH="1">
+                                  <a:off x="4293" y="11180"/>
+                                  <a:ext cx="389" cy="223"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="straightConnector1">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:round/>
+                                  <a:headEnd/>
+                                  <a:tailEnd type="triangle"/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                      <a:noFill/>
+                                    </a14:hiddenFill>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="1623961713" name="AutoShape 42"/>
+                              <wps:cNvCnPr>
+                                <a:cxnSpLocks noChangeShapeType="1"/>
+                              </wps:cNvCnPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="7414" y="11183"/>
+                                  <a:ext cx="324" cy="238"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="straightConnector1">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:round/>
+                                  <a:headEnd/>
+                                  <a:tailEnd type="triangle"/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                      <a:noFill/>
+                                    </a14:hiddenFill>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr/>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="7470699" name="AutoShape 44"/>
+                              <wps:cNvCnPr>
+                                <a:cxnSpLocks noChangeShapeType="1"/>
+                              </wps:cNvCnPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="8077" y="11820"/>
+                                  <a:ext cx="0" cy="276"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="straightConnector1">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                                <a:noFill/>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:round/>
+                                  <a:headEnd/>
+                                  <a:tailEnd type="triangle"/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                    <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                      <a:noFill/>
+                                    </a14:hiddenFill>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr/>
+                            </wps:wsp>
+                          </wpg:grpSp>
+                          <wps:wsp>
+                            <wps:cNvPr id="784166078" name="Koppling: vinklad 1"/>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm flipH="1" flipV="1">
+                                <a:off x="5172075" y="381000"/>
+                                <a:ext cx="95885" cy="3486150"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="bentConnector3">
+                                <a:avLst>
+                                  <a:gd name="adj1" fmla="val -246485"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd type="triangle"/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </wpg:grpSp>
+                        <wps:wsp>
+                          <wps:cNvPr id="30730318" name="AutoShape 44"/>
+                          <wps:cNvCnPr>
+                            <a:cxnSpLocks noChangeShapeType="1"/>
+                          </wps:cNvCnPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="1304925" y="3924286"/>
+                              <a:ext cx="0" cy="215900"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd type="triangle"/>
+                            </a:ln>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:noFill/>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </wps:spPr>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                      </wpg:grpSp>
                       <wps:wsp>
-                        <wps:cNvPr id="3" name="Rectangle 15"/>
-[...171 lines deleted...]
-                        <wps:cNvPr id="11" name="AutoShape 19"/>
+                        <wps:cNvPr id="331150744" name="AutoShape 44"/>
                         <wps:cNvCnPr>
                           <a:cxnSpLocks noChangeShapeType="1"/>
                         </wps:cNvCnPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="6311" y="8190"/>
-[...1015 lines deleted...]
-                            <a:ext cx="0" cy="276"/>
+                            <a:off x="1562100" y="3638550"/>
+                            <a:ext cx="0" cy="215888"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd type="triangle"/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:noFill/>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-[...95 lines deleted...]
-                <v:shape id="AutoShape 18" o:spid="_x0000_s1034" type="#_x0000_t32" style="position:absolute;left:3458;top:8190;width:1032;height:276;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB44hFgvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN62qYKyVKOoIMheRFfQ49CMbbCZlCbb1H9vDgt7fLzv1Wawjeip88axgmmWgyAunTZc&#10;Kbj+HD6/QPiArLFxTApe5GGzHn2ssNAu8pn6S6hECmFfoII6hLaQ0pc1WfSZa4kT93CdxZBgV0nd&#10;YUzhtpGzPF9Ii4ZTQ40t7Wsqn5dfq8DEk+nb4z7uvm93ryOZ19wZpSbjYbsEEWgI/+I/91ErSFvT&#10;lXQD5PoNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeOIRYL0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+            <w:pict w14:anchorId="2BFF5D0D">
+              <v:group id="Grupp 5" style="position:absolute;margin-left:-17.1pt;margin-top:89.9pt;width:476.25pt;height:403.5pt;z-index:251658241" coordsize="60483,51244" o:spid="_x0000_s1041" w14:anchorId="36396476" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoS5FX4QYAAIUsAAAOAAAAZHJzL2Uyb0RvYy54bWzsWl1zm0YUfe9M/wPDe6L9YgFN5EzGsd2Z&#10;Jm0mSfuOEZJoENAFW3J/fc8uy4ckO24cS61q+0FGApbdy7nnnnv3vnq9XmbOdaKqtMgnLn1JXCfJ&#10;42Ka5vOJ+9vn8xeB61R1lE+jrMiTiXuTVO7rkx9/eLUqxwkrFkU2TZSDQfJqvCon7qKuy/FoVMWL&#10;ZBlVL4syyXFyVqhlVOOrmo+mKlph9GU2YoTI0apQ01IVcVJV+PVtc9I9MePPZklc/zqbVUntZBMX&#10;c6vNpzKfl/pzdPIqGs9VVC7S2E4jesAsllGa46HdUG+jOnKuVLoz1DKNVVEVs/plXCxHxWyWxolZ&#10;A1ZDydZqLlRxVZq1zMeredmZCabdstODh41/ub5Q5afyg4IlVuUctjDf9FrWM7XU/zFLZ21MdtOZ&#10;LFnXTowfJREB9z3XiXHOo0wIzxo1XsDyO/fFi7N77hy1Dx5tTGdVAiBVb4Pq+2zwaRGViTFtNYYN&#10;PignnU5cvIOQeoT5QG0eLYHXj8kXoHeeZM7gnDGVuU8bTpuoKt8V8ZfKyYvThb78jVLFapFEU0yT&#10;apBhMYMb9JcKtzqXq/fFFI+JrurC4Od7bN5ZLhqXqqovkmLp6IOJq+AHZvjo+l1V6+n0l5jpF1k6&#10;PU+zzHxR88vTTDnXEXzm/PzMC0OzAqxyeFmWO6uJG3rMMyNvnKuGQxDzd9sQy7SG82fpcuIG3UXR&#10;WNvtLJ9imtG4jtKsOcaUs9waUttOw7UaXxbTG9hRFY1ng4lwsCjUX66zgldP3OrPq0glrhPlMX6e&#10;uHV7eFo3NHBVqnS+wF39ewLOBs7QHPYg8QQVgUcD2mLkQl2VpcP1CjVkv8GlBJGCgJbgOzQQQJ4e&#10;Ixq3zuVRzsPWuYQMeQhjmys659JXBHA/jPDC8zGz9nzrZttjCOo3C/0X3YwSYCrkjPPWhB8BUPhN&#10;ljicNXYceMv+3IsKFmj7wnowHefSPLx/AQyMJkPLbiKErY399+Fob8/O3pxLvXaMvuFM/w1Hq9eX&#10;a8ORZo6P7noa9nnxBjQ4Sw1B9U+wPv91p/R5IKknQtkiqnFKC6Zvcso7XOoOpyShzww/RuMHO2U3&#10;Rges7dhn43JHMDZeUc+TDEykIdrEq2bZg9+/nZTuXT/l0mt9QnZzH67f5w2pyYAZstHnWkIKiAe3&#10;13JBSmno6s5VHyDiUyE5vFyTYhfxWypqyFQDEZS+70gvCJjPBAIiqPGxnobAS5ieNpkv21jcCoVH&#10;i/RHQ0B+GyD2GfsPAT1KfEFCPhSbLfSYcYwDQU9yAo8EuigjgbHuAHoigCtr6FEIDRueni72jAX6&#10;0LQf3XkI7IWEUK09w5b2dOg1SZHTaEyLvdO8SXDidf5pK8cxV3++KZG+9NIZTNncou//RymOhyBh&#10;0BcQaczbg080yAvJpmLtcxeb3lS1irSGPy3yHEKyUPRryU5e6EzHyOhHkFZI0W2qckva4tTGPLVK&#10;jbi17nNnGqPFn7ablTqHwAGBapJMEJi6ERADHJhQc0Ac+DYTQipokqkeCJaCkAx9nYGegXB/Uen2&#10;ygeyH0oISh8dIQxSMpOWWiDsWwfRXe3YKm8/1HHKxCIm7kHCwyseR6ODOvc8eh0kBCUB1PaOAj9s&#10;McAXmIKRQZRtFQLAPMgsNfQEUp8mSX+6Koh2hHDs0GMBEX4oGAJMW+9tJTjvtN4Bsj8mNfwBryBs&#10;Mrw+9uFMy3qEb+bLO0LoCbAeNVpQB6Njxx5qiz6qj+FtvNdx+yGwR+HPhvcoihCa3HrwcaYzBM17&#10;vNsFeMK819Wmjx17lDOfofrdlUt7tSc6cj8A9qRvkz+KydhSYSv3mNDnnrHXlN2p3V86ft4LsKci&#10;fC9AVNtOOUVH7l0dAaXjxy09OLMsLX/SNQtNdHZvW7DQlsAoRcFrkwMDS4GMmXfQlat3wu9z+vng&#10;9FMyHkpU4W8DRce6+wPFAApmE7UJhxQY3YQC6rKGkVijDp+h8D19KLdXInzhEwmxsUsOw5r4/uuS&#10;AfF9K4sC5AcbOLD1KIakEL8/MRT0e5N6O/IARUofrRFSkn6f5OeiLDN0e42d6zT/kkVTZztu4K3o&#10;qTV9Ik2nQ8/75uj3rQjgUZ8R2wvAA9TCtl556AW6z8LIEaH3ms35u1/9ZZL39Wje16M108ynFtzR&#10;9A9s7M2WGXrO0G7jvGBCorfEgso06xh4tZt8+uYjKV8fHCWcoHLIade51ReyUdaxeDhIAKGcCN2o&#10;o2MIOnbQYrK1nduyB/WwC/NMIPtv6+Ocwl9NeW9HcR4YG7pfw3Z8cckDb7vlq8dGENyz3fq/VJuG&#10;NtDramjP9uXqZtrhdxwPu4dP/gYAAP//AwBQSwMEFAAGAAgAAAAhAIPwcsriAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7SaM1jdmUUtRTEWwF8bbNTpPQ7GzIbpP03zue&#10;9DaP9/HmvXw92VYM2PvGkYJ4HoFAKp1pqFLweXidpSB80GR06wgVXNHDuri9yXVm3EgfOOxDJTiE&#10;fKYV1CF0mZS+rNFqP3cdEnsn11sdWPaVNL0eOdy2chFFS2l1Q/yh1h1uayzP+4tV8DbqcZPEL8Pu&#10;fNpevw+P71+7GJW6v5s2zyACTuEPht/6XB0K7nR0FzJetApmycOCUTaeVryBiVWcJiCOfKTLFGSR&#10;y/8bih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqEuRV+EGAACFLAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAg/ByyuIAAAALAQAADwAAAAAA&#10;AAAAAAAAAAA7CQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEoKAAAAAA==&#10;">
+                <v:rect id="Rektangel 2019150278" style="position:absolute;width:60483;height:51244;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1042" fillcolor="#ffe599" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmWqFOxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A2kxbcZjXKlAk7CDoVvD6aZ1ttXkoStfvvl4Ow48f3ezrvbStu5EPjWEM2VCCIS2ca&#10;rjQc9qvXDxAhIhtsHZOGXwownz0/TbEw7s4/dNvFSqQQDgVqqGPsCilDWZPFMHQdceJOzluMCfpK&#10;Go/3FG5bmSv1Ji02nBpq7GhZU3nZXa2GjhbV8rjOz159LZprXB22m/VF68FL/zkBEamP/+KH+9to&#10;yFU2zkYqf0+j06f0B+TsDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGZaoU7HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;"/>
+                <v:group id="Grupp 3" style="position:absolute;left:4064;top:1841;width:51339;height:46939" coordsize="51339,46941" coordorigin="1339,-574" o:spid="_x0000_s1043" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsiA4KywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBvjawmDsaJEkJoSg+hkB8ovS3WxjaxVsZSbeftq0Khx2FmvmFWm9E2oqfO1441qGkC&#10;grhwpuZSw+W8f85A+IBssHFMGu7kYbN+fFhhbtzAR+pPoRQRwj5HDVUIbS6lLyqy6KeuJY7e1XUW&#10;Q5RdKU2HQ4TbRr4kyUJarDkuVNjSrqLidvq2Gt4GHLYz9dofbtfd/eucfnweFGn9NBm3SxCBxvAf&#10;/mu/Gw3pXM2zVGUKfi/FOyDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsiA4KywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                  <v:rect id="Rectangle 32" style="position:absolute;left:1428;top:41433;width:25127;height:4934;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1044" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGMsCbxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH8n8Ts0Z8ILkY4uKJsUIkaDryIf4LIe23C9zrVu89tbEhIe7/f/1tvRNqKnzteONSzmCQjiwpma&#10;Sw3Hr/eHFQgfkA02jknDH3nYbu4ma8yNG/iT+kMoRQxhn6OGKoQ2l9IXFVn0c9cSR+7kOoshnl0p&#10;TYdDDLeNVEnyKC3WHBsqbOm1ouL78Gs1nHfL/fCkxsWb8j9BzWp5XrW91tP78eUZRKAx3MRX94eJ&#10;85NllmWpSlO4/BQBkJt/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIYywJvHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="40EF538D" w14:textId="77777777">
+                          <w:pPr>
+                            <w:ind w:left="142" w:right="41"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                            <w:t>Förslut behållaren och skicka till förbränningsanläggning samma vecka.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:group id="Grupp 2" style="position:absolute;left:1339;top:-574;width:51340;height:46097" coordsize="51339,46097" coordorigin="1339,-574" o:spid="_x0000_s1045" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4rRdWywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5vUGm3qKiJWPEihKoi3R/aZBLNvQ3ZN4r93hUKPw8x8w0znvalES40rLSuIBxEI&#10;4szqknMFh/332wSE88gaK8uk4EYO5rPnpymm2nb8S+3O5yJA2KWooPC+TqV0WUEG3cDWxME728ag&#10;D7LJpW6wC3BTyfcoSqTBksNCgTUtC8ouu6tRsO6wWwzjVbu9nJe30370c9zGpNTrS7/4AuGp9//h&#10;v/ZGKxgPJ0k8+vhM4HEp3AE5uwMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4rRdWywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                    <v:group id="Grupp 1556218195" style="position:absolute;left:1339;top:-574;width:51137;height:46097" coordsize="8053,6664" coordorigin="1730,6821" o:spid="_x0000_s1046" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYPY6hyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEE3ybaZSKq0YR2cYeRJgOxLejOdticylN1tZvvwyEPd7v/602g61FR62vHGtQkwQEce5M&#10;xYWG79P7ywKED8gGa8ek4U4eNuvnpxVmxvX8Rd0xFCKGsM9QQxlCk0np85Is+olriCN3da3FEM+2&#10;kKbFPobbWk6TZC4tVhwbSmxoV1J+O/5YDR899tuZeuv2t+vufjmlh/Nekdbj0bBdggg0hH/xw/1p&#10;4vw0nU/VQr2m8PdTBECufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBYPY6hyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                      <v:rect id="Rectangle 14" style="position:absolute;left:4032;top:10416;width:3621;height:769;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1047" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBoPTOOxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LTsMw&#10;EN0jcQdrkLpB1LGhH4W6Fa1AdNvCAUbxkKTE4xC7SXr7GgmJ5bz/rDaja0RPXag9G1DTDARx4W3N&#10;pYHPj7eHJYgQkS02nsnAhQJs1rc3K8ytH/hA/TGWIoVwyNFAFWObSxmKihyGqW+JE/flO4cxnV0p&#10;bYdDCneN1Fk2lw5rTg0VtrSrqPg+np2B03b2Piz0qF51+In6vpanZdsbM7kbX55BRBrjv/jPvbdp&#10;/tP8Uc+UWij4/SkBINdXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGg9M47HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="04217369" w14:textId="77777777">
+                              <w:pPr>
+                                <w:ind w:left="227" w:right="-443"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Är dosraten på samtliga </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00400E25">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>behållare tillsammans högre än 5 µ</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r w:rsidRPr="00400E25">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Sv</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00400E25">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>/h?</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:rect id="Rectangle 24" style="position:absolute;left:6303;top:12087;width:3480;height:1398;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1048" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHae5dygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsNA&#10;DITvSH2HlStxQXQ34ScldFsVBIIrhQewsiZJyXrT7JKEt8cHJI72jGc+b3az79RIQ2wDW8hWBhRx&#10;FVzLtYWP9+fLNaiYkB12gcnCD0XYbRdnGyxdmPiNxkOqlYRwLNFCk1Jfah2rhjzGVeiJRfsMg8ck&#10;41BrN+Ak4b7TuTG32mPL0tBgT48NVV+Hb2/h+HDzMhX5nD3l8ZTyi1Yf1/1o7fly3t+DSjSnf/Pf&#10;9asT/MwU1+buqhBo+UkWoLe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMdp7l3KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="115C5451" w14:textId="77777777">
+                              <w:pPr>
+                                <w:ind w:left="147" w:right="149"/>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Fortsatt mellanlagring</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> alternativt ta ur en flaska ur behållaren och mät om. </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Märk upp behållare. </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:br/>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:shape id="AutoShape 25" style="position:absolute;left:5682;top:8068;width:4;height:901;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1049" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtLcZmyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtJh0iazXKEBzi2MN0FH07mrMtay4liVr36ZeBsMf7/b/ZYrCdOJMPrWMN2UiBIK6c&#10;abnW8LVbPb2ACBHZYOeYNFwpwGJ+fzfDwrgLf9J5G2uRQjgUqKGJsS+kDFVDFsPI9cSJOzpvMabT&#10;19J4vKRw28lnpSbSYsupocGelg1V39uT1bB/z0/ltfygTZnlmwN6G352b1o/PgyvUxCRhvgvvrnX&#10;Js3PlcomY6Vy+PspASDnvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBtLcZmyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                      <v:shape id="AutoShape 29" style="position:absolute;left:5670;top:10003;width:0;height:397;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1050" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjAAU6yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X/A7hBnvTpOLK7Iwig43h2MN0FH07mltb1lxKErXu0y+DwR7v9/+W68F24kw+tI41ZFMFgrhy&#10;puVaw8f+aXIPIkRkg51j0nClAOvVeLTEwrgLv9N5F2uRQjgUqKGJsS+kDFVDFsPU9cSJ+3TeYkyn&#10;r6XxeEnhtpMzpXJpseXU0GBPjw1VX7uT1XB4XZzKa/lG2zJbbI/obfjeP2t9ezNsHkBEGuK/+M/9&#10;YtJ8lWd3+Wyu5vD7UwJArn4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAowAFOskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                      <v:rect id="Rectangle 30" style="position:absolute;left:1730;top:6821;width:7903;height:1247;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1051" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB411gXxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0Z8KLkXZVFAeFCNHAq+gHuKznNlivcy3b/PbWxITH+/2/5Xp0jeipC7VnA9lUgSAuvK25&#10;NPD58XY3BxEissXGMxn4oQDr1fXVEnPrB36n/hBLkUI45GigirHNpQxFRQ7D1LfEifvyncOYzq6U&#10;tsMhhbtGaqUepcOaU0OFLW0rKk6HszNw3Mx2w5Mes1cdvqO+reVx3vbGTG7GlwWISGO8iP/de5vm&#10;P9xnSs2Ufoa/nxIAcvULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeNdYF8YAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidRPr="00747540" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="29B71ABB" w14:textId="77777777">
+                              <w:pPr>
+                                <w:spacing w:line="240" w:lineRule="auto"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00747540">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:vertAlign w:val="superscript"/>
+                                </w:rPr>
+                                <w:t>223</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00747540">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Ra och </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00747540">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:vertAlign w:val="superscript"/>
+                                </w:rPr>
+                                <w:t>75</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00747540">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Se </w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="335FA40B" w14:textId="45BC5A8F">
+                              <w:pPr>
+                                <w:spacing w:line="240" w:lineRule="auto"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Kontrollera i IBC-NM att summan av aktiviteterna hos det som ska slängas inte överstiger värden i Tabell 1. </w:t>
+                              </w:r>
+                              <w:hyperlink w:history="1" r:id="rId27">
+                                <w:r w:rsidRPr="004A5413">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Hyperlink"/>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t>(Se IBC-NM)</w:t>
+                                </w:r>
+                              </w:hyperlink>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:rect id="Rectangle 32" style="position:absolute;left:1744;top:12122;width:3976;height:455;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1052" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwgXunxQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dSsMw&#10;FL4XfIdwhN2MLU3pZqnLhg5l3m7zAQ7NWdvZnNQmtvXtzUDw8uP73+wm24qBet841qCWCQji0pmG&#10;Kw0f57dFDsIHZIOtY9LwQx522/u7DRbGjXyk4RQqEUPYF6ihDqErpPRlTRb90nXEkbu43mKIsK+k&#10;6XGM4baVaZKspcWGY0ONHe1rKj9P31bD9WV1GB/TSb2m/iuk80Ze827QevYwPT+BCDSFf/Gf+93E&#10;+SrLVJKrDG6XIga5/QUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwgXunxQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="6572BFA0" w14:textId="1C4EA384">
+                              <w:pPr>
+                                <w:ind w:left="142" w:right="41"/>
+                              </w:pPr>
+                              <w:del w:author="Ulrica Sehlberg" w:date="2026-01-16T13:31:00Z" w16du:dateUtc="2026-01-16T12:31:00Z" w:id="6">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:delText xml:space="preserve">Släng i IBC-NM. (Se </w:delText>
+                                </w:r>
+                                <w:r w:rsidRPr="00FE0E85">
+                                  <w:delText>IBC-NM</w:delText>
+                                </w:r>
+                                <w:r>
+                                  <w:delText>)</w:delText>
+                                </w:r>
+                              </w:del>
+                              <w:ins w:author="Ulrica Sehlberg" w:date="2026-01-16T13:31:00Z" w16du:dateUtc="2026-01-16T12:31:00Z" w:id="7">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Släng i IBC-NM. </w:t>
+                                </w:r>
+                                <w:r w:rsidR="00930ED8">
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="begin"/>
+                                </w:r>
+                                <w:r w:rsidR="00930ED8">
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf"</w:instrText>
+                                </w:r>
+                                <w:r w:rsidR="00930ED8">
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                </w:r>
+                                <w:r w:rsidR="00930ED8">
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="separate"/>
+                                </w:r>
+                                <w:r w:rsidRPr="00930ED8">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Hyperlink"/>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">(Se </w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00930ED8">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Hyperlink"/>
+                                  </w:rPr>
+                                  <w:t>IBC-NM</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00930ED8">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Hyperlink"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:r>
+                                <w:r w:rsidRPr="00930ED8">
+                                  <w:rPr>
+                                    <w:rStyle w:val="Hyperlink"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00930ED8">
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="end"/>
+                                </w:r>
+                              </w:ins>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:rect id="Rectangle 38" style="position:absolute;left:2614;top:8969;width:6143;height:1034;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1053" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0pN+ZyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPsPkSdxQSxdNLauLJsAgeDKxg+wGq/taJzShLb8e3xA4mj7+b337Q6Tb9VAfWwCW1guMlDE&#10;ZXANVxY+Ti+3OaiYkB22gcnCD0U47GdXOyxcGPmdhmOqlJhwLNBCnVJXaB3LmjzGReiI5XYOvcck&#10;Y19p1+Mo5r7VJsvW2mPDklBjR081lZ/Hb2/h8nj3Om7MtHw28SuZm0Zf8m6w9no+PdyDSjSlf/Hf&#10;95uT+ibPVpvtygiFMMkC9P4XAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtKTfmckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidRPr="001E3C4E" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="73408B9B" w14:textId="77777777">
+                              <w:pPr>
+                                <w:spacing w:line="240" w:lineRule="auto"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="001E3C4E">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Släng flaskan i</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="001E3C4E">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>förslutningsbar behållare för den avsedda nukliden.</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="001E3C4E">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:br/>
+                              </w:r>
+                              <w:r w:rsidRPr="001E3C4E">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Blybehållare läggs i röd säck märkt ”Bly”</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:rect id="Rectangle 39" style="position:absolute;left:2110;top:11403;width:3209;height:399;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1054" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYtc/qxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT4Mw&#10;EH832XdobokvxhUaEYbrFjUa9+rcB7jQE9joldEK+O2tiYmP9/t/m91sOzHS4FvHGtJVAoK4cqbl&#10;WsPx4/W2AOEDssHOMWn4Jg+77eJqg6VxE7/TeAi1iCHsS9TQhNCXUvqqIYt+5XriyH26wWKI51BL&#10;M+AUw20nVZLcS4stx4YGe3puqDofvqyG01P2NuVqTl+UvwR108pT0Y9aXy/nxwcQgebwL/5z702c&#10;n6UqL/JsfQe/P0UA5PYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGLXP6sYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="1E808620" w14:textId="77777777">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Nej</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:rect id="Rectangle 40" style="position:absolute;left:6782;top:11421;width:2482;height:399;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1055" fillcolor="#deeaf6" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAk9iKQxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH834Ts0R+KLgW4VgUwKQSOBV4EPcFmPbbhex1q3+e0tiYmP9/t/q81ga9FR6yvHGtJpAoI4d6bi&#10;QsP5tJssQfiAbLB2TBp+yMNmPXpYYWZcz5/UHUMhYgj7DDWUITSZlD4vyaKfuoY4chfXWgzxbAtp&#10;WuxjuK2lSpK5tFhxbCixofeS8q/jt9VwfXvZ9ws1pB/K34J6quR12XRaP46H7SuIQEP4F/+5DybO&#10;T5/VQqUzNYf7TxEAuf4FAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJPYikMYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                        <v:textbox>
+                          <w:txbxContent>
+                            <w:p w:rsidRPr="0097226A" w:rsidR="001F632C" w:rsidP="001F632C" w:rsidRDefault="001F632C" w14:paraId="75E478D1" w14:textId="77777777">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="0097226A">
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>Ja</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                      <v:shape id="AutoShape 41" style="position:absolute;left:4293;top:11180;width:389;height:223;flip:x;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1056" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPQ+78xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/da8Iw&#10;EH8f7H8IN/Btpjo/SmeUTRDElzEV3OPR3Nqw5lKarKn/vREGe7zf9602g21ET503jhVMxhkI4tJp&#10;w5WC82n3nIPwAVlj45gUXMnDZv34sMJCu8if1B9DJVII+wIV1CG0hZS+rMmiH7uWOHHfrrMY0tlV&#10;UncYU7ht5DTLFtKi4dRQY0vbmsqf469VYOKH6dv9Nr4fLl9eRzLXuTNKjZ6Gt1cQgYbwL/5z73Wa&#10;n0+mi9lynr/A/acEgFzfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA9D7vzHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                      <v:shape id="AutoShape 42" style="position:absolute;left:7414;top:11183;width:324;height:238;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1057" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDu7JADyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hBN9c2g2qrU2HDCYy8cFNir4dzdkWm0tJ0q3z0xtB8PF+/69cz2YQR3K+t6wgXSQgiBur&#10;e24VvB22N3cgfEDWOFgmBWfysK4uL0ostD3xKx33oRUxhH2BCroQxkJK33Rk0C/sSBy5T+sMhni6&#10;VmqHpxhuBrlMkkwa7Dk2dDjSpqPmaz8ZBe/P+VSf6xfa1Wm++0Bn/PfhUanrq/nhHkSgOfyL/9xP&#10;Os7Plqs8S2/TFfz+FAGQ1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7uyQA8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                      <v:shape id="AutoShape 44" style="position:absolute;left:8077;top:11820;width:0;height:276;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1058" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBkXcNlyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81Y1S1ERXEcEilh78Q9DbI/uahGbfht1VYz99t1DwOMzMb5jZojONuJLztWUFg34C&#10;griwuuZSwfGwfp2A8AFZY2OZFNzJw2L+/DTDTNsb7+i6D6WIEPYZKqhCaDMpfVGRQd+3LXH0vqwz&#10;GKJ0pdQObxFuGjlMkpE0WHNcqLClVUXF9/5iFJw+0kt+zz9pmw/S7Rmd8T+Hd6V6L91yCiJQFx7h&#10;//ZGKxi/jZNRmsLfoXgG5PwXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZF3DZckAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </v:group>
+                    <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:oned="t" filled="f" o:spt="34" adj="10800" path="m,l@0,0@0,21600,21600,21600e">
+                      <v:stroke joinstyle="miter"/>
+                      <v:formulas>
+                        <v:f eqn="val #0"/>
+                      </v:formulas>
+                      <v:path fillok="f" arrowok="t" o:connecttype="none"/>
+                      <v:handles>
+                        <v:h position="#0,center"/>
+                      </v:handles>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Koppling: vinklad 1" style="position:absolute;left:51720;top:3810;width:959;height:34861;flip:x y;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1059" o:connectortype="elbow" type="#_x0000_t34" adj="-53241" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeJBx5yAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X/IfhFtzViaKJpI4iolVcFBp10d0lc/OgmTshM9Xo1zuLQpeH816setOIK3WutqxgPIpAEOdW&#10;11wqOJ92b3MQziNrbCyTgjs5WC0HLwtMtb3xF10zX4oQwi5FBZX3bSqlyysy6Ea2JQ5cYTuDPsCu&#10;lLrDWwg3jZxEUSwN1hwaKmxpU1H+k/0aBXa/z87r4vtT98fC+cflY2tnE6WGr/36HYSn3v+L/9wH&#10;rSCZT8dxHCVhc7gU7oBcPgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCeJBx5yAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                      <v:stroke joinstyle="round" endarrow="block"/>
+                    </v:shape>
+                  </v:group>
+                  <v:shape id="AutoShape 44" style="position:absolute;left:13049;top:39242;width:0;height:2159;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1060" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBDO0uvyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9ba8Iw&#10;FH4f+B/CEXybSVfYtDOKDDbEsQcvlO3t0Jy1xeakJFHrfv3yMNjjx3dfrAbbiQv50DrWkE0VCOLK&#10;mZZrDcfD6/0MRIjIBjvHpOFGAVbL0d0CC+OuvKPLPtYihXAoUEMTY19IGaqGLIap64kT9+28xZig&#10;r6XxeE3htpMPSj1Kiy2nhgZ7emmoOu3PVsPn+/xc3soP2pbZfPuF3oafw5vWk/GwfgYRaYj/4j/3&#10;xmjI1VOu8ixNTo/SG5DLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDO0uvyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:stroke endarrow="block"/>
+                  </v:shape>
+                </v:group>
+                <v:shape id="AutoShape 44" style="position:absolute;left:15621;top:36385;width:0;height:2159;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1061" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUFw0ezAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81U2qrZq6ShEqovTgH4K9PbKvSWj2bdhdNfbTdwsFj8PM/IaZzjvTiDM5X1tWkPYT&#10;EMSF1TWXCg7798cxCB+QNTaWScGVPMxn93dTzLS98JbOu1CKCGGfoYIqhDaT0hcVGfR92xJH78s6&#10;gyFKV0rt8BLhppFPSfIiDdYcFypsaVFR8b07GQXHzeSUX/MPWufpZP2Jzvif/VKp3kP39goiUBdu&#10;4f/2SisYDNL0ORkNh/B3Kd4BOfsFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFBcNHswA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
                   <v:stroke endarrow="block"/>
                 </v:shape>
-                <v:shape id="AutoShape 19" o:spid="_x0000_s1035" type="#_x0000_t32" style="position:absolute;left:6311;top:8190;width:948;height:276;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwTU3iwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTXooNboGEVqK0kNVgt6G7DQJzc6G3Y1Gf31XELzN433OPB9MK07kfGNZQTpJQBCX&#10;VjdcKdjvPsbvIHxA1thaJgUX8pAvnkZzzLQ98w+dtqESMYR9hgrqELpMSl/WZNBPbEccuV/rDIYI&#10;XSW1w3MMN618TZI3abDh2FBjR6uayr9tbxQcNtO+uBTftC7S6fqIzvjr7lOpl+dhOQMRaAgP8d39&#10;peP8FG6/xAPk4h8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwTU3iwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
-[...363 lines deleted...]
-                <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00302212" w:rsidRPr="009A3F72">
-[...531 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="009A3F72">
+    <w:sectPr w:rsidR="00D70A94" w:rsidSect="00455580">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45D9F85C" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48">
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="4F037263" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="327CDEAC" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48">
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="31273BA0" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25E39D17" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48">
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="7E8F19F2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="Sidnummer"/>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="39" name="Bildobjekt 39">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6265,320 +5387,320 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45F93632" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48"/>
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="3C4D546D" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F4F276C" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48">
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="65F97B05" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71053888" w14:textId="77777777" w:rsidR="00F74B48" w:rsidRDefault="00F74B48">
+    <w:p w:rsidR="00B21041" w:rsidRDefault="00B21041" w14:paraId="7DAA7697" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="49B3CB44">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1062" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="61D9A790">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1063" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="38" name="Bildobjekt 38">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -6607,2764 +5729,2764 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32E0004E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D22C7380"/>
     <w:lvl w:ilvl="0" w:tplc="D0B68A60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FD2C3D70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="698C9E40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A9082A84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="825C9852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="EE34ED0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="355EBE60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F3F0CBF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="975AF2A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BCB1A18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96F25574"/>
     <w:lvl w:ilvl="0" w:tplc="37F8B2B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CAA21D74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5B949FF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="93ACA984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D6E6D4F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8F2CF90A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="A99C398C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2410FE38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69BA7DB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41A50ADE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D22860C"/>
     <w:lvl w:ilvl="0" w:tplc="4ACE329A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C834F908" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6576F560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FC946600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8104F6C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F4E6AEC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B8341C8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A2226202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E764C7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D190AE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F901CE2"/>
     <w:lvl w:ilvl="0" w:tplc="91EECCA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1C1A5712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D86C48F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="66DA5500" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="33B656A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8C46E2D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="8CDEA212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3E582650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C10B412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76335602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9184A72"/>
     <w:lvl w:ilvl="0" w:tplc="7F8A56D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EF24D4B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="10840046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="BB2C12DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="C44ABF8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C544732C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E806BECE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="73F037A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="15EE8992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767F2FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97A4DE5A"/>
     <w:lvl w:ilvl="0" w:tplc="D69A768E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B352F534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="59963C54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="D3DC57F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="3A145DAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FB42DDCE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D52C87EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E990ED26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="61E29EE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="370302644">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1790902500">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1199860030">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2140687293">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1096367795">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1244922655">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="434180009">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="591360003">
@@ -9403,666 +8525,830 @@
   <w:num w:numId="19" w16cid:durableId="529026441">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1629244504">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="273098045">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1463768561">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="913392014">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="842860034">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="622076863">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="0001576D"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000361BD"/>
+    <w:rsid w:val="0004259E"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00052ED5"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00057CD0"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00084CDC"/>
+    <w:rsid w:val="000864E6"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A6668"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C3665"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F26FF"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F4D9D"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="00103FAB"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00104F86"/>
+    <w:rsid w:val="00105AE4"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00125718"/>
     <w:rsid w:val="00131B08"/>
+    <w:rsid w:val="00131C1D"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00155CC1"/>
+    <w:rsid w:val="00156EFA"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="00161A77"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001721DE"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001829B4"/>
+    <w:rsid w:val="00185447"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C1D2F"/>
+    <w:rsid w:val="001C424E"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D70AB"/>
     <w:rsid w:val="001E3C4E"/>
+    <w:rsid w:val="001E6218"/>
+    <w:rsid w:val="001F632C"/>
     <w:rsid w:val="00211487"/>
+    <w:rsid w:val="0021161E"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00220E27"/>
+    <w:rsid w:val="00227595"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0024189E"/>
     <w:rsid w:val="00250F24"/>
+    <w:rsid w:val="002521A3"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="002667F5"/>
     <w:rsid w:val="00267773"/>
+    <w:rsid w:val="00280173"/>
+    <w:rsid w:val="002805D5"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="002922D3"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00297F46"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B526D"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C3291"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F1C9D"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00302212"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="0031226D"/>
     <w:rsid w:val="00315956"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="003220EA"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="0033423D"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="003548BF"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00372770"/>
+    <w:rsid w:val="0038109C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00393451"/>
+    <w:rsid w:val="00393ED7"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A038F"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B67BC"/>
     <w:rsid w:val="003C5D94"/>
+    <w:rsid w:val="003C6703"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00426FA5"/>
+    <w:rsid w:val="00427E45"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00435BB1"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="0044751D"/>
+    <w:rsid w:val="00447B8E"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00454F55"/>
+    <w:rsid w:val="00455580"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="0046795B"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
+    <w:rsid w:val="00471C57"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00496A25"/>
+    <w:rsid w:val="004A122B"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A5413"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C4586"/>
+    <w:rsid w:val="004D339F"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E0308"/>
+    <w:rsid w:val="004F35C6"/>
+    <w:rsid w:val="004F39D1"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F5266"/>
+    <w:rsid w:val="004F59E0"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00501CD1"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00513E10"/>
+    <w:rsid w:val="0051586E"/>
+    <w:rsid w:val="0052093C"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
+    <w:rsid w:val="00543FA9"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00546CE7"/>
+    <w:rsid w:val="00553A66"/>
+    <w:rsid w:val="00555A1F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="005936AF"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
+    <w:rsid w:val="005A542E"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
+    <w:rsid w:val="005A5DAC"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C37A7"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C5267"/>
     <w:rsid w:val="005C61C6"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3138"/>
     <w:rsid w:val="0060596B"/>
+    <w:rsid w:val="00605AC6"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00640EFE"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="006715FC"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A4458"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
+    <w:rsid w:val="006C6719"/>
     <w:rsid w:val="006C6A4B"/>
+    <w:rsid w:val="006C6E06"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F5888"/>
+    <w:rsid w:val="007050D5"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00713064"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00775069"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A2325"/>
     <w:rsid w:val="007A3788"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A6195"/>
+    <w:rsid w:val="007A7217"/>
     <w:rsid w:val="007B5D38"/>
+    <w:rsid w:val="007B6DD6"/>
+    <w:rsid w:val="007B7D38"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E3F3A"/>
+    <w:rsid w:val="007E4D98"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00824F08"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00856F31"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00895075"/>
+    <w:rsid w:val="00895E82"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B5E85"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C547D"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E5FF9"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="00907AC9"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="00917FFA"/>
+    <w:rsid w:val="00921C79"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00930ED8"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="00951EBC"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="0095513C"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0097226A"/>
+    <w:rsid w:val="009751B0"/>
     <w:rsid w:val="009A3F72"/>
     <w:rsid w:val="009B07F1"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C36D1"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F2051"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A03FC2"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A16694"/>
+    <w:rsid w:val="00A25C80"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A43F2A"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A662EC"/>
+    <w:rsid w:val="00A74346"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A83949"/>
     <w:rsid w:val="00A901E6"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A955DC"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB2604"/>
+    <w:rsid w:val="00AB4C31"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC6D69"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE1A42"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF2A98"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00B00DE2"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B21041"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B44CAF"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B54ADB"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B642D5"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B70B9A"/>
     <w:rsid w:val="00B71C58"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B92C1D"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA2095"/>
+    <w:rsid w:val="00BA4C48"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE2374"/>
+    <w:rsid w:val="00BE3120"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C074A2"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C14B56"/>
+    <w:rsid w:val="00C17987"/>
+    <w:rsid w:val="00C23B50"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C424FB"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C53EFE"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C7560C"/>
+    <w:rsid w:val="00C76F19"/>
+    <w:rsid w:val="00C83487"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC462E"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7B03"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D04348"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D36666"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D70A94"/>
+    <w:rsid w:val="00D7283E"/>
+    <w:rsid w:val="00D80672"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB1796"/>
+    <w:rsid w:val="00DB4917"/>
+    <w:rsid w:val="00DC097E"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD6F37"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E10B11"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E53300"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E63B08"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E95091"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA655F"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F25126"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
+    <w:rsid w:val="00F33B04"/>
+    <w:rsid w:val="00F34771"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F47B09"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F5304B"/>
+    <w:rsid w:val="00F61871"/>
+    <w:rsid w:val="00F62C0C"/>
+    <w:rsid w:val="00F6472D"/>
     <w:rsid w:val="00F74B48"/>
+    <w:rsid w:val="00F75663"/>
+    <w:rsid w:val="00F86993"/>
     <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00F90AFA"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB3612"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD4CD0"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="07F34FC7"/>
+    <w:rsid w:val="4160FA3A"/>
+    <w:rsid w:val="55C43FA6"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="699B8B59"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{8BB1A3A9-621B-4D6B-8401-C4D428B01968}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10087,75 +9373,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -10190,57 +9476,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10298,2237 +9584,2309 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable6Colorful-Accent51">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent51" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 51"/>
-    <w:basedOn w:val="Normaltabell"/>
-    <w:next w:val="Rutntstabell6frgstarkdekorfrg5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="GridTable6Colorful-Accent5"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="009A3F72"/>
     <w:rPr>
       <w:color w:val="2F5496"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
+        <w:top w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="8EAADB" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="8EAADB"/>
+          <w:bottom w:val="single" w:color="8EAADB" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="8EAADB"/>
+          <w:top w:val="double" w:color="8EAADB" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Rutntstabell6frgstarkdekorfrg5">
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
     <w:name w:val="Grid Table 6 Colorful Accent 5"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="009A3F72"/>
     <w:rPr>
       <w:color w:val="751927" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="DD6174" w:themeColor="accent5" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DD6174" w:themeColor="accent5" w:themeTint="99"/>
+        <w:top w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="DD6174" w:themeColor="accent5" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="DD6174" w:themeColor="accent5" w:themeTint="99"/>
+          <w:top w:val="double" w:color="DD6174" w:themeColor="accent5" w:themeTint="99" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F3CAD0" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F3CAD0" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B67BC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A74346"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A74346"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A74346"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A74346"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A74346"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F5304B"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12556,51 +11914,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:x:/r/sites/sy-nu-klinisk-fysiologi/_layouts/15/Doc.aspx?sourcedoc=%7BA8C354BD-4315-44DB-B78C-945B062963BC%7D&amp;file=UDD_Utsl%C3%A4pp%20till%20avlopp.xlsx&amp;action=default&amp;mobileredirect=true&amp;wdLOR=c31FA5872-1B18-4D11-BE2E-6E52F4A391B2" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:x:/r/sites/sy-nu-klinisk-fysiologi/_layouts/15/Doc.aspx?sourcedoc=%7B17701069-999E-4DE7-A1AB-A874ECB36B93%7D&amp;file=UDD_Dokumentation%20av%20radioaktiva%20l%C3%A4kemedel.xlsx&amp;action=default&amp;mobileredirect=true&amp;DefaultItemOpen=1" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-nu-sjukhusfysik/_layouts/15/WopiFrame2.aspx?sourcedoc=%7B4D37084E-51CD-4221-8149-EA5AB7EF559C%7D&amp;file=Slutna%20str%C3%A5lk%C3%A4llor%20-%20Aktuell.xlsx&amp;action=default&amp;IsList=1&amp;ListId=%7B81107288-7A1C-46D5-9B31-B0925172A284%7D&amp;ListItemId=10" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-31/SURROGATE/Nuklearmedicinska%20m%c3%a4tinstrument%2c%20handhavande.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-nu-sjukhusfysik/_layouts/15/WopiFrame2.aspx?sourcedoc=%7B4D37084E-51CD-4221-8149-EA5AB7EF559C%7D&amp;file=Slutna%20str%C3%A5lk%C3%A4llor%20-%20Aktuell.xlsx&amp;action=default&amp;IsList=1&amp;ListId=%7B81107288-7A1C-46D5-9B31-B0925172A284%7D&amp;ListItemId=10" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:x:/r/sites/sy-nu-klinisk-fysiologi/_layouts/15/Doc.aspx?sourcedoc=%7B7E6A8086-CBEC-422C-A7D5-E21FFC6AD1D3%7D&amp;file=N%C3%84L%20Utsl%C3%A4pp%20till%20avlopp.xlsx&amp;action=default&amp;mobileredirect=true&amp;wdLOR=cFCFD636B-EE0F-4247-A6A3-2F8EE3C05F59" TargetMode="External" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-nu-sjukhusfysik/_layouts/15/WopiFrame2.aspx?sourcedoc=%7B4D37084E-51CD-4221-8149-EA5AB7EF559C%7D&amp;file=Slutna%20str%C3%A5lk%C3%A4llor%20-%20Aktuell.xlsx&amp;action=default&amp;IsList=1&amp;ListId=%7B81107288-7A1C-46D5-9B31-B0925172A284%7D&amp;ListItemId=10" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://samarbete-skyddad.vgregion.se/sites/sy-nu-sjukhusfysik/_layouts/15/WopiFrame2.aspx?sourcedoc=%7B4D37084E-51CD-4221-8149-EA5AB7EF559C%7D&amp;file=Slutna%20str%C3%A5lk%C3%A4llor%20-%20Aktuell.xlsx&amp;action=default&amp;IsList=1&amp;ListId=%7B81107288-7A1C-46D5-9B31-B0925172A284%7D&amp;ListItemId=10" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-31/SURROGATE/Nuklearmedicinska%20m%c3%a4tinstrument%2c%20handhavande.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -12892,75 +12250,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Radioaktivt avfall</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>32</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>113</revision>
+  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>