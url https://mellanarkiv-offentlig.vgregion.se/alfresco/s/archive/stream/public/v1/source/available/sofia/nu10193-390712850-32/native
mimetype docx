--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,778 +6,899 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B9E19BF" w14:textId="77777777" w:rsidR="008320C4" w:rsidRDefault="008320C4" w:rsidP="00F35B05">
+    <w:p w14:paraId="2B9E19BF" w14:textId="77777777" w:rsidR="008320C4" w:rsidRDefault="008320C4" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
         <w:sectPr w:rsidR="008320C4" w:rsidSect="008320C4">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="08A98136" w14:textId="449D86D2" w:rsidR="00E228F5" w:rsidRPr="00EE28C4" w:rsidRDefault="00960B04" w:rsidP="00EE28C4">
+    <w:p w14:paraId="08A98136" w14:textId="449D86D2" w:rsidR="00E228F5" w:rsidRPr="00EE28C4" w:rsidRDefault="00960B04" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE28C4">
         <w:rPr>
           <w:rStyle w:val="Bokenstitel"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>Plan för radioaktivt avfall och utsläpp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDD40C6" w14:textId="77777777" w:rsidR="009B2FAD" w:rsidRPr="00B6654F" w:rsidRDefault="009B2FAD" w:rsidP="009B2FAD">
+    <w:p w14:paraId="6EDD40C6" w14:textId="77777777" w:rsidR="009B2FAD" w:rsidRPr="00B6654F" w:rsidRDefault="009B2FAD" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkStart w:id="3" w:name="_Toc501440348"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00B6654F">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390AD820" w14:textId="77777777" w:rsidR="009B2FAD" w:rsidRDefault="009B2FAD" w:rsidP="009B2FAD">
+    <w:p w14:paraId="390AD820" w14:textId="77777777" w:rsidR="009B2FAD" w:rsidRDefault="009B2FAD" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:t>Rutinen syftar till att ge en övergripande strategi och underlätta för omhändertagande av olika typer av radioaktivt avfall. Den ger en grund för vidare arbete med hantering av allt radioaktivt avfall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF32170" w14:textId="0D645723" w:rsidR="00E228F5" w:rsidRDefault="009B2FAD" w:rsidP="00B6654F">
+    <w:p w14:paraId="5AF32170" w14:textId="0D645723" w:rsidR="00E228F5" w:rsidRDefault="009B2FAD" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidR="00E228F5">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C56B721" w14:textId="2C582841" w:rsidR="00E228F5" w:rsidRDefault="00E228F5" w:rsidP="00C87414">
+    <w:p w14:paraId="0FAB811D" w14:textId="10EC7C51" w:rsidR="00E228F5" w:rsidRDefault="009A6C20" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Mindre ändring av text under Bakgrund</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> och Avfall till förbränning.</w:t>
+        <w:t>Dokumentation görs i IBC-NM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E68CFED" w14:textId="575088DE" w:rsidR="002610FA" w:rsidRDefault="002610FA" w:rsidP="00C87414">
-[...49 lines deleted...]
-    <w:p w14:paraId="4184DE26" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRPr="00B6654F" w:rsidRDefault="00E228F5" w:rsidP="00B6654F">
+    <w:p w14:paraId="4184DE26" w14:textId="39A8D894" w:rsidR="00E228F5" w:rsidRPr="00B6654F" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B6654F">
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="5D043561" w14:textId="0947516C" w:rsidR="00E228F5" w:rsidRDefault="00DD3E3D" w:rsidP="00960B04">
+    <w:p w14:paraId="5D043561" w14:textId="0947516C" w:rsidR="00E228F5" w:rsidRDefault="00DD3E3D" w:rsidP="00E95214">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc501440350"/>
       <w:r>
         <w:t>I verksamheten ska d</w:t>
       </w:r>
       <w:r w:rsidR="00E228F5">
         <w:t>et finnas en plan där det framgår hur och när det radioaktiva avfallet, som uppkommer i eller tillförs en verksamhet, tas om hand. Dessutom ska utsläpp till luft och avlopp dokumenteras. Avfall med en halveringstid kortare än 10 timmar behöver inte dokumenteras. Detta dokument är utformat i enlighet med SSMFS 2018:1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348641A1" w14:textId="1F876206" w:rsidR="00E228F5" w:rsidRDefault="00E228F5" w:rsidP="00960B04">
+    <w:p w14:paraId="348641A1" w14:textId="1F876206" w:rsidR="00E228F5" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t>I NU-sjukvården bedrivs nuklearmedicinsk verksamhet på två sjukhus: NÄL</w:t>
+        <w:t xml:space="preserve">I NU-sjukvården bedrivs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nuklearmedicinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> verksamhet på två sjukhus: NÄL</w:t>
       </w:r>
       <w:r w:rsidR="69CD7B65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Norra Älvsborgs Länssjukhus) och Uddevalla sjukhus. </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk174455469"/>
       <w:r w:rsidRPr="6EA29737">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r>
         <w:t>Tc</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>-beredningar och</w:t>
       </w:r>
       <w:r w:rsidR="00BD54B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tillhörande undersökningar utförs på båda sjukhusen. I Uddevalla utförs även </w:t>
       </w:r>
       <w:r w:rsidRPr="6EA29737">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Se-undersökningar samt </w:t>
       </w:r>
       <w:r w:rsidRPr="6EA29737">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>223</w:t>
       </w:r>
       <w:r>
         <w:t>Ra-behandlingar. Slutna strålkällor för markering vid olika undersökningar samt för kontroll av utrustning och mätinstrument används på båda sjukhusen. Radioaktivt avfall genereras även på operation och klinisk patologi på Uddevalla sjukhus.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="5D750E04" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRPr="00B6654F" w:rsidRDefault="00E228F5" w:rsidP="00B6654F">
+    <w:p w14:paraId="5D750E04" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRPr="00B6654F" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6654F">
+        <w:t>Utsläpp till luft</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA7A623" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technegas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> är det enda gasformiga radioaktiva ämne som produceras och används i NU-sjukvården. På nuklearmedicin på NÄL och Uddevalla Sjukhus finns ett utsug som leder ut utandningsluften till utsidan av huset på andra respektive tredje våningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309D8221" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRPr="00B6654F" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B6654F">
         <w:lastRenderedPageBreak/>
-        <w:t>Utsläpp till luft</w:t>
+        <w:t>Utsläpp till avlopp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA7A623" w14:textId="77777777" w:rsidR="00E228F5" w:rsidRDefault="00E228F5" w:rsidP="00960B04">
+    <w:p w14:paraId="3D39F97F" w14:textId="02D82B91" w:rsidR="00960B04" w:rsidRDefault="00E228F5" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Technegas är det enda gasformiga radioaktiva ämne som produceras och används i NU-sjukvården. På nuklearmedicin på NÄL och Uddevalla Sjukhus finns ett utsug som leder ut utandningsluften till utsidan av huset på andra respektive tredje våningen. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3D39F97F" w14:textId="02D82B91" w:rsidR="00960B04" w:rsidRDefault="00E228F5" w:rsidP="00960B04">
+        <w:t xml:space="preserve">Utebliven aktivitet ställs i normalfall undan för att klinga av, men i undantagsfall kan utsläpp ske i avlopp. Maximalt 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Utebliven aktivitet ställs i normalfall undan för att klinga av, men i undantagsfall kan utsläpp ske i avlopp. Maximalt 10 MBq </w:t>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r>
         <w:t>Tc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> får släppas ut vid varje utsläppstillfälle och </w:t>
       </w:r>
       <w:r w:rsidR="00871E6A">
         <w:t xml:space="preserve">den sammanlagda aktivitetsmängden under en månad får vara </w:t>
       </w:r>
       <w:r>
         <w:t>maximalt 1</w:t>
       </w:r>
       <w:r w:rsidR="00A361B0">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00871E6A">
-        <w:t xml:space="preserve"> MBq</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00871E6A">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A361B0">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dokumentation </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00960B04">
         <w:t xml:space="preserve">sker enligt rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00960B04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Radioaktivt avfall</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00960B04">
         <w:t xml:space="preserve">. Dokumentationen kontrolleras årligen av sjukhusfysiker. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74254045" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00960B04">
+    <w:p w14:paraId="74254045" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B6654F">
         <w:t>Avfall till förbränning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598B145E" w14:textId="609022BE" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00EE28C4">
-      <w:pPr>
+    <w:p w14:paraId="598B145E" w14:textId="609022BE" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Det elueras knappt 200 GBq </w:t>
+        <w:t xml:space="preserve">Det elueras knappt 200 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>GBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tc per vecka och sjukhus. Om all eluerad aktivitet skulle bli kvar oanvänd skulle det efter en vecka klingat av till 1 kBq per sjukhus. Överblivet </w:t>
+        <w:t xml:space="preserve">Tc per vecka och sjukhus. Om all eluerad aktivitet skulle bli kvar oanvänd skulle det efter en vecka klingat av till 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> per sjukhus. Överblivet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tc-eluat, -beredningar, kanyler, sprutor, PVK:er och annat kontaminerat avfall tas till mellanlagring då avfallsbehållarna fyllts. När avfallet klingat av skickas det till förbränning från mellanlagringen där </w:t>
+        <w:t xml:space="preserve">Tc-eluat, -beredningar, kanyler, sprutor, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PVK:er</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och annat kontaminerat avfall tas till mellanlagring då avfallsbehållarna fyllts. När avfallet klingat av skickas det till förbränning från mellanlagringen där </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>maxaktiviteten är 10 MBq</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> per avfallsförpackning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF667E2" w14:textId="48E2D005" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00EE28C4">
-      <w:pPr>
+    <w:p w14:paraId="5AF667E2" w14:textId="4A38C9B3" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Från undersökningar av gallsyraomsättning med nukliden </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Se blir </w:t>
       </w:r>
       <w:r w:rsidR="00907EE8">
         <w:t xml:space="preserve">det </w:t>
       </w:r>
       <w:r>
         <w:t>inget radioaktivt avfall utöver en eventuellt oanvänd kapsel. Vid referensdag</w:t>
       </w:r>
       <w:r w:rsidR="00172E4C">
         <w:t>en</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> är den oanvända kapselns aktivitet 370 kBq. I medeltal utförs det </w:t>
+        <w:t xml:space="preserve"> är den oanvända kapselns aktivitet 370 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. I medeltal utförs det </w:t>
       </w:r>
       <w:r w:rsidR="00172E4C">
         <w:t>ungefär</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en undersökning per månad. Om en kapsel blir kvar oanvänd kan den direkt skickas till förbränning. Maxaktiviteten per avfallsförpackning är 1 MBq</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Dokumentation ska göras i </w:t>
-[...17 lines deleted...]
-      </w:r>
+        <w:t>. Dokumentation ska göras i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E517AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295D19">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E517AF">
+        <w:t xml:space="preserve">IBC-NM </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00E517AF" w:rsidRPr="007306D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>(se IBC-NM</w:t>
+        </w:r>
+        <w:r w:rsidR="00854D7D" w:rsidRPr="007306D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B170F3B" w14:textId="4AC579E6" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00EE28C4">
-      <w:pPr>
+    <w:p w14:paraId="1B170F3B" w14:textId="47955D0C" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Årligen administreras ca 100 Xofigo (</w:t>
+        <w:t xml:space="preserve">Årligen administreras ca 100 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Xofigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>223</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ra) behandlingsdoser. Baserat på 202</w:t>
       </w:r>
       <w:r w:rsidR="00F07BD6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> års data blir det i medeltal 1,</w:t>
       </w:r>
       <w:r w:rsidR="00621242">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MBq kvar i flaskan. Överblivna lösningar i flaskor klingar av så att maxaktiviteten är 0,1 MBq</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kvar i flaskan. Överblivna lösningar i flaskor klingar av så att maxaktiviteten är 0,1 MBq</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> per avfallsförpackning.</w:t>
       </w:r>
       <w:r w:rsidR="00A301C7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dokumentation ska göras i </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00A301C7" w:rsidRPr="00DD46FC">
+        <w:t xml:space="preserve"> Dokumentation ska göras</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5593D">
         <w:rPr>
-          <w:vertAlign w:val="superscript"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00854D7D" w:rsidRPr="00CE47EB">
+        <w:t>i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE47EB" w:rsidRPr="00CE47EB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00CE47EB" w:rsidRPr="007306D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>(se IBC-NM).</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62D97847" w14:textId="77777777" w:rsidR="00E3170A" w:rsidRPr="00E3170A" w:rsidRDefault="00E3170A" w:rsidP="00E3170A">
+    <w:p w14:paraId="62D97847" w14:textId="77777777" w:rsidR="00E3170A" w:rsidRPr="00E3170A" w:rsidRDefault="00E3170A" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E3170A">
         <w:t>Då leverantören inte längre tar tillbaka uttjänta strålkällor förvaras dessa i avskilda rum på NÄL respektive Uddevalla sjukhus i väntan på att kunna avyttras enligt gällande föreskrifter. Dokumentation görs i ”Slutna strålkällor - Aktuell”</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE82E6F" w14:textId="4215D407" w:rsidR="00E3170A" w:rsidRPr="00E3170A" w:rsidRDefault="00E3170A" w:rsidP="00E3170A">
+    <w:p w14:paraId="4BE82E6F" w14:textId="4215D407" w:rsidR="00E3170A" w:rsidRPr="00E3170A" w:rsidRDefault="00E3170A" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E3170A">
-        <w:t xml:space="preserve">Årligen utförts knappt 300 sentinel node operationer. Kontamination på handskar etc. från operation har mätts och anses vara försumbar. </w:t>
+        <w:t xml:space="preserve">Årligen utförts knappt 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>sentinel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>node</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t xml:space="preserve"> operationer. Kontamination på handskar etc. från operation har mätts och anses vara försumbar. </w:t>
       </w:r>
       <w:r w:rsidR="00A27C3B">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
-        <w:lastRenderedPageBreak/>
-        <w:t>Avfall från klinisk patologi slängs minst ett dygn efter operation vilket medför en aktivitet på maximalt 1,5 MBq. Detta understiger maxaktiviteten 10 MBq</w:t>
+        <w:t xml:space="preserve">Avfall från klinisk patologi slängs minst ett dygn efter operation vilket medför en aktivitet på maximalt 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>. Detta understiger maxaktiviteten 10 MBq</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
         <w:t xml:space="preserve"> per avfallsförpackning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B362FDE" w14:textId="2D5FDB32" w:rsidR="00960B04" w:rsidRPr="00867E66" w:rsidRDefault="00E3170A" w:rsidP="00867E66">
+    <w:p w14:paraId="376E4930" w14:textId="77777777" w:rsidR="00266E55" w:rsidRDefault="00266E55" w:rsidP="00E95214">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B362FDE" w14:textId="0722289E" w:rsidR="00960B04" w:rsidRPr="00867E66" w:rsidRDefault="00E3170A" w:rsidP="00E95214">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E3170A">
-        <w:t xml:space="preserve">I de exceldokument som nämnts ovan har restriktionerna på högsta aktivitet per avfallsförpackning enligt SSMFS 2018:3, bilaga 1, lagts in. Detta för att säkerställa att det tillåtna sammanlagda aktivitetsinnehållet som får slängas under en månad inte överskrids. Dosraten (&lt; 5 µSv/h) mäts också på förpackningarna innan de skickas till förbränning. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00527E08">
+        <w:t xml:space="preserve">rutinen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00527E08" w:rsidRPr="004F681D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Radioaktivt avfall</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00527E08">
+        <w:t xml:space="preserve"> finns </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>restriktionerna på högsta aktivitet per avfallsförpackning enligt SSMFS 2018:3, bilaga 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E55">
+        <w:t>. Dessa används</w:t>
+      </w:r>
+      <w:r w:rsidR="004941FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>för att säkerställa att det tillåtna sammanlagda aktivitetsinnehållet som får slängas under en månad inte överskrids. Dosraten (&lt; 5 µ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t>Sv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E3170A">
+        <w:t xml:space="preserve">/h) mäts också på förpackningarna innan de skickas till förbränning. </w:t>
       </w:r>
       <w:r w:rsidR="00867E66">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E3170A">
         <w:t>Vid verksamhetsförändring ska avfallsplanen justeras.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1535DBD8" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00867E66">
+    <w:p w14:paraId="1535DBD8" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3FA511" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00960B04">
+    <w:p w14:paraId="4E3FA511" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:left="992"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAC4E78" w14:textId="77777777" w:rsidR="00960B04" w:rsidRPr="00FC1A6F" w:rsidRDefault="00960B04" w:rsidP="00960B04">
+    <w:p w14:paraId="3F4B54DE" w14:textId="3D3CA2E9" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:left="992"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>SSMFS 2018:3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4B54DE" w14:textId="77777777" w:rsidR="00960B04" w:rsidRDefault="00960B04" w:rsidP="00960B04">
+    <w:p w14:paraId="4803AB7B" w14:textId="5CBF126C" w:rsidR="00960B04" w:rsidRPr="009C36AF" w:rsidRDefault="002A4C2C" w:rsidP="00E95214">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:left="992"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00960B04">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Sök i Fysiker G-katalog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="4FD65790" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00960B04">
+    <w:p w14:paraId="76B9F95B" w14:textId="4FD65790" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00E95214">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="008320C4">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00E95214">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="472FC682" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4">
+    <w:p w14:paraId="1B299CCA" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28391C89" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4">
+    <w:p w14:paraId="4B461406" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BFCB90E" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4">
+    <w:p w14:paraId="3C8F82E7" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -785,89 +906,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -896,74 +1017,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="32" name="Bildobjekt 32">
+          <wp:docPr id="2098324452" name="Bildobjekt 2098324452">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -974,87 +1095,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CA4C75B" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4"/>
+    <w:p w14:paraId="12C53BCC" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4213D69C" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4">
+    <w:p w14:paraId="46CE15C8" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AB29188" w14:textId="77777777" w:rsidR="002668D4" w:rsidRDefault="002668D4">
+    <w:p w14:paraId="3D96DBE5" w14:textId="77777777" w:rsidR="001071C0" w:rsidRDefault="001071C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1078,106 +1199,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS/tf0KwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGc883njezGR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMJNqljcn4znuTJomTO1UL1yOjNIIF2Vp4XO02ya1o&#10;wF5XybDfnyQN2dxYkso5eB+7IJ9F/qJQ0j8XhVOeVRnH23w8bTw34UxmU5FurTC7Up6eIf7hFbUo&#10;NZJeqB6FF2xvyz+o6lJaclT4nqQ6oaIopYo1oJpB/101q50wKtYCcZy5yOT+H618OrxYVuboHeTR&#10;okaP1qr1do8C4II+jXEpYCsDoG+/UAvs2e/gDGW3ha3DLwpiiIPqeFEXbEzCOZ5Mboc3CEnERsPR&#10;HWzQJ2//Ntb5r4pqFoyMW3QviioOS+c76BkSkmlalFUVO1hp1mR8MgLlbxGQVxo5Qg3dW4Pl2017&#10;KmxD+RF1Weomwxm5KJF8KZx/ERajgPdivP0zjqIiJKGTxdmO7M+/+QMeHUKUswajlXH3Yy+s4qz6&#10;ptG7z4PxGLQ+XsY3t0Nc7HVkcx3R+/qBML0DLJKR0Qx4X53NwlL9ii2Yh6wICS2RO+P+bD74buCx&#10;RVLN5xGE6TPCL/XKyEAdRAvSrttXYc1Jf4/OPdF5CEX6rg0dtpN7vvdUlLFHQeBO1ZPumNzY5dOW&#10;hdW4vkfU27dg9gsAAP//AwBQSwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAUhO8m/ofNM/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9&#10;OivOZgidJ4TZNAFhqPa6owbh8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QM&#10;dWucClPfG2Lv6AenIsuhkXpQFy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86&#10;fKSI93fjZgUimjFew/CHz+hQMFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFL+1/QrAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1201,104 +1322,104 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPYP79LgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGXuGNzPvzWR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMINqljcn4znuTJomTO1UL1yOjNJwF2Vp4XO02ya1o&#10;gF5XybDfnyQN2dxYkso5vD52Tj6L+EWhpH8uCqc8qzKO2nw8bTw34UxmU5FurTC7Up7KEP9QRS1K&#10;jaQXqEfhBdvb8g+oupSWHBW+J6lOqChKqWIP6GbQf9fNaieMir2AHGcuNLn/ByufDi+WlXnGJ5xp&#10;UUOitWq93aP+SWCnMS5F0MogzLdfqIXK53eHx9B0W9g6/KIdBj94Pl64BRiTeBxPJrfDG7gkfKPh&#10;6A424JO3fxvr/FdFNQtGxi20i5SKw9L5LvQcEpJpWpRVFfWrNGvQwAiQv3kAXmnkCD10tQbLt5s2&#10;dnzpY0P5Ee1Z6sbDGbkoUcNSOP8iLOYBZWPG/TOOoiLkopPF2Y7sz7+9h3jIBC9nDeYr4+7HXljF&#10;WfVNQ8DPg/E4DGS8jG9uh7jYa8/m2qP39QNhhAfYJiOjGeJ9dTYLS/UrVmEessIltETujPuz+eC7&#10;qccqSTWfxyCMoBF+qVdGBujAXWB43b4Ka04yeAj4ROdJFOk7NbrYjvX53lNRRqkCzx2rJ/oxvlHs&#10;06qF/bi+x6i3D8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01PwzAMhu9I/IfISNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5Uev&#10;nzdfTa4XJzuGzpOGxVyBsFR701GjYf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDG&#10;OGRShrq1DsPcD5b4dvCjw8jr2Egz4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e&#10;1sPX/uNB69ubaf0EItopXmD402d1KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz2D+/S4CAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="31" name="Bild 1">
+          <wp:docPr id="434840775" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1328,51 +1449,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3535,365 +3656,387 @@
   <w:num w:numId="15" w16cid:durableId="2060518376">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2116629199">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1933707988">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="51975396">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="713698438">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1014843525">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2003855059">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="000234AD"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="000736F8"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001071C0"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00172E4C"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002278D3"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00236F01"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
+    <w:rsid w:val="0025450E"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002610FA"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002668D4"/>
+    <w:rsid w:val="00266E55"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00295D19"/>
+    <w:rsid w:val="002A4C2C"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A4C20"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E4BA5"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00455817"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004941FD"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A559D"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4874"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F681D"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00527E08"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005608D8"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="005768C4"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="00621242"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="0062461B"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A4992"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
+    <w:rsid w:val="006C561B"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007306D2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078005E"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B73B6"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="008320C4"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00854D7D"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00867E66"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871E6A"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B06E5"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D3DB8"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EE8"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00910702"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00960B04"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A63D1"/>
+    <w:rsid w:val="009A6C20"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B2FAD"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A27C3B"/>
     <w:rsid w:val="00A301C7"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A361B0"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
@@ -3920,180 +4063,190 @@
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B6654F"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD54B9"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C03B03"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C5593D"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C87414"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE47EB"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE73B3"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D24919"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D52F5D"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD3E3D"/>
     <w:rsid w:val="00DD46FC"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E228F5"/>
     <w:rsid w:val="00E3170A"/>
+    <w:rsid w:val="00E517AF"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E95214"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA7216"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE28C4"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F07BD6"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="69CD7B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6EA29737"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{36FC6F0D-FE36-4891-9B21-9F2A0A825D84}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6487,55 +6640,139 @@
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00E228F5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00960B04"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00854D7D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00854D7D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00854D7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00854D7D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00854D7D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F681D"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F681D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6563,51 +6800,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-33/surrogate/Radioaktivt%20avfall.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-33/surrogate/Radioaktivt%20avfall.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-33/surrogate/Radioaktivt%20avfall.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6903,56 +7140,96 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>600</Words>
-  <Characters>3881</Characters>
+  <Words>740</Words>
+  <Characters>3922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4473</CharactersWithSpaces>
+  <CharactersWithSpaces>4653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>3866736</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-33/surrogate/Radioaktivt avfall.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866736</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-33/surrogate/Radioaktivt avfall.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Plan för radioaktivt avfall och utsläpp</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>32</revision>
+  <revision>50</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>