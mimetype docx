--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -6,1843 +6,1996 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2F72C2D6" w14:textId="77777777" w:rsidR="00A71108" w:rsidRDefault="00A71108" w:rsidP="0060605B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00A71108" w:rsidSect="00A71108">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="6CD55926" w14:textId="0C526699" w:rsidR="00A71108" w:rsidRPr="0060605B" w:rsidRDefault="00A24F94" w:rsidP="00CE2055">
+    <w:p w14:paraId="1967C138" w14:textId="07AC6CED" w:rsidR="00777B04" w:rsidRDefault="00A24F94" w:rsidP="24D77DE2">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002A5DB9">
         <w:t>Kvalitetskontroll</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24F94">
         <w:t xml:space="preserve"> av aktivitetsmätar</w:t>
       </w:r>
       <w:r w:rsidR="0060605B">
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1967C138" w14:textId="77777777" w:rsidR="00777B04" w:rsidRDefault="00777B04" w:rsidP="00A24F94">
+    <w:p w14:paraId="6A2F0D24" w14:textId="7008B72A" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A24F94">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc143074663"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219191498"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A2F0D24" w14:textId="7008B72A" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A24F94">
+    <w:p w14:paraId="774384DF" w14:textId="031A8F65" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aktivitetsmätare används vid beredning av radioaktiva läkemedel. Det finns fyra mätare inom de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nuklearmedicinska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enheterna i NU-sjukvården.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F070D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Det finns två på NÄL och två på Uddevalla sjukhus, alla av modellen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F070D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Comecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002F070D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VIK-202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744D6308" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A24F94">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A71108">
-[...67 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc143074664"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219191499"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="4A09E47F" w14:textId="02FF2148" w:rsidR="00A24F94" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att säkerställa funktionen och mätnoggrannheten hos aktivitetsmätare, så att patienten erhåller rätt mängd aktivitet vid undersökningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48CF164C" w14:textId="680A9CE4" w:rsidR="00A24F94" w:rsidRPr="00A71108" w:rsidRDefault="00A24F94" w:rsidP="00A24F94">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc143074665"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219191500"/>
       <w:r>
         <w:t>Förändringar i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="5AF5C24C" w14:textId="70D39289" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00777B04" w:rsidP="00A71108">
+    <w:p w14:paraId="5AF5C24C" w14:textId="7564A3E6" w:rsidR="00A71108" w:rsidRDefault="005B4E48" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Inga förändringar.</w:t>
+        <w:t>Tagit bort dokumentation på papper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D16B2AC" w14:textId="20DF3FCB" w:rsidR="005B4E48" w:rsidRDefault="005B4E48" w:rsidP="00A71108">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nytt arbetssätt gällande Trendanalys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692B0747" w14:textId="6B362445" w:rsidR="00D11700" w:rsidRPr="00A71108" w:rsidRDefault="00D11700" w:rsidP="00A71108">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Anpassat för IBC-NM istället för IBC-Lite</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BC41B8" w14:textId="77777777" w:rsidR="008D4DC6" w:rsidRDefault="008D4DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="212BBDAB" w14:textId="394199F6" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC1EEC4" w14:textId="77641E17" w:rsidR="00CE2055" w:rsidRDefault="00A71108">
+    <w:p w14:paraId="6D7AEFA2" w14:textId="1F7BFF04" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A71108">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A71108">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> TOC \o "2-4" \h \z </w:instrText>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc143074663" w:history="1">
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+      <w:hyperlink w:anchor="_Toc219191498" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191498 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CF1A9B9" w14:textId="1143C6DE" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="20480514" w14:textId="4D4F48DE" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191499" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191499 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E08F3DA" w14:textId="6F4E0157" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="05F7810C" w14:textId="60275EEB" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191500" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar i denna version</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191500 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="787FBD45" w14:textId="58B3D4AF" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="031E665B" w14:textId="5B832BC4" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191501" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191501 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="578D006B" w14:textId="01EC12D4" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="40495EFD" w14:textId="5BDEA4E4" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191502" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Comecer VIK-202</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191502 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5755E88E" w14:textId="4E332258" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="59CDF703" w14:textId="05D87EFC" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191503" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Daglig kontroll</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191503 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15C767B4" w14:textId="28287D56" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="4D8A1C89" w14:textId="0582CFAD" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191504" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Zero adjustment</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191504 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DE22F3F" w14:textId="6BD53EE9" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="46758391" w14:textId="6DF4CA78" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191505" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bias correction</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191505 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="093B48F9" w14:textId="06E455DA" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="25453CAD" w14:textId="65BF34F7" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191506" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Background effect</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191506 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="426B3E11" w14:textId="6AFC9BE3" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="6C357B02" w14:textId="72D338CD" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191507" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accuracy and constancy test</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191507 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2738E233" w14:textId="259FB724" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="5ABCE47A" w14:textId="59645FCD" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191508" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Test ej godkänt</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191508 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C4A9811" w14:textId="04622E47" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="1B95F3C4" w14:textId="1749977A" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191509" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Veckokontroll</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191509 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64B8A056" w14:textId="63F52FFA" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="62B558B4" w14:textId="470123FE" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191510" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Årlig kontroll</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+          <w:t>Test ej godkänd</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191510 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19EBED1E" w14:textId="31340F25" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="6218DB90" w14:textId="62D220B7" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191511" w:history="1">
+        <w:r w:rsidRPr="005362B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Årlig kontroll</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191511 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6EAC0BE9" w14:textId="7D86B79D" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191512" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Linearitet</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+          <w:t>Trendanalys</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191512 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AF464A1" w14:textId="5929BC29" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="5951D95D" w14:textId="18EACE30" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191513" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Precision</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+          <w:t>Linjäritet</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191513 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...6 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CC527F6" w14:textId="12EB5345" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="340C9808" w14:textId="605DD8BB" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191514" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Calibration check</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+          <w:t>Precision</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191514 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...6 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="129B0068" w14:textId="34FC74E1" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="62313D2D" w14:textId="5C8BB4BD" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191515" w:history="1">
+        <w:r w:rsidRPr="005362B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Calibration check</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191515 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1604D220" w14:textId="600212D2" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191516" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid behov</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191516 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...6 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F6B48CE" w14:textId="7C3BA350" w:rsidR="00CE2055" w:rsidRDefault="00777B04">
+    <w:p w14:paraId="51FDC2E2" w14:textId="4F2A995D" w:rsidR="00E30A00" w:rsidRDefault="00E30A00">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00CE2055" w:rsidRPr="001D05AA">
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219191517" w:history="1">
+        <w:r w:rsidRPr="005362B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referenser</w:t>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...12 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219191517 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CE2055">
-[...6 lines deleted...]
-        <w:r w:rsidR="00CE2055">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="697EB511" w14:textId="31D4FB6D" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="697EB511" w14:textId="0F2A26DB" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00E30A00" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A71108">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF52D02" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24CC8BC8" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00E0418B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc29992056"/>
       <w:bookmarkStart w:id="5" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000026"/>
       <w:bookmarkStart w:id="8" w:name="_Toc256000039"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000052"/>
       <w:bookmarkStart w:id="10" w:name="_Toc256000065"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc143074666"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219191501"/>
       <w:r w:rsidRPr="00A71108">
         <w:lastRenderedPageBreak/>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="561B3A44" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">BMA på nuklearmedicin utför varje morgon daglig kontroll innan aktivitetsmätningar genomförs, samt veckokontroll en gång per vecka. Sjukhusfysiker utför årlig kontroll, som står beskrivet sist i dokumentet, samt trendanalys. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D972EE6" w14:textId="79E53DFF" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00E0418B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc29992057"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000001"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000014"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000027"/>
       <w:bookmarkStart w:id="16" w:name="_Toc256000040"/>
       <w:bookmarkStart w:id="17" w:name="_Toc256000053"/>
       <w:bookmarkStart w:id="18" w:name="_Toc256000066"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc143074667"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc219191502"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Comecer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve"> VIK-202</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="5BEF127B" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00DC47D6" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc29992058"/>
       <w:bookmarkStart w:id="21" w:name="_Toc256000002"/>
       <w:bookmarkStart w:id="22" w:name="_Toc256000015"/>
       <w:bookmarkStart w:id="23" w:name="_Toc256000028"/>
       <w:bookmarkStart w:id="24" w:name="_Toc256000041"/>
       <w:bookmarkStart w:id="25" w:name="_Toc256000054"/>
       <w:bookmarkStart w:id="26" w:name="_Toc256000067"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc143074668"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc219191503"/>
       <w:r w:rsidRPr="00DC47D6">
         <w:t>Daglig kontroll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="7DA4EC4B" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>När en daglig kontroll måste utföras visas en textruta i det nedre högra hörnet på skärmen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0A03DD" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A4310A0" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="64D30F9F" w14:textId="77777777" w:rsidR="007F274D" w:rsidRPr="008940AB" w:rsidRDefault="007F274D" w:rsidP="007F274D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Kontrollera displayfunktionen samt att klockan visar rätt tid. </w:t>
+        <w:ind w:left="360" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008940AB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Logga in i IBC-NM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E18DB6" w14:textId="666473AA" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="49E18DB6" w14:textId="051EDA86" w:rsidR="00A71108" w:rsidRPr="008940AB" w:rsidRDefault="007F274D" w:rsidP="007F274D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A71108">
+        <w:ind w:left="360" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008940AB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidRPr="008940AB">
         <w:rPr>
           <w:noProof/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AF32AAC" wp14:editId="6F1DD43F">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Bildobjekt 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1869C90A" wp14:editId="2D5241A0">
+            <wp:extent cx="266131" cy="246658"/>
+            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+            <wp:docPr id="2139645126" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="2139645126" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="200025" cy="190500"/>
+                      <a:ext cx="271234" cy="251387"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> eller på den gula textrutan för att komma till menyn för kvalitetskontroller.</w:t>
+      <w:r w:rsidRPr="008940AB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att komma till menyn för kvalitetskontroller.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0652CF" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="6D0652CF" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Every</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1866,480 +2019,423 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Start</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>för att starta det första testet. Du kommer nu stega igenom fyra olika tester.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A3CB48" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc143074669"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc219191504"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Zero</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>adjustment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="74BA5B33" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="74BA5B33" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta bort alla strålkällor i närheten och klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eller vänta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C49AFC3" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="2C49AFC3" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om testet visar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Passed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller vänta i några sekunder för att nästa test ska starta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E8859D" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc143074670"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc219191505"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve">Bias </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>correction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="705A8D3B" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="705A8D3B" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om testet visar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Passed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller vänta i några sekunder för att nästa test ska starta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE90F49" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc143074671"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc219191506"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Background</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>effect</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="73FC5149" w14:textId="659EB5BE" w:rsidR="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="73FC5149" w14:textId="659EB5BE" w:rsidR="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Testet tar ca </w:t>
       </w:r>
       <w:r w:rsidR="006B0043" w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15–30</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sekunder att utföra. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A39D88" w14:textId="26D0294B" w:rsidR="00821CC2" w:rsidRPr="00A71108" w:rsidRDefault="00821CC2" w:rsidP="00A71108">
+    <w:p w14:paraId="31C761B2" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...56 lines deleted...]
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om testet visar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Passed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller vänta i några sekunder för att nästa test ska starta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FBAD06" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc143074672"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc219191507"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Accuracy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>constancy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:t xml:space="preserve"> test</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="7A29A454" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="7A29A454" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Markera rätt källa (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>137</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Cs) och placera denna i aktivitetsmätaren. Klicka därefter på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Start</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9232F6" w14:textId="7328F55D" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="2A9232F6" w14:textId="7328F55D" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Testet tar ca </w:t>
       </w:r>
       <w:r w:rsidR="006B0043" w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15–30</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sekunder att utföra. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B9D85D" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="45B9D85D" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrollera att testet för både </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accuracy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
@@ -2352,96 +2448,96 @@
         <w:t>Constancy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> visar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Passed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05AE4F31" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="05AE4F31" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>137</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Cs-källan placeras i sin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>blyburk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> som förvaras i överräckningsskåpet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B20B164" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc143074673"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219191508"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Test ej godkänt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="004211B7" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om något test indikerar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2491,749 +2587,1639 @@
         <w:t>well-linern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte är kontaminerad. Utför kontrollen en gång till. Om testet ändå inte är godkänt kontaktas sjukhusfysiker. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B7881E" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc29992059"/>
       <w:r w:rsidRPr="00A71108">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="_Toc256000003"/>
       <w:bookmarkStart w:id="35" w:name="_Toc256000016"/>
       <w:bookmarkStart w:id="36" w:name="_Toc256000029"/>
       <w:bookmarkStart w:id="37" w:name="_Toc256000042"/>
       <w:bookmarkStart w:id="38" w:name="_Toc256000055"/>
       <w:bookmarkStart w:id="39" w:name="_Toc256000068"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc143074674"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc219191509"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Veckokontroll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="02ED9293" w14:textId="50CF404F" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="3D85FFC1" w14:textId="1D814DA6" w:rsidR="000C37CF" w:rsidRPr="007F7BC9" w:rsidRDefault="000C37CF" w:rsidP="000C37CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A71108">
+        <w:ind w:left="360" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F7BC9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidRPr="007F7BC9">
         <w:rPr>
           <w:noProof/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DB8EDCA" wp14:editId="195AF0A9">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Bildobjekt 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25CFAFF3" wp14:editId="2B9DBA45">
+            <wp:extent cx="266131" cy="246658"/>
+            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+            <wp:docPr id="1981399438" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="2139645126" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="200025" cy="190500"/>
+                      <a:ext cx="271234" cy="251387"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidRPr="007F7BC9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till menyn för kvalitetskontroller.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1CC104" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="6F1CC104" w14:textId="2F54CFB1" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="007F7BC9" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Markera </w:t>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arkera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Every</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>week</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>High</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>voltage</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och klicka på </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Start</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71108">
+      <w:r w:rsidR="00A71108" w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D25B413" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="3D25B413" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ta bort alla strålkällor i närheten av aktivitetsmätaren och klicka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller vänta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7A0834" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="6A7A0834" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="004C23C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vänta i ca 30 sekunder och klicka därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> om testet visar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Passed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6699A1C8" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="2727898A" w14:textId="4AD269C2" w:rsidR="00A71108" w:rsidRPr="007F7BC9" w:rsidRDefault="00A71108" w:rsidP="007F7BC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Efter detta test ligger bakgrundsaktiviteten något högt. Denna kommer minska under ca en minut och återgå till det normala.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2727898A" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00D12D5C">
+    <w:p w14:paraId="4AFA03DB" w14:textId="203285BB" w:rsidR="00990BE1" w:rsidRDefault="00990BE1" w:rsidP="00A12624">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc219191510"/>
+      <w:r w:rsidRPr="00990BE1">
+        <w:t>Tes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12624">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990BE1">
+        <w:t xml:space="preserve"> ej godkänd</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="6F10F449" w14:textId="5ACB9929" w:rsidR="00051AB2" w:rsidRDefault="00527507" w:rsidP="00D12D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00527507">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Om</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> testet indikerar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Failed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Kontrollera så att det är fritt från aktivitet i närheten. Kontrollera även att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dippern</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>well</w:t>
+      </w:r>
+      <w:r w:rsidR="004C23C1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>linern</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D952B7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inte är kontaminerad</w:t>
+      </w:r>
+      <w:r w:rsidR="00987035">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Utför kontrollen en gång till. Om testet ändå inte är godkänt, starta om datorn och utför kontrollen en gång till. Om testet fortfarande inte är godkänt kontaktas sjukhusfysiker.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32D43658" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
+    <w:p w14:paraId="0EFC683C" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc29992063"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="48" w:name="_Toc143074675"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc219191511"/>
       <w:r w:rsidRPr="00A71108">
         <w:t>Årlig kontroll</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
-      <w:bookmarkEnd w:id="43"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="1235A530" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
+    <w:p w14:paraId="043775C1" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sjukhusfysiker utför samtliga årliga kontroller och resultatet sparas på gemensam hårddisk. Trendanalys av dagliga- samt veckokontroller bör också genomföras i samband med årlig kontroll. Samtliga moment utgår från </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rekommendationer – Kvalitetskontroller Aktivitetsmätare (Svensk Förening för Nuklearmedicin)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Utför först daglig samt veckovis kontroll enligt beskrivning ovan och fortsätt därefter med årlig kontroll. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0EE666" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00511B97">
+    <w:p w14:paraId="5EAD2A2E" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc29992064"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="_Toc143074676"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc219191512"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Trendanalys</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="343801FA" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Öppna filen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Trendanalys - daglig kontroll av aktivitetsmätare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:rStyle w:val="Fotnotsreferens"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och kolla vilket som är det sista datumet som lagts in för respektive aktivitetsmätare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B0906F" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Gå till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70ACC120" wp14:editId="2E79E48F">
+            <wp:extent cx="266131" cy="246658"/>
+            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+            <wp:docPr id="1555732548" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2139645126" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="271234" cy="251387"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> och klicka på </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A71108">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Overview</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A1F082" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Period</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> och välj från det senaste som lagts in i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>excel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>-tabellen till dagens datum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A945A34" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Klicka på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daily</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585578D2" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Spara som CSV-fil och öppna filen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6208FAC3" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Kopiera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deviation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(alla celler med procent-tal i sig) samt tillhörande datum och klistra in i nästa lediga rad i filen Trendanalys - daglig kontroll av aktivitetsmätare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:rStyle w:val="Fotnotsreferens"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (separata flikar för varje aktivitetsmätare)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D88E8F4" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Ta bort alla tomma rader</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585D9183" w14:textId="3F7E1353" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00254199" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00254199">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3356C8FE" wp14:editId="3F5069A5">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4260022</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>391795</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="581025" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="555904263" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="555904263" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="581025" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00EB15EC" w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om värdet inte dyker upp i grafen i sammanställningsfliken – se till att den nya raden är inkluderad i tabellen genom att antingen ändra tabellstorleken under fliken Tabelldesign eller dra i nedersta högra hörnet av tabellen.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A42343" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera trenderna i grafen i sammanställningsfliken </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>så att det ligger någorlunda stabilt. Det kommer variera lite, men skulle det ha varit utanför tolerans säger testet till.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE97E8E" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Spara filen innan den stängs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A8F6C8" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc219191513"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Linjäritet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="281057C2" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mät aktiviteten av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tc i flaska samt spruta över flera dagar. Aktivitetsinnehåll i både flaska och spruta ska vara lika stort eller större än den högsta aktivitet som mäts upp i klinisk verksamhet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mätningen ska pågå till dess att aktiviteten understiger den lägsta, kliniskt använda aktiviteten. Används IBC-NM:s automatiska test måste aktiviteten gå under 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att det ska kunna avslutas. Avvikelsen i varje mätpunkt är det aktuella värdet dividerat med det sönderfallskorrigerade medelvärdet av samtliga mätningar. Åtgärdsnivå är ±5% och toleransnivå är ±10%.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1603861F" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gå till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DC8FA57" wp14:editId="5238C1F5">
+            <wp:extent cx="266131" cy="246658"/>
+            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+            <wp:docPr id="10710126" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2139645126" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="271234" cy="251387"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och välj </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Linearity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203D022B" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera att Tc-99m är valt. Ändra till 72 minuters intervall och klicka därefter på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Automatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F88FA38" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Placera strålkällan och starta mätningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F424F1" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att pausa testet klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nu kan IBC användas som vanligt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4539E8EC" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">För att återuppta testet gå till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Linearity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> igen. Klicka på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> när frågan om att återuppta testet kommer. Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Automatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> för att starta. Testet avslutas automatiskt när aktiviteten är under 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">. Tryck </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> för att spara resultatet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A9887D" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Spara resultatet på gemensam hårddisk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E60CAF" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00EC7A09" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F817748" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Det går även att utföra manuella mätningar genom att klicka på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Manual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> istället för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Automatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C9D99A" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc219191514"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:t>Precision</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="1EADB79F" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Använd ca 500 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tc i spruta och genomför 10 mätningar i snabb följd. Höj och sänk hållaren mellan varje mätning. Åtgärdsnivån för uppmätta mätvärdens variationskoefficient är ±1% och toleransnivån är ±5%. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096A1DF7" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Gör mätningarna på ”startsidan” av IBC-NM (se till att </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Tc-fönster är valt vid mätning).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470C3FFB" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="008E3E04">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Fyll i resultatet i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>excel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> och spara på gemensam hårddisk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFF6350" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc219191515"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Calibration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve"> check</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="4F91D9D1" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att göra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Calibration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> check används tre källor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>137</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cs och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295DF407" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gå till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6675B2A3" wp14:editId="4C5300DD">
+            <wp:extent cx="266131" cy="246658"/>
+            <wp:effectExtent l="0" t="0" r="635" b="1270"/>
+            <wp:docPr id="1559001339" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2139645126" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="271234" cy="251387"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, välj </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Calibration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och klicka på</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Start</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146786DD" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera att du har rätt källor genom att jämföra serienummer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AD895A" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t xml:space="preserve">Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>och följ instruktionerna på skärmen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367B1CF5" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRPr="008E3E04" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3E04">
+        <w:t>Spara resultatet på gemensam hårddisk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3295547B" w14:textId="77777777" w:rsidR="00950DC3" w:rsidRDefault="00950DC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C12C5FC" w14:textId="14238AED" w:rsidR="00EB15EC" w:rsidRPr="00A71108" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc219191516"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:t>Vid behov</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="256B8D55" w14:textId="4A9828A3" w:rsidR="00051AB2" w:rsidRPr="00527507" w:rsidRDefault="00EB15EC" w:rsidP="00D12D5C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid behov genomförs kontroll av mätuppställningens geometriberoende samt behållarens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>attenueringsberoende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rekommendationer - Kvalitetskontroller Aktivitetsmätare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71108">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för metodik.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003CE613" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00840659">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc29992069"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc219191517"/>
+      <w:r w:rsidRPr="00A71108">
+        <w:t>Referenser</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
-      <w:bookmarkEnd w:id="56"/>
-[...325 lines deleted...]
-      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="3B531E20" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Svensk Förening för Radiofysik (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rekommendationer - Kvalitetskontroller Aktivitetsmätare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB78671" w14:textId="77777777" w:rsidR="00A71108" w:rsidRPr="00A71108" w:rsidRDefault="00A71108" w:rsidP="00A71108">
@@ -3332,127 +4318,126 @@
         </w:rPr>
         <w:t xml:space="preserve"> manual</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71108">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Product version 1.20.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00840659" w:rsidSect="00A71108">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49B6D07F" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357">
+    <w:p w14:paraId="2A115831" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A65C88F" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357">
+    <w:p w14:paraId="69AFCFDA" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="452519C2" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357">
+    <w:p w14:paraId="7A08BFB0" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR B">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3460,89 +4445,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3571,51 +4556,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3649,73 +4634,105 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C47F70E" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357"/>
+    <w:p w14:paraId="563DC7B7" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77D33E58" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357">
+    <w:p w14:paraId="4011B6DF" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E9872EE" w14:textId="77777777" w:rsidR="001B3357" w:rsidRDefault="001B3357">
+    <w:p w14:paraId="0687BDC8" w14:textId="77777777" w:rsidR="00647DC6" w:rsidRDefault="00647DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="2754FC79" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Fotnotstext"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Fotnotsreferens"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Hittas i Fysiker G-katalog</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="02666DCD" w14:textId="77777777" w:rsidR="00EB15EC" w:rsidRDefault="00EB15EC" w:rsidP="00EB15EC">
+      <w:pPr>
+        <w:pStyle w:val="Fotnotstext"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Fotnotsreferens"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Hittas i Fysiker G-katalog</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3753,91 +4770,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -3876,57 +4893,57 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -4003,51 +5020,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4186,50 +5203,163 @@
         <w:rFonts w:ascii="OCR B" w:hAnsi="OCR B" w:cs="OCR B" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00876300"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80DE3B00"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E63B4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2C49498"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4298,51 +5428,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4411,51 +5541,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4524,51 +5654,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DB05C28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F08CDC6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4637,51 +5767,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4750,51 +5880,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4863,51 +5993,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CAC1E9B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A69E661C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4977,51 +6220,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5090,51 +6333,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FDA35A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED603368"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5203,51 +6446,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5343,51 +6586,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5457,51 +6700,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5570,51 +6813,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5711,51 +6954,277 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="463055D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87347858"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B595FB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76704A18"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5824,51 +7293,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5938,51 +7407,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6051,51 +7520,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DFE170C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D108CB12"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6164,51 +7746,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6277,51 +7859,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E316B04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84A05FB4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6390,51 +7972,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6504,238 +8086,261 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="435635633">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="221673229">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="303240768">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1246451032">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1618412367">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1239243217">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1919057112">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1754662706">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="174926475">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="787550104">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1715620214">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1330863943">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="997151604">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="402728197">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="241111623">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1516531984">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="441416113">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1138760536">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="441416113">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="19" w16cid:durableId="1754739250">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1050960762">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="276062968">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="158541512">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="274139819">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="101340116">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="785851035">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1332444862">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="274139819">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="27" w16cid:durableId="757748342">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="101340116">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="28" w16cid:durableId="1750537187">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2045935132">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00024019"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00051AB2"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="0008627C"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C37CF"/>
     <w:rsid w:val="000C6C07"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
+    <w:rsid w:val="001363DF"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="001930FD"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B3357"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D346B"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00221E8D"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
+    <w:rsid w:val="00254199"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="0028213B"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A5DB9"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F070D"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
@@ -6747,423 +8352,460 @@
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C20E4"/>
     <w:rsid w:val="003C4648"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00437939"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00461940"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="0046775F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B20CD"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004C23C1"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="0050067D"/>
     <w:rsid w:val="00500AFA"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511B97"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00527507"/>
+    <w:rsid w:val="00527BB6"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B4E48"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E2D89"/>
+    <w:rsid w:val="005F1EBE"/>
     <w:rsid w:val="006031EB"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="0060605B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00610DC5"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00647DC6"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00676D95"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0043"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5BE2"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C1DD3"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00746C00"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00777B04"/>
     <w:rsid w:val="00784135"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C6262"/>
     <w:rsid w:val="007C7A14"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F274D"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F7BC9"/>
     <w:rsid w:val="008006BB"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00821CC2"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008372FD"/>
     <w:rsid w:val="00840623"/>
     <w:rsid w:val="00840659"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008827CA"/>
+    <w:rsid w:val="00890F2D"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="0089401D"/>
+    <w:rsid w:val="008940AB"/>
     <w:rsid w:val="00895BD2"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A39A0"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4DC6"/>
     <w:rsid w:val="008E36F8"/>
+    <w:rsid w:val="008E3E04"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F53A7"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="0092146A"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="00950DC3"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957FC6"/>
     <w:rsid w:val="009660AA"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00987035"/>
+    <w:rsid w:val="00990BE1"/>
+    <w:rsid w:val="00995D08"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A04684"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A12624"/>
     <w:rsid w:val="00A24F94"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A26916"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A52B85"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A71108"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC00BA"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC40BB"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE608A"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B1059E"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B21B59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46959"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA0E73"/>
+    <w:rsid w:val="00BA3CC5"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE1120"/>
     <w:rsid w:val="00CE2055"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D11700"/>
     <w:rsid w:val="00D12D5C"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D64F02"/>
+    <w:rsid w:val="00D833E6"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D952B7"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC063C"/>
     <w:rsid w:val="00DC47D6"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E0418B"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E30A00"/>
     <w:rsid w:val="00E32F11"/>
     <w:rsid w:val="00E43C34"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55A84"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86186"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB15EC"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3D63"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF0E49"/>
     <w:rsid w:val="00F17205"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F30A90"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F753A8"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA3C31"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE6D7E"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="24D77DE2"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{7CD471AF-DAC1-41E8-A0E7-0CCDC5ED1410}"/>
+  <w15:docId w15:val="{EE5D74D7-868B-4EC7-B995-06C5BC74401E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8066,50 +9708,51 @@
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
+    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
@@ -9553,55 +11196,79 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Strecklista">
     <w:name w:val="Strecklista"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A71108"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B21B59"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FotnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB15EC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB15EC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9629,51 +11296,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9968,400 +11635,418 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5097</Characters>
+  <Pages>6</Pages>
+  <Words>1035</Words>
+  <Characters>7180</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5744</CharactersWithSpaces>
+  <CharactersWithSpaces>8199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
-    <vt:vector size="108" baseType="variant">
+    <vt:vector size="114" baseType="variant">
       <vt:variant>
-        <vt:i4>2031667</vt:i4>
+        <vt:i4>2031672</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219110283</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031672</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>104</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074680</vt:lpwstr>
+        <vt:lpwstr>_Toc219110282</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>2031672</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>98</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074679</vt:lpwstr>
+        <vt:lpwstr>_Toc219110281</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>2031672</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>92</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074678</vt:lpwstr>
+        <vt:lpwstr>_Toc219110280</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>86</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074677</vt:lpwstr>
+        <vt:lpwstr>_Toc219110279</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>80</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074676</vt:lpwstr>
+        <vt:lpwstr>_Toc219110278</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>74</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074675</vt:lpwstr>
+        <vt:lpwstr>_Toc219110277</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>68</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074674</vt:lpwstr>
+        <vt:lpwstr>_Toc219110276</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>62</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074673</vt:lpwstr>
+        <vt:lpwstr>_Toc219110275</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>56</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074672</vt:lpwstr>
+        <vt:lpwstr>_Toc219110274</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>50</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074671</vt:lpwstr>
+        <vt:lpwstr>_Toc219110273</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048627</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>44</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074670</vt:lpwstr>
+        <vt:lpwstr>_Toc219110272</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>38</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074669</vt:lpwstr>
+        <vt:lpwstr>_Toc219110271</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1048632</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>32</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074668</vt:lpwstr>
+        <vt:lpwstr>_Toc219110270</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1114168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>26</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074667</vt:lpwstr>
+        <vt:lpwstr>_Toc219110269</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1114168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074666</vt:lpwstr>
+        <vt:lpwstr>_Toc219110268</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1114168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074665</vt:lpwstr>
+        <vt:lpwstr>_Toc219110267</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1114168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074664</vt:lpwstr>
+        <vt:lpwstr>_Toc219110266</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114163</vt:i4>
+        <vt:i4>1114168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc143074663</vt:lpwstr>
+        <vt:lpwstr>_Toc219110265</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kvalitetskontroll av aktivitetsmätare</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>38</revision>
+  <revision>68</revision>
   <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>