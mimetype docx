--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -3278,340 +3278,252 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarsreferens"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1381B316" w14:textId="166FA0DF" w:rsidR="00AB6076" w:rsidRPr="00AB6076" w:rsidRDefault="00AB6076" w:rsidP="00AB6076">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5734C">
         <w:rPr>
           <w:rStyle w:val="Kommentarsreferens"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Personal på Klinisk Fysiologi som inte kontinuerligt arbetar inom nuklearmedicin, men som kan komma att assistera vid nuklearmedicinska undersökningar ska gå utbildningen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0068796D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Strålsäkerhet för assisterande personal nuklearmedicin (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> vid nyanställning och sedan minst vart tredje år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65DE7C67" w14:textId="11BF5616" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00B54D78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Ref95475031"/>
       <w:bookmarkStart w:id="31" w:name="_Toc102982944"/>
       <w:bookmarkStart w:id="32" w:name="_Toc211850018"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="0002634A">
         <w:t>öntgensjuksköterskor och radiologer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="63FA03E5" w14:textId="282A50B7" w:rsidR="00682C0A" w:rsidRDefault="00F95AFE" w:rsidP="00B13FE4">
+    <w:p w14:paraId="63FA03E5" w14:textId="1EEACFFB" w:rsidR="00682C0A" w:rsidRDefault="00F95AFE" w:rsidP="3121759C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För nyanställda </w:t>
       </w:r>
       <w:r w:rsidR="000F31DE">
         <w:t xml:space="preserve">röntgensjuksköterskor och radiologer </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E70E56">
         <w:t>ska</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F6E24">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+      <w:r w:rsidR="59C2D637" w:rsidRPr="00E70E56">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="006298" w:themeColor="accent1"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="_Hlk95473990"/>
-[...93 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidR="59C2D637" w:rsidRPr="00E70E56">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
+          </w:rPr>
+          <w:t>Strålsäkerhet för röntgensjuksköterskor och radiologer</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000375CE" w:rsidRPr="000375CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000A36B0">
         <w:t xml:space="preserve">genomföras innan personen påbörjar arbete med joniserande strålning. </w:t>
       </w:r>
+      <w:r w:rsidR="008E62DC">
+        <w:t>W</w:t>
+      </w:r>
       <w:r w:rsidR="00E227CF">
-        <w:t>Webbutbildningen ska sedan repeteras minsta vart tredje år</w:t>
+        <w:t>ebbutbildningen ska sedan repeteras minsta vart tredje år</w:t>
       </w:r>
       <w:r w:rsidR="00EA2511">
         <w:t xml:space="preserve"> Vid förfrågan hålls även praktiska temautbildningar. Temat varierar beroende på behov.</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607C8D85" w14:textId="7A8F2A55" w:rsidR="00682C0A" w:rsidRPr="0068666F" w:rsidRDefault="00682C0A" w:rsidP="00682C0A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc211850019"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc211850019"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t>öntgenundersköterskor</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="50F58673" w14:textId="30086A61" w:rsidR="00682C0A" w:rsidRDefault="00682C0A" w:rsidP="00B13FE4">
+    <w:p w14:paraId="50F58673" w14:textId="76AD4BAE" w:rsidR="00682C0A" w:rsidRDefault="00682C0A" w:rsidP="00B13FE4">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t>För nyanställda röntgen</w:t>
       </w:r>
       <w:r w:rsidR="004351E2">
         <w:t>under</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sköterskor ska </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00C22D1C" w:rsidRPr="00C22D1C">
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidR="00C22D1C" w:rsidRPr="15886D85">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
-            <w:szCs w:val="20"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Strålsäkerhet för röntgenundersköterskor på radiologisk mottagning (NU)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C22D1C" w:rsidRPr="00C22D1C">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="7E78BFEB">
+        <w:t xml:space="preserve"> genom</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">föras innan personen påbörjar arbete med joniserande strålning. Webbutbildningen ska sedan repeteras minsta vart tredje år Vid förfrågan hålls även praktiska temautbildningar. Temat varierar beroende på behov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A6970C" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc18671478"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="_Toc211850020"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc18671478"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc20313484"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc20750694"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc256000005"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc102982945"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc211850020"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Intervention</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
-      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="5FCDC220" w14:textId="4B1C31DD" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För operatörer som ska börja arbeta med intervention (och som </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> är radiologer </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:t>ska</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="_Hlk95475547"/>
+      <w:bookmarkStart w:id="42" w:name="_Hlk95475547"/>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://larportalen.vgregion.se/course/view.php?id=1241"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
@@ -3623,51 +3535,51 @@
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Strålsäkerhet vid interventioner -Teori (NU)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63FA8">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>genomföras innan personen påbörjar arbete med joniserande strålning. E</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t>fter introduktionen ska praktisk demonstration genomgås vid nästa planerade tillfälle. Den återkommande utbildning</w:t>
       </w:r>
       <w:r>
         <w:t>en som ska genomgås minst vart tredje år</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> utgör</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> av web</w:t>
       </w:r>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve">utbildningen och den praktiska demonstrationen. </w:t>
       </w:r>
     </w:p>
@@ -3687,93 +3599,93 @@
       <w:r>
         <w:t xml:space="preserve"> (se </w:t>
       </w:r>
       <w:r w:rsidR="00482D1B">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">unkt </w:t>
       </w:r>
       <w:r w:rsidR="00482D1B">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA22EFA" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc18671481"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="_Toc211850021"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc18671481"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc20313487"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc20750697"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc256000008"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="49" w:name="_Ref95474957"/>
+      <w:bookmarkStart w:id="50" w:name="_Ref95474960"/>
+      <w:bookmarkStart w:id="51" w:name="_Ref95474980"/>
+      <w:bookmarkStart w:id="52" w:name="_Ref95474986"/>
+      <w:bookmarkStart w:id="53" w:name="_Ref95474991"/>
+      <w:bookmarkStart w:id="54" w:name="_Ref95475017"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc102982946"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc211850021"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Operation (personal som arbetar med mobil C-båge</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
-      <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="2F918D01" w14:textId="58797CA3" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
+    <w:p w14:paraId="2F918D01" w14:textId="5A601921" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För nyanställd personal på operationsavdelning eller motsvarande, som kommer att arbeta med mobila C-bågar, ska webbutbildningen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="_Hlk95475631"/>
+      <w:bookmarkStart w:id="57" w:name="_Hlk95475631"/>
       <w:r w:rsidRPr="006A1D74">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://larportalen.vgregion.se/course/view.php?id=778"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="006A1D74">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="006A1D74">
         <w:rPr>
@@ -3791,259 +3703,298 @@
         </w:rPr>
         <w:t xml:space="preserve">Strålsäkerhet </w:t>
       </w:r>
       <w:r w:rsidR="00632152">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mobila C-</w:t>
       </w:r>
       <w:r w:rsidR="00940BAC">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bågar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Teori (NU)</w:t>
+        <w:t xml:space="preserve"> (NU)</w:t>
       </w:r>
       <w:r w:rsidRPr="006A1D74">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidR="004842CA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> genomgås innan personen påbörjar arbete med joniserande strålning. E</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t>fter introduktionen ska praktisk demonstration genomgås vid nästa planerade tillfälle. Den återkommande utbildning</w:t>
       </w:r>
       <w:r>
         <w:t>en som ska genomgås minst vart tredje år</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> utgör</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> av </w:t>
       </w:r>
       <w:r>
         <w:t>webbutbildningen</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve"> och den praktiska demonstrationen. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4BE7">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0071722D">
+        <w:t>För att se historik av personalens genomförande kan chefen även ta ut data från</w:t>
+      </w:r>
+      <w:r w:rsidR="00A065DF">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00A065DF" w:rsidRPr="00A065DF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Strålsäkerhet mobila C-bågar - Teori (NU) GAMMAL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A065DF" w:rsidRPr="00A065DF">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0071722D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DDB3D8B" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc18671482"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="66" w:name="_Toc211850022"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc18671482"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc20313488"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc20750698"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc256000039"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc102982947"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc211850022"/>
       <w:r w:rsidRPr="0068666F">
-        <w:lastRenderedPageBreak/>
         <w:t>Mammografi</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
-      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="0068666F">
         <w:t xml:space="preserve"> (radiologer och sköterskor)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
-      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="0068666F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEFD85D" w14:textId="2E08EA17" w:rsidR="00F95AFE" w:rsidRPr="00AA2CAF" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För nyanställd personal ska webbutbildningen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="67" w:name="_Hlk95475484"/>
+      <w:bookmarkStart w:id="66" w:name="_Hlk95475484"/>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://larportalen.vgregion.se/course/view.php?id=1458"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t>Strålsäkerhet mammografi (NU)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>genomgås innan personen påbörjar arbete med joniserande strålning. Den återkommande utbildningen utgörs av webbutbildningen</w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">och utförs </w:t>
       </w:r>
       <w:r>
         <w:t>minst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> vart tredje år</w:t>
       </w:r>
       <w:r w:rsidRPr="0087488D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3542B98E" w14:textId="693268ED" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Radiologer som enbart arbetar inom mammografi ges samma utbildning som övrig mammografipersonal. De behöver därför inte gå utbildning anpassade för radiologer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6D6749" w14:textId="4AC6F144" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nyanställda sjuksköterskor som inte är röntgensjuksköterskor, ges en mer omfattande mammografiutbildning </w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="_Hlk95479189"/>
+      <w:bookmarkStart w:id="67" w:name="_Hlk95479189"/>
       <w:r w:rsidRPr="00AA2CAF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Strålsäkerhet mammografi för allmänsjuksköterskor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:t xml:space="preserve">vid anställningens start. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43201836" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc102982948"/>
-      <w:bookmarkStart w:id="70" w:name="_Toc211850023"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc102982948"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc211850023"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Tandvård</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
-      <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:p w14:paraId="5C2876A4" w14:textId="29EC259C" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="002E020A">
       <w:pPr>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För nyanställd personal som tar bilder på patienter ges en kortare introduktion, enligt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Introduktion i strålsäkerhet, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">snarast efter anställning. Efter introduktionen ges </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -4102,191 +4053,191 @@
       <w:r w:rsidRPr="006523F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>minst</w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:t xml:space="preserve"> vart tredje år</w:t>
       </w:r>
       <w:r w:rsidRPr="00571DFF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="175C4786" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc18671484"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="78" w:name="_Toc211850024"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc18671484"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc20313490"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc20750700"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc102982949"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc211850024"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Medicinteknisk personal</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
-      <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="46814092" w14:textId="5A36AC3D" w:rsidR="00F95AFE" w:rsidRPr="00B45F7A" w:rsidRDefault="00F95AFE" w:rsidP="00B45F7A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Medicinteknisk personal som arbetar med röntgenstrålning eller som kan komma i kontakt med radioaktiva ämnen ska, innan arbete med strålning påbörjas, </w:t>
       </w:r>
       <w:r w:rsidR="00CD3EE4" w:rsidRPr="00B45F7A">
         <w:t>gå</w:t>
       </w:r>
       <w:r w:rsidR="00B45F7A" w:rsidRPr="00B45F7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00B45F7A" w:rsidRPr="00B45F7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet för medicintekniska ingenjörer -Teori (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD3EE4" w:rsidRPr="00B45F7A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CD3EE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Utbildningen ska upprepas minst </w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:t>vart tredje år</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67970225" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc102982950"/>
-      <w:bookmarkStart w:id="80" w:name="_Toc211850025"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc102982950"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc211850025"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>IVA, akuten och neonatalavdelning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
-      <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="7E24C3ED" w14:textId="54EAE399" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F95AFE">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="001C37F7">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">För nyanställd personal som är med på IVA, akuten eller neonatalavdelning då mobil röntgenutrustning </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">eller miniC-båge </w:t>
       </w:r>
       <w:r w:rsidRPr="001C37F7">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">används </w:t>
       </w:r>
       <w:r w:rsidR="003C6E48">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">kan vid behov </w:t>
       </w:r>
       <w:r w:rsidRPr="001C37F7">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>gå</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="008027B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet för assisterande personal i röntgenrum (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Operatörer av miniC-bågar ska genomgå webbutbildningen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve">Strålsäkerhet </w:t>
         </w:r>
         <w:r w:rsidR="00714766">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>mobila C-bågar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t xml:space="preserve"> - Teori (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
@@ -4313,131 +4264,130 @@
         </w:rPr>
         <w:t>. Utbildningarna ska upprepas minst</w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> vart tredje år</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637D4DA9" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Toc102982951"/>
-      <w:bookmarkStart w:id="82" w:name="_Toc211850026"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc102982951"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc211850026"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>AT-läkare</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
-      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="390FAD1A" w14:textId="0C694E52" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F95AFE">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AT-läkare ges utbildningen </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE16C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Strålsäkerhet för AT-läkare</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> under sin placering på Bild- och funktionsmedicin. Denna utbildning behöver inte upprepas. </w:t>
       </w:r>
       <w:r w:rsidR="00CD3EE4">
         <w:t xml:space="preserve">Ges på begäran. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29709118" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc102982952"/>
-      <w:bookmarkStart w:id="84" w:name="_Toc211850027"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc102982952"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc211850027"/>
       <w:r w:rsidRPr="0068666F">
-        <w:lastRenderedPageBreak/>
         <w:t>Remitterande sjuksköterskor</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
-      <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="30B94DB0" w14:textId="1E99B2A0" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F95AFE">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inför att sjuksköterskor får börja skriva remisser ska de genomgå </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE16C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Remittentutbildning för sjuksköterskor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ges på begäran. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE6298F" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc102982953"/>
-      <w:bookmarkStart w:id="86" w:name="_Toc211850028"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc102982953"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc211850028"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Transportörer och lokalvårdare</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
-      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="4EB37591" w14:textId="172E3767" w:rsidR="00F95AFE" w:rsidRPr="00D1442A" w:rsidRDefault="00F95AFE" w:rsidP="00F05A9A">
       <w:pPr>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612447">
         <w:t>Information om de risker som arbetet i strålningsmiljö innebär och instruktioner för arbetets utförande avseende strålskyddsfrågor ges till övrig personal</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00612447">
         <w:t xml:space="preserve"> såsom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> transportörer och </w:t>
       </w:r>
       <w:r w:rsidRPr="00612447">
         <w:t xml:space="preserve">lokalvårdare vid </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
@@ -4457,57 +4407,57 @@
       <w:r w:rsidRPr="006523F5">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>vart tredje år</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B2288C" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
       <w:r w:rsidRPr="0068666F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="_Toc102982954"/>
-      <w:bookmarkStart w:id="88" w:name="_Toc211850029"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc102982954"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc211850029"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Hudmottagningen</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
-      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="23E2F5BF" w14:textId="613A1DB2" w:rsidR="00F95AFE" w:rsidRPr="00D1442A" w:rsidRDefault="00B0191A" w:rsidP="00F95AFE">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t>Personal som bestrålar eller beslutar om bestrålning av patienter med Bucky-</w:t>
       </w:r>
       <w:r w:rsidR="00EE2D22">
         <w:t xml:space="preserve">utrustning ska gå </w:t>
       </w:r>
       <w:r w:rsidR="00EE2D22" w:rsidRPr="000A092D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Strålsäkerhetsu</w:t>
       </w:r>
       <w:r w:rsidR="000A092D" w:rsidRPr="000A092D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tbildning Bucky</w:t>
       </w:r>
@@ -4520,226 +4470,225 @@
         </w:rPr>
         <w:t xml:space="preserve">Utbildningen ska upprepas minst </w:t>
       </w:r>
       <w:r w:rsidR="00F95AFE" w:rsidRPr="006523F5">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>vart tredje år</w:t>
       </w:r>
       <w:r w:rsidR="00F95AFE">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FA5AAE" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc102982955"/>
-      <w:bookmarkStart w:id="90" w:name="_Toc211850030"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc102982955"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc211850030"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Osteoporosmottagningen</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
-      <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="74353271" w14:textId="0F736F80" w:rsidR="00F95AFE" w:rsidRPr="00D1442A" w:rsidRDefault="00F95AFE" w:rsidP="00F95AFE">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Personal som arbetar med bentäthetsmätningar (DEXA) ska </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">genomgå </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet vid bentäthetsmätningar med röntgenstrålning (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> innan personen påbörjar arbete med joniserande strålning.</w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> Utbildningen ska upprepas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">minst </w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>vart tredje år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DD095E" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="00570510">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="1701" w:right="-2" w:hanging="708"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc102982956"/>
-      <w:bookmarkStart w:id="92" w:name="_Toc211850031"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc102982956"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc211850031"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Bröstmottagningen och patologen</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
-      <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="35BD3FC7" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F05A9A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Personal som arbetar på bröstmottagningen och på patologen får kortare information om strålning eftersom de kan komma i kontakt med radioaktivitet i sitt arbete. </w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:t xml:space="preserve">Utbildningen ska upprepas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">minst </w:t>
       </w:r>
       <w:r w:rsidRPr="006523F5">
         <w:t>vart tredje år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0A8E5D" w14:textId="07309B6A" w:rsidR="0013714C" w:rsidRPr="009421F9" w:rsidRDefault="0013714C" w:rsidP="00753C81">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:hanging="719"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc211850032"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc211850032"/>
       <w:r w:rsidRPr="009421F9">
         <w:t>Brinkåsen rättspsykiatri</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="7C5D6B44" w14:textId="77777777" w:rsidR="0013714C" w:rsidRPr="0013714C" w:rsidRDefault="0013714C" w:rsidP="0013714C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="0013714C">
         <w:t xml:space="preserve">Personal som arbetar med att röntga bagage ska </w:t>
       </w:r>
       <w:r w:rsidRPr="0013714C">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">genomgå </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="0013714C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
           </w:rPr>
           <w:t>Strålsäkerhet vid bagageröntgen Brinkåsen (NU)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0013714C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0013714C">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>innan personen påbörjar arbete med bagageröntgen. Utbildningen ska upprepas minst vart tredje år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A23277" w14:textId="77777777" w:rsidR="0013714C" w:rsidRDefault="0013714C" w:rsidP="00F05A9A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37F29F5F" w14:textId="77777777" w:rsidR="0013714C" w:rsidRDefault="0013714C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc102982957"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc102982957"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38448CF6" w14:textId="41A02685" w:rsidR="00F95AFE" w:rsidRPr="0068666F" w:rsidRDefault="00F95AFE" w:rsidP="0068666F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc211850033"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc211850033"/>
       <w:r w:rsidRPr="0068666F">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentation</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
-      <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidRPr="0068666F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E080C6" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F05A9A">
       <w:r>
         <w:t>Följande information ska dokumenteras (undantag webbutbildning):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B909BE" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F05A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Datum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B78163" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F05A9A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
@@ -4783,85 +4732,85 @@
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Om det är praktisk eller teoretisk utbildning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA43E7D" w14:textId="6B9E3560" w:rsidR="00F95AFE" w:rsidRPr="00331C69" w:rsidRDefault="00F95AFE" w:rsidP="00DA04EA">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t>Sjukhusfysiker ser till att en närvarolista förs vid alla föreläsningstillfällen som är obligatoriska, vid praktiska demonstrationer samt att ett generellt intyg ges för dessa tillfällen. Intyget signeras av sjukhusfysikern</w:t>
       </w:r>
       <w:r w:rsidRPr="005827B2">
         <w:t>. Individuella intyg ges på begäran.</w:t>
       </w:r>
       <w:r w:rsidRPr="006A7E1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">När det gäller webbutbildning tar varje verksamhet ut data om vilka i personalen som har gått utbildning från </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="002B1BEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Lärportalen - NU-sjukvården</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. Handhavande- och metodutbildning </w:t>
       </w:r>
       <w:r w:rsidR="00B07CC5">
         <w:t xml:space="preserve">dokumenteras </w:t>
       </w:r>
       <w:r>
         <w:t>på ett behörighetskort eller dylikt. Intyg och behörighetskort arkiveras enligt klinikens rutiner</w:t>
       </w:r>
       <w:r w:rsidRPr="000B1DAF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFE309A" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRPr="00536C0F" w:rsidRDefault="00F95AFE" w:rsidP="0068666F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc102982958"/>
-      <w:bookmarkStart w:id="97" w:name="_Toc211850034"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc102982958"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc211850034"/>
       <w:r w:rsidRPr="0068666F">
         <w:t>Referenser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
-      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="7B9B7310" w14:textId="77777777" w:rsidR="00F95AFE" w:rsidRDefault="00F95AFE" w:rsidP="00F95AFE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Strålsäkerhetsmyndighetens föreskrift 2018:1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5262D324" w14:textId="77D21D39" w:rsidR="00AC44E2" w:rsidRPr="00AC44E2" w:rsidRDefault="00F95AFE" w:rsidP="001A20DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -4870,65 +4819,65 @@
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Strålsäkerhetsmyndighetens föreskrift 2018:5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00AC44E2" w:rsidRPr="00AC44E2" w:rsidSect="00AC44E2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2071271F" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822">
+    <w:p w14:paraId="446253DD" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2192BF87" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822">
+    <w:p w14:paraId="00CA3A6D" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="12C7D1E4" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822">
+    <w:p w14:paraId="73BF8E44" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5178,61 +5127,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F05BB01" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822"/>
+    <w:p w14:paraId="5CF9CACF" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="272E9D25" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822">
+    <w:p w14:paraId="1FE39114" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7810A252" w14:textId="77777777" w:rsidR="00902822" w:rsidRDefault="00902822">
+    <w:p w14:paraId="03191EA0" w14:textId="77777777" w:rsidR="00214749" w:rsidRDefault="00214749">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -5280,60 +5229,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -5403,60 +5352,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -8845,496 +8794,538 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1846556725">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="192807320">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1330601261">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1309018564">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1921285906">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1031413686">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="000060EA"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="0002634A"/>
     <w:rsid w:val="000273BC"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000375CE"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A092D"/>
+    <w:rsid w:val="000A36B0"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F31DE"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00107BA5"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="001231B8"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="0013714C"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00142F8C"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00175586"/>
     <w:rsid w:val="00180A45"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A20DB"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A75F2"/>
     <w:rsid w:val="001B1A69"/>
     <w:rsid w:val="001B2796"/>
     <w:rsid w:val="001B7060"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D67B8"/>
+    <w:rsid w:val="001E1874"/>
     <w:rsid w:val="002109D1"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00214749"/>
+    <w:rsid w:val="002159A2"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262703"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00276C00"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00294B18"/>
     <w:rsid w:val="002A59BA"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B1BEB"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C26DF"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E020A"/>
+    <w:rsid w:val="002E0AD4"/>
     <w:rsid w:val="002E11D3"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003045FE"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="0031086E"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00321028"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00340912"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003437A7"/>
+    <w:rsid w:val="00344D92"/>
     <w:rsid w:val="0034512A"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="0035381F"/>
+    <w:rsid w:val="00355433"/>
     <w:rsid w:val="0035596C"/>
     <w:rsid w:val="00356E05"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003722F6"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="003861A6"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A2275"/>
     <w:rsid w:val="003B0D2F"/>
     <w:rsid w:val="003B2810"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C1869"/>
     <w:rsid w:val="003C6E48"/>
     <w:rsid w:val="003C7788"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E47DF"/>
     <w:rsid w:val="003E507C"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="0040450C"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00414030"/>
     <w:rsid w:val="00416A50"/>
+    <w:rsid w:val="004208FC"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00430FAA"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="004351E2"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00461775"/>
     <w:rsid w:val="00462DBD"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00472F48"/>
     <w:rsid w:val="00473D26"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00482D1B"/>
+    <w:rsid w:val="004842CA"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A65D9"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B6F11"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E2D6A"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00503293"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
+    <w:rsid w:val="00545040"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="00560017"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00570510"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00581864"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00584895"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B0F1C"/>
+    <w:rsid w:val="005B33FB"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C64D0"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F6E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
+    <w:rsid w:val="00620A4B"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00632152"/>
     <w:rsid w:val="00643DA0"/>
+    <w:rsid w:val="00654E44"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00663422"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00682C0A"/>
     <w:rsid w:val="00685D79"/>
     <w:rsid w:val="0068666F"/>
     <w:rsid w:val="0068796D"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A79DB"/>
     <w:rsid w:val="006B0623"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C17C6"/>
     <w:rsid w:val="006C39EE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F677D"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00714766"/>
+    <w:rsid w:val="0071722D"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00753C81"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00770337"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A441D"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A70BD"/>
     <w:rsid w:val="007C2303"/>
     <w:rsid w:val="007D2E86"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F0ABE"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00820316"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="0082331E"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873AB7"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008817BF"/>
     <w:rsid w:val="008854A1"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008A01BD"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A145A"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E62DC"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00902822"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00935388"/>
     <w:rsid w:val="00940AA0"/>
     <w:rsid w:val="00940BAC"/>
     <w:rsid w:val="009421F9"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="009432EA"/>
     <w:rsid w:val="0094397A"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00973A95"/>
     <w:rsid w:val="00981E13"/>
+    <w:rsid w:val="00991F20"/>
     <w:rsid w:val="00997E2C"/>
     <w:rsid w:val="009A1438"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E09C6"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F1656"/>
     <w:rsid w:val="009F4A16"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A00BDB"/>
     <w:rsid w:val="00A05942"/>
+    <w:rsid w:val="00A065DF"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A262E1"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A741F2"/>
     <w:rsid w:val="00A75FB0"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A9654F"/>
     <w:rsid w:val="00A97657"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB6076"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC44E2"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE4BE7"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B0191A"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B06A1C"/>
     <w:rsid w:val="00B07CC5"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B13FE4"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B45F7A"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B54D78"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B73B7E"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA02F5"/>
     <w:rsid w:val="00BA619F"/>
     <w:rsid w:val="00BB0C23"/>
     <w:rsid w:val="00BB1C09"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC0F08"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD0F12"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C22D1C"/>
     <w:rsid w:val="00C31E35"/>
     <w:rsid w:val="00C326D7"/>
     <w:rsid w:val="00C4115D"/>
@@ -9345,169 +9336,188 @@
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70375"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7356C"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C86D71"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA1844"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB163F"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD3EE4"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7152"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7687"/>
+    <w:rsid w:val="00D00B9E"/>
+    <w:rsid w:val="00D01FD1"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D12DD4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D27C24"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D475AD"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D7266B"/>
     <w:rsid w:val="00D82973"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA04EA"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA5164"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E227CF"/>
     <w:rsid w:val="00E378E2"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E5734C"/>
     <w:rsid w:val="00E60189"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E70E56"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E84D3C"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E9317A"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA2511"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB6E66"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC12DD"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED071D"/>
     <w:rsid w:val="00ED0867"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE2D22"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F05A9A"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5007E"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F54BB0"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F91A74"/>
     <w:rsid w:val="00F95AFE"/>
     <w:rsid w:val="00FA10D2"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC61C0"/>
     <w:rsid w:val="00FD1831"/>
     <w:rsid w:val="00FD37B7"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD6043"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF3AB0"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0D6BDAC5"/>
+    <w:rsid w:val="15886D85"/>
+    <w:rsid w:val="1AAD777B"/>
+    <w:rsid w:val="2919C0B0"/>
+    <w:rsid w:val="3121759C"/>
+    <w:rsid w:val="59C2D637"/>
+    <w:rsid w:val="6273B7B9"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6A6C9ED6"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7236B68F"/>
+    <w:rsid w:val="7D6951F3"/>
+    <w:rsid w:val="7E78BFEB"/>
+    <w:rsid w:val="7F6286D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{DAC3922E-4707-4BB8-AC14-2492B12A5C8B}"/>
+  <w15:docId w15:val="{D4A42C97-3E28-4363-8ECB-CC64C4D7DA2E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12103,51 +12113,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1836335418">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-20/SURROGATE/Str%c3%a5ls%c3%a4kerhetsfunktioner%2c%20lista.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=904" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=802" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-4/surrogate/Studieplaner%20f%c3%b6r%20str%c3%a5ls%c3%a4kerhetsutbildning%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=2356" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=785" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=4072" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/larportalen-totara/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3750" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3371" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-20/SURROGATE/Str%c3%a5ls%c3%a4kerhetsfunktioner%2c%20lista.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=785" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=802" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-4/surrogate/Studieplaner%20f%c3%b6r%20str%c3%a5ls%c3%a4kerhetsutbildning%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=4072" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=2356" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3371" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=3750" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=904" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=1239" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=778" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/larportalen-totara/" TargetMode="External" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -12443,795 +12453,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2316</Words>
-  <Characters>12279</Characters>
+  <Words>1453</Words>
+  <Characters>13286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
+  <Lines>110</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14566</CharactersWithSpaces>
+  <CharactersWithSpaces>14710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...722 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Strålsäkerhetsutbildningens organisation och utformning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>104</revision>
-  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
+  <revision>121</revision>
+  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>