--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,232 +1,252 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1188B031" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="00223532">
         <w:t xml:space="preserve">Checklista för chefer vid verksamhet där radioaktiva ämnen används eller finns </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="43DC0B03" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+    <w:p w14:paraId="103D9A14" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00706969">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Toc107322787"/>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="22AD32D2" w14:textId="5158AD41" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+    <w:p w14:paraId="264C9CF3" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00706969">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:t>Enligt den svenska strålskyddsförfattningen är den som bedriver verksamhet med röntgenstrålning ansvarig för att strålsäkerheten är fullgod. Chefer på alla nivåer i NU-sjukvården har ansvar för att se till att den egna verksamheten sköts på ett strålsäkert sätt samt att underställd chef bedriver strålsäkerhetsarbete i tillräcklig omfattning. Som stöd i detta arbete har cheferna tillgång till ett antal stödfunktioner; strålsäkerhetsstrateg, strålskyddsexpertfunktion, administrativ funktion, strålningsfysikalisk och radiologisk ledningsfunktion, sjukhusfysiker kopplad till varje verksamhet samt strålsäkerhetsombud.</w:t>
+      </w:r>
       <w:r>
-        <w:t>Enligt strålskyddslagen (SFS 2018:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">396) ska den som bedriver verksamhet med joniserande strålning se till att strålsäkerheten är fullgod. Chefer på alla nivåer i NU-sjukvården har ansvar för att se till att den egna verksamheten sköts på ett strålsäkert sätt. Högre chefer ska se till att underställd chef bedriver strålsäkerhetsarbete i tillräcklig omfattning. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69836473" w14:textId="59AF4C73" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+    <w:p w14:paraId="642DEC25" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00706969">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Som stöd i detta arbete har cheferna tillgång till ett antal stödfunktioner; strålsäkerhets-strateg, strålskyddsexpertfunktion, administrativ funktion, strålningsfysikalisk och radiologisk ledningsfunktion, sjukhusfysiker kopplad till varje verksamhet samt strålsäkerhetsombud. En lista med personer som innehar strålsäkerhetsfunktionerna hittar du </w:t>
+        <w:t xml:space="preserve">En lista med personer som innehar strålsäkerhetsfunktionerna hittar du </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00223532">
+        <w:r>
           <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="006298"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>HÄR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. Kontaktuppgifter till sjukhusfysik, där många av strålsäkerhetsfunktionerna finns, hittar du </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00223532">
+        <w:r>
           <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="006298"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>HÄR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B17886" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+    <w:p w14:paraId="50C9276D" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00706969">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r>
-        <w:t>Inledning</w:t>
+        <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6369AA55" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Listan riktar sig till verksamhetschefer och första linjens chefer (avdelnings/enhetschefer) som innehar eller har personal som arbetar eller kommer i kontakt med slutna och öppna strålkällor eller med patienter som har undersökts eller behandlats med radioaktiva läkemedel. </w:t>
+    <w:p w14:paraId="4FFA4E39" w14:textId="77777777" w:rsidR="00706969" w:rsidRPr="00EF1D8F" w:rsidRDefault="00706969" w:rsidP="00EF1D8F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:right="-1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:t>Omformulering av bakgrund och syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B8703E" w14:textId="2FDC11DD" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
-      <w:pPr>
+    <w:p w14:paraId="5097C170" w14:textId="77777777" w:rsidR="00706969" w:rsidRPr="00EF1D8F" w:rsidRDefault="00706969" w:rsidP="00706969">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:t>Syfte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E4D2A2" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00706969">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="0" w:after="360"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Checklistan ska vara en hjälp för chefer att, särskilt vid nytillträde, känna till sitt ansvar för strålsäkerheten så att verksamheten kan skötas på ett strålsäkert sätt för patient, personal, allmänhet och miljö. Checklistan riktar sig till verksamhetschefer och första linjens chefer (avdelnings/enhetschefer) som innehar eller har personal som arbetar eller kommer i kontakt med slutna och öppna strålkällor eller med patienter som har undersökts eller behandlats med radioaktiva läkemedel. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chefer på alla nivåer hänvisas till ansvarsbeskrivningen i rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00223532">
+        <w:r w:rsidRPr="00EF1D8F">
           <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="006298"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Organisation, ansvar och roller inom verksamhet med joniserande strålning</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00EF1D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D2310F" w14:textId="77777777" w:rsidR="00706969" w:rsidRDefault="00706969" w:rsidP="00DC578C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0" w:right="-1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B8703E" w14:textId="4E049054" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc106713844"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc107322786"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B6F3E9" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB7EF02" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-1"/>
-        <w:sectPr w:rsidR="00DC578C" w:rsidSect="00791052">
+        <w:sectPr w:rsidR="00DC578C" w:rsidSect="00EF1D8F">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="even" r:id="rId16"/>
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
-          <w:pgMar w:top="1418" w:right="1695" w:bottom="1276" w:left="1701" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:pgMar w:top="1418" w:right="1695" w:bottom="851" w:left="1701" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D5916DD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Ansvar och arbetsuppgifter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DCEEEC8" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00223532">
         <w:t>Nivå 1 Allmän strålsäkerhet</w:t>
       </w:r>
@@ -392,1803 +412,1813 @@
         <w:tblW w:w="14280" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1008"/>
         <w:gridCol w:w="3599"/>
         <w:gridCol w:w="3437"/>
         <w:gridCol w:w="3401"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1575"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="31234179" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="31234179" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A6E965D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1A6E965D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Punkt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F8B3BB6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1F8B3BB6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uppgift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7E8B5C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3B7E8B5C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Åtgärd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B524E3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="00B524E3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konsultera vid behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4054D17C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4054D17C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10F564A8" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="10F564A8" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EC/AC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="7F75C534" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="7F75C534" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30937A87" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="30937A87" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D05008" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="24D05008" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Känna till ansvarsfördelning för chefer och vilka stödfunktioner som finns inom strålsäkerhet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="669B0537" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="669B0537" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Läs rutin:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="642405AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="642405AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidR="00DC578C" w:rsidRPr="00223532">
+              <w:r w:rsidRPr="00223532">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Organisation, ansvar och roller inom verksamhet med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54FA402B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="54FA402B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F7CA3AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1F7CA3AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B9F75C5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0B9F75C5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="18078D60" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="18078D60" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="641B5666" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="641B5666" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07CE604C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="07CE604C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Känna till relevanta styrande strålsäkerhetsrutiner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="135103E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="135103E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Läs relevanta rutiner här:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="260F628D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="260F628D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidR="00DC578C" w:rsidRPr="00223532">
+              <w:r w:rsidRPr="00223532">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Rutiner-strålsäkerhet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37448674" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="37448674" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AE6D1B4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5AE6D1B4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6407BDC1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6407BDC1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="3D498971" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="3D498971" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74C763CE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="74C763CE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="204CBE10" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="204CBE10" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Genomgå webbutbildningen ”Strålsäkerhet för chefer”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B2438C4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3B2438C4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logga först in i Totara </w:t>
+              <w:t xml:space="preserve">Logga först in i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00223532">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Totara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00223532">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00223532">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>HÄR</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Registrera dig sedan på utbildningen </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00223532">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>HÄR</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77A27F95" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="77A27F95" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300562CD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="300562CD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59AC2D0F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="59AC2D0F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="25C7FF46" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="25C7FF46" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="492A8A98" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="492A8A98" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0013BB32" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0013BB32" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
-              <w:t xml:space="preserve">Säkerställa att relevanta strålsäkerhetsrutiner för allmänhet </w:t>
-            </w:r>
+              <w:t>Säkerställa att relevanta strålsäkerhetsrutiner för allmänhet och miljö ingår i verksamhetens rutiner.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3437" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="100115B4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00223532">
-              <w:lastRenderedPageBreak/>
-[...22 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se till att personalen följer aktuella rutiner. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14AA5823" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...19 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+              <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6603EB42" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6521A1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
-[...49 lines deleted...]
-              </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="50070771" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="50070771" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0498D57C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0498D57C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76429A3C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="76429A3C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att strålningsrelaterade avvikelser utreds och att information återförs till verksamheten och följs upp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7423E5BB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7423E5BB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uppmana medarbetare att registrera avvikelser samt kommunicera avvikelser och uppföljning av dem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2031338B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2031338B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9311AC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1A9311AC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1719B37A" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1719B37A" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="403B4E30" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="403B4E30" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38B555C4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="38B555C4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FA80045" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1FA80045" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att egenkontroll och uppföljning av åtgärdsplanen görs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B1F1629" w14:textId="798652DC" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0B1F1629" w14:textId="798652DC" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se till att årlig egenkontroll blir utförd. Följ upp åtgärdsplanen för egenkontrollen. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Egenkontroll av verksamhet med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42A1D41F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="42A1D41F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Områdets administrativa funktion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55539010" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="55539010" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01CA97BF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="01CA97BF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="542C3D5F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="542C3D5F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="265B53FC" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="265B53FC" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E336EC4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3E336EC4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="562D1B2F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="562D1B2F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se till att det finns avfallsplan och rutiner hur radioaktivt avfall tas om hand.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B78CCF1" w14:textId="70E04EBA" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1B78CCF1" w14:textId="70E04EBA" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Läs avfallsplanen här: </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="00223532">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Plan för radioaktivt avfall och utsläpp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="045AFE7D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="045AFE7D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31E1B915" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="31E1B915" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8632E5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3B8632E5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="6668CA8B" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="6668CA8B" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18B1A764" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="18B1A764" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726F6DAF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="726F6DAF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se till att det finns en rutin för studerande som har sin praktik på nuklearmedicin. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37CFC1EB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="37CFC1EB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Läs rutinen här: </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Studerande på nuklearmedicin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384F2B37" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="384F2B37" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5039A476" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5039A476" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6727A5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4E6727A5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="0B50E905" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00223532" w14:paraId="0B50E905" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D2F1C06" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5D2F1C06" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7352F0BD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7352F0BD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se till att det finns rutin för tillträde till kontrollerat område.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF7C2B9" w14:textId="6B2477D1" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1DF7C2B9" w14:textId="6B2477D1" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Läs rutinen här: </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="006C50DC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Kategoriindelning av arbetsställen där joniserande strålning används</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -2196,138 +2226,154 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidR="0077254A" w:rsidRPr="00BE4EE4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Personalstrålskydd</w:t>
               </w:r>
               <w:r w:rsidR="00BE4EE4" w:rsidRPr="00BE4EE4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> på nuklearmedicin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BE4EE4">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FEA6557" w14:textId="63401388" w:rsidR="00B62E99" w:rsidRPr="00223532" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4FEA6557" w14:textId="63401388" w:rsidR="00B62E99" w:rsidRPr="00223532" w:rsidRDefault="00B62E99" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidR="00B62E99" w:rsidRPr="003E604C">
+              <w:r w:rsidRPr="003E604C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Strålskydd för patient, anhörig och stödperson vid nuklearmedicinska undersökningar och behandlingar</w:t>
+                <w:t xml:space="preserve">Strålskydd för patient, anhörig och stödperson vid </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="003E604C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>nuklearmedicinska</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="003E604C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> undersökningar och behandlingar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E3E9CFC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6E3E9CFC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73195C57" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="73195C57" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00223532">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF86BEB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2EF86BEB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00223532" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A0825B4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="659B4FC4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
@@ -2525,2278 +2571,2292 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1008"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="3438"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="3C7D6F2E" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="3C7D6F2E" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3001D2FC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3001D2FC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5107CBBD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5107CBBD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Punkt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="331FE25C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="331FE25C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Åtgärd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="693BAEF3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="693BAEF3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konsultera vid behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31B37DB7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="31B37DB7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEA9C5D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4DEA9C5D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EC/AC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="40431C25" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="40431C25" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="331F17EC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="331F17EC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AE574E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4AE574E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ta reda på om personalen som arbetar med joniserande strålning behöver kategoriseras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FC29649" w14:textId="71EB001D" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5FC29649" w14:textId="71EB001D" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Beskriv personalens arbetsuppgifter för strålskyddsexpertfunktionen. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="003A302E">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kategoriindelning av personal som arbetar med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470C5C97" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="470C5C97" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålskyddsexpertfunktionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4048E02D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4048E02D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46CCF796" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="46CCF796" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="52C1A04F" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="52C1A04F" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="699B8B6F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="699B8B6F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F4112EB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0F4112EB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att de arbetstagare som tillhör kategori A har ett giltigt tjänstbarhetsintyg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E7F82EF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4E7F82EF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontakta Hälsan och arbetslivet för bokning av medicinsk kontroll innan arbetet får påbörjas.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CCEE232" w14:textId="574BD12A" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="66F00328" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidR="00DC578C" w:rsidRPr="003A302E">
+              <w:r w:rsidRPr="003A302E">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kategoriindelning av personal som arbetar med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="0CCEE232" w14:textId="574BD12A" w:rsidR="00BB369C" w:rsidRPr="00551186" w:rsidRDefault="00BB369C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77C843B2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="77C843B2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hälsan och arbetslivet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D9F1F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="58D9F1F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C242C3B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3C242C3B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="07C82D94" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="07C82D94" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="692FDE79" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="692FDE79" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C76B7BF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6C76B7BF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Säkerställa att de arbetstagare som tillhör kategori A har lämnat årlig hälsodeklaration till Hälsan och arbetslivet.</w:t>
+              <w:t xml:space="preserve">Säkerställa att de arbetstagare som tillhör kategori A har lämnat årlig </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00551186">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>hälsodeklaration till Hälsan och arbetslivet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21741AE4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="21741AE4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kontakta Hälsan och arbetslivet för att ny tjänstberhetsbedömning kan göras genom aktuell hälsodeklaration.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E386415" w14:textId="60F65697" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Kontakta Hälsan och arbetslivet för att ny tjänstberhetsbedömning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00551186">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kan göras genom aktuell hälsodeklaration.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E386415" w14:textId="60F65697" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidR="00DC578C">
+              <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kategoriindelning av personal som arbetar med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54646FDD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="54646FDD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Hälsan och arbetslivet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C246367" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2C246367" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B063266" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0B063266" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="02D220F5" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="02D220F5" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="258934EC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="258934EC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BC01761" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1BC01761" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ta hänsyn till strålskärmning och risken för spridning av radioaktiva ämnen vid ny- och ombyggnation samt även vid förändring av verksamheten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="334DAF51" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="334DAF51" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontakta sjukhusfysiker redan i ett tidigt skede.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="464B906A" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="464B906A" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BF0121D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5BF0121D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F3DA0C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="23F3DA0C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D00CD55" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5D00CD55" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="79DF003E" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="79DF003E" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5246F9C5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5246F9C5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07E8DF34" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="07E8DF34" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att lämpliga strålskydd (till exempel strålskyddsförkläden och mobila strålskärmar) köps in och leveranskontrolleras vid ny-/återanskaffning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BC76FD6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0BC76FD6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konsultera sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D1A2314" w14:textId="6D36715E" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7D1A2314" w14:textId="6D36715E" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">för konsultation vid inköp och leveranskontroll. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="003A302E">
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kvalitetskontroll och inventering av personstrålskydd och andra strålskyddshjälpmedel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC0BB43" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6EC0BB43" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72DCE310" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="72DCE310" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFFC20B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1EFFC20B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54C3E2C2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="54C3E2C2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="4FE162CD" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="4FE162CD" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B194D92" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7B194D92" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14C1CE68" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="14C1CE68" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att strålskyddsförkläden kontrolleras årligen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A1822B4" w14:textId="798466B5" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6A1822B4" w14:textId="798466B5" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontakta strålskyddsombud. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kvalitetskontroll och inventering av personstrålskydd och andra strålskyddshjälpmedel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF832B3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3AF832B3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålskyddsombud</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EBDD8AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5EBDD8AA" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="342DD138" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="342DD138" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC0148E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5CC0148E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="5E157E0A" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="5E157E0A" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14983CCD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="14983CCD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F612E49" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2F612E49" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:t>Säkerställa att relevanta strålsäkerhetsrutiner för personal ingår i verksamhetens rutiner och metodbeskrivningar samt se till att personalen har behörighetsintyg dvs att de kan metoden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E3967A2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3E3967A2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lägg in länk till lämplig rutin i metodbeskrivningarna och se till att personalen känner till rutinen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B4985C6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3B4985C6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9DC131" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0E9DC131" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55093A7C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="55093A7C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6349D930" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6349D930" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79911B0C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="79911B0C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EC79E42" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4EC79E42" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Det ska finnas listor över personal som arbetar med joniserande strålning eller kommer i kontakt </w:t>
-            </w:r>
+              <w:t>Det ska finnas listor över personal som arbetar med joniserande strålning eller kommer i kontakt med slutna och/eller öppna strålkällor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3438" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0F3067" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5B0F3067" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+              <w:t>Ta reda på vilken personal som jobbar med joniserande strålning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70C0C4DE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...19 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+              <w:t>Områdets administrativa funktion Strålskyddsexpertfunktionen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4D769B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Områdets administrativa funktion Strålskyddsexpertfunktionen</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="2E4D769B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+              <w:t>x*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCBD8D2" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>x*</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6122187F" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6122187F" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="231DEBAB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="231DEBAB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DE6C1CF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="4DE6C1CF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personal ska genomgå relevant strålskyddsutbildning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28A5EF01" w14:textId="495BD43A" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="28A5EF01" w14:textId="495BD43A" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För att boka strålskyddsutbildning kontaktas områdets administrativa funktion inom strålsäkerhet. I de fall administrativ funktion inte finns ska närmaste chef boka strålskyddsutbildning. För ytterligare information: </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Studieplaner för strålsäkerhetsutbildning inom verksamhet med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CEB3D0" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="00CEB3D0" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Områdets administrativa funktion,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14D4D9C1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="14D4D9C1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sjukhusfysiker kopplad till verksamheten eller strålsäkerhetsstrategen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44B27484" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="44B27484" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D2CC229" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0D2CC229" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="092164BB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="092164BB" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="450F7E02" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="450F7E02" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7412B3AC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7412B3AC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C83D123" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0C83D123" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att gravid och ammande personal får information om att tidigt anmäla graviditet till arbetsgivaren.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37FAE4BC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="37FAE4BC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se till att personal går strålskyddsutbildning, inom vilken information för gravida arbetstagare ges. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F25E2E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2F25E2E7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B7E9341" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5B7E9341" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21E40E90" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="21E40E90" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="1DD14D7F" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="1DD14D7F" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E61E871" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7E61E871" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F2F77" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0D1F2F77" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utföra riskbedömning för gravid och ammande arbetstagare som arbetar med slutna och/eller öppna strålkällor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="006C97D0" w14:textId="0F472663" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="006C97D0" w14:textId="0F472663" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fylla i </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="004300AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Riskbedömning för gravid och ammande arbetstagare inom verksamheter med radioaktiva ämnen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> och informera strålskyddsexpertfunktionen. Arkiveras hos verksamheten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6108C726" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6108C726" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålskyddsexpertfunktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28CCECAD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="28CCECAD" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58A06F0E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="58A06F0E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0196B9B6" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4864,54 +4924,89 @@
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00551186">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kirurgkliniken:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Bröstcentrum (se punkt 3.1, 3.2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC3924D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00551186">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Anestesi-, operation- och intensivvård:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Operation Uddevalla sjukhus (3.2, 3.4 och 3.5 angående probe som används vid sentinel node operationer)</w:t>
+        <w:t xml:space="preserve"> Operation Uddevalla sjukhus (3.2, 3.4 och 3.5 angående </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>probe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> som används vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sentinel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>node</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> operationer)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD06B1E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
+      <w:pPr>
+        <w:pStyle w:val="Sidhuvud"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E535B52" w14:textId="77777777" w:rsidR="00BB369C" w:rsidRDefault="00BB369C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25AA1AE4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:keepNext/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00551186">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabell </w:t>
       </w:r>
@@ -4992,1367 +5087,1379 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1008"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="3438"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="7777FFF2" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="7777FFF2" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09D67120" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="09D67120" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02BE995E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="02BE995E" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Punkt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="650E5C39" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="650E5C39" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Åtgärd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72F4F5EF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="72F4F5EF" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konsultera vid behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A8BD300" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3A8BD300" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="212A8689" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="212A8689" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EC/AC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6C7B1912" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="6C7B1912" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51A2E05F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="51A2E05F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70868748" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="70868748" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att undersökningar och behandlingar är berättigade.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7400CF23" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7400CF23" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se till att det finns rutin för berättigandebedömning för den egna enheten samt att det finns riktlinjer för remittering tillgängliga för de som remitterar till enheten (gäller för utförande enhet).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E1766D4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5E1766D4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiologisk ledningsfunktion </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42D0A942" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="42D0A942" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FA2570" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="59FA2570" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="2C89CA59" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="2C89CA59" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="497DAA25" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="497DAA25" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74F528C7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="74F528C7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att rätt utrusning och metod används i verksamheten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C2A443D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7C2A443D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Radiologisk ledningsfunktion och strålningsfysikalisk ledningsfunktion ska konsulteras vid inköp av ny utrustning och införande av ny metod.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C88D25D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="7C88D25D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Radiologisk ledningsfunktion,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27FB43E1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="27FB43E1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strålningsfysikalisk ledningsfunktion alt. sjukhusfysiker kopplad till verksamheten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D67DF95" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="6D67DF95" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44F956F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="44F956F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="128E3E67" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="128E3E67" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D248DE7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3D248DE7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E649B07" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3E649B07" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att undersökningar och behandlingar som utförs på den egna enheten är optimerade och att kontinuerligt optimeringsarbete pågår löpande.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="349C39A7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="349C39A7" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontakta sektionsledande läkare och sjukhusfysiker kopplad till verksamheten vid förändring eller revision av metoder. Avsätt tid till optimeringsarbete.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="685C9AE6" w14:textId="1435D627" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="685C9AE6" w14:textId="1435D627" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r w:rsidR="00DC578C">
+              <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Optimering av strålskyddet vid medicinska bestrålningar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43AF6496" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="43AF6496" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sektionsledande läkare/sjukhusfysiker kopplad till verksamheten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AB2B213" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3AB2B213" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="746645BC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="746645BC" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="7BD09AE4" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="7BD09AE4" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75FCA7B1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="75FCA7B1" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78BA2CEE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
-[...7 lines deleted...]
-            <w:bookmarkStart w:id="6" w:name="_Hlk86912240"/>
+          <w:p w14:paraId="78BA2CEE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Hlk86912240"/>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa att den utrustning som verksamheten äger blir kontrollerad och besiktigad vid leverans, efter service och årligen.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="195A9B94" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="195A9B94" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontakta sjukhusfysiker kopplad till verksamheten för att boka kontroll.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="440F2CA5" w14:textId="7381A9D0" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="440F2CA5" w14:textId="7381A9D0" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:color w:val="006298"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r w:rsidR="00DC578C">
+              <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kvalitetskontroll av utrustning vid medicinsk och odontologisk verksamhet med joniserande strålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="15309268" w14:textId="01F869F8" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="15309268" w14:textId="01F869F8" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r w:rsidR="00DC578C">
+              <w:r>
                 <w:rPr>
                   <w:color w:val="006298"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Besiktning av radiologisk utrustning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="036D58CE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="036D58CE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14F49315" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="14F49315" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05BB419B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="05BB419B" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="33BDA866" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="33BDA866" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CD316E4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0CD316E4" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1921D843" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1921D843" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Säkerställa så att personal som handhar utrustning som alstrar eller detekterar joniserande strålning har handhavandeutbildning. Detta gäller även för kringutrustning såsom bild- och patient-hanteringssystem, personlig strålskyddsutrustning mm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="427234FE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="427234FE" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För ny utrustning kontakta leverantören. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3267C605" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3267C605" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För nyanställd personal kontakta utbildningsansvarig på avdelningen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52248E2C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="52248E2C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utbildningen ska dokumenteras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F6F1E73" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="5F6F1E73" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utbildningsansvarig</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44F01445" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="44F01445" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49466386" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="49466386" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C64D7F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="2C64D7F5" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="27B5DBAA" w14:textId="77777777" w:rsidTr="00CE20A1">
+      <w:tr w:rsidR="00DC578C" w:rsidRPr="00551186" w14:paraId="27B5DBAA" w14:textId="77777777" w:rsidTr="007E3AD0">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DF21518" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="0DF21518" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B1FEA80" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1B1FEA80" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:t>Säkerställa att relevanta strålsäkerhetsrutiner för patienter</w:t>
             </w:r>
-            <w:ins w:id="7" w:author="Louise Strandberg" w:date="2021-12-20T15:45:00Z">
+            <w:ins w:id="5" w:author="Louise Strandberg" w:date="2021-12-20T15:45:00Z">
               <w:r w:rsidRPr="00551186">
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:ins>
             <w:r w:rsidRPr="00551186">
-              <w:t xml:space="preserve">ingår i verksamhetens rutiner och metodbeskrivningar samt se till att personalen har behörighetsintyg dvs att de kan metoden. Metodbeskrivningar ska i </w:t>
-[...3 lines deleted...]
-              <w:t>tillämpliga fall innehålla alternativa metoder för gravida.</w:t>
+              <w:t>ingår i verksamhetens rutiner och metodbeskrivningar samt se till att personalen har behörighetsintyg dvs att de kan metoden. Metodbeskrivningar ska i tillämpliga fall innehålla alternativa metoder för gravida.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3273ED7E" w14:textId="7DFC593B" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00D368D7" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3273ED7E" w14:textId="7DFC593B" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidR="00DC578C">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Strålskydd för patient, anhörig och stödperson vid nuklearmedicinska undersökningar och behandlingar</w:t>
+                <w:t xml:space="preserve">Strålskydd för patient, anhörig och stödperson vid </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>nuklearmedicinska</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> undersökningar och behandlingar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="246ACF12" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="246ACF12" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sjukhusfysiker kopplad till verksamheten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3096A647" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="3096A647" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E75C93D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="00CE20A1">
+          <w:p w14:paraId="1E75C93D" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00551186" w:rsidRDefault="00DC578C" w:rsidP="007E3AD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551186">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06B8CC92" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A8CBF46" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00AB36E2" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
@@ -6483,136 +6590,136 @@
         <w:t>Strålsäkerhetsmyndighetens föreskrift SSMFS 2018:1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE8C8B0" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00AB36E2" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB36E2">
         <w:t>Strålsäkerhetsmyndighetens föreskrift SSMFS 2018:5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4967E440" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="31AC3CB3" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="0001590B" w:rsidRDefault="00DC578C" w:rsidP="00DC578C">
       <w:pPr>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="7A0FC24F" w:rsidR="00747066" w:rsidRPr="00DC578C" w:rsidRDefault="00747066" w:rsidP="00DC578C"/>
-    <w:sectPr w:rsidR="00747066" w:rsidRPr="00DC578C" w:rsidSect="00543127">
+    <w:sectPr w:rsidR="00747066" w:rsidRPr="00DC578C" w:rsidSect="009D4247">
       <w:headerReference w:type="default" r:id="rId41"/>
       <w:footerReference w:type="even" r:id="rId42"/>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:headerReference w:type="first" r:id="rId44"/>
       <w:footerReference w:type="first" r:id="rId45"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
-      <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
+      <w:pgMar w:top="992" w:right="1418" w:bottom="1560" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E0B86BC" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7">
+    <w:p w14:paraId="49ACDD1B" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77833EA9" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7">
+    <w:p w14:paraId="4C2F533A" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2239D6AD" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7">
+    <w:p w14:paraId="54D99333" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -6620,89 +6727,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1877CE00" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4726A74C" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-611518222"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0C143026" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00EC0A68" w:rsidRDefault="00DC578C" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6731,74 +6838,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CF13280" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22E02177" wp14:editId="0B708509">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22E02177" wp14:editId="0B708509">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="14" name="Bildobjekt 14">
+          <wp:docPr id="899715905" name="Bildobjekt 899715905">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -6809,89 +6916,89 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6920,74 +7027,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="16" name="Bildobjekt 16">
+          <wp:docPr id="925907528" name="Bildobjekt 925907528">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -6998,87 +7105,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59190F0F" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7"/>
+    <w:p w14:paraId="134042DB" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="571775DE" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7">
+    <w:p w14:paraId="0B6BCC73" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5253E23E" w14:textId="77777777" w:rsidR="00D368D7" w:rsidRDefault="00D368D7">
+    <w:p w14:paraId="28A3E34B" w14:textId="77777777" w:rsidR="000E3BC7" w:rsidRDefault="000E3BC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6464F00F" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRPr="00DA65C4" w:rsidRDefault="00DC578C" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2669D4E5" wp14:editId="45191A33">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2669D4E5" wp14:editId="45191A33">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textruta 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7108,109 +7215,109 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2669D4E5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="5DAA4623" w14:textId="77777777" w:rsidR="00DC578C" w:rsidRDefault="00DC578C" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62697628" w14:textId="79C3B4DC" w:rsidR="00DC578C" w:rsidRPr="00A75BA0" w:rsidRDefault="00A75BA0" w:rsidP="00A2019B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679745" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FB34311" wp14:editId="4B20D750">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FB34311" wp14:editId="4B20D750">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="15" name="Bild 1">
+          <wp:docPr id="834137774" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -7237,51 +7344,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680769" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45F106E2" wp14:editId="4AA1D861">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45F106E2" wp14:editId="4AA1D861">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7314,100 +7421,100 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="45F106E2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251680769;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="56F8E4DC" w14:textId="77777777" w:rsidR="00A75BA0" w:rsidRDefault="00A75BA0" w:rsidP="00A75BA0">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7437,99 +7544,99 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="069B3779" w14:textId="77777777" w:rsidR="00A75BA0" w:rsidRPr="00DA65C4" w:rsidRDefault="00A75BA0" w:rsidP="00A75BA0">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682817" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BABCCD7" wp14:editId="58DE0A34">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BABCCD7" wp14:editId="58DE0A34">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="17" name="Textruta 17"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7559,85 +7666,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0BABCCD7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 17" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251682817;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAADz73wZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 17" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAADz73wZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="6E3F1F28" w14:textId="77777777" w:rsidR="00A75BA0" w:rsidRDefault="00A75BA0" w:rsidP="00A75BA0">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7981,50 +8088,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11396FC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="383E0548"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -8093,51 +8313,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8206,51 +8426,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8320,51 +8540,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8433,51 +8653,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8573,51 +8793,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8687,51 +8907,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40B46A5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B044590"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8800,51 +9133,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8941,51 +9274,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9054,51 +9387,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9168,51 +9501,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -9281,51 +9614,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9394,51 +9727,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9507,51 +9840,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -9620,122 +9953,135 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="556359785">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="681393960">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="634336343">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1989632664">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1467579774">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="6" w16cid:durableId="1067992331">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="336814523">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="411781803">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1334458712">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="711618592">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="901331769">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1081485374">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="627512366">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="498347024">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1250233674">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="409236767">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="17" w16cid:durableId="1114709562">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="18" w16cid:durableId="1605259864">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="100145311">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1883788627">
     <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="21" w16cid:durableId="1334380909">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8">
-[...11 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="22" w16cid:durableId="108670238">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9754,66 +10100,69 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00025479"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E3BC7"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F28A9"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="001570C9"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A0174"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002319AE"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00241AE8"/>
     <w:rsid w:val="00241F27"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
@@ -9830,233 +10179,243 @@
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F3EC9"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="003435DE"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="00362A32"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C5C82"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E604C"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="004300AF"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F01B5"/>
     <w:rsid w:val="004F3CC8"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00543127"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0056792E"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="0058464A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B18B0"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C642D"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="0061268D"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C179C"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00706969"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007442FA"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="007649DA"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="0077254A"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00780FA6"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E3AD0"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F7E34"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D5653"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="0093555C"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009D4247"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A2019B"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A75BA0"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
@@ -10077,186 +10436,193 @@
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B25626"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B62E99"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA1B27"/>
+    <w:rsid w:val="00BB369C"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC314E"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE4EE4"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C538DC"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C86EBC"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D368D7"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC1934"/>
     <w:rsid w:val="00DC578C"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00E022ED"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE047A"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE5268"/>
+    <w:rsid w:val="00EF1D8F"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51AF9"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="62399D4F"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{2D24A378-264B-425B-ACE2-FB53A58F3505}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12677,97 +13043,110 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE5268"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004300AF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1549101625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/vard/medicinsk-diagnostik/stralsakerhet-och-sjukhusfysik/medarbetare-sjukhusfysik/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-17/surrogate/Studerande%20p%c3%a5%20nuklearmedicin.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-6/SURROGATE/Besiktning%20av%20radiologisk%20utrustning.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/styrdokument/administrativa-styrdokument/administrativa-styrdokument-per-amne/stralsakerhet/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-14/SURROGATE/Kvalitetskontroll%20och%20inventering%20av%20personstr%c3%a5lskydd%20och%20andra%20str%c3%a5lskyddshj%c3%a4lpmedel.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId42" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-20/SURROGATE/Str%c3%a5ls%c3%a4kerhetsfunktioner%2c%20lista.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-32/surrogate/Plan%20f%c3%b6r%20radioaktivt%20avfall%20och%20utsl%c3%a4pp.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-14/SURROGATE/Kvalitetskontroll%20och%20inventering%20av%20personstr%c3%a5lskydd%20och%20andra%20str%c3%a5lskyddshj%c3%a4lpmedel.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-13/SURROGATE/Kvalitetskontroll%20av%20utrustning%20vid%20medicinsk%20och%20odontologisk%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-16/surrogate/Organisation%2c%20ansvar%20och%20roller%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-35/surrogate/Str%c3%a5lskydd%20f%c3%b6r%20patient%2c%20anh%c3%b6rig%20och%20st%c3%b6dperson%20vid%20nuklearmedicinska%20unders%c3%b6kningar%20och%20behandlingar.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-8/SURROGATE/Egenkontroll%20av%20str%c3%a5ls%c3%a4kerhet%20i%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-15/SURROGATE/Optimering%20av%20str%c3%a5lskyddet%20vid%20medicinska%20bestr%c3%a5lningar.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-35/surrogate/Str%c3%a5lskydd%20f%c3%b6r%20patient%2c%20anh%c3%b6rig%20och%20st%c3%b6dperson%20vid%20nuklearmedicinska%20unders%c3%b6kningar%20och%20behandlingar.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-23/surrogate/Personalstr%c3%a5lskydd%20p%c3%a5%20nuklearmedicin.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-18/surrogate/Riskbed%c3%b6mning%20f%c3%b6r%20gravid%20och%20ammande%20arbetstagare%20inom%20verksamhet%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-16/surrogate/Organisation%2c%20ansvar%20och%20roller%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/auth/prelogin/index.php" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-10/surrogate/Kategoriindelning%20av%20arbetsst%c3%a4llen%20d%c3%a4r%20joniserande%20str%c3%a5lning%20anv%c3%a4nds.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-4/SURROGATE/Studieplaner%20f%c3%b6r%20str%c3%a5ls%c3%a4kerhetsutbildning%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId48" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/vard/medicinsk-diagnostik/stralsakerhet-och-sjukhusfysik/medarbetare-sjukhusfysik/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-17/surrogate/Studerande%20p%c3%a5%20nuklearmedicin.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-6/SURROGATE/Besiktning%20av%20radiologisk%20utrustning.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/styrdokument/administrativa-styrdokument/administrativa-styrdokument-per-amne/stralsakerhet/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-14/SURROGATE/Kvalitetskontroll%20och%20inventering%20av%20personstr%c3%a5lskydd%20och%20andra%20str%c3%a5lskyddshj%c3%a4lpmedel.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-20/SURROGATE/Str%c3%a5ls%c3%a4kerhetsfunktioner%2c%20lista.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-32/surrogate/Plan%20f%c3%b6r%20radioaktivt%20avfall%20och%20utsl%c3%a4pp.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-14/SURROGATE/Kvalitetskontroll%20och%20inventering%20av%20personstr%c3%a5lskydd%20och%20andra%20str%c3%a5lskyddshj%c3%a4lpmedel.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-13/SURROGATE/Kvalitetskontroll%20av%20utrustning%20vid%20medicinsk%20och%20odontologisk%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-16/surrogate/Organisation%2c%20ansvar%20och%20roller%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-35/surrogate/Str%c3%a5lskydd%20f%c3%b6r%20patient%2c%20anh%c3%b6rig%20och%20st%c3%b6dperson%20vid%20nuklearmedicinska%20unders%c3%b6kningar%20och%20behandlingar.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-8/SURROGATE/Egenkontroll%20av%20str%c3%a5ls%c3%a4kerhet%20i%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-15/SURROGATE/Optimering%20av%20str%c3%a5lskyddet%20vid%20medicinska%20bestr%c3%a5lningar.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-35/surrogate/Str%c3%a5lskydd%20f%c3%b6r%20patient%2c%20anh%c3%b6rig%20och%20st%c3%b6dperson%20vid%20nuklearmedicinska%20unders%c3%b6kningar%20och%20behandlingar.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/course/view.php?id=818" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-23/surrogate/Personalstr%c3%a5lskydd%20p%c3%a5%20nuklearmedicin.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-630758120-18/surrogate/Riskbed%c3%b6mning%20f%c3%b6r%20gravid%20och%20ammande%20arbetstagare%20inom%20verksamhet%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-16/surrogate/Organisation%2c%20ansvar%20och%20roller%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/auth/prelogin/index.php" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-10/surrogate/Kategoriindelning%20av%20arbetsst%c3%a4llen%20d%c3%a4r%20joniserande%20str%c3%a5lning%20anv%c3%a4nds.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-11/SURROGATE/Kategoriindelning%20av%20personal%20som%20arbetar%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-4/SURROGATE/Studieplaner%20f%c3%b6r%20str%c3%a5ls%c3%a4kerhetsutbildning%20inom%20verksamhet%20med%20joniserande%20str%c3%a5lning.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId43" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -13064,59 +13443,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14732</Characters>
+  <Pages>9</Pages>
+  <Words>2770</Words>
+  <Characters>14686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>122</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17477</CharactersWithSpaces>
+  <CharactersWithSpaces>17422</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Checklista för chefer vid verksamhet där radioaktiva ämnen används eller finns</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Mathilda Hall Ström</lastModifiedBy>
-  <revision>49</revision>
+  <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
+  <revision>55</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>