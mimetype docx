--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -404,67 +404,51 @@
           <w:t>Tomosynthesis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="004722EA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3579B146" w14:textId="77777777" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="00D036ED">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Kalibrering_av_Biopsienheten" w:history="1">
         <w:r w:rsidRPr="004722EA">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Kalib</w:t>
-[...15 lines deleted...]
-          <w:t>ering av Biopsienheten</w:t>
+          <w:t>Kalibrering av Biopsienheten</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004722EA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Kalibrering_Contact/Magnification"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="4AD79235" w14:textId="5C37851D" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="00D036ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Kalibrering_Contact_i"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="004722EA">
         <w:lastRenderedPageBreak/>
         <w:t>Kalibrering Contact/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -722,51 +706,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t>specification</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. – Tryck </w:t>
       </w:r>
       <w:r w:rsidRPr="0012358B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="1362731F" w14:textId="6496C576" w:rsidR="004722EA" w:rsidRDefault="00EF40FC" w:rsidP="00D036ED">
+    <w:p w14:paraId="23E4E2D0" w14:textId="77777777" w:rsidR="000252EC" w:rsidRDefault="00EF40FC" w:rsidP="000252EC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00B82E83">
         <w:t>önstersätt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B82E83">
         <w:t xml:space="preserve"> bilden</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> om bilden är godkänd</w:t>
       </w:r>
       <w:r w:rsidR="00A6186D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A4797B">
         <w:t xml:space="preserve"> </w:t>
@@ -838,80 +822,69 @@
       <w:r w:rsidR="00B82E83">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Repeat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F18BC">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002F639A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Ny bild läggs till, upprepa exponeringen</w:t>
       </w:r>
       <w:r w:rsidR="0017782C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0067634B">
+    </w:p>
+    <w:p w14:paraId="568CB926" w14:textId="27821B16" w:rsidR="004722EA" w:rsidRPr="000252EC" w:rsidRDefault="000252EC" w:rsidP="000252EC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Gör en</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> och systemet är klart att använda.</w:t>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="004722EA">
+        <w:t>ystemet är klart att använda</w:t>
+      </w:r>
+      <w:r w:rsidR="001706BB">
+        <w:t xml:space="preserve"> om kalibreringen är ok. Vid behov kontakta sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12C6FDE8" w14:textId="3081241A" w:rsidR="004722EA" w:rsidRPr="00197E50" w:rsidRDefault="004722EA" w:rsidP="00197E50">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004722EA">
         <w:t>Ytterligare information se</w:t>
       </w:r>
       <w:r w:rsidR="007B76BA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk156816289"/>
       <w:r w:rsidRPr="004722EA">
         <w:t>bruksanvisning till Siemens Revelation</w:t>
       </w:r>
       <w:r w:rsidR="003B6162">
         <w:t>s nya pärm.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="770777D5" w14:textId="70DD08D5" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="00D036ED">
@@ -1176,51 +1149,51 @@
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>specification</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – Tryck </w:t>
       </w:r>
       <w:r w:rsidRPr="008635F8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>OK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33188B61" w14:textId="61AA19D5" w:rsidR="004722EA" w:rsidRPr="00E7703A" w:rsidRDefault="00F84A0F" w:rsidP="00E7703A">
+    <w:p w14:paraId="33188B61" w14:textId="61AA19D5" w:rsidR="004722EA" w:rsidRDefault="00F84A0F" w:rsidP="00E7703A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fönstersätt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B677F6">
         <w:t xml:space="preserve"> bilden </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">om bilden </w:t>
       </w:r>
       <w:r w:rsidR="00B677F6">
         <w:t xml:space="preserve">är godkänd – </w:t>
       </w:r>
       <w:r w:rsidR="004A25EE">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00B677F6">
         <w:t xml:space="preserve">ryck </w:t>
@@ -1257,115 +1230,114 @@
         <w:t xml:space="preserve">ryck </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26212" w:rsidRPr="00B26212">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Repeat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26212">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E7703A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ny bild läggs till, upprepa exponeringen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B4642B" w14:textId="2E95EE29" w:rsidR="004722EA" w:rsidRPr="00844D41" w:rsidRDefault="004722EA" w:rsidP="00D036ED">
+    <w:p w14:paraId="6F2E61F3" w14:textId="322A8716" w:rsidR="001706BB" w:rsidRPr="00DE0B83" w:rsidRDefault="001706BB" w:rsidP="00DE0B83">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Gör en </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> och systemet är klart att använda.</w:t>
+        <w:t>ystemet är klart att använda om kalibreringen är ok. Vid behov kontakta sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD732D1" w14:textId="0CDB2603" w:rsidR="004722EA" w:rsidRPr="00B574F6" w:rsidRDefault="004722EA" w:rsidP="00B574F6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004722EA">
         <w:t>Ytterligare information se</w:t>
       </w:r>
       <w:r w:rsidR="007B76BA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004722EA">
         <w:t>bruksanvisning till Siemens Revelation</w:t>
       </w:r>
       <w:r w:rsidR="00844D41">
         <w:t>s nya pärm</w:t>
       </w:r>
       <w:r w:rsidRPr="004722EA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31199BE3" w14:textId="77777777" w:rsidR="00197E50" w:rsidRDefault="00197E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Kalibrering_av_Biopsienheten"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C54F8C" w14:textId="26C3EF38" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="00D036ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004722EA">
+        <w:lastRenderedPageBreak/>
         <w:t>Kalibrering av Biopsienheten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11897C9D" w14:textId="77777777" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="002B2A44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="0" w:hanging="567"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004722EA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Installera biopsienheten. OBS! Ingen kompressionsplatta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627E42D6" w14:textId="6D43DD0B" w:rsidR="004722EA" w:rsidRPr="004722EA" w:rsidRDefault="004722EA" w:rsidP="002B2A44">
       <w:pPr>
         <w:numPr>
@@ -2238,65 +2210,65 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00D036ED">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="0" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="539C9C40" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2">
+    <w:p w14:paraId="5BD5E49B" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EBB5D10" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2">
+    <w:p w14:paraId="73D9BAEC" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C94EBFB" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2">
+    <w:p w14:paraId="1F748E60" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2546,61 +2518,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="051F847F" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2"/>
+    <w:p w14:paraId="273727EF" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71FBE791" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2">
+    <w:p w14:paraId="4EB5DD1D" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D26583A" w14:textId="77777777" w:rsidR="00756DF2" w:rsidRDefault="00756DF2">
+    <w:p w14:paraId="70D6CDC3" w14:textId="77777777" w:rsidR="002E55B7" w:rsidRDefault="002E55B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -5656,188 +5628,191 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1611741893">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1742289225">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1412772376">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="319695051">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="455027523">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="815343110">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="000252EC"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00041F28"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00057143"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00090786"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E755B"/>
     <w:rsid w:val="000F18BC"/>
     <w:rsid w:val="000F2BDF"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="0012358B"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00157DE5"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0016727C"/>
+    <w:rsid w:val="001706BB"/>
     <w:rsid w:val="0017782C"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="00197E50"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="002444D2"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262510"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00274A44"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A2C7A"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B2A44"/>
     <w:rsid w:val="002B3F13"/>
     <w:rsid w:val="002B4D73"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D1A93"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E55B7"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F40CC"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F5F1A"/>
     <w:rsid w:val="002F639A"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00300566"/>
     <w:rsid w:val="00303A4E"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003202AC"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00341734"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
@@ -6041,203 +6016,210 @@
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1872"/>
     <w:rsid w:val="009E1C63"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A2617D"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A276FF"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A4797B"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A6186D"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A66F34"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A875BF"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC4349"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE209C"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B26212"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B574F6"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B6216E"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B677F6"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B82E83"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B904CA"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA268F"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB7703"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD18D2"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF10BD"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C27784"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C41A6C"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD29C9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D036ED"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D12DD4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D238C4"/>
     <w:rsid w:val="00D25301"/>
     <w:rsid w:val="00D321A5"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D82704"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA6611"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DE0B83"/>
     <w:rsid w:val="00DE357F"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF6DBF"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E210FC"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E7703A"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED005B"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF40FC"/>
     <w:rsid w:val="00F0534D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F2796F"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F84A0F"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9249C"/>
     <w:rsid w:val="00F94954"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0C73B69D"/>
     <w:rsid w:val="17DD6DA6"/>
+    <w:rsid w:val="229C9459"/>
     <w:rsid w:val="2BD60981"/>
     <w:rsid w:val="39EBCD8A"/>
     <w:rsid w:val="3ED88FD0"/>
     <w:rsid w:val="49F028D0"/>
     <w:rsid w:val="57E1C485"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
@@ -8737,51 +8719,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10129-1655924590-16/surrogate/Vecko-%20och%20m%c3%a5nadskontroller%20av%20mammografiutrustning.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10129-1655924590-16/surrogate/Vecko-%20och%20m%c3%a5nadskontroller%20av%20mammografiutrustning.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9077,71 +9059,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>577</Words>
-  <Characters>4161</Characters>
+  <Words>681</Words>
+  <Characters>3612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4729</CharactersWithSpaces>
+  <CharactersWithSpaces>4285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kalibrering – Siemens Mammomat Revelation</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>79</revision>
+  <revision>83</revision>
   <lastPrinted>2023-10-19T09:29:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>