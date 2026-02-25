--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -3,1201 +3,1585 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="38A3FE66" w14:textId="77777777" w:rsidR="005D56A6" w:rsidRDefault="005D56A6" w:rsidP="00212AB4">
+    <w:p w:rsidR="005D56A6" w:rsidP="00212AB4" w:rsidRDefault="005D56A6" w14:paraId="38A3FE66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2FAA8021" w14:textId="77777777" w:rsidR="005D56A6" w:rsidRDefault="005D56A6" w:rsidP="00212AB4">
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="005D56A6" w:rsidP="00212AB4" w:rsidRDefault="005D56A6" w14:paraId="2FAA8021" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD9837E" w14:textId="06636F1E" w:rsidR="00212AB4" w:rsidRPr="00212AB4" w:rsidRDefault="00397872" w:rsidP="00212AB4">
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="53283FFD" w14:textId="49A6B2EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00212AB4" w:rsidR="00212AB4" w:rsidP="00212AB4" w:rsidRDefault="00397872" w14:paraId="4BD9837E" w14:textId="06636F1E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>Sondnäring – rutin vid uppstart</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="7D64C714" w14:textId="4D13FA15" w:rsidR="00212AB4" w:rsidRDefault="00212AB4" w:rsidP="00747066">
+    <w:p w:rsidR="00212AB4" w:rsidP="00747066" w:rsidRDefault="00212AB4" w14:paraId="7D64C714" w14:textId="4D13FA15">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00212AB4">
+        <w:rPr/>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:r w:rsidR="00D9478C">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1488CC29" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00026A07" w:rsidRDefault="00397872" w:rsidP="00397872">
-[...56 lines deleted...]
-    <w:p w14:paraId="1E2AA36B" w14:textId="2A96B47D" w:rsidR="00747066" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="34741D64" w:rsidP="56BA850B" w:rsidRDefault="34741D64" w14:paraId="18782467" w14:textId="3DF8F1F2">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="34741D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vid insjuknandet är ca 16% av strokepatienterna undernärda och dysfagi (sväljsvårigheter) är ett vanligt symptom. Så många som 40-60% av strokepatienterna har dysfagi i akutskedet. Många patienter är också trötta i akutskedet och orkar inte få i sig kalori- och vätskebehov genom måltider. På grund av detta får ett stort antal av patienterna en nasogastrisk sond för att säkra näringstillförseln. Patienter med dysfagi som är sängbundna och/eller medvetandesänkta kan ha en ökad tendens till ventrikelretention. Då ökar risken för reflux till matstrupen och det i sig ger en ökad risk för aspiration. Därför är det viktigt att uppstarten sker genom en långsam kontinuerlig tillförsel som successivt trappas upp till patientens kalori och vätskebehov. En långsam uppstart minskar även risken för andra komplikationer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="329C8F1D" w14:textId="35E101EA">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00747066" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="1E2AA36B" w14:textId="2A96B47D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351ADC22" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="008C71C9" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="008C71C9" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="351ADC22" w14:textId="77777777">
       <w:r w:rsidRPr="008C71C9">
         <w:t xml:space="preserve">Att säkerställa uppstart av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008C71C9">
         <w:t>enteral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C71C9">
         <w:t xml:space="preserve"> nutrition och förhindra komplikationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E62887C" w14:textId="34EAF40F" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="4E62887C" w14:textId="34EAF40F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
+        <w:t>Allmänt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="2922E195" w14:textId="192EEF3A">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vikt och längd skall kontrolleras på alla patienter vid inskrivningen. Därefter följs vikten 1–2 gång/vecka på patienter som är fortsatt inneliggande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="5C664CC4" w14:textId="1D6039AE">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beräkna kalori- och vätskebehov, se omvårdnadsrutin ”Nutrition för Strokepatienter”. Ta vid behov hjälp av dietist via rehabkonsult. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="3CDF6D9B" w14:textId="73143D19">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vid långvarigt behov av sond är det viktigt att kontakta dietist för beräkning, rekommendation och förskrivning av sondnäring – tänk på att kontakta i god tid innan utskrivning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="6FC3521A" w14:textId="322A599E">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vätskemängd per sondpåse kan avrundas på samtliga sondnäringspåsar till 400 ml/påse. Endast i specifika situationer som vid vätskerestriktion eller vid strikt beräkning av vätskebalans, skall uppgifterna om vätskeinnehåll vid respektive sondnäring användas, se nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="26B37702" w14:textId="499A2194">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upprätta en ”Vårdplan nutrition” alternativt ”SVP Undernäring” på dessa patienter, skriv inte under nutrition på uppdaterat status. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="77F9FD71" w14:textId="00B51D8C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tänk på noggrann handhygien enligt basala hygienrutiner vid all hantering av aggregat, sonder och sondnäring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="3FF083E8" w14:textId="6AB867F9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Patienten skall ha höjd huvudända med minst 30 grader för att minska risken för aspiration när sondnäringen ges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="232BC2A4" w14:textId="602FC35B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Kontrollera alltid sondläget med luft (kurrljud) innan start.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="0BD841B8" w14:textId="4B449AF4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ge alltid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>minst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60 ml vatten (med fördel 120 ml) innan och efter avslutad sondnäring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="2702FCC3" w14:textId="320DA9CA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>I första hand skall alltid sondnäringar med fibrer användas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="391D1E3F" w14:textId="47B19284">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Viktigt att skaka fiberrika sondnäringar innan start.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3749C136" w:rsidP="56BA850B" w:rsidRDefault="3749C136" w14:paraId="4CA6CFBA" w14:textId="0EC7C37C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="3749C136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Låt det alltid stå ett glas med vatten på bordet så vattnet får rumstemperatur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="7D73CEB4" w14:textId="0256885A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="2F0F63D6" w14:textId="71BA7985">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
+        <w:t>Uppstart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="4EEF94C2" w14:textId="2B53E951">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Patienter som ätit eller fått små mängder per os innan sonden sätts eller haft tarmvila i mindre än 3 dagar, startas sondnäringen med 50 ml/timma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="46B39D68" w14:textId="4143666D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Om tarmvila mer än 3 dagar, starta med 25 ml/timma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="71600ECD" w14:textId="3CC54ABE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Öka sedan med 25ml/timma varje dag upp till en maxhastighet av 150 ml/timma. Ibland kan det behöva ökas långsammare, exempelvis ha samma hastighet i två eller flera dagar före ökning, till exempel vid diarréer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="0AB6EF94" w14:textId="0AB3A06D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Hastigheten kan också ökas snabbare, till exempel med 50 ml/dag för patienter som är uppegående/sitter uppe stor del av dagen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="7DD54C8F" w14:textId="6B0B50C8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Räkna ut kaloribehov på patienten i samband med uppstart och välj med fördel en sondnäring med större energiinnehåll än 1 kcal/ml. Till exempel proteinrika sondnäringar alternativt 2-kcal-sondnäring. Se nedan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="2BB6B9EF" w14:textId="4AAD74BC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Lägg vätskelista hos patienten och registrera allt som ges i sonden. Dokumentera sammanräknad mängd vätska under mätvärden ”Vätsketillförsel via sond” varje morgon. Registrera även den vätska som givits per os och/eller som infusion under ”Vätsketillförsel per os” respektive ”Infusion”. Även antal kalorier skall föras in, räkna samman per os, sond och infusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="17305F83" w14:textId="73EF7DE5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Allt som ges i sonden skall vara rumstempererat. För kall vätska kan ge diarré men kan även upplevas obehagligt att få i sond.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="291BEF34" w14:textId="488E767B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tänk på att ge tillräcklig mängd vätska under dygnet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="25A155E8" w14:textId="300498C0">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vid uttalad hyponatremi kan vatten behöva bytas ut till salthaltig vätska i stället, ta upp detta på rond.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="216844B1" w14:textId="0A4E4C17">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Om sonden är placerad i duodenum eller jejunum gäller en maxhastighet på 125 ml/tim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="125C6BA0" w14:textId="09703747">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sondnäringspump skall alltid användas vid hastigheter mindre än 150 ml/timma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="4854C539" w14:textId="0261EDBC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energirika och/eller proteinrika sondnäringar kan ge långsammare magsäckstömning jämfört med standardsondnäring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="51C87C2E" w14:textId="6C4EDCAD">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vid diabetes används i första hand IsoSourceProteinFibre. Vid mycket svårinställt blodsocker skall Diben användas. Tänk på att ta p-glukos innan ny sondnäring startas. Viktigt med paus på några timmar mellan sondnäringarna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="780988C7" w14:textId="74385456">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="2D603AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sondnäring utan fibrer används restriktivt. Används endast vid diarréer där fibersondnäring tidigare givits.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="33A0F704" w14:textId="387E0AE3">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1304"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="1FF68D13" w14:textId="74AC7464">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
+        <w:t>Olika sorters sondnäring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="07BF32E4" w14:textId="631D2D55">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fresubin 2 kcal HP Fibre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>2 kcal/ml = 1000kcal och 340 ml vätska/påse. Innehåller 7,5 gram fiber/påse. Innehåller 50 gram protein/påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="586C2331" w14:textId="722266E9">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IsoSource Protein Fibre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>1,3 kcal/ml = 665 kcal och 395 ml vätska/påse. Innehåller 50% lösliga och 50% olösliga fibrer = 7,5 gram/påse. Innehåller 33,5 g protein/påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="5DB61192" w14:textId="64CC34B5">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>IsoSource Protein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ca 1,3 kcal/ml = 650 kcal och 405 ml vätska/påse. Innehåller inga fibrer alls. Innehåller 33,5 g protein/påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="48CA43FC" w14:textId="060E317C">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>IsoSource Standard Fibre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ca 1,0 kcal/ml = 515 kcal och 425 ml vätska/påse – Innehåller 50% lösliga och 50% olösliga fibrer = 7,5 gram/påse. Innehåller 19,5 g protein/påse. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="25E1C30D" w14:textId="73342BEA">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>IsoSource Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,0 kcal/ml = 500 kcal och 430 ml vätska/påse. Innehåller inga fibrer alls. Innehåller 19,5 g protein/påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="400260C4" w14:textId="05E43313">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>IsoSource Energy Fibre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,6 kcal/ml = 800 kcal och 380 ml/påse. Innehåller 50% lösliga och 50% olösliga fibrer = 7,5 gram/påse. Innehåller 30,5 g protein/påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="7F58FCBE" w14:textId="4353376A">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diben </w:t>
+      </w:r>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>1kcal/ml = 500 kcal och 415 ml vätska/påse. Skall endast användas vid svårinställd diabetes. Innehåller 12g fibrer/påse men oklart av vilken sort. Innehåller 22,5 g protein/påse. Har ett lågt glykemiskt index.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="1D3164E1" w14:textId="4C0E49F9">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alla sondnäringarna är glutenfria och låglaktos men inte fria från mjölkprotein. Det finns sondnäring baserad på soja som kan beställas vid mjölkproteinallergi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="4AB61F1E" w14:textId="0862D531">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Alla sondnäringar innehåller fiskolja men är renade från fiskprotein till 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6F8960E4" w:rsidP="56BA850B" w:rsidRDefault="6F8960E4" w14:paraId="378934AF" w14:textId="4FB12D67">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="6F8960E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Vid allergi mot både mjölkprotein och soja får dietist kontaktas för hjälp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="53CAFA63" w14:textId="25D394E4">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="4DCBDDB9" w14:textId="4BB92126">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
       <w:r>
-        <w:t>Allmänt</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="331A744F" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+        <w:t>Biverkningar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="3D16C983" w14:textId="72AFDC5B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF525D">
+        <w:t>Vid tecken till reflux eller aspiration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="2E3D8095" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>V</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>För hög tillförselhastighet? - S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004828AD">
+        <w:t>änk dropptakten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="608E6D05" w14:textId="46FFD8B8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>skall kontrolleras på</w:t>
-[...88 lines deleted...]
-    <w:p w14:paraId="1BD104E1" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+        <w:t>Ligger för plant i sängen? – Tänk på förhöjd huvudända med minst 30 grader.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="52F94E27" w14:textId="012A9F8C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
+        <w:t xml:space="preserve">Diarré </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="70533E56" w14:textId="31DAF648">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>För hög tillförselhastighet? - Sänk dropptakten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="40A99B7A" w14:textId="334F3A51">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brist på fibrer i sondnäringen? – se över sondnäring och fiberinnehåll för att få både lösliga/olösliga fibrer i. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="545C52BF" w14:textId="5F1A93F7">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Om fibervälling givits kan i stället sondnäring utan fibrer testas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="7243A7E1" w14:textId="04B1A9DD">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Orsakat av läkemedel, ex antibiotika – ev. läkarordination på Laktobaciller (probiotika)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="0FC774E4" w14:textId="4A302205">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Är vätskan som ges för kall? – Viktigt med rumstemperad väska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="57E7FB2B" w:rsidP="56BA850B" w:rsidRDefault="57E7FB2B" w14:paraId="01003715" w14:textId="2763F98A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="57E7FB2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tänk på att olika läkemedel kan ge diarré när de krossas, som ex. Metformin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="61FA1477" w14:textId="5C11BC47">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="4308E7BF" w14:textId="2182FB33">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
+        <w:t>Förstoppning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="55B4B17C" w:rsidP="56BA850B" w:rsidRDefault="55B4B17C" w14:paraId="730F20A7" w14:textId="1F17164E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="3CB4E6B5" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="55B4B17C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Lågt vätskeintag? - Ge mer vätska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="55B4B17C" w:rsidP="56BA850B" w:rsidRDefault="55B4B17C" w14:paraId="1FECC444" w14:textId="26E8B0FD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="030385B9" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="868"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="55B4B17C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Brist på fibrer? Se över sondnäring och fiberinnehåll för att få både lösliga/olösliga lösliga fibrer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="55B4B17C" w:rsidP="56BA850B" w:rsidRDefault="55B4B17C" w14:paraId="533C38CB" w14:textId="1C6A8C31">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...227 lines deleted...]
-    <w:p w14:paraId="16A60741" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="868"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="55B4B17C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Ge katrinplommondryck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="56BA850B" w:rsidP="56BA850B" w:rsidRDefault="56BA850B" w14:paraId="7B474F17" w14:textId="7792C764">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FF68D13" w14:textId="74AC7464" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
-[...424 lines deleted...]
-    <w:p w14:paraId="29B3F161" w14:textId="6BD516E9" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="29B3F161" w14:textId="6BD516E9">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF525D">
         <w:t>Illamående</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773FEA74" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="773FEA74" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sänk</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF525D">
         <w:t xml:space="preserve"> dropptakten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A126AA2" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="6A126AA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF525D">
         <w:t>Höj huvudändan, alternativt ligga på höger sida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F91CADA" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="5F91CADA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00316BE7">
         <w:t xml:space="preserve">Ev. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00316BE7">
         <w:t>antiemetika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1EC6AC3F" w14:textId="1FF7B6AB" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="1EC6AC3F" w14:textId="1FF7B6AB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF525D">
         <w:t xml:space="preserve">Kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF525D">
         <w:t>ventrikeltömmning</w:t>
       </w:r>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="46CA9DD1" w14:textId="72256AB5" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="46CA9DD1" w14:textId="72256AB5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Kräkning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661525DA" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="661525DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Stoppa sondnäringen under någon timma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545A0E9C" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00CF525D" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00CF525D" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="545A0E9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF525D">
         <w:t>Höj huvudändan, alternativt ligga på höger sida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEF5E86" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="1DEF5E86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00316BE7">
         <w:t xml:space="preserve">Ev. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00316BE7">
         <w:t>antiemetika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="421740AB" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="421740AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A24F0B" w14:textId="69E2AF53" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="69A24F0B" w14:textId="69E2AF53">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00397872">
+      <w:r w:rsidR="00397872">
+        <w:rPr/>
         <w:t>Skötsel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3696A247" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="004F45C7" w:rsidRDefault="00397872" w:rsidP="00397872">
-[...50 lines deleted...]
-    <w:p w14:paraId="7D9CF8C9" w14:textId="77777777" w:rsidR="00397872" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="518560EF" w14:textId="38392B8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="701158AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspektera näsan dagligen och torka ur näsan med lätt fuktad kompress. Var observant på krustor och eventuella sår. Vid torrhet i nässlemhinnan kan Nosoil användas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="613470E4" w14:textId="452C0410">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="701158AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Byt förband på näsan och kinden regelbundet för att minska risken för tryckskador.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="5BD2228E" w14:textId="54D7156D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="701158AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Munvård och tandborstning är mycket viktigt att utföra regelbundet över dygnet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="56BA850B" w:rsidRDefault="00397872" w14:paraId="186F930E" w14:textId="297720DA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="868" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="56BA850B" w:rsidR="701158AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Var observant på svampinfektion i munhålan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="0AC4AFBD" w14:textId="5E1E86BF"/>
+    <w:p w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="7D9CF8C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10CB00AE" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00397872" w:rsidRDefault="00397872" w:rsidP="00397872"/>
-    <w:p w14:paraId="0237C3F1" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="008D3D7E" w:rsidRDefault="00397872" w:rsidP="00397872">
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="10CB00AE" w14:textId="77777777"/>
+    <w:p w:rsidRPr="008D3D7E" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="0237C3F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156E8AFB" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00397872" w:rsidRDefault="00397872" w:rsidP="00397872"/>
-    <w:p w14:paraId="22FF317E" w14:textId="77777777" w:rsidR="00397872" w:rsidRPr="00440724" w:rsidRDefault="00397872" w:rsidP="005D6180">
+    <w:p w:rsidRPr="00397872" w:rsidR="00397872" w:rsidP="00397872" w:rsidRDefault="00397872" w14:paraId="156E8AFB" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00440724" w:rsidR="00397872" w:rsidP="005D6180" w:rsidRDefault="00397872" w14:paraId="22FF317E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00397872" w:rsidRPr="00440724" w:rsidSect="00330F6A">
+    <w:sectPr w:rsidRPr="00440724" w:rsidR="00397872" w:rsidSect="00330F6A">
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E94B4A5" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7">
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="1E94B4A5" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21F274B8" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7">
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="21F274B8" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A8F0A61" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7">
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="2A8F0A61" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1257,3138 +1641,3598 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46E7ED7D" w14:textId="13D2239F" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00FB2F0F">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="00660269" w14:paraId="46E7ED7D" w14:textId="13D2239F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2032F733" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7"/>
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="2032F733" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="278C82CA" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7">
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="278C82CA" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="227E4CBE" w14:textId="77777777" w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7">
+    <w:p w:rsidR="00F71FE7" w:rsidRDefault="00F71FE7" w14:paraId="227E4CBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3D008713" w14:textId="5E559215" w:rsidR="008A4EB9" w:rsidRDefault="008A4EB9" w:rsidP="00413A60">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="008A4EB9" w14:paraId="3D008713" w14:textId="5E559215">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="30">
+    <w:nsid w:val="645af59e"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="29">
+    <w:nsid w:val="2fe2e516"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="28">
+    <w:nsid w:val="1741da06"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="27">
+    <w:nsid w:val="4c96d909"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A567ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E18C6F1E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FEA1CAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66AAF4B4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B0773C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BE40618"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30AF5693"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDB6C8AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
-    <w:lvl w:ilvl="0" w:tplc="34668BAA">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1077" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3237" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42AF63B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81505C0A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56AD6F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1D24EBC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CCE15A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF6E84D4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="621F0D98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFCEA156"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="657A362F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ACC99DC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="840245025">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="763502869">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="250744002">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="251161559">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2094862471">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1593466926">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1770157529">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2017609017">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="755174512">
@@ -4438,66 +5282,67 @@
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1933008284">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2132436846">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="713583061">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1315452244">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2007826829">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -4936,189 +5781,199 @@
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F133D4"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F40085"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F43453"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F71FE7"/>
     <w:rsid w:val="00F72F6C"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD582E"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="2D603AB7"/>
+    <w:rsid w:val="309975AB"/>
+    <w:rsid w:val="34741D64"/>
+    <w:rsid w:val="3749C136"/>
+    <w:rsid w:val="3DF4BEEC"/>
+    <w:rsid w:val="55B4B17C"/>
+    <w:rsid w:val="56BA850B"/>
+    <w:rsid w:val="57E7FB2B"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6F8960E4"/>
+    <w:rsid w:val="701158AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="61E06116"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5143,75 +5998,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -5246,57 +6101,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -5354,701 +6209,701 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -6112,609 +6967,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6723,94 +7578,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6819,496 +7674,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -7375,51 +8230,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7761,74 +8616,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sondnäring - rutin vid uppstart</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Emma Jardemark</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>