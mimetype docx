--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -191,114 +191,50 @@
         <w:br/>
       </w:r>
       <w:r w:rsidR="004648EE">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00DB6CFC">
         <w:t xml:space="preserve">UVA personal låter patient lämna UVA efter </w:t>
       </w:r>
       <w:r w:rsidR="7AE09A70">
         <w:t xml:space="preserve">minst </w:t>
       </w:r>
       <w:r w:rsidR="00D52214">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00DB6CFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0F5D874C">
         <w:t xml:space="preserve">timmars observationstid om inga komplikationer </w:t>
       </w:r>
       <w:r w:rsidR="00442B98">
         <w:t xml:space="preserve">tillstött. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6757A4E3" w14:textId="77777777" w:rsidR="00442B98" w:rsidRDefault="00442B98" w:rsidP="00811058"/>
-    <w:p w14:paraId="01C9F166" w14:textId="532331E7" w:rsidR="004648EE" w:rsidRPr="00811058" w:rsidRDefault="00442B98" w:rsidP="00811058">
-[...62 lines deleted...]
-    </w:p>
     <w:p w14:paraId="77AB4CAF" w14:textId="77777777" w:rsidR="00811058" w:rsidRPr="00811058" w:rsidRDefault="00811058" w:rsidP="00811058"/>
     <w:sectPr w:rsidR="00811058" w:rsidRPr="00811058" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="780C2178" w14:textId="77777777" w:rsidR="006D685E" w:rsidRDefault="006D685E">
       <w:r>
         <w:separator/>
@@ -3255,51 +3191,51 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="758716721">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1959945594">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1428425648">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="441460760">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1630625994">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1065638164">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -3504,50 +3440,51 @@
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00661566"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006C9023"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D685E"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F51C7"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00711D47"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725D31"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
@@ -3645,50 +3582,51 @@
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA6262"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
@@ -3728,50 +3666,51 @@
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E728AF"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F15693"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F2635B"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0F5D874C"/>
     <w:rsid w:val="15C41DB0"/>
     <w:rsid w:val="1C9DA5F9"/>
     <w:rsid w:val="20C757A5"/>
     <w:rsid w:val="24896117"/>
     <w:rsid w:val="29771D22"/>
     <w:rsid w:val="345216FC"/>
     <w:rsid w:val="3E739891"/>
     <w:rsid w:val="405B6A47"/>
@@ -6709,71 +6648,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>101</Words>
-  <Characters>593</Characters>
+  <Words>66</Words>
+  <Characters>367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tonsillektomi i dagkirurgi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>693</CharactersWithSpaces>
+  <CharactersWithSpaces>432</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Tonsilloperation - Tonsillektomi i dagkirurgi</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ann-Catrin Jonasson</lastModifiedBy>
-  <revision>30</revision>
+  <revision>31</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>