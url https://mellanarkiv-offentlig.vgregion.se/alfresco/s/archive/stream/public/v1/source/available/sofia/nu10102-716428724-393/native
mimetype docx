--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -21,113 +21,95 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="4D62D518" w:rsidR="00184167" w:rsidRPr="00CE7D04" w:rsidRDefault="006E44D3" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE7D04">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Allergibehandling vid </w:t>
+        <w:t>Allergibehandling vid fluoresceinangiografi</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006A7C57">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE7D04" w:rsidRPr="00CE7D04">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>indocyaningrön</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> angiografi (ICG)</w:t>
+        <w:t>indocyaningrön angiografi (ICG)</w:t>
       </w:r>
       <w:r w:rsidR="00A264BE" w:rsidRPr="00CE7D04">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="78CF957D" w14:textId="61FF9CBD" w:rsidR="009A32ED" w:rsidRDefault="00CE7D04" w:rsidP="009A32ED">
+    <w:p w14:paraId="78CF957D" w14:textId="2AE9ABC7" w:rsidR="009A32ED" w:rsidRDefault="00ED52DA" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Ny rutin.</w:t>
+        <w:t>Ändring till Desloratadin istället för Aerius under Åtgärder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
       <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="12570B26" w14:textId="777A004B" w:rsidR="009A32ED" w:rsidRDefault="002C41DA" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Patienten har alle</w:t>
       </w:r>
       <w:r w:rsidR="002701F0">
         <w:t>rgi eller astma som kräver extra uppmärksamhet, speciellt</w:t>
@@ -135,208 +117,151 @@
       <w:r w:rsidR="006A7C57">
         <w:t xml:space="preserve"> vid hjärtkärlsjukdomar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="7" w:name="_Toc181866759"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696C096E" w14:textId="2AB1E82D" w:rsidR="009A32ED" w:rsidRPr="00023FF4" w:rsidRDefault="006A7C57" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Fluorescin</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> kan framkalla</w:t>
+        <w:t>Fluorescin/indocyaningrön kan framkalla</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>alle</w:t>
       </w:r>
       <w:r w:rsidR="00150A3D">
         <w:t>rgiska reaktioner</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B2A54A" w14:textId="04862061" w:rsidR="009A32ED" w:rsidRDefault="006E549E" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
       <w:bookmarkStart w:id="9" w:name="_Toc181866760"/>
       <w:r>
         <w:t>Åtgärder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="53E5D7C5" w14:textId="77777777" w:rsidR="00160F94" w:rsidRDefault="00D96815" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>OBS! Måste ordineras av läkare, i tveksamma fall kontakta jourhavande anestesiläkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F44C7D7" w14:textId="4A02DB18" w:rsidR="009A32ED" w:rsidRDefault="00160F94" w:rsidP="00160F94">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lindrig reaktion som klåda, flush, </w:t>
-[...7 lines deleted...]
-        <w:t>, klåda i munnen, läppsvullnad, svullnadskänsla i mun/svalg</w:t>
+        <w:t>Lindrig reaktion som klåda, flush, urticaria, klåda i munnen, läppsvullnad, svullnadskänsla i mun/svalg</w:t>
       </w:r>
       <w:r w:rsidR="006A72FF">
         <w:t>, ögonsymptom, illamående, buksmärta, kräkningar och diarré.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2E710D" w14:textId="3297FCA1" w:rsidR="006A72FF" w:rsidRDefault="006A72FF" w:rsidP="00160F94">
+    <w:p w14:paraId="7C2E710D" w14:textId="5870D0B7" w:rsidR="006A72FF" w:rsidRDefault="006A72FF" w:rsidP="00160F94">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Vid ovan symptom under angiografiundersökning ska läkare ordinera antihistamin</w:t>
       </w:r>
       <w:r w:rsidR="000A2F39">
         <w:t xml:space="preserve">tablett </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>Aerius</w:t>
+      <w:r w:rsidR="00ED52DA">
+        <w:t>Desloratadin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000A2F39">
         <w:t xml:space="preserve"> 5 mg, munlöslig 2 stycken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CB98C6" w14:textId="0963E716" w:rsidR="000A2F39" w:rsidRDefault="000A2F39" w:rsidP="00160F94">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Om patienten har astma ordinera tablett </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 0,5 mg per os 10 stycken.</w:t>
+        <w:t>Om patienten har astma ordinera tablett Betapred 0,5 mg per os 10 stycken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49152F1F" w14:textId="058605C8" w:rsidR="000A2F39" w:rsidRDefault="000A2F39" w:rsidP="00160F94">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vid misstanke om </w:t>
+        <w:t>Vid misstanke om anafylaxi</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CF3F02">
         <w:t xml:space="preserve"> bör adrenalin ges så fort som möjligt. Ges tidigt och intramuskulärt i låret.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5397C0EB" w14:textId="67C84F54" w:rsidR="00CF3F02" w:rsidRPr="005218AA" w:rsidRDefault="00CF3F02" w:rsidP="00160F94">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Vid </w:t>
+        <w:t xml:space="preserve">Vid anafylaximisstankar, v g se rutin </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004433B1">
-        <w:t>Anafylaxibehandling</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> vuxna inom akutsjukvården, se länk: </w:t>
+        <w:t xml:space="preserve">Anafylaxibehandling vuxna inom akutsjukvården, se länk: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00DA1CCD" w:rsidRPr="00DA1CCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Anafylaxibehandling</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> vuxna inom akutsjukvården</w:t>
+          <w:t>Anafylaxibehandling vuxna inom akutsjukvården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="1972D2F5" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -493,72 +418,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00ED52DA" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -3076,51 +3002,50 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -3467,50 +3392,51 @@
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B31321"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B81C55"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
@@ -3554,56 +3480,58 @@
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC6763"/>
     <w:rsid w:val="00ED49C3"/>
+    <w:rsid w:val="00ED52DA"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F32D70"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -6542,70 +6470,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>195</Words>
-  <Characters>1038</Characters>
+  <Words>131</Words>
+  <Characters>1160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1231</CharactersWithSpaces>
+  <CharactersWithSpaces>1289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Allergibehandling vid fluoresceinangiografi och indocyanin grön angiografi (ICG)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>