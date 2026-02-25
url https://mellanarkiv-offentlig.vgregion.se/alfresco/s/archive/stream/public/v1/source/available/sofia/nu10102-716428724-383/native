--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -14,625 +14,349 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="175FC9AD" w:rsidR="00184167" w:rsidRDefault="00F77148" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Endokrin </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Endokrin oftalmopati</w:t>
+      </w:r>
       <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1FC6584C" w14:textId="04E47AFF" w:rsidR="00B405A1" w:rsidRDefault="00F77148" w:rsidP="00F77148">
+    <w:p w14:paraId="1FC6584C" w14:textId="66F74FB0" w:rsidR="00B405A1" w:rsidRDefault="008D77EE" w:rsidP="00F77148">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
       <w:r>
-        <w:t>Ny rutin</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
+        <w:t>Rättning/ä</w:t>
+      </w:r>
+      <w:r w:rsidR="009B335D">
+        <w:t xml:space="preserve">ndring </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC353F">
+        <w:t xml:space="preserve">från mg till </w:t>
+      </w:r>
+      <w:r w:rsidR="001E191C">
+        <w:t>µg</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0CEA">
+        <w:t xml:space="preserve"> för Selensubstitution under Hantering av riskfaktorer.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1DE491DC" w14:textId="77777777" w:rsidR="003B7231" w:rsidRDefault="009A32ED" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="5" w:name="_Toc181866759"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="003B7231">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00F77148">
         <w:br/>
       </w:r>
       <w:r w:rsidR="003B7231" w:rsidRPr="003B7231">
-        <w:t xml:space="preserve">Endokrin </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Endokrin oftalmopati (EO) är ett autoimmunt inflammatoriskt tillstånd som påverkar orbitala och periorbitala vävnader. Oftast förekommer det i samband med Graves sjukdom, i mindre utsträckning hos eutyroida eller autoimmun tyreoidit. </w:t>
       </w:r>
       <w:r w:rsidR="003B7231" w:rsidRPr="003B7231">
         <w:br/>
-        <w:t xml:space="preserve">EO är den vanligaste </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> sjukdom försämrar EO, men stabila värde förbättrar inte EO. Mest drabbade gruppen är kvinnor mellan 30–65 år.</w:t>
+        <w:t>EO är den vanligaste orbitopatin som har en separat sjukdomsprocess mer eller mindre skild från Graves sjukdom. Okontrollerad tyroidea sjukdom försämrar EO, men stabila värde förbättrar inte EO. Mest drabbade gruppen är kvinnor mellan 30–65 år.</w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Toc100327189"/>
     </w:p>
     <w:p w14:paraId="40607BA0" w14:textId="77777777" w:rsidR="005A4009" w:rsidRDefault="003B7231" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc100327190"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Symptom</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="005A4009" w:rsidRPr="005A4009">
         <w:t>Ändrad utseende, rodnad, tryckkänsla, värk bakom ögonen, gruskänsla, rinnande ögon, ljuskänslighet, dubbelseende och synpåverkan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA577DD" w14:textId="77777777" w:rsidR="00845AAF" w:rsidRPr="00DE3F63" w:rsidRDefault="003B7231" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327191"/>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kliniska fynd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00E65A40" w:rsidRPr="00DE3F63">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00845AAF" w:rsidRPr="00DE3F63">
-        <w:t xml:space="preserve">Ökat tårflöde, ögonmuskelpåverkan – inskränkt </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ökat tårflöde, ögonmuskelpåverkan – inskränkt motilitet, nedsatt färgseende, RAPD, proptos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6545DEE6" w14:textId="77777777" w:rsidR="00DE3F63" w:rsidRPr="00DE3F63" w:rsidRDefault="00DE3F63" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ögonundersökning</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE3F63">
-        <w:t>Färgseende test (</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> och dubbelseende.</w:t>
+        <w:t>Färgseende test (Ishiara), pupillreaktion, motilitet, yttre inspektion och undersökning i spaltlampa, kornealt status, chemosis, ögonspringa, hertel exoftalmometri. ortoptiststatus vid motilitetspåverkan och dubbelseende.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44850122" w14:textId="77777777" w:rsidR="00DE3F63" w:rsidRPr="00DE3F63" w:rsidRDefault="00DE3F63" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3F63">
         <w:t xml:space="preserve">Vid misstänkt </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>dysthyroid</w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dysthyroid optic neuropathy</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE3F63">
         <w:t xml:space="preserve"> (DON):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D895E8D" w14:textId="77777777" w:rsidR="00DE3F63" w:rsidRPr="00DE3F63" w:rsidRDefault="00DE3F63" w:rsidP="00DE3F63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE3F63">
-        <w:t>Visus, synfält, färgseende, RAPD, OCT-</w:t>
-[...15 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>Visus, synfält, färgseende, RAPD, OCT-makula (GCL påverkan), DT (apexträngsel).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FD21F6" w14:textId="77777777" w:rsidR="00DE3F63" w:rsidRDefault="00DE3F63" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F0CB2EE" w14:textId="0BA1D42F" w:rsidR="00DE3F63" w:rsidRPr="00DE3F63" w:rsidRDefault="00DE3F63" w:rsidP="00DE3F63">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Differentialdiagnoser</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3F63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE3F63">
-        <w:t xml:space="preserve">Ska övervägas framför allt vid ensidig </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ska övervägas framför allt vid ensidig oftalmopati.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B7235A" w14:textId="0B4B6267" w:rsidR="00DE3F63" w:rsidRPr="00124F14" w:rsidRDefault="00DE3F63" w:rsidP="00124F14">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DE3F63">
-        <w:t>Pseudotumor</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Pseudotumor orbitae, Lymfom, Primära tumörer, Metastaser, Vaskulära anomalier, Sarkoidos, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00DE3F63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>Granulomatös</w:t>
-[...26 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve">Granulomatös polyangiit </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00871E8D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA673B1" w14:textId="660AC0B7" w:rsidR="00DE3F63" w:rsidRPr="00124F14" w:rsidRDefault="00DE3F63" w:rsidP="00124F14">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Laboratorieprover</w:t>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
-        <w:t xml:space="preserve">Ögon </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">-negativa patienter för att säkerställa diagnosen. Vid avvikande laboratorieprover bör remiss skrivas till endokrinologen. </w:t>
+        <w:t xml:space="preserve">Ögon Tyroidea packet: TSH, S-fritt T4 och TRAk. TSI kan vara aktuell vid TRAk-negativa patienter för att säkerställa diagnosen. Vid avvikande laboratorieprover bör remiss skrivas till endokrinologen. </w:t>
       </w:r>
       <w:r w:rsidR="00871E8D">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E66D20C" w14:textId="44A1B938" w:rsidR="003B7231" w:rsidRDefault="00DE3F63" w:rsidP="00124F14">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bilddiagnostik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
-        <w:t xml:space="preserve">Radiologi bör användas vid ensidiga symtom för differentialdiagnostik samt i utvalda fall som är synhotande EO (DT, MRI), före </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (MRI).</w:t>
+        <w:t>Radiologi bör användas vid ensidiga symtom för differentialdiagnostik samt i utvalda fall som är synhotande EO (DT, MRI), före orbital dekompression (DT) och vid eutyroidism med normalt TRAk (MRI).</w:t>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:t xml:space="preserve">Vid misstänkt eller känd EO är det viktig att urskilja </w:t>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>svårighetsgrad</w:t>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="00883FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -651,513 +375,348 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Svårighetsgrad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF07361" w14:textId="59F02527" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Ögonlocksretraktion</w:t>
-[...27 lines deleted...]
-        <w:t>, DON</w:t>
+        <w:t>Ögonlocksretraktion, exoftalmus, mjukdelssvullnad, keratopati, restriktiv myopati, DON</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F87273A" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:t>EUGOGO – klassifikation av svårighetsgrad:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF8D7DA" w14:textId="2DE2525E" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mild EO</w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
         <w:t xml:space="preserve"> - liten p</w:t>
       </w:r>
       <w:r w:rsidR="00F31AC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>å</w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
         <w:t>verkan p</w:t>
       </w:r>
       <w:r w:rsidR="00F31AC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">å </w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">det dagliga livet, motiverar ej </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> eller kirurgi:</w:t>
+        <w:t>det dagliga livet, motiverar ej immunosuppression eller kirurgi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7DA2BC" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Ögonlocksretraktion</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> &lt; 2mm</w:t>
+        <w:t>Ögonlocksretraktion &lt; 2mm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD8C649" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">Mild </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Mild mjukdelssvullndad</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="403BBD01" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Exoftalmus</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> normalt för etnicitet och kön</w:t>
+        <w:t>Exoftalmus &lt; 3 mm över normalt för etnicitet och kön</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECEAB13" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:t>Ingen eller endast övergående dubbelseende</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6985DE54" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">Diskret </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Diskret keratopati</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4FAF21F8" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Måttlig/allvarlig EO</w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve"> - motiverar </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och ev. kirurgi:</w:t>
+        <w:t xml:space="preserve"> - motiverar immunosuppression och ev. kirurgi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB6FEB0" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Ögonlocksretraktion</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> &gt; 2 mm</w:t>
+        <w:t>Ögonlocksretraktion &gt; 2 mm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63556660" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:t>Måttlig/allvarlig mjukdelssvullnad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4552CE" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Exoftalmus</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> &gt; 3mm</w:t>
+        <w:t>Exoftalmus &gt; 3mm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24869230" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:t>Konstant dubbelseende</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A2FDBF" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">Måttlig </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Måttlig keratopati</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5CED7F12" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Synhotande EO</w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">motiverar </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> kirurgi:</w:t>
+        <w:t>motiverar immunosuppression och ev kirurgi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E30CAF4" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00871E8D">
-        <w:t>Dysthyroid</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (DON)</w:t>
+        <w:t>Dysthyroid optic neuropathy (DON)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E6BE51" w14:textId="5E7EAB9A" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871E8D">
-        <w:t xml:space="preserve">Kraftig </w:t>
-[...31 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Kraftig exoftalmus med risk för expositionskeratit och korneal ulceration,</w:t>
       </w:r>
       <w:r w:rsidR="00F31AC3">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2014CC" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CCABB1D" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18791BAF" w14:textId="6885E2A0" w:rsidR="00871E8D" w:rsidRPr="00F31AC3" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31AC3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Aktivitetsgrad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7927BB5F" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00F31AC3" w:rsidRDefault="00871E8D" w:rsidP="00F31AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F31AC3">
-        <w:t xml:space="preserve">Aktivitet karakteriseras av pågående inflammation, ödem, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och fibrosutveckling.</w:t>
+        <w:t>Aktivitet karakteriseras av pågående inflammation, ödem, adipogenes och fibrosutveckling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044C3190" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="00F31AC3" w:rsidRDefault="00871E8D" w:rsidP="00F31AC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F31AC3">
         <w:t>Rundels kurva speglar aktivitetsgrad. Sjukdomsförlopp är mellan 2–3 år.  Inflammatoriska fasen pågår mellan 6–24 månader. 10% av fallen kan återkomma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A161323" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="0015026D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BE91DE7" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="0015026D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015026D">
@@ -1212,263 +771,179 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="792CE7E1" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRPr="0015026D" w:rsidRDefault="00871E8D" w:rsidP="00871E8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AC88F16" w14:textId="77777777" w:rsidR="00871E8D" w:rsidRDefault="00871E8D" w:rsidP="00C21C88">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00C21C88">
         <w:t xml:space="preserve">Aktivitetsgrad graderas enligt </w:t>
       </w:r>
       <w:r w:rsidRPr="00C21C88">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Clinical </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Score (CAS).</w:t>
+        <w:t>Clinical Activity Score (CAS).</w:t>
       </w:r>
       <w:r w:rsidRPr="00C21C88">
         <w:t xml:space="preserve"> CAS hjälper som vägledning under förloppet och för bestämning om behandlingen. Ca 15% patienter har progressiv sjukdom.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C21C88">
         <w:br/>
-        <w:t>CAS bedömning (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> innebär aktiv sjukdom. CAS ≥4 (av parametrar 1-10) vid uppföljning innebär aktiv sjukdom.</w:t>
+        <w:t>CAS bedömning (Eval. blankett nedan), första besök skiljer sig från alla följande besök. CAS ≥3 (av parameter 1-7) vid baseline innebär aktiv sjukdom. CAS ≥4 (av parametrar 1-10) vid uppföljning innebär aktiv sjukdom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C58B11D" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Hantering av riskfaktorer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318F74E3" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve">Rökavböjning. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6783E9A6" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Undvik </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> behandling. </w:t>
+        <w:t xml:space="preserve">Undvik radiojod vid medel eller högaktiv GO, steroidskydd under radiojod behandling. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA7868E" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Undvika </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> som följd till behandling eller svängande TSH.</w:t>
+        <w:t>Undvika hypotyreos som följd till behandling eller svängande TSH.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E1DC17" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Följa TRAK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC5246A" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
+    <w:p w14:paraId="4EC5246A" w14:textId="332DACB1" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Selensubstitution (Natrium </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Selensubstitution (Natrium selenit 200</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6366">
+        <w:t>µg</w:t>
+      </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t>selenit</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">/d alt seleniomethionin 100 </w:t>
+      </w:r>
+      <w:r w:rsidR="002F33A3">
+        <w:t>µ</w:t>
+      </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve"> 200mg/d alt </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 100 mg/d 6 mån).</w:t>
+        <w:t>g/d 6 mån).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C12C9F9" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Behandling av </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Behandling av hyperkolesterolemi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DB62FE" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t>hyperkolesterolemi</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> och steroider.</w:t>
+        <w:t>Ju svårare grad av EO, desto högre tröskel för radiojod och lägre tröskel för tyreodectomi och steroider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3671AF1F" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="0015026D" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4258140D" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Behandling vid aktiv sjukdom</w:t>
       </w:r>
@@ -1501,59 +976,51 @@
     <w:p w14:paraId="28E4B672" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Måttlig/allvarlig – iv. steroider och steroidsvans, andra hand behandling, strålning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69380B61" w14:textId="08E17F57" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Synhotande – iv. steroider i hög dos, ev. subakut </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> dekompression</w:t>
+        <w:t>Synhotande – iv. steroider i hög dos, ev. subakut orbital dekompression</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26196B85" w14:textId="1ECA1ED9" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve">Vid behov skall skickas remiss till </w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Multidisciplinär konferens Mölndal/SU (MDK)</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve"> för distansrådgivning.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -1561,115 +1028,67 @@
     <w:p w14:paraId="54BF70CD" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Steroider </w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Skall indiceras endast vid aktiv EO utifrån bedömning av RF, inflammationsgrad, kraftiga besvär, </w:t>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Skall indiceras endast vid aktiv EO utifrån bedömning av RF, inflammationsgrad, kraftiga besvär, progredierande exoftalmos, motilitetspåverkan, DON eller keratopati.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F573F8A" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Intravenös </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> under 3 månader </w:t>
+        <w:t xml:space="preserve">Intravenös Methylprednisolon under 3 månader </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612D6D85" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Måttlig (total dos 4.5g)</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1716,315 +1135,192 @@
         </w:rPr>
         <w:t>→</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve"> 500 mg per vecka 6 veckor.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C986FA8" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve">Obs! Kumulativ gräns </w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8g</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">. Blodsocker och leverprover kollas under behandlingen. Efterföljande peroral </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> svans, nedtrappning med ledning av kliniskt svar.</w:t>
+        <w:t>. Blodsocker och leverprover kollas under behandlingen. Efterföljande peroral Prednisolon svans, nedtrappning med ledning av kliniskt svar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F00815B" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Per oralt </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Per oralt Prednisolon</w:t>
+      </w:r>
       <w:r w:rsidRPr="008443F8">
         <w:t xml:space="preserve"> ges sällan. Är mindre effektiv i jämförelsen med intravenös behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516F6DAE" w14:textId="70013749" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Ca 1mg/kg (sällan&gt; 60 mg initialdos), nedtrappning med ledning av kliniskt svar.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACF7C29" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Utvärdering om 4—6 veckor. Subjektivt och status. Om förbättring har skett, fortsatt tom 3 månader med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> svans 10-30mg i nedtrappning. Om ingen effekt, tillägg eller andra hands behandling.</w:t>
+        <w:t>Utvärdering om 4—6 veckor. Subjektivt och status. Om förbättring har skett, fortsatt tom 3 månader med Prednisolon svans 10-30mg i nedtrappning. Om ingen effekt, tillägg eller andra hands behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DB0377" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Synhotande EO- diskuteras på sjukvårdsregional MDK. Behandling ges på SU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2120CC84" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kontraindikationer</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">: viral hepatit, signifikant leverdysfunktion, allvarlig hjärt- och kärlsjukdom, psykiatriska sjukdomar, okontrollerad hypertoni och svårbehandlad diabetes </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: viral hepatit, signifikant leverdysfunktion, allvarlig hjärt- och kärlsjukdom, psykiatriska sjukdomar, okontrollerad hypertoni och svårbehandlad diabetes mellitus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0252A718" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Biverkningar</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">: viktuppgång, magsår, månansikte, muskelförtvining, benurkalkning, oreglerad diabetes </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> samt blodtrycksstegring.</w:t>
+        <w:t>: viktuppgång, magsår, månansikte, muskelförtvining, benurkalkning, oreglerad diabetes mellitus samt blodtrycksstegring.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E0ED9B" w14:textId="77777777" w:rsidR="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B081B64" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Steroidsparande behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110FB222" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Till gruppen av andra hand </w:t>
-[...31 lines deleted...]
-        <w:t>. Indikation diskuteras och genomförs på SU.</w:t>
+        <w:t>Till gruppen av andra hand immunosupressiv behandling tillhör Tocilizumab, Mycophenolate, Metotrexat eller Rituximab. Indikation diskuteras och genomförs på SU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB889B8" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Retrobulbär</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> strålbehandling</w:t>
+        <w:t>Retrobulbär strålbehandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45884085" w14:textId="53902241" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">För exempel vid </w:t>
-[...39 lines deleted...]
-        <w:t>. Remiss bör skickas till strålenheten onkologen SU.</w:t>
+        <w:t>För exempel vid diplopi och bör diskuteras med SU. Övergående försämring av ögonsymptomen kan uppstå, låg dos av oral prednisolon ges parallellt. Kontraindikationer: trånga förhållanden i apex, DON, ålder &lt;35 år, hypertensiv eller diabetes retinopati. Remiss bör skickas till strålenheten onkologen SU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4178A8A1" w14:textId="77777777" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Kirurgisk behandling </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE9F42A" w14:textId="71E29167" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Patienter som inte svarar tillräckligt på systemisk behandling och de som har svår värk ska remitteras till st. Eriks för ställningstagande till subakut dekompression som kan göras under den aktiva fasen. Uppföljande besök ska planeras om en vecka samt suturtagning.</w:t>
@@ -2036,88 +1332,64 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Vid inaktiv fas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1475B0EC" w14:textId="6931F71C" w:rsidR="008443F8" w:rsidRPr="008443F8" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
         <w:t>Solglasögon. Applicering av smörjande droppar enligt behov. Salva till natt</w:t>
       </w:r>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">. Ortoptiststatus och korrektion av </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> med press on prisma eller prismaglas. </w:t>
+        <w:t xml:space="preserve">. Ortoptiststatus och korrektion av diplopi med press on prisma eller prismaglas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B260BA6" w14:textId="5B35CA92" w:rsidR="00871E8D" w:rsidRDefault="008443F8" w:rsidP="008443F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008443F8">
-        <w:t xml:space="preserve">Under inaktiv fas kan göras </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> reducerande dekompression, skelningskirurgi och ögonlocksplastik. Sjukdomen bör vara stabilt i 6 månader då. </w:t>
+        <w:t xml:space="preserve">Under inaktiv fas kan göras rekonstruktiv kirurgi som innefattar proptos reducerande dekompression, skelningskirurgi och ögonlocksplastik. Sjukdomen bör vara stabilt i 6 månader då. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F33943" w14:textId="77777777" w:rsidR="00124F14" w:rsidRDefault="00124F14" w:rsidP="00124F14">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7726B3D9" w14:textId="35F17A35" w:rsidR="0C2B6737" w:rsidRDefault="0C2B6737" w:rsidP="0C2B6737">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA93CEC" w14:textId="694E97F2" w:rsidR="6818D906" w:rsidRDefault="6818D906" w:rsidP="6818D906">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A9DADDD" w14:textId="12A7790B" w:rsidR="6818D906" w:rsidRDefault="6818D906" w:rsidP="6818D906">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E5805FB" w14:textId="6EFFB435" w:rsidR="6818D906" w:rsidRDefault="6818D906" w:rsidP="6818D906">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2187,65 +1459,65 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00124F14" w:rsidRPr="00124F14" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75CCAF07" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A">
+    <w:p w14:paraId="58F68BBF" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F450789" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A">
+    <w:p w14:paraId="3784B5C1" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32E8FDCF" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A">
+    <w:p w14:paraId="49F5FEB9" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2274,51 +1546,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
@@ -2357,51 +1629,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00BA0D99" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00DB163C" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
@@ -2578,61 +1850,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="013E12E7" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A"/>
+    <w:p w14:paraId="62D430FD" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E160F52" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A">
+    <w:p w14:paraId="15B5BD01" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="65C6C836" w14:textId="77777777" w:rsidR="009D2C4A" w:rsidRDefault="009D2C4A">
+    <w:p w14:paraId="112BBC16" w14:textId="77777777" w:rsidR="009E2E10" w:rsidRDefault="009E2E10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -2680,51 +1952,51 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="2F8ABA2C">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -2806,51 +2078,51 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="3747918C">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -5055,51 +4327,50 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="901329483">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -5114,518 +4385,567 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="00063C7A"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="00066E30"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A4FB1"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B32E9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F1517"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00115A85"/>
     <w:rsid w:val="00124F14"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="0015002E"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="001531FB"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="0016459D"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00192CF4"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C329E"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E191C"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F6366"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002250DA"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A1CC5"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F33A3"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="00325D67"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00371D9C"/>
+    <w:rsid w:val="00374EA7"/>
+    <w:rsid w:val="003813C8"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B116C"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B416F"/>
     <w:rsid w:val="003B7231"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D3145"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E0AA6"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="004510FC"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B0BE3"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C6C30"/>
+    <w:rsid w:val="004D1678"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="005013A6"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="005371E3"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="005665E9"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A4009"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A746B"/>
+    <w:rsid w:val="005B0CEA"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C1673"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00666D24"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00684D14"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A1AEB"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C0E1C"/>
+    <w:rsid w:val="006C4555"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D5780"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="007223A0"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00761F2F"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="00786843"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007942A1"/>
     <w:rsid w:val="007A334E"/>
+    <w:rsid w:val="007A4B64"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B2D80"/>
+    <w:rsid w:val="007C4D61"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00815FA3"/>
     <w:rsid w:val="008212D6"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
+    <w:rsid w:val="008320EB"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="008443F8"/>
     <w:rsid w:val="00845AAF"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871E8D"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00883FF3"/>
     <w:rsid w:val="008877EB"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B4A01"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C5CD8"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D44D2"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D77EE"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00930CE8"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="0094083E"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="009611CC"/>
+    <w:rsid w:val="00965691"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00990177"/>
+    <w:rsid w:val="00996B02"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B335D"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D2C4A"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E152E"/>
+    <w:rsid w:val="009E2E10"/>
     <w:rsid w:val="009E3B13"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A12266"/>
+    <w:rsid w:val="00A128FE"/>
     <w:rsid w:val="00A15011"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A3670A"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A449B9"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A62409"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A7497B"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB2989"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC77C1"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B06BDF"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B44019"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA0D99"/>
     <w:rsid w:val="00BB4DE8"/>
+    <w:rsid w:val="00BB5EC6"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE5EC7"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C21C88"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC0AE3"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D145FD"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D23608"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D52C03"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA2FF3"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB163C"/>
     <w:rsid w:val="00DD329C"/>
     <w:rsid w:val="00DE3F63"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E367B0"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E65A40"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC3C89"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F02670"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F263B6"/>
     <w:rsid w:val="00F31AC3"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F570F6"/>
     <w:rsid w:val="00F77148"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC353F"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF06D3"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="06DB6B33"/>
     <w:rsid w:val="0C2B6737"/>
     <w:rsid w:val="132B9E00"/>
     <w:rsid w:val="2862BB11"/>
     <w:rsid w:val="344E3B68"/>
     <w:rsid w:val="39F554E1"/>
     <w:rsid w:val="4CA8BF77"/>
     <w:rsid w:val="55AA914E"/>
     <w:rsid w:val="6034B3FC"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64ACC6D2"/>
     <w:rsid w:val="653370C8"/>
     <w:rsid w:val="65CBCD4F"/>
     <w:rsid w:val="6818D906"/>
     <w:rsid w:val="6AF8E604"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="776CBC7C"/>
   </w:rsids>
@@ -8559,55 +7879,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1033</Words>
-  <Characters>5894</Characters>
+  <Words>1045</Words>
+  <Characters>5961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6914</CharactersWithSpaces>
+  <CharactersWithSpaces>6993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Endokrin oftalmopati</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Pernilla Edvinsson</lastModifiedBy>
+  <lastModifiedBy/>
   <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>