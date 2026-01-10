--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -8,196 +8,179 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="008B40F8" w:rsidR="00184167" w:rsidP="008B40F8" w:rsidRDefault="008B40F8" w14:paraId="061914D4" w14:textId="15020BA9">
+    <w:p w14:paraId="061914D4" w14:textId="15020BA9" w:rsidR="00184167" w:rsidRPr="008B40F8" w:rsidRDefault="008B40F8" w:rsidP="008B40F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="008B40F8">
         <w:t>BIPAP/</w:t>
       </w:r>
       <w:r w:rsidRPr="008B40F8">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Non Invasiv Ventilatorbehandling</w:t>
       </w:r>
       <w:r w:rsidRPr="008B40F8">
         <w:t xml:space="preserve"> (NIV) på MÄVA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
-      <w:bookmarkStart w:name="_Toc106874287" w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc106874287"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="002678B4" w:rsidP="002678B4" w:rsidRDefault="002678B4" w14:paraId="47D990C0" w14:textId="0D29D41F">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+    <w:p w14:paraId="47D990C0" w14:textId="5F284C07" w:rsidR="002678B4" w:rsidRDefault="00C97D21" w:rsidP="002678B4">
+      <w:bookmarkStart w:id="3" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc106874289"/>
+      <w:r>
+        <w:t xml:space="preserve">Inga justeringar i denna version. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="29B03EF5" w14:textId="2AF3037D">
+    <w:p w14:paraId="29B03EF5" w14:textId="2AF3037D" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B40F8" w:rsidP="008B40F8" w:rsidRDefault="008B40F8" w14:paraId="2525DEAA" w14:textId="74640B79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Bi </w:t>
+    <w:p w14:paraId="2525DEAA" w14:textId="74640B79" w:rsidR="008B40F8" w:rsidRDefault="008B40F8" w:rsidP="008B40F8">
+      <w:bookmarkStart w:id="5" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc106874290"/>
+      <w:r>
+        <w:t xml:space="preserve">Bi Level Positive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Level</w:t>
+        <w:t>Airway</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Positive </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Airway</w:t>
+        <w:t>Pressure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008765B5" w:rsidR="008765B5">
+      <w:r w:rsidR="008765B5" w:rsidRPr="008765B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>(BIPAP)</w:t>
       </w:r>
       <w:r>
         <w:t>, kallas också för Non Invasiv Ventilatorbehandling</w:t>
       </w:r>
-      <w:r w:rsidRPr="008765B5" w:rsidR="008765B5">
+      <w:r w:rsidR="008765B5" w:rsidRPr="008765B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>(NIV) och</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> är ett sätt att hjälpa patienten med ventilationen icke-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>invasivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, d</w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>et vill säga</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ventilationsunderstöd med mask och inte intubering.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="002678B4" w14:paraId="70B2A54A" w14:textId="61205A8D">
+    <w:p w14:paraId="70B2A54A" w14:textId="61205A8D" w:rsidR="009A32ED" w:rsidRDefault="002678B4" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>Inled</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B">
+      <w:r w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="107BEA0B" w14:textId="0817D04F">
+    <w:p w14:paraId="107BEA0B" w14:textId="0817D04F" w:rsidR="009A32ED" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:r>
         <w:t>Trycket i luftvägen varieras mellan en lägre nivå EPAP (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Expiratory</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Positive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Airway</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pressure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -238,453 +221,475 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>preload</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (minskat venöst återflöde till hjärtat) på grund av ökat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>intrathorakalt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tryck, samt att systemblodtrycket sänks vilket också reducerar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>afterload</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vilket ger en ökad hjärtminutvolym.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="149F12AF" w14:textId="6F039233"/>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="07C3B085" w14:textId="77777777">
+    <w:p w14:paraId="149F12AF" w14:textId="6F039233" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5"/>
+    <w:p w14:paraId="07C3B085" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:r>
         <w:t xml:space="preserve">Akut ventilationssvikt kännetecknas av en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inkompenserad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> respiratorisk </w:t>
+        <w:t xml:space="preserve"> respiratorisk acidos där pH &lt;7,35 och pCO2 är högt, &gt;6,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>acidos</w:t>
+        <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> där pH &lt;7,35 och pCO2 är högt, &gt;6,0 </w:t>
+        <w:t xml:space="preserve">. Patienten orkar inte andas så mycket som krävs för att upprätthålla ett normalt pH och oftast föreligger också en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>kPa</w:t>
+        <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. Patienten orkar inte andas så mycket som krävs för att upprätthålla ett normalt pH och oftast föreligger också en </w:t>
-[...6 lines deleted...]
-      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="770CA789" w14:textId="31D76741"/>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="2FA10766" w14:textId="66EEA415">
+    <w:p w14:paraId="770CA789" w14:textId="31D76741" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5"/>
+    <w:p w14:paraId="2FA10766" w14:textId="66EEA415" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indikationer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="2BA0DAAC" w14:textId="0691E035">
+    <w:p w14:paraId="2BA0DAAC" w14:textId="0691E035" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Patient med akut respiratorisk svikt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="54F1BBC5" w14:textId="25530987">
+    <w:p w14:paraId="54F1BBC5" w14:textId="25530987" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Artärblodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> visar </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>pH&lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">7,35 och pCO2 &gt;6,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="58BD52C0" w14:textId="7DA14353">
+    <w:p w14:paraId="58BD52C0" w14:textId="7DA14353" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Andningsfrekvens &gt;30/minut ökar indikationen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="721C75F3" w14:textId="2EA0CBB4">
+    <w:p w14:paraId="721C75F3" w14:textId="2EA0CBB4" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vanlig akutbehandling har inte gett tillräcklig effekt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="48E5E230" w14:textId="69B3784D">
+    <w:p w14:paraId="48E5E230" w14:textId="69B3784D" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Huvudindikation är akut försämring av KOL, även neuromuskulära sjukdomar, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>hypoventilation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> på grund av extrem övervikt (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pickwick</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) med koldioxidretention.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="6C19A2AD" w14:textId="69B57FF4">
+    <w:p w14:paraId="6C19A2AD" w14:textId="69B57FF4" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontraindikationer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="67AE0BA1" w14:textId="77777777">
+    <w:p w14:paraId="67AE0BA1" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Obehandlad pneumothorax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="1B011042" w14:textId="41EEE9FD">
+    <w:p w14:paraId="1B011042" w14:textId="41EEE9FD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Oklart subkutant emfysem (luft subkutant, känns som en knastrighet under fingrarna).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="72FAA7DA" w14:textId="05935439">
+    <w:p w14:paraId="72FAA7DA" w14:textId="05935439" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0012C2DD" w14:textId="0CAC3F10">
+    <w:p w14:paraId="0012C2DD" w14:textId="0CAC3F10" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Relativa kontraindikationer </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="02A70BB7" w14:textId="77777777">
+    <w:p w14:paraId="02A70BB7" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypovolemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="5D79270C" w14:textId="202D7D77">
+    <w:p w14:paraId="5D79270C" w14:textId="202D7D77" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Illamående och kräkningar (aspirationsrisk).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0BDBE0B7" w14:textId="0C330544">
+    <w:p w14:paraId="0BDBE0B7" w14:textId="0C330544" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Emfysem (undvik höga tryck).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0D487F6F" w14:textId="1C5DBCAD">
+    <w:p w14:paraId="0D487F6F" w14:textId="1C5DBCAD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sänkt medvetandegrad.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="314D8C95" w14:textId="70FE210E">
+    <w:p w14:paraId="314D8C95" w14:textId="70FE210E" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypotension</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0C609B3D" w14:textId="7130292E">
+    <w:p w14:paraId="0C609B3D" w14:textId="7130292E" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="5FA8C87D" w14:textId="08A708C9">
+    <w:p w14:paraId="5FA8C87D" w14:textId="08A708C9" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Förberedelse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="729BE392" w14:textId="77777777">
+    <w:p w14:paraId="729BE392" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Artärblodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="617652EC" w14:textId="6E55D036">
+    <w:p w14:paraId="617652EC" w14:textId="6E55D036" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Lungröntgen (vid misstanke om pneumothorax)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="13581475" w14:textId="6D21A5A5">
+    <w:p w14:paraId="13581475" w14:textId="6D21A5A5" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kontrollera POX, andningsfrekvens, puls och blodtryck</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="3515957C" w14:textId="3EDC98DD">
+    <w:p w14:paraId="3515957C" w14:textId="3EDC98DD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Patienten i halvsittande ställning, ca 30-45 graders lutning</w:t>
+        <w:t xml:space="preserve">Patienten i halvsittande ställning, ca </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>30-45</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> graders lutning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0B08AD16" w14:textId="2FE11BBF">
+    <w:p w14:paraId="0B08AD16" w14:textId="2FE11BBF" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="69F23079" w14:textId="4E6A52D9">
+    <w:p w14:paraId="69F23079" w14:textId="4E6A52D9" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Uppkoppling </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="53F54720" w14:textId="77777777">
+    <w:p w14:paraId="53F54720" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Koppla upp maskinen. Anslut eventuell syrgas via separat syrgasadapter som monteras mellan maskin och slang. Mål-POX ca 90-92%.</w:t>
+        <w:t xml:space="preserve">Koppla upp maskinen. Anslut eventuell syrgas via separat syrgasadapter som monteras mellan maskin och slang. Mål-POX ca </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>90-92</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="03B67EC8" w14:textId="58830CF4">
+    <w:p w14:paraId="03B67EC8" w14:textId="58830CF4" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Använd en ventilerad mask märkt F1-4 (finns ett hål där för utandningsluften).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="0B2A5E34" w14:textId="65DFFE6C">
+    <w:p w14:paraId="0B2A5E34" w14:textId="65DFFE6C" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vanliga startinställningar är </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IPAP 10 cm H20 och EPAP 4 cm H20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="736CB66C" w14:textId="77777777">
+    <w:p w14:paraId="736CB66C" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Starta på låga tryck för att vänja patienten. IPAP justeras uppåt med 2 cm H20 i taget vid otillfredsställande effekt på ventilationen, dvs kvarstående högt pCO2. EPAP justeras uppåt med 0,5-1 cm H20 i taget vid </w:t>
+        <w:t xml:space="preserve">Starta på låga tryck för att vänja patienten. IPAP justeras uppåt med 2 cm H20 i taget vid otillfredsställande effekt på ventilationen, dvs kvarstående högt pCO2. EPAP justeras uppåt med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>0,5-1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> cm H20 i taget vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>, men då måste man samtidigt höja IPAP i motsvarande grad så att det blir en differens mellan IPAP och EPAP på 6-10 cm H20.</w:t>
+        <w:t xml:space="preserve">, men då måste man samtidigt höja IPAP i motsvarande grad så att det blir en differens mellan IPAP och EPAP på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>6-10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> cm H20.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="2C9F3CA7" w14:textId="07AB6A89">
+    <w:p w14:paraId="2C9F3CA7" w14:textId="07AB6A89" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Inställningar avseende backupfrekvens, Ti (inandningstid), stigtid, trigger och cykel är förinställda. Kan förstås justeras men skall återställas sedan när patienten inte längre skall använda maskinen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="740A422C" w14:textId="6D692D5E">
+    <w:p w14:paraId="740A422C" w14:textId="6D692D5E" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Befuktare finns på avdelningen, avsedd för längre tids användning och behövs i normalfallet inte för några timmars behandling. (Vid användning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>befuktare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, fyll på med vatten upp till markeringen för högsta vattennivå. Fuktighetsnivå kan ställas in på ”Av” eller mellan 1 och 8, där 1 är den lägsta fuktighetsinställningen och 8 den högsta. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Befuktaren</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är tänkt som en engångsartikel för en patient, även om den egentligen är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>diskbar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008765B5" w:rsidP="008765B5" w:rsidRDefault="008765B5" w14:paraId="76FE4EE7" w14:textId="1525F985">
+    <w:p w14:paraId="76FE4EE7" w14:textId="1525F985" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="57F56354" w14:textId="77777777">
+    <w:p w14:paraId="57F56354" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Montering </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="5900529F" w14:textId="7D26E392">
+    <w:p w14:paraId="5900529F" w14:textId="7D26E392" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A35EC" wp14:editId="03136ADE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>728980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3716020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1962150" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Rak koppling 25"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -704,51 +709,51 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:line id="Rak koppling 25" style="position:absolute;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="57.4pt,292.6pt" to="211.9pt,369.85pt" w14:anchorId="14F59400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUVhUWvgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM5CVYziFB0kPR&#10;Bn18AEMtLQIklyAZS/77LClbDtoCRYteFiK5M7szu9rcTtawPYSo0XW8WdWcgZPYa7fr+I/vDx+u&#10;OYtJuF4YdNDxA0R+u33/bjP6FtY4oOkhMCJxsR19x4eUfFtVUQ5gRVyhB0ePCoMViY5hV/VBjMRu&#10;TbWu68tqxND7gBJipNv7+ZFvC79SINMXpSIkZjpOvaUSQ4nPOVbbjWh3QfhBy2Mb4h+6sEI7KrpQ&#10;3Ysk2EvQv1BZLQNGVGkl0VaolJZQNJCapv5JzbdBeChayJzoF5vi/6OVn/d37imQDaOPbfRPIauY&#10;VLBMGe0/0kyLLuqUTcW2w2IbTIlJumxuLtfNBbkr6e3muqmvLrKv1cyT+XyI6RHQsvzRcaNdliVa&#10;sf8U05x6SsnXxuUY0ej+QRtTDnkh4M4Ethc0yjQ1xxJvsqhgRlZnJeUrHQzMrF9BMd3njkv1smRn&#10;TiEluHTiNY6yM0xRBwuw/jPwmJ+hUBbwb8ALolRGlxaw1Q7D76qfrVBz/smBWXe24Bn7Q5lxsYY2&#10;qQznuPV5Vd+eC/z8b25fAQAA//8DAFBLAwQUAAYACAAAACEAh1mA7uIAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTpKVtGqdCSK0Qt4ZKiJsTO3HUeB3Fbpry9SwnOM7O&#10;aOZttptsx0Y9+NahgPksAqaxcqrFRsDpY/+0BuaDRCU7h1rATXvY5fd3mUyVu+JRj0VoGJWgT6UA&#10;E0Kfcu4ro630M9drJK92g5WB5NBwNcgrlduOx1H0zK1skRaM7PWr0dW5uFgB+7K+fX0fPt/i+hCb&#10;83tyOo5FJMTjw/SyBRb0FP7C8ItP6JATU+kuqDzrSM8XhB4ELNfLGBglFnFCl1LAKtmsgOcZ//9D&#10;/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUVhUWvgEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCHWYDu4gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AF768BE" wp14:editId="207A0D4E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3009900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2209800</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1962150" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
@@ -771,51 +776,51 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:line id="Rak koppling 26" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="237pt,174pt" to="391.5pt,251.25pt" w14:anchorId="12415828" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUVhUWvgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM5CVYziFB0kPR&#10;Bn18AEMtLQIklyAZS/77LClbDtoCRYteFiK5M7szu9rcTtawPYSo0XW8WdWcgZPYa7fr+I/vDx+u&#10;OYtJuF4YdNDxA0R+u33/bjP6FtY4oOkhMCJxsR19x4eUfFtVUQ5gRVyhB0ePCoMViY5hV/VBjMRu&#10;TbWu68tqxND7gBJipNv7+ZFvC79SINMXpSIkZjpOvaUSQ4nPOVbbjWh3QfhBy2Mb4h+6sEI7KrpQ&#10;3Ysk2EvQv1BZLQNGVGkl0VaolJZQNJCapv5JzbdBeChayJzoF5vi/6OVn/d37imQDaOPbfRPIauY&#10;VLBMGe0/0kyLLuqUTcW2w2IbTIlJumxuLtfNBbkr6e3muqmvLrKv1cyT+XyI6RHQsvzRcaNdliVa&#10;sf8U05x6SsnXxuUY0ej+QRtTDnkh4M4Ethc0yjQ1xxJvsqhgRlZnJeUrHQzMrF9BMd3njkv1smRn&#10;TiEluHTiNY6yM0xRBwuw/jPwmJ+hUBbwb8ALolRGlxaw1Q7D76qfrVBz/smBWXe24Bn7Q5lxsYY2&#10;qQznuPV5Vd+eC/z8b25fAQAA//8DAFBLAwQUAAYACAAAACEAl2mmr+IAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhNktIoxKkQUivEraES4ubEzo8ar6PYTVOenuUEtxnt&#10;aPabfLvYgc1m8r1DCY8rAcxg7XSPrYTjx+4hBeaDQq0Gh0bC1XjYFrc3ucq0u+DBzGVoGZWgz5SE&#10;LoQx49zXnbHKr9xokG6Nm6wKZKeW60ldqNwOPBLiiVvVI33o1GheO1OfyrOVsKua69f3/vMtavZR&#10;d3qPj4e5FFLe3y0vz8CCWcJfGH7xCR0KYqrcGbVng4Rkk9CWICFOUhKU2KQxiUrCWkRr4EXO/28o&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUVhUWvgEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXaaav4gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="055D305F" wp14:editId="6315677A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354329</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4533900" cy="4695825"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
@@ -894,51 +899,51 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="13FBF34D" w14:textId="77777777">
+                            <w:p w14:paraId="13FBF34D" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="Picture 400"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
@@ -1024,51 +1029,51 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="1023F40F" w14:textId="77777777">
+                            <w:p w14:paraId="1023F40F" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 406"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
@@ -1154,51 +1159,51 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6C89A104" w14:textId="77777777">
+                            <w:p w14:paraId="6C89A104" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="16" name="Picture 412"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
@@ -1244,51 +1249,51 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6357C3C7" w14:textId="77777777">
+                            <w:p w14:paraId="6357C3C7" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Rectangle 415"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="40118"/>
                             <a:ext cx="45" cy="195"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
@@ -1297,248 +1302,248 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="1AED5381" w14:textId="77777777">
+                            <w:p w14:paraId="1AED5381" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Grupp 3" style="position:absolute;left:0;text-align:left;margin-left:41.65pt;margin-top:27.9pt;width:357pt;height:369.75pt;z-index:251659264" coordsize="42044,40313" o:spid="_x0000_s1026" w14:anchorId="055D305F" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKJcQSCDBAAAyBwAAA4AAABkcnMvZTJvRG9jLnhtbOxZXW/bNhR9H7D/&#10;IOi9sb7sWkLsomjWoEC3Bev2A2iKsoRKokbSsbNfv0NSkq04WZsg1WqjDzZISaTuPffynEvq8s2u&#10;Kp1bJmTB64XrX3iuw2rK06JeL9y//nz/au46UpE6JSWv2cK9Y9J9s/z5p8ttk7CA57xMmXAwSS2T&#10;bbNwc6WaZDKRNGcVkRe8YTVuZlxURKEr1pNUkC1mr8pJ4HmzyZaLtBGcMilx9credJdm/ixjVP2e&#10;ZZIpp1y4sE2Zf2H+V/p/srwkyVqQJi9oawZ5hhUVKWq8tJ/qiijibERxNFVVUMElz9QF5dWEZ1lB&#10;mfEB3vjePW+uBd80xpd1sl03PUyA9h5Oz56W/nZ7LZpPzY2w1qP5kdPPErhMts06Obyv+2v7sLPa&#10;/spTxJNsFDeO7zJR6SngkrMz+N71+LKdciguRtMwjD2EgeJeNIun82BqI0BzhOloHM1/6UYGXhS1&#10;47zQD/WoCUnsS42hrWHLy6agCX4tWGgdgfXlpMIotRHMbSepvmqOiojPm+YV4toQVayKslB3JkeB&#10;jzaqvr0pqMZZd4DrjXCKFDi4Tk0qQIm7+qVOGL/W7nVP2TFE+2Qi49T8XU7qNXsrG6Q3Fh0m6C4J&#10;wbc5I6nUlzVGw1lMd2DHqiya90VZ6tDpdusxVsi9DHsANJu9V5xuKlYruxwFK+E8r2VeNNJ1RMKq&#10;FYOX4kNqDCKJFPQP2A3j0FaCKZrrZgYj2usIbH/DWLw3UrsjkaxfzD+Acpx/gTcNYptFfjDzokEW&#10;AWEh1TXjlaMbMBlWmtQmtx+lthd2dY9oi2uugetA1la1eMNIzT8gNNnhid4Rok9as59y0jBYo6fd&#10;5860yx2NHHKi1Nkz1261z3ULW9pV/R+JMhigO18Fs0YUDA+ofX8WthHulnvoIQp6qePWS2FNkrIe&#10;gm+vgAOsydZ1tVvtWhRWPL1DwgiOkIJ6oFVo5Fz84zpb8P7ClX9viF7r5YcaQdIi0TVE11h1DVJT&#10;DF24ynVs852yYrJpRLHOMbNvUqbmb0GMWWHSRptmrUCC6A7y4vR46nWXazctT0VgcmA8ZJgz4KlA&#10;ezUWTwX+NHiUq8KRuEqHEL+TkUwwzlAyI89UBGeXisarsVLRpqEfRnNTf5Ck4/F7smlKtr742mvi&#10;6cgmagCbP3vZjGw1oNkZ8jqebAZT348t4XRwH8rmsNB9PtZPkE1TlBol3+vWD/Xst5/PrPKxZTni&#10;rNlZyqep9MbirL18PsJbBxL6TXnr1CTUP9p2Rp7hobPT0PaEYcxtZzCL41a6O1IfaOg0NlCftIb6&#10;D+w9I9/sCEYX0XA+QxFtqvYO70MR/R/2nkZEzUbih4g+cHL0XBGdHYmob0A+O9IypcH4IvoIcfUi&#10;ehbE1R9kHFT/kMP2uGiE6h9HTDgUC+N41mpTR1oRONWcl8Um/i+gD0+t+41qfc+UpW375seqfn/A&#10;cJgiJlgjaZtNkcjzYcpA1/Yp8lLl7FNTpF8p3+vBqvkchM9l5sC+/bSnv8cd9s1B7P4D5PJfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAnn0WiKM/AACjPwAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y&#10;/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwKDAwLCgsL&#10;DQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgAzwFRAwEiAAIR&#10;AQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAAB&#10;fQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeo&#10;qaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMB&#10;AQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYS&#10;QVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNU&#10;VVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5&#10;usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A+iPh/wDC&#10;fwVeeA/DdxceD9DuJ5tMtnd5NPjZnZolZm6V0H/Cn/An/Ql6H/4L4v8ACrnw3/5J54X/AOwTaf8A&#10;opa6HmtQOS/4U/4E/wChL0P/AMF8X+FH/Cn/AAJ/0Jeh/wDgvi/wrbh1K81rVLjTfDumXGu39u+y&#10;48uRY7W2b+7LO3yq3+yu5v8AYroI/hj49kj3PceG4H/54/6TN/5F+X/0GgDw74S/CHwf4+/aw8UR&#10;f8IvpD+GvBegW9pLZCzj+zzaheN5u5027WZYY/8AyJX1B/wz98M/+ifeGP8AwVQf/EV5l8E/DOo/&#10;s7nxpceOIBJL4m1+bWbjxFp2ZrOFHVUihl4DxLGqBdzLt5+9X0PDKl1GksTq8bDcrLyrKayA4X/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iK+U/ip4D8F/Ej9ozTPBHhvwnoem+GvBKrqfiS5sdPhj+030i/6&#10;NYsygblVf3rrX0x+0X8aYPgb8MtR15IPt+uzsmn6Lpaffv8AUJcrBCvP975j/sg14z8F/hvcfDPw&#10;PHaancf2l4o1CeTVNd1T+K5vpvmlb/dX7q/7FAGh/wAKf8Cf9CXof/gvi/wo/wCFP+BP+hL0P/wX&#10;xf4V1vNHNagcl/wp/wACf9CXof8A4L4v8KP+FP8AgT/oS9D/APBfF/hXW80c0Acl/wAKf8Cf9CXo&#10;f/gvi/wo/wCFP+BP+hL0P/wXxf4V1vNHNAHJf8Kf8Cf9CXof/gvi/wAKP+FP+BP+hL0P/wAF8X+F&#10;dbzRzQByX/Cn/An/AEJeh/8Agvi/wo/4U/4E/wChL0P/AMF8X+FdbzRzQByX/Cn/AAJ/0Jeh/wDg&#10;vi/wo/4U/wCBP+hL0P8A8F8X+FdbzRzQByX/AAp/wJ/0Jeh/+C+L/Cj/AIU/4E/6EvQ//BfF/hXW&#10;80c0Acl/wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V1vNHNAHJf8Kf8Cf8AQl6H/wCC+L/C&#10;sfxZ4H+F/gfw3qniDW/C/h+00nTIGuLiaTT4vkVfw+9/dr0XmvJLrQf+GkvjxZeAcfaPAPgmWHVv&#10;FL/8s72++9aaf/ur/rXWgDZ/ZP8A2a9F1rQtS+JHjrwZpcWo+K3W407w9cWUbQ6Pp4/494/Lxt8x&#10;lO5278e9e/8A/DP3wz/6J94Y/wDBVB/8RXoNFZAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM&#10;/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EV8oN4&#10;A8G+Pf2qvG72HhfR7fwp4L0630BbWCzRbe51Gb99PIyBcM0Uexa+yPiP43svhr4C8Q+KtTfy7DRr&#10;Ga+lz3WNS2P+Bba+WP2Z/Dd7ofwn0/UNY/5GHxJPN4i1WST732q7bzdv/AVZFoA6T/hT/gT/AKEv&#10;Q/8AwXxf4UV2FFagc38N/wDknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX/AGvm&#10;RV/2pI6ofDf/AJJ54X/7BNp/6KWuy+FsccnxX1RpPv2+hwrF/uvcS7//AEXHQB6n4a8O6Z4R0m00&#10;rS7SOys7ddscMfH1P+03q1Z+p/ETw5o/i7SPC99q9vb+IdVLtZaduzNMqIzs20dF2q33vSuqrwj4&#10;heFdG8OfGX4U3unafb2d1qviO9uL24SL57iT+zLobnfr9KyA9z+/8rV534dtx8PvGieHYjt8OasJ&#10;LjSosYWznT5pbdP+mbKfMRR93y5f4dlekVw3xQxHD4UuF+WeHxDZeV/wNmib/wAhyPQB3NFFFABR&#10;RRQAV598Wvjh4N+B+h2+q+L9Yj02O6dorO2jjaa4vJcbvLhiQFpG9lr0GqNxplreT2809pDNNbPv&#10;gaSMM0TYxuUn7vHpQB8KaD411f8AaB/agvdZ8X+H9Q8L2Pg/SoLzwz4c1Xasyfa3kRr6dMnbMypt&#10;Vf4Vr3vmuB8VR/Zv25/E+Ol14DsJW/4BfSr/AOzV33NABzRzRzRzWoBzRzRzRzQAc0c0c0c0AHNH&#10;NeXfHz48aZ8E/De/93d+IbtW/s/T/wD2pL/0zX/x+uX/AGZ/2kIvi5p/9ia7JHB4vt13/u/3cd7E&#10;v/LRV/vL/EtAHvPNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHDfGj4kf8Kr+H95rFvb/b9ama&#10;Ox0jT4/vXt9M2yCNf+Bfe/2K9e/Zr+Df/CkPhZYaHdXK3/iS7d9T13Ue95qEx3zSf7u75V/2UFeJ&#10;/C/Rf+F7/tN3muzfv/BnwwdrOy/553WuSr++k/2vIjbb/vSV9i1kAUUUUAFFFFABRRRQAUUUUAfL&#10;v7eLNr/g/wCH/gX7RcQQeLvFtlYXsMD7fOs0WSaaNv8AZ/dpXRx7I/kT93Gn3UrifjrqH/CYftef&#10;Dzw+gD2/hDQ73xDdY/gnuWW2g3f8BWRq7fmgB9FFFagc38M/9I+Hfhfyv3n/ABKrb/V/N/yyWtWH&#10;Wl8FeNNI8Qz/ACaa6NpmpP8AwwxSOrRTN/srIu0/7MlfPXg/xg9n4T0NNT+D+qSRpZ26JqGjyW0z&#10;OvlL+8/duj/N/drY/wCFyeBI7f7PqEnjDwvHMrI8OpWd75O3oytuEibaAPveuD8ceBrvxN448Aa1&#10;b3MMEHhzUJ7u4Rwd0qyWksIC/wDApK+efhr+03oHhCzg0rTvGGl+MtDijzFbXuqRW+qW0f8AdVpd&#10;iyr/AHUba6/33r22w/aK8K6lb+bFb63I+3d5cGlyzf8Aj0QZf/HqyA9Vrz/Vpx4q+I+l6RbkPaeH&#10;n/tO/kx8v2h42S3h/wB7a7yt6Yj/AL9YXhH4oal8cPDNnq/gQR6X4cvvM8rxBqAVpmCOyN5Frz82&#10;5esu3b/ceu/8L+F7LwhpCWFj5jIXaaWad/MmuJGOXkkb+Jm9aAN6iiigAooooAKKKKAPkTxpJ9o/&#10;bo1z/p38A2iN/wACvpWrvea85lk/tX9tL4t3PWPT9A0XTx/vN5sxX/x6vRuaADmjmjmqWsaxp/h/&#10;T5NQ1O8t7Cwh+/dXUixxp/31WoF3mjmvPpPixcah8+ieF9Q1K0/gvb64jsY5v9pVky+3/ejWj/hZ&#10;mtxx/vfA9x5n/TDVLZv/AELbQB6DzXnXxw+Nmj/BPwn/AGhe+Xd6tcbk0/T/ADPmmb+8392Nf4mq&#10;SP4sXEcf+l+C9cj/AOuElpN/6DOK838WeG/h/wCNPihpfjXxBpfiiOe0iVH0+60uWa1dk/1bN5e9&#10;V2/3V+R6APG7z4P674w+F/jT4u/EOSSTVrix87SrKT5disyqsjL/AArtb92v/A6y/h38C9T8WfBO&#10;z8d+D7i4g8Z6NqNw6JBJta5iTay7f+mi/wDj/wByvoz9oT4qeFNc+CfjCytNYj+33FnsitZ45beR&#10;281PurIitVP9iO8t/wDhScdv9ot/tf8Aadz+58xfM/h/h+9WQHQfs5/tAWnxk0OSy1Dy7DxZp6f6&#10;bZfd85V+Xzol/wDQl/gr2HmvLrz9nPw5J8YLP4h2/wBs02/h3PLa2v7uG5n+75jbf9n7y/x16jzW&#10;oBzRzRzRzQAc0c0c0c0AHNct8VPHkXwz+G/iTxXcf8wmxkuET+/L92Nf+BSMldTzXkvxisR8RviV&#10;8KPhgv7y31jWv7Z1WP8A6cbD98yt/stJsSgD3b9lH4YzfCf4D+FNGvhjWbi3/tPVpCPme+uWM0+7&#10;/gT7f+AV7FRRWQBRRRQAUUUUAeOfE7xh8ZPC/iknwd8O9D8aeGPIQ/Pr/wBgv/My29dskZj2+nzV&#10;ykX7V3iXS8w+JfgD8TNNuF+//ZVnBqkP/AZYpq+jqKAPDPAvxw8e/Ebxpp1rY/B3XfDXhHc32/Wv&#10;FtxDYzKu1tvkWql3f5tn3tnWvc6K8H/bL+I994C+Dd3pugv/AMVb4snTw3oqL977RcnYZP8AtnHv&#10;f8KAPG/gjqX/AAsbxt8T/io37yDxHrTadpUh/wCgdY/6PGy/7LSb2r17msLwH4Psvh34L0Pwvpn/&#10;AB4aTZx2kX+3sX5m/wCBN81bvNagPooooA8r8B/D+7k8B+G5bTxRqlpv0y2fZPHBcRpuiX5fmjDb&#10;f+BVsSeF/Ftv/qtY0e/j/uXVnNbt/wB9JIy/+O15vJ4P+Isfwj8Nt4M8SSfa306y2Wskka7P3Tbt&#10;rMP9pK5fXPip8aPh34Xs31jS4579LyaG4upLeO4V4liRo/8AV4/2/moA9Q1jwXqeoR7NY8B6Hrsf&#10;8fkXEUjf98zxp/6FXH3nwf8ABnmSPcfDPWNFkf782lW8n8P+1aSNXYeE/jRcXmh+D7vVdP3z69LJ&#10;aP8AYY2byZ1bau5cn5dv3q9Z5oA8/wD2C/EFv4fuPiX8MopLiODQ9W/tbSkuo5I5PsN4u/7sgDfL&#10;Ms9fX1fDeveOtK8C/tFfDz4gafqlvcWNxPJ4K8SeTIreTHO+62kl/u7bhdv/AG0r7krIAooooAKK&#10;KKACiiqOpahDpOn3d7cv5cFtG00rf7Krk0AfFPw98SLc/Gb4769NZahMl54rXTIrm1t2mj22dskP&#10;8OT97f8Aw16LJ8QPDlvHuu9Uj03Z9/8AtKOS1VP97zQtfI/w38WeKND+Hej63o/jS3g1bxlqd3rK&#10;aFJp8d18007uzfLmX7rJ8qrvf92i16xqHgvxL48jt5fFHhfVPFMabXSHUryDT7VG/vLZrIf/ACLu&#10;egDvNQ+KF3rn7rwfp/2uP/oNalG0dn/2yXh5/wDgO1P9use38L/aNQj1PW7i48Q6sn+qur7bth/6&#10;4RL8kX/AV3/7dcn/AMIPrEdxsl+DdvJB/ftdctGk/wC+GK/+hVof8Ifb28cf/Fu/FFpJ/GlpcR7U&#10;/wC/d3WoHaVLzXDXGj2tn5af2f48tP8ArnHqEip/3yXqneXmiW9xHp9x408SaLPcfJF9uka13t/s&#10;tcwBd3/AqAOs8QeLNE8Jxx/2neRwTzf6q1j3SXE3+7EuWb/vmuXk+Imt6p/yB/Df2SP/AJ7axceW&#10;3/fqLc3/AH0y1zdv8K/EvhOSS40qTT/FHnfO91fSNa6hN/vS/Okv/jtSf8JBquj/APIT8L65af7c&#10;dn9qj/76gL0AZ/xck8a6x8M/EEVxcafPA8C77Kx0+VpH+ZflVmkP/oNcv8C/A+sXHw7j83S9Dk/0&#10;qb9zrmjs038P/LXerf8AjtegW/xc8P2//HxeSWn/AF9Wc0Lf+REFXI/jZ4Xk+5qkc8n9yCOSRv8A&#10;x0GgDPjjl8L/AD3vhu802BP+XrwjrFyuz/a8jK/+O7q7zQ/7V1DS7fUNC8eaxPYXC74nuvIvI9v/&#10;AG0j3/73zb64O4+ID+KNQ+xWUlv4egfb/wATTxHHJax/N/zyikCtK3/fK16x4L8P2Xh/w3Z2Wn3H&#10;2+BNzvdeYrNNK7M8kjbfl+ZmoArx6549s/8Al88P6tH/ANN7OW1b/vqOR1/8dq5H8SNds/8AkIeC&#10;5JP9vStQim/8dlEbVqeXR9n/AM4oApx/GTw/H/yE49U0L/sJaXKsf/f1Qyf+PV0mh+LNC8Uf8gfW&#10;NP1L/YtbiORv++VO6sP7H/drD1jwXomufPqGj2d/J/fnt1Zv++sbqAPTea4j9naxHjb9qb4oeLpD&#10;vtPC1haeErD+75r/AOk3e3/gTQrXKyaHd+E7eS70TxBqmix26tK8E9w15Z7R8zbopSfl/wB1lr0z&#10;9gXSZ4/2ebPxLfc6n4x1O98SXTYx/wAfE7bMf7PlomKyA+k6KKKACiiigAooooAKKKKACvio69/w&#10;v/8AaS1Txcj+d4M+H3m6DobfejudTf8A4/bpf9xf3StXpH7Wnxf1bQdN0z4b+CJ8fETxirW9rMg/&#10;5BVl0nvpP7oVflX/AGzWb8P/AAPpXw38F6P4X0SPy9N0yBYYvM+8/wDekb/aZvmagDoeaOaOaOa1&#10;AfRRRQBzfw7/AOSd+F/+wTbf+iFrcjvLeTy0S4jk85fl/ebt9c/8P7dLj4Z+G4pf3kc2j2yOn+y0&#10;Cq1SWfgPR7PVNL1C3jkgn0+Bbe3TzG8vylV1Vdv/AG0oA3I7eKP7kccfzb/3carUvNHNHNAHlXxc&#10;8P8AgTxJ4b8UeDL280vQtZ1yz/13ywzeb9+Kbd/syKjV7h+yf8WJvjF8DPD+u3z5123DaZq6f3L6&#10;D93N/wB9Mu//AIHX59/tqbP+FyR/9gy3/wDZqf8AsZfH/wAVfBzx1rPh/Q/B95460zxDF/akuk6d&#10;cLHeQS264lkgWT5ZWaNk3Rbt/wC7rID9ZKK81+D/AMevBnxx025n8Mao731k/lX+k3sbQX9hJ/dn&#10;gb5kP/jtelUAFFFFABXln7T0eqzfs6fExNDwNVbw7fiL/vw+cf7W3Nep1zPxKvF0z4d+J7tkEiW+&#10;l3UxRu+2JjQB8ZfBu38JeD/hXZ/FC40u302P+wreG1m+zqtwmnRRKka/7UkrfN/t+ZGlcP8AD/8A&#10;aE8YfEj44eG7WW4j0nw9cXUyf2Raxqy+UsErL5srAszblT7u1K3P2nLe60f4X/DvwJomn3F/Pdzw&#10;28Wn2Me6SZba23Ku3+7u2NXJ/C/9nP4geH9Us/EGoaf9g1K33Pbw2OsQRtDuVk+ZmhkVm2t/DWoH&#10;cftWfETxR4H1TwnF4c1y40mO7iuXuPIjjbfsaJV3eYh/vPXi9v8AtIfE63/5mjzP+u+n2zf+0xXs&#10;njT4R6x40ks5fEHhfxJq0lorJE8fii2bZv27vvBP7tcnefs56fH9/wAL/ECD/r1vNPul/wDQ6AOb&#10;t/2sPiRb/fvNHu/+u+l//EuK6jw/+2Bd3nmWXjjwvZ6tpM3yO+mx/wDoUEpKy/8AfVY9x+z/AKVH&#10;JseTx5Yf9d/D/wBoX/vqJDVOz/Z/0fWLz7FZfEDyL/8AgstV0eS1mf8A3VkdGb/gK0AeqaH/AMKX&#10;8YSRv4a8UXHgy/f/AJdbHVJdNb/vxL+6b/gK12Efwv8AFdvHu0r4gfb4Nvyf2ro8Vx/49AY6+V/F&#10;H7P/AI48N+Ykuh/27aJ/y20r99/5CbD/APjr15/5kvhu42eZeaFOn8HmS2bf+y0AfdH/AAifxNt5&#10;P+Qp4Tu4/wDppb3du3/ob1oR+G/Hskex/wDhH4P9uOS7k/8AHdi/+hV8P2/xA8Sxx7LfxZrn/bPW&#10;J/8A4uq+oeLNb1SPZqHiDWLuP+5Pqk7L/wCPPQB9wXnh/wAd2ceyW38P67H/ABpHcS2bP/wGRJF/&#10;8erl7zw3aWdx5uofD/WNFn/5/dDjVv8Ax60k3/8AjtfKfh/4meKPD/8AyBPFmqWkafwR6g00f/fM&#10;hZf/AB2vSPD/AO1p8QNH8tL3+y9dj/6erf7PJ/31EQv/AI7QB7Zo+qWV5cfZNH+IEkF//wBA/wAQ&#10;RxyN/wB8yCOf/wAeroJLzxbof/IQ8P2+rQf89tHuNsn/AH6lx/6Mrc8J+INP+KHwz0fxBrGl2cdp&#10;fWf2uW1vttxHCvzbvmYf7P8AdrPt/B8Vvpdvqvw/1iOCCZfOisvtDXGk3q/3ep8r/eib/gD0ASeH&#10;/FGn+JPtCWkknn2//HxazxtDcQ7v70TYZa1JI65fVLf/AITTw/H4j0e3ksPFGmNIiQz/AOsSVG/e&#10;2cu37ytt2/8Aft1rc0PWLfxBo9nqdp/qLuBZk8z721l3baAPO/2jNYfw38C/HF7F/r/7Mkt4v+us&#10;37pf/RlfZPws8Jp4E+GfhTw5EnlppOlWtiE/65xKn/stfGX7Rln/AGx4f8H+H/8AoPeMNH050/vr&#10;9pV2/wDRdfe9ZAFFFFABRRRQAUUUUAFcd8VPiZonwf8AAGueLtfn8jS9JtmuJdp+Z26JGv8AtM2F&#10;Hua7GvjH4meIv+Glvjwmhwfv/hn8OLxZtQf/AJY6tri/6uH/AGo7bdub/boAh+CPhHV5m1f4j+NI&#10;/wDi4Pi5luLqOT5v7Ms/vW1jF/dWNfvf7derc0c0c1qAc0c0c0c0APooooA5v4b/APJPPC//AGCb&#10;T/0UtdDzXPfDf/knnhf/ALBNp/6KWuh5oAOaOaOaOaAOW8afCvwp8RPLfxHodvqUkK7IppNyyIv9&#10;3cpDV4v4t+Ffhr9nfx38M/iL4cjuLBNP8U21jqSPcNJH9ju1e2kb5v8AakSvpHmuC+Pngt/iB8F/&#10;GGhRf8fdxp0j2v8AsTxfvYm/76jSgD0n44fs7/8ACeapb+N/Bd+PBvxW0lD/AGb4hgTK3Kr/AMut&#10;4n/LaBvukN93+Gtb9n343p8ZvDuoRanp58PeNvD9z/Z3iLQJDuayulz8y/3opPvRt/Eprc+BHj5P&#10;in8GvBni1W8x9X0q3uZW/wCmuweYP++99ePftKafL8EfiFonx+0WKQWdj5eleNbWD/l80l22rcbf&#10;4pLZ23/7uayA+oaKp2V5b6lZwXVrLHPbTossUyfMrqRkMKuUAFcF8eH8v4O+Lz/f0+SP/vr5f613&#10;tea/tF36aP8AA3xpfSn93aadJcP/ALqYZv5UAePeG7OLXPGmueKJf3kkMsmjaf5n3YYIm/fsv/XW&#10;ZX3f7EcddbzXNfC+zls/h34bSX/XzWcdxL/11m/eyf8Aj0ldLzWoBzRzRzRzQAc1S1zQ9M8SWf2L&#10;WNPt9StP+eN1Gsi/+PZq7zRzQBw0nwj0+z/5Amsa54e/uQ2t551v/wB+pxIv/fO2q9x8P/Fckflf&#10;8JZp+pQfwJquhxyf99eXIi/+O16DzRzQB41efA/U9Qk33Gn/AA7n/wBuTw3Lu/8AR1R2/wCz28cn&#10;m/8AFH28if8ALGDwnG0f/fTTFq9p5o5oA8S8QfCu7vLfytb+H/hfxRAi7Em0eRbW4T/dWUDb/wAB&#10;mrzPxB8F/Akf+tk8SfD2f+5qtu0lr/39YMn/AJGr655o5oA8S8N/27ofwj/4RfSrfS/FlhDpM2nW&#10;uoabqCws+6JlVmVsp/F/DJXj/wAB/EHiX4H+NNP0XxLp+oaL4a1Zlt7j7VH/AKLDPt/d3CyrlF+b&#10;5W+b/wBAr6k1T4V+FNUuPtf9jx2F+/8Ay+6VI1ncf99RFWb/AIFWHqHhfxR4Xjkl0/UJPGGmp/rd&#10;L1KONb7b/wBMpVCpK3+zKvz/AN+gDQt9ml/EjUEik8y017To9RR4/mXz4WWGRl/3o5IP+/dY/gv/&#10;AIldxrmj/cj0/U5kiT/plLtuI/8A0bWH/Zen6f8A2X448KRyeRaRTTPpcG5YbmJ9qz7Yv+WU6+X/&#10;ALPzx7GrY+0Rf8LAvLi0k8y01bSbTUYnj+6+xnRm/wC+WgoAx/iR/pnxU+A9p/f8bwTf9+rad6+2&#10;r7ULbS7C4vryeOC0to2mmmk4VFVcszfhXw549k+z/Fv4CXDfcXxpHD/33bTqtezftq6pd6p8P9A+&#10;Gum3Hkan8RdbtvD3mJ95LNj5t5J/35jdf+2lZAcz4PvPi9+1NpzeL9H8cS/CX4fXbsdAs9P0uC71&#10;LULdWYLd3DzqVjWT7yxqv3cVs/2j+0T8GHkF/YaZ8c/Da9LnTdmk65Gv+1E37if/AICytX0Po+k2&#10;nh7R7LS7CBLWxsoUt7eFPupGi7VX8FFaFAHzxo/7cnwtkvF0/wAV3+pfDbWgdjaf4006XTW3f9dW&#10;HlN/31XrOj/FvwN4ggEml+M/D+pRt0e11SCQf+OvW5rGh6br9m9rqlhb6laN96C7gWZD/wABYGvM&#10;dY/ZD+CWvTyS33wr8JySP9900uGP/wBBUUAdXrnxn8AeF7d5dX8b+HtMjXq91qkEf/oT1xfgz9rH&#10;4dfEvxxaeFvBmoX/AIrnmMhl1LStPnmsLXYrN+9utvlqW2lV+brVzQf2Svgx4YuPP034WeFLedR8&#10;sjaXDI3/AI8prufEOtaF8MPBeqaxefZ9J0LR7SS7nMcapHHEi7mO0Y7CgD52/bE/abl+H9jN4A8C&#10;yS3fxF1SFfOmsUMx0KzfhrqXB+VtufLX+981eO/DvxR8KvAfhfT/AA/o/iTxBoUdoux3kkuVaaV/&#10;mkmZfnTczfM1anwX8F+JfEmj6x8SNQ1j+xfEnjy8bXLiyns47hYYG+W0h6q/yw7P4q7jVPCfijy/&#10;9Is/D/iWP/nj5clvI/8Au+Z5if8AfTLQBX0/xhp+of8AIK+KFnP/AAIl9HaSfN+UbV0lvceKJI99&#10;rceH9Wj/AIHjjlt/975lMi15f4g8L+FNY8D65qdvodvaXdva3O9PL+zzW06K25WVcfMrV6xp/wAL&#10;/CWoWdvLL4b0+Ofyl/fwW628m7b97dHtatQI/wDhINdt5P8ASPC/mfP9+x1CKT5f722QR1JH44ij&#10;/wCPvR9csPvf6zT2mX/vqIvWfqHw/tNP/wCQZrHiDSdn3Eg1SWRf++ZS61zd5/wlGl+Z9k8WST/7&#10;GpafBN/49GI2oA7T/hYGj/8AUQ/8FF3/APGaK8//AOEk8cf9BzR//BO3/wAfooA9A+G//JPPC/8A&#10;2CbT/wBFLXQ81z3w3/5J54X/AOwTaf8Aopa6HmgA5o5o5o5oAOafTOaOaAOe/Yf1D/hH9H+Ifw0l&#10;f954O8SXAtF/6cbv/SYP/Rjr+FfRmvaJY+KNC1DRtSgS706/gktbmB/uvE6lWX/vk18m+GtQ/wCF&#10;d/tneH71vk03x/oEujSyfdX7dZv50O7/AGmhZ1WvsWsgPnH9jfWNQ8OaL4o+EGu3D3Gs/DjUf7Og&#10;nm+9c6VIvmWM3/fv5P8AtnX0dXzT4+/4tj+2l4A8T/6jSfHmj3HhS9f+D7ZC32m0Zv8AaZfPRa+l&#10;qACvK/2oNO/tj9n/AMcab/z/AGnNaf8Af1lT/wBmr1SuK+M1n/aHwk8Yxfx/2Vcun++kTOv/AI8t&#10;AHmvlpb/ALpP9XD8if7q/LS80kdwl5HHcJ/q5lV/++vmpea1AOaOaOaOaADmuC+MHxs8NfBfQ473&#10;XriR7u43fYtLtdrXFyy/3f7q/wB5m+Suo8WeKNP8F+G9U8QarJ5Gm6dA1xcP/FtX+Ff9pvurX5T/&#10;ABE8Ya38cPiZ5t3JJ/aWuXWxE8zctlZr92Nf9lVoA+gP+GoPir8ZLy4fw5cWfgjw0jMn2q1t1uJn&#10;/wBlZZB8zf7qqlcPrn7QHijT7iS00rxp4k1qRPkfULrVJI4d3+zFFt3Vc+Ilxb+D/AcelaZ/okc2&#10;2xt0j+XZF96T/wAdWvF/9X8iVkB7J4T/AGwPin4XvI3l1i38S2n8dlqtvu+X/ZlX51/8er7E+B/7&#10;SHhr42W/2S38zRfEsK77jRbqRWk2/wAUkTfdlX/x/wDvJX5sc1Pp+oXuj6hb6hpl5JYalaSrNa3s&#10;HyyQyr91loA/XnmjmvMv2e/jRafGzwHHqD+XBrtjttNVtf7k+3/WL/sy/eX/AL4/gr03mtQDmjmj&#10;mjmgDzqO3/4R/wCIGuaen7u01CKPWbdP4UlZvKuV/wC+lRv+2lcH9o1PQ9Q0O10yzt7uS0utT0OL&#10;7VceTDCreVdwbtoLN+5/hX/nnXpHjyP7P4s8H3v/ACzd7vTn/wC2sXmr/wCPQV5v401C90/x5HpW&#10;n6fHf3eoX1lqcXn3Hkwp5UE8Um5sH/nmn3VoAw/jJZ6n4b0/wf411XXJL6fw94r0nUXhgjW3s4Yv&#10;tKpIyryzfLJ95mevorxQD4z/AG6/BOnMQ9r4M8JXussn9ye8mW2j/wDIccleC/ET4R6x8QPhv4o0&#10;/WNYk1bVruxm/s+1td1vZ206ruj+VSPNbcv3pa9c/Y2a5+JXiLW/jHLc289rr+gaPo8UCyFri2ub&#10;NZUvY5Vx8n75vl/vLhqyA+r6KKKACiiigAr5J/a011/iv4+8O/A7TZPM02Qx6/4xkT+DT4mzBat/&#10;tTyL/wB8xmvoX4qfErRfg/4A1vxhr8wg0zS4GmcdGlboka/7TNtVfrXzD+z/AOEtY07Q9X8X+LY/&#10;+K28aXjazqu/71qp/wBRa/7sUfy0AeoeWkce1I/LjT5ESP7tLzRzRzWoHj3xEj+z3HxMRP8AVzaP&#10;DcP/ANdWgnRm/wC+Y0r2fR/+PO3/AOuS/wDoNeMfEj/j8+In/YCt/wD0G4r2zS/+PeP/AHVoAy9Y&#10;/wCWlcHrH/LT/gVd5rH/AC0rg9Y/5af8CoMjE5oo5ooA7/4b/wDJPPC//YJtP/RS10PNc98N/wDk&#10;nnhf/sE2n/opa6Hmg1DmjmjmjmgA5o5o5rjvjBJ4lj+HeqP4Pjkk8Q7Y/s/l/e+8u7b/AMBoA5v9&#10;pTQ9Qvfhv/wkWhR+Z4k8HXkHiTTdn3nltm3yR/8AAo9619Y+AfGmn/ETwXofifSJfP03WLOK+t2/&#10;2HUMP51+Z3/DQHxl8F/utd0v7XH9x01LT9u//vlRXuP/AATb+LyXmk+I/hdfj7JPo8smraLbP/0D&#10;5pWLwrn/AJ5TMf8AgMsdZAe1ftoeEb3xJ8AdZ1XR8/8ACQ+FJYvFGlOnUT2bedj/AIFGsif8Dr1n&#10;wL4usvH/AIJ0DxNp53WGsWMF/Af9iRFdf/Qq1b60h1Gzntp0EkEyNFIh6MrAhhXz/wDsG3Usf7Ou&#10;n6HLIHPhvVdS0FX/ANi3vJUj/wDHdlAH0VXlH7T3xOs/hF8DfFfiC6jFxN9kks7Kz/iuruYeXDCv&#10;+8zV6TqOoW+k2c97eXEdpaW8bSyzzSBI0UDJZmPRa+K7vxRL+1R8SrfxlskT4T+EHmfw2k8e3+2d&#10;R2sjahtb/ljH92L676APS/A8j3Hgvw3K/wDrH0y2d/8AeaBK2ea574d/8k/8L7/+gTbf+ilroea1&#10;AOaOaOaOaAPlr9vzxo+l+B/D/he3k2f2zeNc3H/XC32sq/8AfyRP+/dfH/wDs01T4maxev8A8uNn&#10;si/4Eyr/APF17x/wUAvHk+Knhe3f/Vw6LvT/AIHO+7/0XXh/7M9wv/CWeKIn/wBY8Sv/AN8yt/8A&#10;FVkB1HxwuH/tTQ7f/lmkU03/AI8i15pzXp/x0t/9M0O7/wCWe2aH/wBAavMOaADmjmjmjmgD1P8A&#10;Zn+Jj/C/4uaXdyyeXoupsul6kn8PlO37uT/gMmxv9zzK/TD/AFdfj3JH5kcif31r9UPg34sfxx8J&#10;/CeuyyeZPfadC9x/11Vdkn/jyvQB2PNHNHNHNagcd8VI/L8L2+of9AzUbS7/AOA+eqSf+Q5HrzP4&#10;of2hZ/EjwPLp+n/b53W7R4PtCw/NEqsu52/h/ePu+89eofFyT/i2+uJ/z2iW3T/ellRF/wDHmrzP&#10;4sf2nJ8SPAaaVp/9pT2n2++eOS4WFU/dJErMzZ+X97821WoA1I/B934g/e+K9Q+3wff/ALJsd0Ni&#10;n/XX+Of/AIE2z/YrkPCfxQT9nP4oan4s8L2lzrnwt1fa/iuz0m3ZrfTLkbUF9bbflf5f9akddfH4&#10;LuNc/e+K7z+1o/v/ANmQbodPT/eX70//AG1bZ/sVY/4TRLz/AIl/hTT49dkh/cvNH+70+2/h2tLg&#10;q3+7ErUAfYHhbxZo/jjw/Ya74f1O31XRr2NZbe9tZFkjmQ9w1bdfmevh3xp8AfFFxqvw48XxaHPf&#10;Wt7q2peHjZ7tFmaHyj8sG/dFu8zZuVt+6voLTf2qPil4VRI/GfwUvNXK8NqPgjVIbyFv9ryJSki1&#10;kB9XUV8w3H7bv2mPytH+DHxMvtS/59brSobOMf70sk22uG8TN8Yf2g1ez8X3lv8AC3wNJ/r9C8O3&#10;n2jVr+P/AJ5z3mAsS/3ljWgBfHniaL9qb42JYWciXfws+Ht4sssyHfDrGtL91f7rR227/vuvWOay&#10;vC/hjSvBnh+z0LQrC30rSrKLyoLaCPaqLWrzWoBzRzRzRzQB478TP+Pz4if9gK2/9BuK9t0//j3j&#10;/wByvE/iZ/x+fED/ALAtr/6DcV7ZZ/6v/gNAGXrH/LSuD1j/AJaf8CrvNY/5aVwesf8ALT/gVBkY&#10;nNFHNFAHDeE/jxrvhPwnodvqej3EFpDY26I99o9zCrqsS7W82N3Vv97y67DR/wBqDRNQ+SW3s5JP&#10;+nXVIt3/AHzOIGr6k+FegWl58J/Be+P72iWX/ohKTxB8EPCXiSOT+0PD+l327/nvZxs38qyNTxCz&#10;+MHh+8j3v/aFpH/fk0+SSP8A76iDr/49Wxp/jzw1rEmy08QaXPJ/c+2RrJ/3yxDVoax+xX8PLyTz&#10;bTR5NJn/AL+lXktu3/jp21yesfsZ3fl7NM8ca5HH/BDqvlahH/3zIKAO8/5Z7v8AlnTOa8WuP2X/&#10;AIl+G5N+lap4fv8A/rnb3Olyf+Szhapyaf8AG3wv/rdD1S7jT+PTdUtr5f8AvmePf/49QB7heafb&#10;6hHsuLeOeP8AuTxq1eVfGHwVf6D/AMI/8QvAenRp4z8F3DXlvZQx+X/admVxd2bbf70f3f8AbrmJ&#10;Pjx4o8N/Jruh3lp/f/tXw/PCv/f2B5F/8drY0f8Aag0S8k2PHp8kn/Trqkat/wB83IgatQPrX4b/&#10;ABO0L4rfDvSvGPhy5+26TqNv9oi8sfvEb+KNlzxIrZUr/eFfM3wN+NXhX9mn4D6dF8QLy403xtr2&#10;p6jqx8JQW7Taw8tzeSSLH9lHzq21k+9tWvOoLrXPCviHX7v4W+M7j4e6F4mb7Rq9lfeH5NQhtrlv&#10;vXVm8RZI5GX7275P467n4P8Ahf4W/DuPZ4f1TS7/AMQ3Hz3utalcRtql7K3zNJK0mH+Zv4ayAh8R&#10;Wnj39qe4if4g2kngb4aIyyxeBoZ915qePmVtQlX7q/8ATBf+B16Vrn2fQ/B+ofZ447S0sdOm8qGC&#10;PbGipE21VVf92tSP95HvT95H/f8A4a5f4oSPH8O/Emz+OzZH/wB1vlkb/vlnrUDU8J2b6f4T0O3f&#10;78Njbw/98xKtavNP8tI/kT/Vp9ymc0AHNHNHNHNAHxN/wUE0d4/FngvWP+WdxY3Fpv8A9pJVf/0G&#10;Svlf4R6wnhv4wW6S/u4NQ3W//ffzL/48tfoZ+2Z8P38afBe8vbSPzL/w9OuqIkf3vKVWSdf+/bbv&#10;+2dfmX4ot5Y/s+oW8nlyQsvzx/8AfStWQRPpz4uaO+qeD7iVI/MnsWW7T/dX5ZP/AB1q8M5r3/4d&#10;+MLf4geE7fUP3fnuvk3UH9yX+Jf+BV4v4s8Lv4P1y40//l0/11q/9+L/AOx+7QBkc0c0c0c0AHNf&#10;on+xncPcfs9+H9//ACxur2FP91bl/wD4qvzs5r9L/wBl/wAPy+F/gH4PtbiPy55rVr50/wCuzNKv&#10;/jsiUAeo80c0c0c1qByXxUk/4pO3i/57anp0P/fV5E3/ALLXk/xM1C7s/i54HfT9PuNTv/sd+6Qx&#10;yLGu35FbczfKq7mSvVPip/yL+l/9hrTv/SlK8v8Aip/aEfxI8Dy6ZpcmrXaRXb/u5FjVFXYrbmb7&#10;qt5iL/FQBsSeF7jXI5LjxbqEc9oi730i0kaGxRf+mrNhp/8AgW1P9ipLfxRd65HHaeD7O3+wJ8ia&#10;vdR+XYov/TBVw0//AAHan+3Udv4Pl1ySO48V3EerSI29NLg3Lp8P/AW+adv9qX/vhK7COgDyf+x3&#10;t9P+Kl7cahcatdpZrp3226kX+C282RVVQFiXdP8AdWvpCP8A1deB2f8ApHwb8Sam3/MWW/1H/gLs&#10;/l/+Q1SvfeaADmjmjmjmgA5o5o5o5oAOaOaOaOaAPHvih/x8fED/ALAlp/7cV7hZ14f8UP8Aj88e&#10;f9gmy/8AQp69wt6AMfWP+WlcHrH/AC0/4FXeax/y0rg9Y/5af8CoMjE5oo5ooA+rvg//AMkk8Ef9&#10;gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CsjUKKKKAI/JT0qCTT4ZP8AlnVuigDMk8P2kn/LOuS1&#10;/wCDPhPxLHIupaBp+ob/APn6s45P/QhXoFFAHzxrH7Ffw3vJPNtND/smf/ntpVxNat/444WuT1j9&#10;jO48vZpXjzxBBH/BDqUkWoQ/98ypX1nRQB8OXH7LfxI8PyebpWseG7//ALc59Lk/76tHC/8AjtY+&#10;ueE/jRp+j6hp934f1S/guIJLd/7K1yC8V96sv3bmPf8Axf3q++PLSons4pOqUAfOHgfWH8QeC9D1&#10;CWPy57ixheWOT7yS7VWRf++t9bPNZum2H9ga94n0IkImn6rM8SD/AJ4T7blP/Rrr/wBs60ua1AOa&#10;OaOaOaAEkjSSORJY/MjZdjpJ8yup+8tfmP8AtIfA+X4N+OLjT0t5JPC+p7ptKm/h8r+K3b/ai/8A&#10;QPLev055rmviJ8O9C+KnhO48P+ILfz7Cb50eP5ZIZV+7JE38LLQB+R/gfxhqHwj8SfaEjku9JuPk&#10;uIf76/3v95a+jLy30L4ueF45bK8jkj+/b3Uf+stpf7rL/wChLXF/HD9mvxL8I7i4/tOz/trw0zfu&#10;tatY/wB3/s+av/LJv/HP9uvG9Lj1vwnqH9oeHNQkgk/2JPv/AOy38LVkB2GuaHqHhe8+yanb+RJ/&#10;BN/yxm/3X/8AZaoc1rx/HzxRJZ/ZNV8N6fq0b/f8yNlV/wDgHK1n6H4b8UfGjxBHonhfwnb2l3N9&#10;9LHzPkX+9KzOViX/AGvkoA6z4J/Dt/jB8VNL8LxfvLDd9r1WaP7sNmn+s/4E33V/66V+pkcaRxxp&#10;FH5caLsRI/uoq/dWvJ/2b/2e9K/Z/wDBcllFJHf67fbZtS1D++y/djX/AKZr/D/33XrPNagHNHNH&#10;NHNAHJfFSP8A4pezf/njq2nP/wCTkS/+zVyfiT93448N/wC3Z36f+PW7V1nxY/d+A9QlT/ljPaTf&#10;983kTVy/ij/kfPD6f3LO/f8A8et1oA1eawvHmqS6X4P1SW3/AOPt4vs9r/13l/dR/wDj0iVY1zxB&#10;p/hu3jl1C48vzm2RQxxtJNM392KJcszf7tZ+n6PrHijVNP1DWLf+ydNsZ1uLXSPlkuHlXd5ck7L8&#10;q7d25Yl3fP8AeegyLHizS4tD+F+qaZb/AOotNJ+zp/upFtX/ANBr13mvKviJ/wAiH4g/685K9YoN&#10;RnNHNHNHNABzRzRzRzQAc0c0c0c0AeNfFD/j88cf9gzTv/Rste6W/wDrJa8L+KH/ACEPGn/Xhpn/&#10;AKNlr3S3+/J/wKgDH1j/AJaVwesf8tP+BV3msf8ALSuD1j/lp/wKgyMTmijmigD6u+D/APySTwR/&#10;2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKKKACiiigAooooAKKKKAPEvilp/9h/Ez&#10;TNRP/Hpr1i1i/wD18wbpY/8AvqN5v+/dZ3NepeO/Blp448Oy6dPPJaXCutxa3tuMyW06HKSLz/47&#10;/EpK15dP4X8eaRhLvw3b64q/8vGiXkal/wDa8qfZt/3fMegBOaOayrjxB/Zf/IV0fXNG/vvfaXK0&#10;f/f2MOn/AI9RpfizRNYk2afrGn3cn9yC4jaT/vnO6tQNXmjmn+W8dM5oASSNJI5Ef95G67HST5le&#10;vJ/Fn7Kfws8YXElxceF49Mu3+d5tKkks9/8AwGMhf/Ha9Z5o5oA8K0/9if4VafcedLpeqX/+xdap&#10;L5f/AI7tr2Dwv4P0HwPpf9meH9Hs9GsP+eNjbrGr/wC0397/AIFWrzRzQAc0c0c0c0AHNHNHNHNA&#10;HHfFT954Tjsv+WmoX1paJ/wKdGb/AMdjeuD8Sf21rHxIki0eOzjjtNMjhl1C6+ZbZppWdtsS481t&#10;safxKldx40k/tDxh4X0xP+XdbnVJf+AqsMf/AI9O/wD37ql4T/Z9v/iJY6h4y0/xr4g8N3GrXk3l&#10;QWPkyWvkQt5ETeVIh+8sW771AFTw/wCD7Lw/cSXvmSanq0y7JdUvv3lw6/3V6LEv+yqqlbvNVrz4&#10;D/F3R/8AkH+NPD+ux/3NY0dreT/vqCT/ANlrHuNL+Luh/wDIQ+Hen61Gn8eh64u7/vmdE/8AQqAD&#10;x5by3HgfXEij8yT7HNsT+/tXd/7LXplneRahZ293byeZBcRLNE8f3XVl3K1eP3HxMuNH/wCQ74H8&#10;YaFt++8mjtdR/wDfUBesPw/8XPDWlyfYvDnxA0ewg3fJoviCNo1hZvm2xbzG8S/7PzJ/doA+geaO&#10;a8+0/wAeeI7iPzU0vQ9ag/v6VqjL/wCOtGV/8erQj+JH2f8A5CHhfXLT/bgjiul/8hOW/wDHaAOx&#10;5o5rko/ip4U8zZcaxHpsn9zUreW1/wDRqLXQafrGn6xHv0/ULO/j/wCnW4jk/wDQSaALvNHNP8t4&#10;/v1n65rmn+G9Lk1DU7iO0tE+Tf8AeZ2b7qqq/MzN/Cq0AeV/Ez/kKeMP+vPSv/R717hb/wCslrwf&#10;xZJd6ppfiDW7uz/s37d9git7KT5pkiinXa0u35VZvM+6v3K94t/9ZLQBj6x/y0rg9Y/5af8AAq7z&#10;WP8AlpXB6x/y0/4FQZGJzRRzRQB9XfB//kkngj/sB2X/AKISuwrj/g//AMkk8Ef9gOy/9EJXYVka&#10;hRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWLrng/QPE3y6xoenaqP+n6zjm/9CBraooA82uPgB4M5&#10;On2l5oT/APUK1Ce3T/v0r7P/AB2sq4+B2p2x/wCJV43vMY+5rGnwXS/99RiJv/Hq9eooA8LuPh78&#10;QNPztt/D+uR/9MbiWzk/75dJF/8AHqyLj/hINL/5CXgvXIP9u1jjvl/8gOzf+O19F0UAfMn/AAnn&#10;h+OTyrjVI9Nn/wCeOpRtZyf98yha3LeRLyPzbeSOeP8Avx/Mv/jte7XNnFeQPDcRxzRt95HTctcd&#10;qHwR8C6k/mt4X0+0n/57afH9kk/77i2tQB53zRzXVXHwFso/n0rxP4g03+5G94t5H/5HR2/8erKu&#10;vhL41sRmy1/RNY/6Z3+nvat/33G7L/5DoAyuaOabcaD420s4u/CD3aL/AMttG1CGb/x2XyWrKutX&#10;1tYium+CPEl/qQ+SK1ms/s0e7/anchFX+82561A4HXNUl/tzxprFv+8ntFh0bT0/vyqu7b/wK4n2&#10;/wDbOvrXwX4bi8IeEdH0KI+Ymn2kNoH/AL+xFXdXkXwq/Z1vdBh0y/8AGWsx6rqVvctqH9n6arRW&#10;iXTStL5jO3zzsrt8u7av+xXvdZAM8tKje3ik6x1PRQBUk0u3k6x1ha58PNB8SReVqWl2d/H/AM87&#10;u3jmX/x4GuoooA8H1j9jj4WarJ5qeELPTbj/AJ7aV5ljJ/31Ey1gXn7H6af/AMi/488YaL/dSTUF&#10;vo/++J0f/wBCr6XooA+TLz4D/FvR/wDkH+OND12D/njrGhtC3/fUEgX/AMdrj9Y+GfxAt5N+sfCf&#10;w34h/wCm2h6pGsn/AHzPGjf+PV9weWlJ5KN1SgD4Ik1R/Df/AB++E/iR4P2fx2kdzcW6f9+pJk/8&#10;do0f4keBLzWI7u98cR3+rQ/Jbp4guFtZLbd97bFIke1m/ibbvr7wk0u3k6x1jaz4F0TX7fytQ0uz&#10;v4/+ed1brMv/AI8DQB8meMLy31TwfcS2lxHdxvPafPBIsi/8fMX93Ne0W8b/ALyptQ/ZL+Ft5cfa&#10;E8EaPBPu3+Za2627buv/ACzxU3/DNfhf/n3vNn/YUu//AI5QByfiTULfT7eS4u7iO0gT7008nlr/&#10;AN9NXl9x4o/4SCSRPD+l6h4h/wCm1rb7bf8A7/yFUb/gO6vo7TP2e/BGn3Edwvh+znuE+5Ndbrh0&#10;/wCBSFq7a38L2Vv/AMs46APjP7H4w/6Ee8/8GFt/8XRX2n/YNj/zySijmAw/g/8A8kk8Ef8AYDsv&#10;/RCV2FeKfCz43+CrD4W+DrefXAssej2cTD7JORuWBAf4K6r/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP&#10;/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn&#10;/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP/JOf/wCIooA//9lQSwMECgAAAAAAAAAh&#10;ANsFwT5BPgAAQT4AABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBgAGAA&#10;AP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQV&#10;FRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMBIgACEQEDEQH/xAAfAAABBQEBAQEB&#10;AQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEH&#10;InEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFla&#10;Y2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbH&#10;yMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJ&#10;IzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1&#10;dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY&#10;2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APoj4f8Awn8FXngPw3cXHg/Q7iebTLZ3&#10;eTT42Z2aJWZuldB/wp/wJ/0Jeh/+C+L/AAq58N/+SeeF/wDsE2n/AKKWuh5rUDkv+FP+BP8AoS9D&#10;/wDBfF/hR/wp/wACf9CXof8A4L4v8K24dSvNa1S403w7plxrt/bvsuPLkWO1tm/uyzt8qt/srub/&#10;AGK6CP4Y+PZI9z3HhuB/+eP+kzf+Rfl/9BoA4T/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4&#10;v8K3ta/t7wTGJfE+keRpqjLatpbtc2qf9dflWSJf9rbt/wBur0ciSRxuknmRuu9Hj+ZXoA5P/hT/&#10;AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8AhT/gT/oS9D/8F8X+FH/Cn/An/Ql6&#10;H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63mjmgDkv+FP+BP8A&#10;oS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8AgT/oS9D/APBfF/hR/wAKf8Cf9CXo&#10;f/gvi/wrreaOaAOS/wCFP+BP+hL0P/wXxf4Uf8Kf8Cf9CXof/gvi/wAK63mjmgDkv+FP+BP+hL0P&#10;/wAF8X+FH/Cn/An/AEJeh/8Agvi/wrreaOaAOS/4U/4E/wChL0P/AMF8X+FcF4V+EfhDxh+1/o+h&#10;Q+F9Hj0Pwz4Zn1bUrVLOPyZ7q5lWGBZVxtbasbste1c1y/7GVp/wkni34z+PW/eR6n4k/sayf/p2&#10;sIliG328xpKyA2v2jv2YvB3ib4G+MrTw14V0bRvEMOnSXWnXlhp8Mcy3EP71F3Ko+80YU8960fgr&#10;4B+F3xY+Evg/xhH8P/C//E60y3u3j/sqD5JGQb1+5/C2+vdpI1kjKMN6N96vnf8AYNdrP4Cf2E//&#10;ADL3iHWNHQf3Fivpdq/98sKAPTP+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPP&#10;v+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4i&#10;uG+Mnhz4KfA/wDf+KvEXgLw39jtyI4LWDR7dpryd+I4Il2fNIzcLXvVfF+vMnxm/av8AFmoanJJf&#10;+Hvhx9m0zRbKT/j3h1OWLzbm42fxSKrIqt/DQBznwj+Adjcf2p4w8d+F9Hg8SeIWWZPD8FnH9j0O&#10;2X/VWsS42+Zt++38T16R/wAKf8Cf9CXof/gvi/wrreaOa1A5L/hT/gT/AKEvQ/8AwXxf4Uf8Kf8A&#10;An/Ql6H/AOC+L/Cut5o5oA5L/hT/AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8A&#10;hT/gT/oS9D/8F8X+FH/Cn/An/Ql6H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBC&#10;Xof/AIL4v8K63mjmgDkv+FP+BP8AoS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8A&#10;gT/oS9D/APBfF/hRXYUUAc38N/8Aknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX&#10;/a+ZFX/akjqh8N/+SeeF/wDsE2n/AKKWuy+FsccnxX1RpPv2+hwrF/uvcS7/AP0XHQB6n4a8O6Z4&#10;R0m00rS7SOys7ddscMfH1P8AtN6tXA6x+0p4B0XUL2CfVbyS10+dra91O10u5m0+zlHDLLdLGYl2&#10;/wAXzfL/ABYr1ivCfidNpHws+Gdl8N/BWlR3Ou+IIp9L0PRSWlH7zJmuJ92T5MXmO7s3+7/HWQHt&#10;0M0V9bpLE6TQSLuVl+ZWU14L4j8Mr8OPGEGm2a7fDmrrJNYQ4wtncp88tuv92Nl/eqv8PlSf7Few&#10;+A/C6+CPA/h/w7HO90mk6fBYLNJ95/KjVN3/AI7XJfHqNB4Z0SUf6+HXbIxf8Cfy2/8AIbvQBx/N&#10;HNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXFeNPHCeD/Gnhe3vdQt9N0K7gv3vX&#10;n2/eiWLy/m+996T+H79drzXmXxE/syP4yfCv+0/L+9qf2Xz/ALvn+RF5f/Av7tAHYeF/HmheNPti&#10;aPqkd3PabftEPltHNDu+7uWQBtv/AAGt3mvPvEG3/hfng/7P/wAf/wDY+o/2h/e+zbovK3f9tvu1&#10;6DzQBleLPEEXhPwnrmuy/wCr0yxuLt/+2UTP/wCy10P7FnhOXwf+zB8P4LpNl9fWH9rXXq0t0zXD&#10;f+ja8W/a0uJf+FD65pVp/wAfevT2mgRf3t1zcpF/6Cz19maPpkOh6TZabbDbBZwR28S/7KKFX9BW&#10;QF+vnP8AYnx/wjHxQC/c/wCFi69t/wC/619GV85fsK/6Z8JPEepn7up+Mteu1/3WvpVH/oNAH0bR&#10;RRQAUUUUAZHifxFZ+EPDWr67qMghsNLtJby4f+7HGhdj/wB8rXx/+y/p97/wqe38R6rH5eteL765&#10;8T3vmfe3XcrPGv8AwGPZXe/t1a/NqHw80L4ZafLs1X4harFoz7PvJYp+9vJP+/a7P+2la9nZxafZ&#10;29pbx+XBbxLDEn9xVXaq/wDfNAEvNHNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABz&#10;RzRzRzQA+iiigDz/AOH/AIst7P4f+G0uNP1SDZplt8/9nySR/wCqX/nnura0v4neH/DPj7Q9abVL&#10;eO1mVtJv0n3QsiyOrRSbXx92Rdrf7MleW+B7fxRZ+C/D72muap5f9nW7okklpdL/AKpdq7ZLZGVf&#10;9nzK6C48QeMI7eS3u/7P1aB4mR0vtHkjV938LNBPOu3/ALZ0AfZsu/ZJ5f39vy7/ALtfO/gj4a/F&#10;7wrr2seI7seB9e8U6o+yfV7u4vFZIVbKW8SCMrFCv91fvt87fNXJ/Dv45eJ/AUsel6rp+n6r4XRV&#10;SA/2pJDeWf8Asr9qhhWWJccbm3L/AH3r2PT/ANozwtqFsZYYdYlkVc+Ra6XLct/5B3q3/AWrID0X&#10;Rv7R/sm0OrC3TUvLX7StnuaHzP4tm4A7a8n+LGtLr/jTSPDtrh4NHb+1NQk/hWUqyW0P+98zyn/r&#10;nH/frjvEv7WlprQew0UyeDBLui/tLxbZPazf70FrIo3f78jIv+y9c34TvLiOz8nRPEnh/wASeazS&#10;y3XmM01zK3+sklaOR9zN/u0Aeg80c1z39seILf8A4+PD8c/+3a6gv/tREo/4TDy/+PvQ9YtP9v7G&#10;sy/+QnetQOh5o5rC/wCE88P/AHJdUjtJP7l9HJb/APowLWpZ6xp+qf8AHlqFvd/9cLhZP/QTQBZ5&#10;o5p/lvTOaADmjmjmjmgA5o5o5o5oAOa5b4iW/hK30O41jxhb2cmm2MTI91dW/meSrsqt90FvmbZ9&#10;2up5ryb9rCTy/wBn/wAWf7cUKf8AkdKAOk+Fdv4HvNHuNb8D/Z57C+l2S6gnmtJMyfLtZpfn+Wu1&#10;5rxL9jOPy/2f9Hf+/eXb/wDkVl/9lr23mgDyr4wW/wDwkHxM+Bfhr76X3jKG+lT/AKZWcEtx/wCh&#10;bK+06+OzH/an7Znwftfvx6doutap/wACKxQL/wCjK+xKyA5/x54kTwf4H8Qa/L8kemadcXz/APbO&#10;Nn/9lry79ifw3L4X/ZZ+HFvcR7Lu70xdTn/66XLNcN/6Nql+3PrUmkfss+PIreTZearax6Nb/wB5&#10;nupkt9v/AJEr2jwvosPhfwzpGjw/LBp1nDZoP9lEVF/9BoA1qKKKACiivDP2sPjBqHwx+Haab4bx&#10;P488VT/2N4dtgeftEn3rj/dhTMrfSgDyKw1f/hdf7TXi/wAcL+/8N+C4m8J6G/8AC91u339wn/At&#10;kW7/AKZ16lzXLfDP4f6f8K/Aeh+F9P8A3kGnwbHmk+9NK3zSTN/tMzO1dTzWoBzRzRzRzQAc0c0c&#10;0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAD6KKKAPK/Af/Ih+G/8AsGW3/opak0vxpoWs&#10;apcafZapb3d/C0iS2scn7xGT71R+A/8AkQ/Df/YMtv8A0UtEln4a0vVJHlt9PtNSuFbe/lrHM6v8&#10;rfNw1AHQeZVO80PT7z/j40+znk/6aW6s38qI7e0uNP8AslvJ+48ryf3Em5tu3b97muL8WfDO71Tw&#10;/wCH7TTNYuIL/RrpZorqeRm3r827cv8AE3zUAdhHo8VvHst5Lywj/uWt5LCv/fKuFrL1DwHpmqfP&#10;dx293Jt2b77T7S6bb/d3SQl//Hqj+Hel63ofheO0128+136Syfvv9nd8tR6xrniDQ9Y1B4tHk1bS&#10;fsqzW/kSKsiSr/rF+bFAEcfw/is/+PLy7D+D/Qbi9sfl/ur5VyEX/v3Vj+z/ABHZ/wDHvrmsR/8A&#10;cQtrpf8AdVZ7Xd/5Eot/HHmXEcVxo+oWnnXi2i+ZGv8AEu5ZG/urXU80Ac9H4g8Z2f37yO7j3fOl&#10;1of/AI7utrpv++vLrPvPEH2j/kMeE/C9/wD33+0SWsn+6v2u1Rf/ACJXY80c0Actp+saTJ/qvC/i&#10;C0+X538P6hHeL/uqtpcszf8AfurFx400rS/+Pjxh4g0LZt+TxBp8ka7v7u6eAf8AjrVqXmj2Wof8&#10;fdnbz/8AXe3Vv/QhUdvo9vZ/8eUlxpv/AF43ktv/AOi3FAFjS/Fkuqf8gzxp4X13Y2zZ8u7/AHf3&#10;Ux/9BrY/tDxLb/63Q7O7/wBu11Bl/wDHZIx/6FXJ6h4TtNU/4+5Pt+z7n9pWdtef+jYWb/x6suP4&#10;d2Vn89lb6fabfufYftent/vf6Ncou7/gNAHoH/CWXEf/AB9+G9Yg/wCuEcNwv/kOQt/47R/wnmhR&#10;/wDHxeSWH/X9ZzW//oxAtcP/AGPrtnH/AKJrGuQfLsXy9Yjul/3tt3bMzf8Afyubj+InxD8N6pJp&#10;mq3FnfzzbfsXl6Wskky/xboorndF/vbdlAHP/FT9oDxL8K/jBp+py3mn678NruL7OkOmyRyMjfek&#10;ZuS3nL95f4HSus/ak8QWXiD9mPWNV0q4jv8ATb77I9vdR/ddWnSpNcj1r4ieG7zTPEvhPw35d2ux&#10;0+2StMn91tyx/K3+6zV8f/EDR/Efwf0vVPBWqx/a9J1No7iyvY5JPLTYys23ov8AssrL/t1kB9ef&#10;sr6pZeG/2a9H1PU7iOwsLf7XcXF1P8qovnv81Zfwn/aA8UfGT4wagmhaPH/wrm0iaGW6uvlk3fwy&#10;bv7zf88v7lfMfge38Z/GTw/pfgrT5LyPwno3769SO4VY3ZpWbd82F3fN8q/8Dr608F3F38N/D9no&#10;WiaXeWmm26/Ik+lxXHzfxMzQXIZmb+9toA6/wb/pH7c/h/d/y7+Ab10/4HfRD/2Wvryvh74V+LJt&#10;U/bV8KXF1F5Et34P1OxT/R54d+y5gl/5agf7f3d1fcNAHzd+1n/xVnjD4IeAEG9tb8YQ6pcJ/wBO&#10;1hG1zJ/495dfSNfMfwpuB8dP2nPFfxKizN4U8H20nhHw9N/BcXJZX1C4X/Z3LHEG/wCmZr6coAKK&#10;K5jxx480D4Z+Gb3xF4m1e10PRbJd093eSbUT/Z/2m9FWgC54s8W6R4D8Nal4g16+h03R9Nga5u7y&#10;c4SONR8zGvkL4ctqvxq8fXnxn8T2cljHcQNY+ENFu+G0/TG+9cOv8M8/3m/up8lV9Wvdc/a68QWm&#10;t+ItPufD3wg0ydbjSPDd+my41yUf6u8vF/hhX70cX/Amr2LmgA5o5o5o5rUA5o5o5o5oAOaOaOaO&#10;aADmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgB9FFFAHlfgP8A5EPw3/2DLb/0UtfM/wC2hvj8&#10;WeH3T93/AKG3+r/3mr6Y8B/8iH4b/wCwZbf+ilrl/jB8D9K+LkdnLd3lxpt/aKyRXUG1vlb+Flag&#10;D4b0/wAYa7pf/HprF5B/1zuGroNP+OHjvS/+PfxJef8AbSTdXrGqfsV6rH/yD/FFnP8A7F3btH/6&#10;CWrk9U/ZL+IGn/8AHvb6fqUf/TC8VW/8iYrIA0f9rDx7pckf2i8t9SjRvnSe3Xc//AlFfaml6h/a&#10;ml2d75fl/aIlm2f71fn3rHwT8e6PHJ9r8J6p5f8Afgt/OX/yHmv0A8PxvH4f0tHj8uRLWP5P+ArW&#10;oGjzRzXLXFn4l/4WBb3cN5b/APCL/Y2SW1/5aeb/AAtVPS/EniWPR9Uu9V8P+XPaQRzW9rBJuaZt&#10;u6Rf++qAO15o5ripPiI+l+F/7Y1DR9Q8z7ZNb/ZYLfdIipKyqzJk/wAK1cuPiRoOnx6X/aF59gn1&#10;CKGaKGT/AKa/dX/x2gDqeaOazrfXNPvNYvNMivI5L+0VXlh/iTdWjzQAc1jeJPFmj+D7OO41jULe&#10;wjf5Ikk/1kzf3VX7zVj+KNQ8Qa5rH/CKeDJLeDWngW4vdWvo2kt9Mgbcqtt/5ayNt/dr/wADajQ/&#10;2b7fS5Ptt7rn9u66/wDrdU1jS4rqZ/8Ad8wnav8AsrQBl/8ACcJ4k/1WuafoVg//ADzvIpL5/wBS&#10;kX/jz/7lbGhx6Jp8ciafcWf75t8rx3CySTN/eZmJZm/3q0JPg/NJ/rbjw/dp/wA85/Dcf/ssgrPk&#10;+B6SeZv0fwXPH/2C5Ldv/HXNAGxHXP8AxE+H+lfETwvcaVrcflwffiuvutbMv/LRWaq//Ci0t45N&#10;ngvw35n/AE46pc2rf+i6x/EHwr8Nf2fJaa7o/iDw1H8r/aoNQnurVGX7reapdf8Av6q0AHh/WPDn&#10;gPw/b6F4P0/+0oLf/ltHJthdv4maVvvN/uq1WP7Y8S6p/wAvlnpsf9y1t/Mb/vqTP/oNc/b/AA/8&#10;URx+b4a8UaH4vtE+4l9+5m/7+xZX/wAdo+0eONHk2XvgPUJP9vTbiC4X+atQA+51i4+HHxr+EHjX&#10;WNYkk0201qTSL26u/JjjtoryB4tzMqqqr5ipX0V+078TtL1HwfD4T0T4t+EfA19rVwsF/qV/qca3&#10;UOnn/XtbLu/1+35V3cc181ah4sfWNPuNM1j4f+JLuwmXZLa3WjtJG/6law9H8N6FpdvcReH/AIH3&#10;iecvzpJocUKv/wAClNAH2r8OviB8FPhb4H0fwz4b8eeELLQtJthb28f9t233V6sx3/MzNlmb3qv4&#10;k/bW+Bvhc7Ln4maHdz/88NKuPt0zf8AgDGvkrw38O/AlneR6h4r8J29jdp9y1n8N+XZw/wDAlRll&#10;/wB5m2/7FeueE7PwlHH/AMU1b6HH/wBgqOJW/wDIdZAautftqeIPGEf2f4V/DPWNT3fd13xdG2l6&#10;ev8AtKjZml/75WvItQ+H/irxl4ot/EvxSv7jx9rNnJ9o0+CxuI7XT9Mb/phZyxlGb/alZmr2ySP+&#10;/Uf2f/OK1A5uPxxqFn/x8apqlp/2FdDW4X/v7aELWxo/jTUNU+Sy1Dwvrsn9y1vJLeb/AL5YO1WJ&#10;LOsvVPDen6pHsvbO3u/+u8ayf+hUAdB/wkmsW/8Ax9+E7z7v/LjeQTf+hOjVJ/wnmn2//H3Z6xYb&#10;P+e+lz7f++owy15P4g8N63of/Ew8OeIPEEcEK/vdCg1D93Mv/TDzUk2t/s/cetDS/EHjOSzt72y1&#10;i8u7S4VZonn0+yul2t/1yeBv/HaAPTLfx54avJNkWuaf5m/ZskuFjbd/uthq3LeRLyPfbyRzx/34&#10;/mX/AMdrx+T4geI449mq6fo9/Hv+f7VZ3tn8v/Ao50/8erPt/FHh+8kje48B6f5/zO76Hqlk0n/o&#10;cD/+O0Ae480c15FH4g0Kzj3/APFceHkSL/nnezRp/wB8+clXLfx5pUkkiWnxUs45E2p5OsR2ysn/&#10;AH0IWoA9R5o5rlrPUPEtxHvtLjw/rUe7/ln5sP8A6CZFqT/hINdt/ku/C8knzffsdQik+X/dk8ug&#10;DpeaOa5r/hOLeP8A4+9H1yw+9/rNPkmX/vqLfUkfxE8LyfI+uWdpJt37LqRrdv8AyIq0AdDzRzUV&#10;nqFpqEe+0uLe7j/6YSLJ/wCg5qx5fl/foAZzRzRzRzQA+iiigDyvwH/yIfhv/sGW3/opa6Hmue8B&#10;/wDIh+G/+wZbf+ilroeaADmjmjms7XI9Qk0e8TSpLeDUnib7O9180aN/tUAaPNHNePeH/wDhcHhv&#10;UJH1iPS/FFg7f8utwsMif7u7FeuRyeZHG3l+XvX7kn3koAl5o5o5o5oAT/WffrPvND0/ULfyrizt&#10;5I027Ekj+5t+7WjzRzQBlW/hvTLfXLjW4rOOPUrhdkt1/E61q80c1S1y8/s/R9Qu/wDnjBI6f7yq&#10;22gDY+H9un9hyan/AMt9TnkuHf8A2fuRL/37VK6XmqWh6f8A2Xo+n2X/AD72scP/AHyqrV3mgA5o&#10;5o5o5oAOaOaOaOaAMbVPBfh/XJPN1DQ9Pu5/+ez26+Z/3196s/8A4VfoUfmfZ49QtN//AD66pdx/&#10;+1K1PEHizQvCce/W9c0/Sf8Ar+vI4f8A0Iise3+Lnge8/wBV4w0OT/t8j2/zoAI/hnpUf37zXJP9&#10;iTWLnb/6GKP+FX6FH/x6f2hYT/8APa11Sfd/wLc7K3/AlrqLe4i1C3juLS4jngb7k0EiyK//AAJa&#10;l5oA4qTwf4g0/wD5B/iSO/j/AOeOsWa7v+/sWz/0Fqw9Y0O4uPn13wPHqX/T1pXl3jf+PBJf++Vr&#10;1HmjmgDyLT49KuLj7Jo/iDUNJu0/5h88jM3/AH4uQW/75rUkvPEGj/Pd29vrton33sY2huv+/TEq&#10;3/AWWu81TR9P8QWf2fU7O3v4P7l1Gsi/+PVx+oaO/ge4t5be4kn8PTSrC8M8jSNp7N8sbKzfM0bN&#10;8u1vuf7tAGhpeqWmuafHe2VxHPaTfceP/vll/wBlv7y1JJHXNx/8U/442J+7sNeikd0/hS8iVWZv&#10;+2sf3v8ArnXUUAZ9xb1zfhf/AIleuaxo/wDywdl1G1T+4srMsq/9/F3f9tK6y4jrk9U/0Pxh4fuP&#10;+e32ixf/AIFF5q/+PRUAdBbx3usapcWWn3EdpHbxK9xdSR+Y25922NVyPm+XczVJeeB9VuI9j6hp&#10;epR/3L7T/wD2ZXP/AKDVzwX/AMhPxJ/19Q/+iErqeaAPMpPh/cW8m9PDelySf39KvGt2/wDQE/8A&#10;Qqp3mh3Hl7Liz8UQR/3PMXUI/wDx4zV6zzRzQB8/Xng/wz5m+WTR4J92/wD4mWhrZybv96PyG3VJ&#10;p/g/XbPUPtGi+KLiSw2sj2trrlztT/ai8zzlX/dbdXvn+xWXeeE9F1D57jR9Pnk/v/Z493/fWN1A&#10;Hmf2jxxp/wBzUNUk+X5fPt7G+X/e+XyHqx/wsDxRb+Yl7Hpc8f8A0/aXe2v/AH0y+eldpJ8P9H/5&#10;dPtlj/163kqr/wB8sSv/AI7WXbx3ej65/ZV9cfa5PK+0Wt15e1pot21lZV+Xcrf3aAMePT08QW8d&#10;7L8N9L1KC4VXS60q8tpN6/3v3ghaiT+ydL/1uj+NPDXzb3eD7XJH/wCQnkSu0+F//Il6H/1wWug1&#10;j/V0AeV2/jTR45I0t/iZJaSfM/k6xHArf+RY0f8A8eroNPvPEdxHv0/WPD+ux7fv/Z5I2f8Au/NH&#10;I6/+O1X8Qf6RHIkv7yP/AJ5yfMteX654P0K4k3vo+n+Z/wA9I7dY2/76XDUAeyfaPHH/AD5+H/8A&#10;wIuf/jdFeB/8Ifov/QPj/wC/kn+NFAHqHgP/AJEPw3/2DLb/ANFLXQ81z3gP/kQ/Df8A2DLb/wBF&#10;LXQ80AHNHNHNHNABzRzWV4k8QWXhPQ7zVtQk8u0tIvOby/vVl/Dv4iaV8TPD/wDbGleZ5HmtC6Tx&#10;7W3L/wDtUAdTzRzRzRzQAc0c0c0c0AHNZXiT/kDyI/8Aq3lt0l/3WnRW/wDHa1eayvFkfmeF9U2f&#10;8+sj/wDfK7qAPSJP9ZTOaSOT7RHHKn8a7/8Avql5oAOaOaOaOaADmviL9oT9sjVdU1iTwp8NJJII&#10;3l+yf2vB/wAfF7L91lg/55R/9Nfv16x+2p8UH8D/AAvj0KyuJINW8SM1vvj+VktV2tK3/AtyL/20&#10;r4v/AGf9HTWPFmsa68fmQafEtpa/7zfeZf8AgK0AdRceH9P+Hej/ANt67/xUvii4b5JrrdJ+9b5v&#10;l3Z+Vf4m+/Xn+seJNT1yTfe6hJJ/0xjk8uNP91V+WvaLj4R+I/jR44jt9Mj+yaLp8SpcapP/AKlG&#10;b5pNv95tuz5a+oPB/wAE/Bngvw/HpkWh2d/Jt/0i6urdZJJm/vfNnbQB8D+A/iJ4l+Geqf2h4X1y&#10;40mTd88PmeZbzf7MsTfK1ffH7Pf7SGmfGyzk0+7jj0nxZaRb7jT/ADP3cy/89oN38P8AeX76V5f8&#10;aP2X9E8QafJqHhK3t9F1aH53tY/lhuf9nrtVq+R9L1TWPA/iS31Cykk03XdMn86J/uskq/wt/wCg&#10;tWQH6280c1y3wv8AiJp/xU8B6X4l0/8Adx3cX72H+KGdflkjb/daup5rUA5qlrmlprmj6hpkv+ru&#10;4JIf++l2q1XeaOaAPItc1B7zwXoeuv8A6+0urS7l/wCBMsUv/jsj12kclcnqml/bPCfjDR0/1kMt&#10;/DEn13Sx/wDoxK2ND1BNQ0ezvf8AlncQR3H/AH0qtQBsSVx/jT/R7fT7v/n01G0m/wCAtKqN/wCO&#10;yVJJ8RLTUJJLfw5Z3Hii7R9jvY7VtUb/AGrpvk/753P/ALFcv4k8H63rmn6pd+Jdc8uNIJJrfS9N&#10;kaO1tmRd6s0vyvPtZd3zfJQB6h4L/wCQh4k/6/If/REVdTzXHfDe8fUI9Yu3/dyXEtvM8f8AcZrO&#10;Bv8A2aux5oAOaOaOaOaADmjmjmjmgA5rkvFH/I2aH/163P8A6FBXW81yXij/AJGzQ/8Ar1uf/QoK&#10;AND4X/8AIj6H/wBecddBrH+r/wCA1z/wv/5Efw//ANeMP/oFdBrH+r/4DQBwesVw+qf/ABVdxrFc&#10;Pqn/AMVQZGRzRRzRQB2/gP8A5EPw3/2DLb/0UtdDzXPeA/8AkQ/Df/YMtv8A0UtdDzQahzRzRzXz&#10;V8fPh/8AEjWPHkmseHJLj+zUgjSL7LceWyN/F8uRQB9Eappdprmn3Gn6hbx3dpcLslhk+661T8L+&#10;F9K8H6XHpmj2cdhaIzPsj/vNXx3/AMLE+MHguTyri41D5P4LqPzP/Qq7D4Z/tKeM9Q8YaXpXiCzj&#10;u7S7lWF3js/LkTd/F8tAH1bzRzRzRzQAc0c0c0c0AHNUtYj8zR9QT+/azJ/461XeapaxJ5ej6g/9&#10;y1mf/wAdagDsNDk8zQ9Lf+/awv8A+OrV3mqWhx+Xoelp/ctYU/8AHVq7zQAc0c0c1z2ueMItLvP7&#10;Psrf+1ta27/sUcm1YVb+Kdv+WS/+P/3UoA+F/wBtzWLvxJ8dJNKtI5LuTTNOt7S3hj+ZnldfNbb/&#10;AN/ErvP2Z/2Y9V8N+D4/+Ez/ANB+0Ttdtp8En759yqqrK38P3f4fnr0D4kfAO98UXFx4g0TWLfSf&#10;G93eLcXWrx+ZGqKsWxYYtuWVfuf79cHJ8N/j7o//AB6fEC3v/wDrpeM3/oyM0AfTFvb2ml2cdpZW&#10;8dpaQrsihgj2qlZ+oaolvHvevi/XP2iPih4L1i40q98QaXqc9u2yXZbxTR7v7u5QK9U8L/EjU/En&#10;gfT9T1iSP7fcKzv5Eflrt3Mq9zQB6R4g8WeX9ySvlP4+aXb3GqR67b/6yb5Lj/e/hau88QeMP9Z+&#10;8ryvxZrn9sW9xb/6yPa1AHsH7Bfjx9P8Ua54MuJP9E1CD+0bVP8ApvFtWT/vqNk/7919s81+YX7P&#10;euP4f+OHge7T93v1OO3b/dm3RN/6Mr9PeayAOaOaOaOa1A4qSNI/GniCJ/8AVzLbXH/fUTRN/wCi&#10;q8r8B+G7LXPB9nqHibUJNStLRWh+y30iw6fCsTMi/ulwrfKv3pd1eoXlx/xVHii4/wCeK28P/fEG&#10;/wD9qV5X8O/B+iW/g+z1jxHcfb/s7SO76rcL9jtmVmXcsXCL937zLv8A9ugDsLPxx/akcdv4S0eT&#10;Wo0+RL3/AI9dNT/dlYfN/wBslasPx54XuLzwvql34r1yS7j8iTZp+m7rWz83b+7XqXlbd93c3/AK&#10;3I/GGp+JPk8L6f8A6J/0GtVjaG1/7ZRcPP8A+Op/t1h+NPCelafodxe+INQk13WplaGymvpFX/SX&#10;+WNbaBcJE27Zt2/P/t0AemfD/wA3/iefaP8AX/aofN/3vscG6ut5rkvh/wCbH/biXEnmT/bIfNf/&#10;AGvscG7/AMerreaADmjmjmjmgA5o5o5o5oAOa5LxZ/yNGh/9e11/6FBXW81yXjD/AJGTR/8Arzu/&#10;/QoKAND4Z/8AIj+H/wDrxh/9BWug1j/V/wDAaw/hv/yJfh//AK8Yf/QVrc1j/V/8BoA4PWK4fVP/&#10;AIqu41iuH1T/AOKoMjI5oo5ooA7PwX+z/wCLf+ED8N3uj+MLyCO40y2lS1urfzI03RK2374+X/gN&#10;SXHgf4saP/0B9ajT/ejb/wBAVf8Ax6vpz4RxrJ8J/BX/AGArL/0QldRJp8Mn/LOsjU+K7jxB410f&#10;/kK+A7yT/ppYyLMv/kPfVP8A4XBolvJs1O31DSX/AOn63aP/AOy/8dr7Yn8P2kv/ACzrLvPA9ldx&#10;7Xjjkj/uP92jmA+U7fxp4U1yP/kKafP/ANd/l/8ARgFbFnb6fJHvtI7N40+48G1v/Qa9g1z9nfwf&#10;rHz3Hh/T5JP78dusbf8AfS4auH1T9j/w1JJvsf7Q02T+/a3kn/s+6jmAxOaOaiuP2a/Fel/8gfxx&#10;qEf9xL6NZl/8dK/+g1j3Hw/+Leh/ck0PXY/+mm6Fv5Bf/Hq05gN3mjmuOuNc8caP/wAhX4f3kn+3&#10;psizf+Oruaq//C4NHs5Nmq2eqaLJ/wBP1m0dMDueayvFEjx+G9U2f6x4GhT/AHn+Rf8Ax5qz9P8A&#10;iJ4a1T/j31yz/wC2knl/+hYq54guEvPD95LaSRz+Sq3CeRIrf6pll/8AZaAPSI40t444k/1aLs/7&#10;5qO4uIrO3kuLiSOCCJd7zSSbVRf7zNXH/wDCwL3XPMuPDWjx6lpm75NQvrz7PHN/tRKqMzL/ALXy&#10;1z8esf254g2eLY5LC78//iW6XP8ANZ/L91lb7s8n+99z+FKAOguPEGoeKPk0qSTSdJf7+qSR7biZ&#10;f+mCt91f+mrf8BT+OpNPs7TQ7P7PZR+RHu3v/Ezt/EzM3zM3+01SXF5/G9eX6h8XL2z0+PWLvwve&#10;Wnh52VPts9xGtwis2xZGg+8q/wDAt/8AsUAd5rniCy0PT7i91C8jtLS3XfLNPJtVFr5L+KH7Qmt/&#10;FDUJPDXgeO4g02b5JbqP5Zrlf4v+uUdXPjp4f8UfEDxpb276pHH4XRd6J91YWX5W3L/E392q+n2+&#10;leB9L+xaZH5f/PWaT/WTN/eZqAPN/GngPT/Afg+3R5PtetXc6o83/LOFVVmZV/8Aiq6T/hIE0fw/&#10;p9kkn+pgjT/x2uP+JGsPrmoafF/rI0Zn/wC+ttV7i4e4k+egCxqGsS6hJ/0zrLvLj7PbyO/91tlV&#10;7zWIrf5Iv38n/jtYdxcPcSb5ZPMrIDqPhPbvefFTwXbxf6x9atNn/f8AWv1Yk/1lfnn+xn4Dl8Wf&#10;GS31V4/9A8PRNfSv/D5rqyRL/wCPO3/bOv0J5oAOaOaOaOa1A4K4/eap4w/67/8AtnBXlfw/8P6F&#10;o/gfS9b8Uah9ve0Vk87VZF+z20qsyt5UXCbt38W1nr1iOPzPEHihP794v/j1tBXlfw70fw14f8F6&#10;P4l1C4/eQxfJe6xcbvszbm3LFu+Vfm/urvegDrI/EGu+KP8AkBWf9k2D/wDMX1iNvMf/AGorXhm/&#10;3pdv+49Y/jjw/wCH/CfhvUNQ1W8+367dxNFa6hqtwrXTzt/q1g6LF82z5YlWtSPXPEHiz/kCWf8A&#10;Yumv/wAxfVbf98//AFwtWw3/AAKXb/uPWH4kj8OeE47yy/ea74w1aL7Jvuv9IvH8790vmtjbBDub&#10;/ZSgD1jwHv8AtHiDzf8AWfbo9/8AvfZoN1dTzXJfDu3e3j1iJ5PPkhvI03/39ttAu6ut5oAOaOaO&#10;aOaADmjmjmjmgA5rjvGH/IwaP/153f8A6FBXY81x3jT/AJGDS/8Arzu//aVAGx8O/wDkT/D/AP14&#10;wf8AoK1uax/q/wDgNY/w/wD+RP0P/rwg/wDRS1sax/q/+A0AcHrFcPqn/wAVXcaxXD6p/wDFUGRk&#10;c0Uc0UAfa3wf/wCSSeCP+wHZf+iErsK4/wCD/wDySTwR/wBgOy/9EJXYVkahRRRQAUzy6fRQAzy0&#10;qKSxhk6oKsUUAZkmh2kn/LOs+88GWNzHtaPMf9yujooA8n8Qfs++DtZ3ve+H9Lkz96R7ZFb/AL7X&#10;DV8wap8F/D/izWNQuNCkuPDWhW881pbvY3DSSXuxmSST52ZVj3K+1VWvS/GOpJ8RvGeuf29cpc2O&#10;n6jNp+n6NJJ+5TyfkaRos/NIzb/mb+D7tZn/AAhdpp/73w/J/YV3/cg/493/AOusX3f++dr0AV7e&#10;PVfBen29v5f9taLbxLCnkR+XdQqq7V+VfllX/d2v/v1sSR6Z4o0fY8dvqWm3a7/70brUeh64+oSX&#10;Fpd2/wBg1a02/aLX7y7W+7JE38UbVn3Ef/CJ65Hdxfu9J1OdYbqH+GGd/ljmX/eb5W/7ZvWoHJ+K&#10;NQ1XwHb3Gn+Z9vt5opP7Kup/mbzVXd9nlb+Jv7rfxpXzf4o1yx1Twnve81jVvEsyxvdJPcT7kl3K&#10;0m6LhFVf7u2vrz4kaP8A254L1S3/AOW6RNcW7/3JYvnX/wBBr4z8QeNPMj+ST79AHQeJPGH7yT95&#10;Xm+seIJbyT5P9XVeP+0PEmoR2lpbyXd3M2yK1gjZmdv92vpj4R/sf/8AHvqvjuT/AG10WCT/ANGs&#10;v/oK0AfJeqapFpdvJcS+ZJ/sR/NI9XPh/wDEzwPqlnJZa3b/ANm3c25He++aF1/2WX7tfXnxc/Yj&#10;8OeNLiTU/Cl5/wAIvqT/AH7WSNpLF2/3fvRf8B/74r5v8SfsN/Ei3uJE/wCEfs9Wj/5+tN1CP5/+&#10;/hVv/HaAOb1zwHpn/HxoniTS57T/AJ43V5GrJ/wL+KvP5JLu81y30TRI49d1a7lWGKGxk85XZvlV&#10;flWvZPC//BPfx3rF5H/aGn6foUH8c99qCyN/3zFuavsT4D/sv+EvgXH9rso/7W8QuuxtUnjVdm77&#10;yxLz5S/+P1kBofs3/Bv/AIUn8N7fSruSOfXb5vteq3Uf3XnZdvlr/sxL8q16jzRzRzWoBzRzRzRz&#10;QBxVv+78YeJE/wCnq3f/AL6tol/9lrx/4f2fhrwv4P0vXdYuJJLtGkht31KT7RIku5v3dtEo/wDQ&#10;V316xql4mn+JPFl3/wAs7eC3d/8AeSBnb/x1krh/h38P9M8J6Xp9wkcl3qzwLvvb6TzJk3/M0a7v&#10;9Uu5vurQBc8zxF4w/wCenhPSX/3W1KZf1WD/AMef/cqSTw/p+h3nhvR9Ms47SOW+a+uP4pJvJiZ9&#10;0rNlmbds+Zq6iOsez/4mHji4f/lnp9iqf9tZm3N/47ElAHWeB/8AWeIP+wiv/pNBXU81y/gf/WeI&#10;P+wj/wC0IK6jmgA5o5o5o5oAOaOaOaOaADmuK8cf8hzS/wDrwvf/AGlXa81xXjz/AJDGn/8AXje/&#10;+0qAOg8B/wDIp6J/142//opa2NY/1f8AwGsvwP8A8ivof/Xjb/8Aopa1NY/1f/AaAOD1iuH1T/4q&#10;u41iuH1T/wCKoMjI5oo5ooA+1vg//wAkk8Ef9gOy/wDRCV2Fcf8AB/8A5JJ4I/7Adl/6ISuwrI1C&#10;iiigAooooAKKKwvFHizSPBeky6lrOoR2Fmg+/Ic72/uqv3mb/ZWgDdrx/wCKn7Quj+BZLjTNMCa5&#10;4gT5Gto5NsNs2P8Als/8P+6vzcV514q+MXif4rSXFl4ajk8L+F0O241Cd/LuJl/3v+WS/wCyvz/7&#10;aV5brknhzR9L/srR7f7XPu/e6pJ8v/fNAHN+KP8AitNY1DVdYjt57u+l86XyLdYV3dPl2/N/D95m&#10;3V0nw38WXej6pb+H9TuJL+wu/k0+6nk3SQyr83ks38Ssq/K3/AK4/WNYstDs/td7cRwQf+PP/srX&#10;B6H481Dxp8QPD+n6Zb+RaJqNu/8A00fbKrbm/u/KtagfUnjCP7HZx67F/wAfek/vn/24P+Wsf/fP&#10;zf78dWPFEdvqHhvULd5P3c1rJsf/AIDuVqy/HHiyy0vQ9Q+0Sfu/Ik+T/gLV5Na+IfE/xCfT/DHh&#10;jT7y/wBSlgjt38uNljh+VVaSVmXaqr/tUAdj4g+LFpb+G7e4eT9/cWqu/wDvMu5q+d/hv+z34r+J&#10;moeb9nk0XRfvvqF9Gyrt/wCmS/eavsHTf+Cf+nSahG3iHxpf6rp0SKiWdtZx2+7C/wATMXz+Vewy&#10;/B7VrGPbpviKCSNFCRQ32nrwo+6u6Jk/9BouB5D8M/g34a+Fdns0ez8y/ddkuoT/ADXE3/Av4V/2&#10;Vruea0rzwT4w08ZfSrDUo/8Apxv9rf8AfEqKv/j1Y9wb/TzjUNA1iwKfff7G00f/AH1FvWgCbmjm&#10;s638QaVcSeVFqFv5/wDzxkkVZP8AvlsNWpQAzmjmjmjmgA5o5o5o5oAOaOaOazvEGqf2H4f1DUP+&#10;WlvBJMn+8q/Kv/fVAHmeuXH9oeH9clX/AJjmptaJ/wBcmlW3/wDRcbtWxWPcWf2O88N6P/rP7PtW&#10;uJf97b5K/wDjzTtW3oOm6r4u1B9P8O6f/aVxE+ye5eTy7O2/66y4Pzf7K7moMiDUNQt9Ls5Lu9uI&#10;7S0hXe888m1Uqn4D/wBM0+41X/lpqd01x5f8SRfKkSt/2zjRq9j0/wDZl0O4s/8AiqfL8V37/e+1&#10;x/6LD/1yg5Vf95tz/wC3WRqn7HfgS4k32Wl3Gkyf39KvJbf/ANBO2lzGpx+n6hL4X1S8uHt5J9Nv&#10;try+RH5kkMoXZu2/eZWVU+78/wC7rct/Hnhy4k2JrFnHJ/cnk8lv++ZMVTvP2W9b0v8A5AnxA8QW&#10;n9xL7y7yP/x4Bqx9Q+E/xb0uPYmqeG/EMH9y+s5LVn/797lpgegW8iXke+3kjnj/AL8fzL/47S81&#10;4teeG/Gelyb9T+E8c/8A028P6hFu/wDZGqnJ8RLfQ/k1C38ceF/+v63nkh/8eEi0Ae680c149o/x&#10;gstQk2WXjzR7uT/nhqVvGsn/AI6Y66yz8Ya3JHv/ALP0vUo/79jeNH/6EjL/AOPUAdrzXDePLhP7&#10;cs4kk/eQ6Zdu6fxIreVtZv8AvmrF54s1W8j+z2WlyabO/wB+9upIpo4V/wBlVJZm/wB7alZdxp8W&#10;n6PqmzzJJ5opHlup/mkmba3zM1AHaeC/+RX0P/rwt/8A0Utamsf6v/gNZ/g//kX9H/687f8A9FLW&#10;hrH+r/4DQBwesVw+qf8AxVdxrFef65cRWf8Ax8XEcH3v9ZIq/wDoVBkUOaKpf2xp/wD0ELP/AMCI&#10;/wDGigD7j+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKwfFHizSfBul&#10;S6nrOoR6bYxD5pJm4LH+FR1Zv9la+ePF3xd8T/Fb7RaeHPM8L+E0+W41Cf8Ad3Ey/wC//wAs1/2V&#10;+f8A20oA9D+J3x+03wjM+jaHAfEPiXcYzbQf6m2b/pq4/i/2F+b/AHeteG68s97fR6/8RNTk1LUt&#10;v+j6TB8qov8AdVV+WNf8u9ZH/CSaV4Lt/sXhePzJ/uPqk8fzf9slri9Y1iKzjuNQ1O88v+N5p5K1&#10;A6DxB4wvfEHl2/7u001P9VZQfLGn/wAVXl/jD4kWXhvzLe08u/v/AO5/yzT/AHmrm9U8ca3481SP&#10;QvClneTyXbeTElrHuuJv++furX1T+z7+wnZaD9n134jiPU9S+/FocfzW8H/XVv8Alq3+z9z/AH6A&#10;PBfg7+zb44/aO1SPWNQeTSvDW/5tWuo/vr/dtov4v977lfZsX7IvgrR/C9hp/hsXOg6tYl2i1pAJ&#10;biZnXbJ5+7h1b+78u3+DZXt9vbxWsCRRRpHGi7FVBgKo7VYrID5k8P8A7HUkniS31Lxd4n/t2xt5&#10;VlTTbWz+zxzMrbl8xmdm2/7K19N0UUAFFFFABRRRQBR1LR7DVofJv7K3vYv7lzEsg/8AHq5a6+Dv&#10;hS4Z2h0v+zXfq+mzyW3/AI7GwWu3ooA8yuvgz5Of7P8AEeow/wCxexw3S/8AoAf/AMerIuPhj4ts&#10;v+Pe40fVk/2/Ns2/9qLXslFAHg9xpPiXT/8Aj78Mah5f9+xkiul/8dcP/wCO1kXHiCys5Nl7JJps&#10;n9zUreS1/wDRgFfR9R/f+VqAPALe4ivI99vJHcR/34JFZf8Ax2uX8eah9svNH8O2tvcX2pX1yty+&#10;n2MbTTeRD8+5lX7qtIqLubalfQWqfDTwtrEm+78Pae8n/PZLdVk/77XDVc8O+D9C8KxzjSNJtdN8&#10;/a0r28aq0uOhZvvN/wACoA8Y8I/s73Ws61ea14wupILe4EapodjJtKRJnas84O5vmZ22xbV/2nr3&#10;TS9LstDsILHT7SCxsrddkVtbxrHGi/7KrWhRQAUUUUAM8tKjkt0kqeigCpJpdvJ1jqnceG7SX/ln&#10;WvRQB554g+C/hfxJHs1PQ9Pv/wDrvZxyf+hCvP8AVP2O/h/cSb7TR5NJf+/pV5Nat/464WvoOigD&#10;5cvP2V9V0/8A5AXxA8SWH9xL6SK8j/8AIiBv/Hqw9U+DfxYs7e4t7fxB4f1qCaJof9O0+W1k+Zdv&#10;/LMla+vPLSkaFG7UAfMml2/j3Q7O3tH8J6fP9nijh3x6wy79q7f4rarFxZ/EPWPki8P6PYf7c+qS&#10;Sf8AjqwD/wBCr6M+wQ/886elnFH0SgD5oj/Z/wBd8QfP4g8QXE8b/wDLlpX+hw/99KTK3/fytzR/&#10;2W/Cln8//CP6f5n9+S3WRv8AvpstX0B5aUUAeL/8M5+Gf+gHp/8A4Bp/hRXtdFAHH/B//kkngj/s&#10;B2X/AKISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/AAV0/wDwvvwHHHu/tzj/AK85/wD4&#10;igD0SvJ/iZ8e9M8Ezvo+lJ/wkHidvkWygP7uFv8Apq652/7v3q8W8d/tYQ/EK+l0Twlq/wDYWjfd&#10;m1aSOVbiZDwTHtQtEp/77/3K89b4qeEvBMUtn4buPNvl+WbVJreTcG/i2qwoA6/xG89/qEfiD4iX&#10;8mpal1tdFg+VYV/uqv3VX/x/+89cp4g8YXviDy4n8u0sE/1VlB8saf8AxVcZceOtLu55JptSLu/z&#10;tJJFIzf+g15z4x+NUDPNp+iyiIL8kl3Ijbx/u8VqZHa+LPHmn+F4/K/4+7/+G1j/APZv7tZ3wv8A&#10;gn49/ab1z7RF/oGhQtsl1OeNltYf7yxL/wAtW/y1dZ+z58C/BGrLaeJviN4g8y0mKy2+jQRzs03+&#10;1PKqf+Or/wB9V9s6X8ZvhxoenQ2mn6pFY6fbJtjt4LCZI419FVY+KyNRPgz+z/4T+CGkC30Kz+0a&#10;jKu251a6Aa4m/wCBfwr/ALK16hXn3/C+vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFef&#10;f8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6D&#10;n/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBB&#10;z/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQ&#10;B6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo&#10;/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/&#10;wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf&#10;+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP&#10;/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAH&#10;oNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/&#10;AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C&#10;+vAv/Qc/8k5//iKKAP/ZUEsDBAoAAAAAAAAAIQCVKK5UXUAAAF1AAAAVAAAAZHJzL21lZGlhL2lt&#10;YWdlMy5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoH&#10;BwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkU&#10;DQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAAR&#10;CADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgED&#10;AwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRol&#10;JicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWW&#10;l5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3&#10;+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3&#10;AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaan&#10;qKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIR&#10;AxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvhn/0T7wx/4KoP/iK0&#10;fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EVa1b4j&#10;L/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4kSYk8vwxa8f8e3mXM3/kTav/AKDQ&#10;BB/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEUsnxE1Pwyf8AisdE/sqxxltZ0+c3&#10;dkn/AF1OxXiX/aZdv+1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/0T7wx/wCCqD/4ij/hn74Z/wDR&#10;PvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+Ir0GigDz7/hn&#10;74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvDH/gqg/8AiKP+&#10;Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+CqD/AOIr0Gig&#10;Dz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0T7wx/wCCqD/4&#10;ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+&#10;Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvD&#10;H/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+&#10;CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0&#10;T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf&#10;/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8A&#10;hn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gf&#10;vhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaK&#10;APPv+Gffhn/0IHhv/wAFUH/xFFeg0UAcf8H/APkkngj/ALAdl/6ISq/xG1S+kOmeHtHuHtdV1qRo&#10;/tkfLWdsi5nmX/aAKIv+3IlWPg//AMkk8Ef9gOy/9EJVeP8AefGi43f8u+gR+V/21uX8z/0UlAG5&#10;4d8O2HhfSYNN02BbazgXCoo/76Zm6szN8xZvvfjXJ+Jvjv4R8La9d6NPcahqOp2Sh72HR9Mub77E&#10;jDKtP5KMI+P71ekV57r1jcfDLQ9W1DwP4K/4SHVdUv3v7yzt7yO1aeZ0+aZnlOP4EXaKAOr8NeJt&#10;I8a6Baavot9b6ppV7HvguoDujkWuO8O24+H3jRPDsR2+HNWElxpUWMLZzp80tun/AEzZT5iKPu+X&#10;L/DsrH/ZjtLW3+HN08V2J7+71i/u9TtUt2t1sLyWdnmtfKf5l8pm2/7X3/466f4pfu4vCk6nbPD4&#10;hsvK/wCBs0Tf+Q5HoA7miiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCVm+PLg+E/E&#10;+ieLSoXToQ+m6pJjHkwTMpSZv9lJUTP91ZJGrS+D/wDySTwR/wBgOy/9EJXT3VrDf28lvPGk0Eyl&#10;JInTcrqRgqaALNeNf2X8UPBPiLX10J9I8X6Jqd7Le2f9t6lPa3GmvJ96H5YpVkhVvu/c2g7a3LPR&#10;vEvw5Bg0WA+KfDi/6qxnuFivbNR0jikf5ZY1/hWRlZf779K0f+FqW0ceLjw54ogn/wCeH9iTyf8A&#10;j8YZP/HqAKfwf+Ht58P9H1iTWr+LUvEGu6pNrGoz2qNHB58iInlxKxLeWqxoq7vSpNWnHir4j6Xp&#10;FuQ9p4ef+07+THy/aHjZLeH/AHtrvK3piP8Av1HNrXjDxa32fR9Jl8KWTfe1bWNjXAX/AKZWys3z&#10;f7UrL/uPXTeF/C9l4Q0hLCx8xkLtNLNO/mTXEjHLySN/EzetAG9RRRQAUUUUAFUtQ1C20uznur24&#10;js7WFS8txcSBI0UfxMx4WvOvHXxstPDuqzaB4ftD4o8VJ/rbG2fy4LPP3Wup+Vi/3fmdsfKhrzG/&#10;8O3/AIzvE1Hx1qEfiW4ibfb6Ykfl6XZt/D5UG4+a3/TWXc39zZQB22p/tCPrEhh8BaIfEMX/AEGt&#10;Rlaz03/tk+xpJ/8Atmm3/bqj/wALO+Jv/Pn4Qk/7a3a/+yGoeaOaAItU+M3jzQ9Plvb+w8H29vFt&#10;+f8AtC778BdggLMxboq1U0P4z/FXV45JW8GeHdMg3fuvt2qXKzTL/e8pYCyf8C+ak1zw3pnii3jt&#10;9Vs47uOGVbiL94yskq/dkVlIZW+asv8A4VvoX9zUP/Bxd/8Ax6gDq/8AhavxP/6F/wAIf+DW7/8A&#10;kWj/AIW18Tv+hc8If+Di7/8AkWuU/wCFd6P/AASaxH/1z1y9/wDj1H/Cv9P/AINQ1yP/ALjl3/8A&#10;HKAOsj+LnxL/AIvDfhMf9xi7/wDkWp4/i18Q/wCPwx4XP+5rlz/8i1xn/Cv7L/oKeIP/AAeXP/xd&#10;H/CB2/8A0HPEH/g4n/xoAj1b9sq48O6xbaff6Fouo3EjSJJDpOut5kJT7zv58EaKu75fvbv7u+r8&#10;f7aVp/y18N28f/XPxJZN/wChMKqf8IOn/QweJP8AwcSUf8IW/wDB4o8Sf+DDd/6EhoAvyftpaVHH&#10;I6+HPM2L9yPxBpu7/wAenFZmj/t16frK7h4E1SxT/p+1vSYe+P8An6zUn/CDy/8AQ0eIP/AiJv8A&#10;2nUf/CBv/wBDRrn/AH8tm/8AaFAGn/w2hZ/9ChJ/4Uelf/JNJJ+2lZQLvfwhPt9E8QaUzf8AfK3J&#10;asn/AIV+/wD0Mmsf9+7Rv/bapI/A93byb7fxRqlvJ/f+z2O7/wBJqAO1/wCF+eJtSjSXTvhxcJAV&#10;H/IY1e3tZt38W1E835f9rdUw+N3i7+L4eW//AGz8QJ/8ZFcR/wAIvrH/AEOmqf8AgHZf/GKP+EX1&#10;v/odNQ/8A7T/AON0Ad3/AMLy8UdG+Hh/4BrkB/oKP+F7+If4/hxef9s9YtG/9nFcJ/wjfiD/AKHS&#10;8/8ABfaf/EUf8I/4j/6HST/tppdt/gKAO8/4X3rvb4b6o/8A3FLH/wCPUn/C/te/6JfrP/g00/8A&#10;+P1wn9h+KP8AocI/+2mjxf8AxYo/sfxV/wBDZb/+Cdf/AI5QB3H/AA0Frv8A0S/XP/Bpp/8A8fp8&#10;fx+1uT/mmGu/+DDTv/kiuAuNP8UWdvJLL4s0+OCFWd3n0faqKvzMzN54ryvw3Jrv7Rkkd3rFx9k+&#10;G1jPJ9n+w+Zat4pZGbbMy53RWn+zu/ev/s0AfZvgfx1Y/EHRf7Q09Lm0dLiS1ubK+Xyri1mQ/NHI&#10;mT83TvyuGWuur408N6fafCfxpF/whv2jQtNs3j1HWrKC8ka1ufN2xLG0UhK7vLV23ff/AHcdfZdA&#10;BRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUAFFFF&#10;ABRRRQAVDMjSRuquY3Zfvf3a+e/2mv2xNK/Zp8QaHpeoeHLzWn1S2kuEe3uI4dmxlXb83+9Xj3/D&#10;1jw7/wBCBqn/AIMIf/iaAMObx58UP2H/AItXf/CZXd/44+HHiO+a4bVHw8gkf70i/wAMcy4+aL7r&#10;/wANfQMnxU1H41WEd14W1F9C8EzbkGrW77L/AFLHDLF/z7R/7bfvf7uz79fIXjv9ujw58XLy8i8b&#10;eD9Q1PQvmSy0KDUI47eHt50vG6Wb+633E/hTd89eT/Bv9oi4+B/jC8l0SO8u/BF3Pvl0i+kVpNv9&#10;5WX5fMX+9/H/ABUAfo5o/h/T/D+nx6fplnHYWifchj/vN95m/vN/eZqufZ/84o8P6pb+JND0/VbS&#10;O4jtL6BbiJLqNoZNrLldyt8ytWP8QPGll8O/C9xrF7HJdyblt7XT4P8AXXt0/wAsUMX+0zf/ABdA&#10;Ffxp400T4f6X/aGt3n2SN28m3hj/AHk1zL/zziiX5mauHj8QfEPxp8+maXb+DNNb7k2q/vr51/ve&#10;Vyq/7rK1Y9vZzeF9Ys/Efiu3k8WfFHWdyabpNj8y2S/eaG23fLFGv/LSdq0LjS7vWI/tHjDxRJ5c&#10;33NI8OXjWNin+z5/+vuW/wBqL5P9igDQj+H/AItk+e48eahJJ9/93btGv/kN1qveaH490eOR7LxJ&#10;Jdyf9NI4rpf+/Ugjb/vm4qv/AMIH8PP49Ds4P7k0moapG3/f1ox/481aEfhfW9D8uXwfrlxf71Z0&#10;8P8AiO4W6huVX732a8Us27/gTf7SJWoGHpfxU8YWdxHaaxZ6HPJ5vkpNH59nG8v/ADz+ZXaKT/pl&#10;Kq7/AOHfXUR/Ey7t/wDkIeE9Uj/27G4gul/9DVv/AB2q/wDxKvipo946W/2DVrfdY3tlfR/vrZvv&#10;Nb3K5+aP+L/x9X3fPXN+G9QuLO8uNC1DzPtdvu8p55N0jqu3dGzfxMu5Pm/jSSN/43oA7iP4seGv&#10;+Xu8uNJ/7CWnz2//AI8ybf8Ax6tzS/Emj+IP+QZrGn6l/sWtxHI3/jpNcf5j1l6h4b0rWP8Aj90u&#10;zu5P78lurN/31jdQB6x5b0VwfwzvLu38Qax4f+2XF/ptpZ293F9qkaSS2Z2dPJ3N8zLtj3Lu+5Xp&#10;H2egChzRzVv7P/nFH2f/ADigCpzRzVv7P/nFR/Z6AIOaOan+z0fZ6AIOaOaf5dHl0AM5o5p/l15X&#10;8ZPEmq6pqGn/AA68KXn2TxLrkTTXuoR/M2k6Z92W4/66N/qo/wDb/wBygDn/ABBcP+0J4svPDVlJ&#10;JH8NtDn8nXb2D5f7ZvE/5cYm/wCeK/8ALVv43+SvTPEGsJ4fs7O00+3jkv7j/R9Pso/lj+VfvNt+&#10;7Gq/eqPQ9H0T4Z+D7fT9Pjj03QtJtdiR/wBxV+8zf3mb/wAfeq/huzuLy4uNd1OPy7++XZFDJ/y5&#10;Wv3o4f8Ae/ik/wBv/coAx/FHh/8As/4d6pZJcSXd/qG1Li6k+9czyyorN/8AEr/AlfVPgjVDrng3&#10;Q9Qf55Lmyhlb/eKDd+tfNXjD95b6Xb/89tTtv/HG83/2nXuvwRuPM+HOnwk5+ySz2n02Tuq/+O7a&#10;yA76iiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAoo&#10;ooAKKKKAOB+KU3hbQ/D8ms+JNDtNdkhZbezt5rNJ555XbCQxbh95m/8Aiq8d0b4Z6VNfz674g8P6&#10;HJrVwmxLW10+L7Hp8XXyYl2Dd/tSt87/AOwuxK7f4qXD6r8WPDmmt/x76TplzqYX+EzyssEbf8Bj&#10;8/8A7+VD/rI9n+r/ANuOgDwf9oj4qeAvgnpf2K08L6Hq3i+7X/RdP/s+Jlh3fdkl2j7v91f464/9&#10;nP8AZfuLjWP+Fh/Eu3jn1q4l+12uiyW6xxws3zLJLEoC7v7sX8FdB8P/ANnPR/hn481Dxh4z1yTx&#10;h4huLyR9NeeNpJP+ujLyzSf+OJXtH/CYS6hb3D6VZ293IkrQpDdXi2s00q/eVYpBu/7620AdZ5le&#10;D+KPGmjyeNNc8a+ILyODw14L87TtIhkkVftV8q7ruaJW+9J/ywj/AO2ld3JqWv6xNPBpOoRpfW8r&#10;I2n3WltZXE0oXLRxNKXTd/st96vnzVLf/hE9Lk1DRNQ1SSPT4mhvY544/wC0tMieXdJJtYFJY2mb&#10;94yqr7/vUAbml/ETw5pcd5quseKNDk8Q6yqvqV1HeR3EdtF96Oxi2k7o4l/hX/Wy+Y7f3H8r8QeP&#10;Pib8WNQuF+H/AIb8SWmiu2z7bHbtDeXP8O6W6fHlL/0yib5K1LzVLTR7i31PU9Hs9dsLja8uqaPt&#10;03UPKf5VmWWIKkvzfeWVf+B1HZyRXn2hLfxJrnkJKyPaz3jWsif7Mqx7a1A8/wBc/Z/+JGj28mp6&#10;3b2em7fnebUfECrN/M/+hVufC/4qeOPhPeSJrf8AxPfCD+XNcQ/bGuJNu75biCXbu3L/AA/xp/44&#10;/UaX8P38Wap/Znhez0+fXXgkuPtV1/pHkqi/xMxLbmbYq/8AXT/YrPjjsrfS49V1DULyeDb86XUn&#10;y/N8u3yowFZtzbdu2gD6M8Uahbx2+n/EvR7j7d9kgh/tWaD5V1PR5fu3G1f+WkXzt/sPHIn3aj+L&#10;mnvZx6f4l0/95PaMrv5f/LZfm2/99Kzxf9tI/wC5XP8AwD0fW/A/w3uLXxXoeoWnhr7Vc2+nwzxr&#10;9qezudm2Not+5V8zftVl3/vK6Twfb3eofBv+yr2OSO/0+C405/P+95tszJGzdfm/do1AFi3uIri3&#10;jlik8yCZVdH/AL6t8ytVfWNUi0fT5LuWOSTbt2Qx/NJMzfLHGv8AtMzbVrH+H9x9o8H6f/0x8y3/&#10;AOApKyL/AOOrXUeC9LTxB48kuLj95aeHoo3iT+F7yVWbd/2yj+7/ANdKAOw+Hfg+Xwvof+m+XJrV&#10;9L9r1B4/u+a3y+Wv+zEqoq11Hl1H5lSeZWQEfl0eXUnmUeZQBH5dHl1J5lHmUAV/Lo8urFFAFfy6&#10;PLqxR5dAHJ/ETxppnwz8F6p4j1XzJLSxi+SGP/WXMrfLHCv+0zNtWuH+EfgvUPD+n6h4g8S+XJ4z&#10;8SSrfau8f3Yf+eNqv/TOBfl/36y9QuP+FyfGT/nv4M8B3WxP+eeoa1t+Zv8AaW2Vtv8AvyV3nijX&#10;JdH0/wD0SPz9Su5Vt7KGT7ryt/E3+yq/M3+xHWoGXqEn/CUeJP7P/wBZpOkyrNdf3Zrr70cP+7F9&#10;5v8Ab8uugrP0PR4tD0u3sopJJNm53mk+9NK3zSSN/tM3zVoUAc/rn+keKPD9v/zxW5u/++VWJf8A&#10;0bXr3wFuP+JX4hszz5Ops4H+zJFE3/oW+vHdQkS38YRyy/6tNMkf/vmVWb/2SrP7C+sX+qaP4nvN&#10;WAS81a8bUBH/AHP388ZX/gO1F3e1ZAfV1FFFABRRRQAUUUUAFFFFAHH/AAf/AOSSeCP+wHZf+iEr&#10;sK4/4P8A/JJPBH/YDsv/AEQldhQAUUVyuq/ETw7ot49rc6oiXMfyNEkbyNu4wnyg/Nz9373NAHVV&#10;Q1XWLLRbN7rUbyGwtU+9NPIEX8zXll/8S/EXiDw+H0LTLSxkvrGe7spprlpJtsRwy+V5YHmc/d3f&#10;LWZqFrJ/omq22r6prEtvFHren218+6N7UJslj+XG+TbK/wB75v3lAHP+MPFD3HxW8UazYaVcarp1&#10;lothF9sstrI6CW4d/L3MPN+aT+GqN5/buueH9Q1W31SSwjt59lxp9rHHJIlttVvOWXB3Ntbd/wCO&#10;VYt9UuPB/jDUIbeSS70XyodRsk+9Hc2LL+9ji/3fM3L/ANc46px3D+D/ABhcW9v+/tEgW+0/y/u3&#10;Vm3yywr/ANs5E2/9s6AG6h4YsY1n/wCEfto7XX7WzW4ikt/m/tKz/wCWjR/3Zl3P/vVduIrXXJpJ&#10;LhI9a1GKy+0QXEkS+Zq2n/e8tv8AptF95W/+L+TI1SSXw/rFv/ZknmSaf/xMdImj/jtn+fb/ALv8&#10;P+5JHVLW9Vi0jX7fVtHfEFpLFqdls/gtbnmSP/gMm9a1Al8Sa5/amhyTS3Ek8+n/AGeGe6j+9c2b&#10;t/ol1/10ik+Xd/00rzP4ka4+j+ONL1i7jjn1aFfs2tQx/wCrvf4JG/3Z7dvmroPFGqRW/iDXNM0z&#10;/UPBe2/kyfwWrqs0f/fLfdrk/Hm/xJeafcfZ5II5ooXfz/lZIooERpG/u7mX5aAPK/DciSW+qeH3&#10;8z7Iks32dJPmZIpFZWX/AMdStjS9Pstc0PS7vULO3u53s4X3zxrI33V/vCufvI00v+0NQe4jgnvl&#10;a2tfM+VUVvvSN/sqvzVqWfiS4+xxpo/h+8v9NhVYYrrzI4d6r8u5VkIZqAPRPhHJF4X+KHh99Pt4&#10;7SPUGk064SCNY96tEzru2/3ZI0ri/i5bppeseILK3j/dxeJJNifw7dzTMv8A3yz13HwL2eIPFFx4&#10;j1O3uNF0nwtE13dfbtqt5rxOqt1PyrHvbdXnfjSR/EFvJrt7HceW+ozavcWsEix3HlS712qzAqrL&#10;HJ/Ev/LOgD6A+H/h+y8N/C/VIrK3jtI3urBHSPd/rfIg3N/301dZ4b/1njB/+Wf9tXv/AI6qK3/j&#10;yvXL+D/EmhR/DvQ9Tt9Q1jUtCmvF1a61TUtP8uRIkVdqssabfl8tFrc8N+bb/De4vbiPy7u+gu9U&#10;lT+JGm3zbf8AyJtoA4f4V/8AIl27/wB+e4f/AMitXpHwjj/4k+uXf/LS71i5/wC+YtsK/wDoqvP/&#10;AIXx/wDFD6Xv/j85/wDvqd69A+Ef/JO9Ll/5+GuLv/v7PK//ALNQZHceZR5lR+ZR5lBqWPMo8yq/&#10;mUeZQBY8yjzKr+ZR5lAFjzKPMqv5lSeZQBY8yuD+OHji4+H/AMI/FGu2P/ISt7PybL/r6lZY4v8A&#10;x6Su08yvH/2nP9M8J+E9K/6CfivSrd0/vqJfNb/0XWQHSfDfwXb/AA78D6P4ftP+XGBfNeT7007f&#10;NLI395mkZ2qvp/8AxPPFGqanL/qNPZtLsk/ubdrTyf7zN8v/AGzrrP8AWSf77VyfgP8AeeF47jzP&#10;M+1z3Nxv/wB+d2X/AMdrUDoKKKKAOb8QRv8A8JJpeyTy5Lizu7ZH/uf6p93/AI7W38BZ7Lwf8UNG&#10;8H2/O7wzO6v/ANcZ7cf+Pea7VkeKP3eoeH7j+5fND/33A6/+hVhfB28fWP2trzU0fNppNivhtf7v&#10;nvHLdTf+gwrQB9oUUUVkAUUUUAFFFFABRRRQBwnwz1O00T4K+EL29njt7S30GyeWZ/uqvkJzVPW/&#10;igrfYrXRIJftV1draPcajZyxQ22VZ/mVtrM21eFWvDvC+h2uofCfwJcW9p5kF9oqq3mSOzR3MUWW&#10;bax2+Yq79v8A1z2V6BJcHxB4Uj1a3/f3c0UV3FH/AHLy0b95H/wKNf8AyHQAT32r+MtcuLfULiO7&#10;22Fz/ZsOnedZx/aYpWRmb95u3fc/3Kr6B/oenXP9mGR/KaPxJZWwkZmuYmXbcw7mO5m+/wD9/I6l&#10;1jUPL1D+09K/eedKuuab5f8Ay2+VUu4f95l+b/tpWXqGppBqcF1osnmB5W1nSNny70fm5tf97dvZ&#10;f/sKALem6g+n6heWlp/pd3p8v9vaR5f3b+zl/wBfGv8AtMrP/wADqX+1IrP91pUkd39hZtZ0X+Fb&#10;m1l/19r/AL37z5f+ukf9yufvNYikuI/7HuPIj8/+0dCmk+VYW+9La/7Pzb/l/uSf7FYeoaxFefbJ&#10;bf8A4lsHntdxf9Qm6X5pFZf+ebfP/sfvKAJP+Ekt7i3uItP/AOXe+mvtC/24Gb9/at/d/vL/APYV&#10;lyaw95HZxWknmfZF+0aQ8ny74m/1lu3+7u2/7H7v+5XP6XJceKLO4/sezuJLu4vJrtH/AOXe2lWV&#10;l3ea2F2/wttrsNL+Gf2i8uLjW5PvtvitbG4kWNG+60m7j5mrUDm7zxRFp9vb6el5bySaT++svL+9&#10;tdm8y1b/AL6fav8A8RWh/wAI3ruoXlmlpo/9kx26sjvfbWj27kKr8u7c3y16Jp+j2Wj2cdpaW8cc&#10;EP3P4m3f3t396rvNAHk3ijwPLo8lnd3GqSTyazrFpaXsMEaxx+Q7MrKrcv8Aw/3qy/iZ8H5ZNP1T&#10;VdE/4mV2kSzf2XfSTtI7Iv8AyynjkVlZl/hbcm/+5XonxE/49/Df/Yfsv/Zq6HmgD5C/4Z/uNYjj&#10;8R2niTT7uS7g+0WV1dafPdQpu/1W7zJjtXd8rfL8j/8AAN/P/wBj+Lbe8ktLvUJLu/h+eXT45IrG&#10;6T/aVWRklX+6yybK+lNU0e7+H+sXmoafZ3GpeE75muLrT7H5rjT7pv8AWXUC/wASt/y0i/8AHKju&#10;PC/hf4oaXbvZXFnqUCf8+vlTfN/e8id0aBv+uTVkB8z3Goarp8dwlxqGsWFpcLGl1Zalo7SR3PlM&#10;zx7pYPlZVZt3/oVbngvR9Y+NEkllaSW8fhN9v9q67BbzrsiZtvkwLJjzZJfurtr3Cz/Zz8L6fcR3&#10;Gq2d5fwJ9+11K4jt7V9v97dPJ/6LrYk8YRSeZo/ge3t9W1KFmS3mtY/L0vRt3ys25gfNk2/xffet&#10;QI9f0u31CSz+HmmWcdpaOsFzrsMH+rsrGPaILPev3pJdvzf3v3jV1njCTy/CeuP/AHLGb/0U1R+D&#10;/CcXg/R/siXEl/fzN9ovdQk/1l7O33pG6/8AAV/gqPx5J5fgvXH/AOnWSgDg/A8n2P4f6XL/AM8b&#10;Pzv/AEJq9I+G9v8AY/h34Xt/7mmW2/8A3jErNXk9v/ofwb3/ANzQmf8A8gM1e2aXH9j0vT7f/njB&#10;Gn/fKqtBkXKl5qKig1JeaOaiorICXmjmoqK1Al5pPMqOigCTzK8j+OEn2z4gfBvTX/j8RTXf/fmz&#10;dv8A2avWK8j+Ikn2z9oj4V2n/PvY6xff+Qoov/ZqAPTLiT7PbyS/88VZ/wDvn5q5vwHH9n8D+H0/&#10;1f8AoMLun+8u5v8A0KtDxpcfY/B+uS+Z5eyxuPn/AO2TVXjuLfw/4bt5buTy4LS1jR/4m+VVXaq/&#10;xNu+7QAa5rH9l28aRR/a9Su38m1tfu+c3/sqr95mrL1jw3L4f8P3Gt/bLi7120/0u4m8yTy5lXmS&#10;FYs7Vj2/drPj8WaZ4X8P3njvW5Ptf2idbSJLXbM1srSrEtuvO3d5n+s/2/8Acrk4/DfxDvLyNb24&#10;uI9NuNf1W4vX+0Lt+wtFstu/+r2/w0AeieNP3el292n/AC731tNv/wBnzVVm/wC+Wo+Hnhex8D+K&#10;NH/s/wAwfa/ELX1xJPJuZ5Z9yN/wH95tWs/VLj+0PhP9o8v/AJhkNxs/3FV//Za6D7R5eoaXcf3N&#10;Tspv/JlKAPqOiiisgCiiigAooooAKKKKAPlf4Z6nb3ngDw1ZxSfYLXU7G0e1nk/5h+qwxJ97/Zl2&#10;/wDoz+/VmO8h0y3u4vLk020vp/36eZ82k6mjfK3+6zfL/wDt1xfhfXLe88H+G7fUPsemzzaPaQ3S&#10;SSeXHeRJEvl3ETfwzKuz/Ox66PQNB8T+Ko5L2w0SfVYLhWtP7QkkjjtdQUfKskqs275f7yr89agM&#10;k8QS2dneWVx/oEaTrcfJ839mXXzfN/1xl3P83/TSRG/2M+O4l1i8j0/T7OTVp7tvtEtlo8nmNbS7&#10;v+PiKX7sS7m/i2/+h16r4d/ZzWCa0fX9Y/ta3h3brCO38uN/7sbS7i7Rr/davXtP0ew0jzP7PsLa&#10;y8w7n8iNY931wKyA+fdB+D/ibxFc3d1Ns8N2jsr+TqNstxJNOv8Ay22K4WP/AL6+avRtD+A/hnSx&#10;BcajBJrmrIyu99fSMd7Kcj5M7du7+GvTKKAPlz4byfaPCccv/Pa+1F3/AN5r6eul5rkvhP8A8iHZ&#10;/wDXzf8A/pdPXW81qAc0c0c0c0Act8QP9X4a/wCw/af+zV0PNZXjTQ7jXPD8kWn+XHqVvLDd2Uk/&#10;3fPiZXjVv9ltu1v+ulcPZ/tEeB5PMTUNQuPD13CzQ3FrqtnLH5MqNtkjZthT5WX+9QB6bzXNa58P&#10;/DniC4+13uj28l2/37qDdDN/31Gwaq+l/FjwVrnl/YvFmhzyP91I9QjVv++WIauot7i3vI99vcRz&#10;x/34JFb/ANBoA4+P4R+Eo5N8ulyXf+xdXk8y/wDfLOVrrLOzt9Pt47e0t47SBPuQwRrHGn/AVqx5&#10;b0vNABzXNfET/kQ9c/69f/Zlrpea5r4kf8iHrn/Xr/7MtAHmeof8kb2f39HhT/vqJV/9mr3yT93J&#10;srweT958L9Hi/wCe0GnQ/nLAte8Sf6yT/eoAZzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQA+v&#10;H9Yk+2ftUaGn/QP8H3Uz/wCw0tyi/wDsteu814F4o/0j48fEiVJP+PTwLbWn/ApZZW/9BoA9E+JG&#10;sWX/AAh+uWX2y3kuPIjSWH7QvmIssqJuZc7lX5qrx6pZapHqHivU7iOPQtGWSa3T+5sXc1xKv97b&#10;/q1/ufP/AB14HJ4T0rT9Y8JxWmn26R3esaVDcQ/8s3WXdNK21vlVm+T5l/gruPBfhfU9Q8SXmmW+&#10;of214B8TLqt9e3UEbLG7SysiruYfeVdm3/2egCT4R/Df/iV3Flqdxcan4Bms7K40r7VJ5O+fzfNb&#10;5VJ2t5nytXpHxAt4viBo/iDwPZah9k1aazjd3kjby0VpUbbuX/Z+8v8Ackrg/Gl5b6pJH8P9M8vT&#10;Z9GlhfTUk3TSXLQxOzfKo2q25U27vvvVj4b+PNKs9U1y98SyXFh4ht7NvtT3Um5ngh37pJVVQsUm&#10;2L5l/j8ugDqPB+l+X8M49H8zzPs9rcad50n8flM8W7/x2pLe8+0eC9PvU/59ba4/752P/wCy1Y8D&#10;6hb6hHqktvJ5lo+oyXETyfL8sypMv/jslZenx/8AFu7i3/5aW9rc2/8AwJGcf+y0AfZdFVbGb7ZY&#10;W8v/AD1iV/zWrVZAFFFFABRRRQAUUUUAeR/Ar4aeHtD+GPhu7TT1ur3UNKtJZ7q9xNI+6BPl3N91&#10;f9la9XjjWKMKo2Itcp8H/wDkkngj/sB2X/ohK7CgAooooAKKKKAPlj4Z2/2fwfHF/cvtRT/yenrq&#10;ea4mf4d6fYeKvFdl9o1TTbuLWJ7l/sOpzwK8VwzXEbbFfZt/ebfu/wDLOSuI+KmueMPh39j/AOEf&#10;1y8v98FzdyprHlTR7YVRvLXbCG/i3ferUD23mjmvArf4sfE3T/LS40vw3rX7qOb9xJLbs/m79u3d&#10;8q7fLfdurQt/2gPFFnHv1X4V65JGi/PNo9xHeR7v7vyj/wBCoA9t5rivEHgO7k1S41PQtQt7Ce72&#10;vdWV9G0lvMyrt8z5SGVtq7W/v1x8f7WHgq3k2axb+IPD0iKrumpaXIv3v93NdRpfx8+HWsfJb+MN&#10;L8zcqfv5Gh+Zv4f3gFAHP6p8O9VvP+Qh4P8AC+tf9c7hVb/yLB/7NXL3Hwf0S3kjeX4V3lpIn3H0&#10;eSL/ANpTK3/jte6af4g0rWPn0/VNPvvm2f6LcRyf+gk1qeW9AHzf/wAIvpWj+X5WqePPDWz/AJ6X&#10;F8q/+REdasWeqahH8mm/GS4kk3f6nVY7K4b/AHfmRGr6I8x4/uVXvLO01CPZd29vdx/3J41k/wDQ&#10;qAPG7fVPibHHvtPEHhfWo93/AC30uWH5f96KQ1X1yPx340t/7M1u40fRdJdl+0f2V5sk0yr823dI&#10;Aq16ZcfC/wAH3km9/Delxyf34LdYW/76TFU5PhPoUf8Ax6XGsWH/AF66pPt/75kdloA5PXLdPL0P&#10;SrePy5LjUbSG3hj/ALscqSyf8BWON69d5rnvD/gfSvDd5Je2/wBou9SdfJ+231w1xNt+9tVm+6v+&#10;7XQ80AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXz1qn7z4sfGy7T/AFaWOh2P/Am+8v8A&#10;49X0LzXzdJJ/xVnx0uP7+v6Vbp/wC2iegDPjj+2eOPAdp/yzm1a2R/8AdTSoG/8AZq6y3+Fd38P/&#10;AA/4g0+K8j/sl9OttOspr68WH7TulRmj/uxfxr/t+ZXH6f8A2rqGuaHqumaXqEGxr19Pe+s2haad&#10;dN2xbVkwzfNbV6RqkdxqHw38F6V4l1C4sNdu2jmeae38xvNRW3ebuwsXyyJ8zfcegDzvUPsmsXFx&#10;pXiC3jsPEMP+jxahJG1nb3LL5EKwy7ULy/Kr7Za1PBcen654guPDXjWO4tNWu7OTS3/drbtetKqq&#10;zNEqbvlWR1WVm+f/AL4rHvNU+2faNC8YeZYakkWyLWvMVpoVZZZVWe6bO5W81F/dfcq5p+qXvg+8&#10;kl8QaP5k+g2c+qae8EixrNFFE7xRq2zdPH8qNu3fK/8A3xWQHefCPxRb65qnjC0tLOSxtNMvI7G3&#10;h+98sKtb7v8Aebyq1NY8N6rHpesWlleW8Gm3f2ibf5bfaId+5pFX+H733WqTw/rlvqnijT3/ANHg&#10;v77QIbu40+D7yN5u7cy/e/5a/LurpNUklks/slvH5l9fbre1hj+88rfKv/xTf7FagfQ3hOTzvCmj&#10;yr/HZwv/AOQ1rZqho2nLo+k2Fgp3JawJCG/3V2/0q/WQBRRRQAUUUUAFFFFAHH/B/wD5JJ4I/wCw&#10;HZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFAHCeNvhhY+LriHUEvLjSNZhQxx6ha7dz&#10;R5z5ciMCsiZ7MPl/h2k5r5n+Nng/xR/xONCXVNHu5LGCC4tb2Szlt5kaZZU3fLI67dqurLt+evtC&#10;T/V187fG7QdXXXrjVLHR7jV7O7sYbeX7D5bSQtFK5VtjEblZZf4aAPAPD8eq3mqR6Zex29hdpBaW&#10;8V1BcNMr/LcJ5n3FZfmb7tc38J5Lvwv8QLfSvFHxAs/EOi3FnNL9int5V3si7vMbcn8O1/4q7DT9&#10;U+x+LPtEun6hb/ZFtHeGezkjm/18q/KrAbvvfw15fqGj6Zb+MNP1D+3I9Ngt7O9hdNYs57OTdLE6&#10;qv7xNv3m/vVqB9WaXHomn6f5WmSW89o6q/kyXm6Pay7lb94TVPVPh34P8QRxy6h4L0u785d7vHZx&#10;N/F8vzLhq8b1SOLXPC8lvpl5p+rT+VaJssbyKZvkidW+VTu+81cf4Xs/Evh/xB8O4nj1SwjSzt4b&#10;hP3ir/r0+Vv4aAPQPi58J/g/8O9Dt9Y1DQ7jSfOn8m3exuJ4/wB6ys33VLbfu/3a5/wv8O9K1zR4&#10;9T+HnjjxhJaQ7reX7DeLIttK3zbdknls1dZp+oS+NPGHhfw/4g8vWtFu7O5llsr6NZFeVFTa3zDd&#10;u+avXPCfgPw54Lt7iLw/pdvpsE0v2mVIPu+avy7upoA8nj8B/F3R9P8AtGn/ABQjuI/KVEh8Qaeu&#10;5G/2vv8AzUR+LPjXpf2h/wCz/CfiW3SVU3wXHksnzbW3bnT5ty16R8VPh3F8UPCcmiS6hcaTvnju&#10;EuoI9zbk/Kuf+Dfwbvfhfb6xaan4kk8UWl80bxJdRt+52bv7xagDn4/jp440v59b+E+qeR5uzztN&#10;uPtCov8Ae+VG/wDQqLf9rTwlH5aaxo/iDw9I6s7pfWf3FX+9zu/8dr1C38N2+h6fqD6Pp9naXc0U&#10;mxIP3Mbtt+X7p+X7tef+B/FHxI1zxBJp/jPwP/ZNg9qz/bYLhbiHzU+6u1ty/NQBqaX+0Z8N9Yjj&#10;2eKLeDfF52y6jkh2L/tbhtrsNL8aeH9Y/wCQf4g0u7+Xf+4vI2ba341h6x4D8D6xHI+seF9Pk+Xf&#10;K8+nqv3V3MzMor5/8SfCe71zULiXRfhHJB4Xu2juIn/tCKPUn+X721nPlK33trb3/wBygD648t/v&#10;0zmvjbxB4f8A+ETuI1i8J+MPB+/99LewapdzbGX/AGIpArf99VY8N+ONdj1yzt7T4oeLILB9zyza&#10;xpe5Ub+FV89GaVd3/wC3QB9g80c14lpeufEuS383SvGHhPxhBDu3pdae1vJ833d3lOdv/fNU4/j5&#10;440v7YmsfD+3k+ySrby/YdUjjZ5WXO5Vbd8u35loA955o5rxaz/ak0eT5NQ8L+ILD5tm+O3juFf+&#10;83ykfL/tVuaf+0h8PNQkjR9cksJHbYsd9Zyx7/0Py0Aem80c1z2l/Ejwlrnl/YvFGjz7/kRI7yNW&#10;f/gLENXQW8iXEfmxSefG/wDHH8y0ALzXy9byPJH8YH/jm8b3EP8A36sWZf8A0GvqD5I/v/u4/wCO&#10;vkvwfcXviDw/Hqdx5cFh468dXE0XkbvtFtlvKZW3ZVllt1df9h6APcPiB4gsvCeoeG9T1DzPsmmR&#10;X98/l/M22KzZfl/7+Vy/xI8QeH/Gn9j6fqHmabJcact3a3s8jNGks2zy4ZYo/wDWr8vzV2HjDR7H&#10;xR4w0fStQj8y0m0zU/tEPmbf3TfZ0b/0KvJ7jx54U+IGoSRfZ/smhW/k2Nlq9rGsckMEW9ZPNZst&#10;5beYm1V+fZ89AFfULiXR7iPw54ts7ye3tFb7Fq/yyXFsqsieZEufKWHbA7fNVzQ/D/jO38N6paeH&#10;PLu/3Fumm6hBtZfIlni81lnkAZmZY3aRf4Kj0/T9Q0+TT/DniD7Hd+D9TXzre6+aO1hXynlaaDcR&#10;93zd0nm/98VcvPiZquqW9n4K+HklxP5MWy412ePy2+b5mk6fulZm+Vtu9/4U/jrIC54svLL4f/GS&#10;81DRPM8S+LNei+zvotr83k7IkEa/7O5l3f7Cf7Pz19W/CrwbHoum22oagiT+JLiCM3t197YxXc0M&#10;X92NW/u/e/iryL4H/Bu08Fx/aE/0vVrj/j61Cf8A1j/xbe+1d38P/fW9q+kNH0/7PHQBsU+iigAo&#10;oooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKKKACs&#10;zUNLS8j+etOigDyDx58F9E8YW+zUNP8AP+VkSSORo5EVv9pSGrxfVP2a9Q0f5NC8aeKNNj/54yXi&#10;3Uf/AHzKD/6FX2I8aydap3Glwyf8s6APg/WPgX4w+/LJ4T8S/wDYV8PrDJ/39i+auf8A+EH8S+H/&#10;APmR7iDZ/H4V8UT2/wD5ClJWv0AuPC9vJ/yzrLuPA9vJ/wAs6APhfS/Flx4X1izvdSk8eabHbt86&#10;aro8GoLtb70azxoGXd/s13nhP4ufDySOS3TXNHsJHuvOSGOOWxb738St/Ft/2q+lLz4d28n/ACzr&#10;m9c+C+maxHIl7p9vdx/3J7dZP/QgaAOP0fxhFrEkf2eO3u43bZvsbyKb/gW1Tu210H/LPf5fl1xe&#10;sfsn+EriTemh29pJ/fsfMt2/8hkVhyfs56nof/IC8YeJNJ/2PtnnR/8AfMgP/oVAHqPNVpI/9Mt5&#10;fLuJJHRof3f+rT+Lcy7q8zk8L/FvQ/8Aj08Wafq0afwarpe1v++o2NYdxJ410/xJb67qvw70vVtS&#10;h+5qGlahJDJtVdv3ZMK1AHqnjj/kT9Y/69WR/wDdb5W/8droP+WmyvD/ABZ8eIo/D95Za34T1zw9&#10;JfRfZ4nnjWSHc/y7dynbXQSfEC48aW94kXmeF7CFmhukn2rqD7v9nlYFZf4vmetQPF9Q/aM+JvxU&#10;8YahZfCm3s7TRbS8ktEvbq3WRplT700rSfKqs33V+9Xpnwb+LmofEDVNU8D/ABD0eztPGGmRfaGS&#10;ONZLW9g+75iq2fmXd81cH4s+LmhfDvR49E8NWdvaQQrsihtY9ted/s/+JNQ8eftMeH75P3klpa3b&#10;3Tx/MqQNEyfN/wBtGSgD6E8eWelfDPxhoesW/l6TptxuhuvvLGi7lRv91f3qNt/6Z1n+D/HGmeJP&#10;2gLO30z7R5f9k3Du88fls7J8u7a3zr8sv8SrUn7VEjx+H9H2yeXGku//AFm3/lvbr6r/AAt/erzv&#10;9nfZJ8bLNIv+XfSbtH8v5VRmZPl2/Lt+7/zzi/3P46APqi80PTdQ/wCPvT7O7/6728bf+hCvO9Y8&#10;L6Pb/FDS9PTS7f7BNp1xcNayR+ZHuVWXdtbO35a9R5rz7X/+SwaH/wBge7/9moA83k+GfhTVPEFx&#10;FcaHZ+X9z9xuh/8ARZFdZ8P/AIf+GtQ0e4t7rR7f+0tMvLjS3vbX/RZnVG3RszRbfmaNk3VXs/8A&#10;kZLj/froLjS9Y0fXLzVfD9xp/wDxMFj+26fqXmeW8qLtWZWj+ZW2/K3ytv8ALjoA0P8AhXcUcfla&#10;f4g8SabvXZsg1SSZU/4DPvWvA/B95pmj/A/wW+p2cmpW9j4ku7RIY7hoZPtTLKsTeauGi+b+KvdL&#10;fxZ4rt5I0uPB8d3/ALelaxG3/jkqR/8AoVeJ6po76XZ+OPBniXw34k0nQtT1P+3NC1SCzjmkhnba&#10;+393IV+Vl+X5qANTwf4ol8H+PNU1DXfElx4htLTwze6ilrJuZrZfPiZoVlclm+7t+b/nnXWXGn+B&#10;/Dfwn8P2ktvcQedatNpVrBtmvklmX5mi6L8v95l2pXz/AGfgvWNPk/t3W/Fn2DyYpLd0ks4m32r/&#10;ACtHLyVbdu+6teoeB/hPqHji4+0arHcQaa6qn2W6/wCPq9Vfu+f/AM8o/wC7Av8AwL+5QBXs4/EH&#10;xkk0/T7eT7B4X09Vhi8j95Cmz5fl3D/SZvl/1rL5Sfwpur6Q+F/wfsvD+nx29pb+XHu3v/Ezs33m&#10;Zm+Zm/2mrqPA/wAO4tPt40S3jSNFVEjj+VUWvVNP0tLOP/V1kBT0fw/DZxx/u63I4/Lo8un0AFFF&#10;FABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFF&#10;FFABRRRQAUUUUAFMp9FADPLqP7OlT0UAVJLNJP8AlnVeTR4ZP+WdadU9Q1C30qzkuru4jtbSFd0s&#10;00irGi/3mZqAMyTw3byf8s64nx1qfhjwTbo+qXObuVd0Fnbx+ZcTf7q/3f8Aab5a4b4pftORafaX&#10;Efh6VLG1Vfn1q6T5tv8Aeiib/wBCk/4Cj15R4J+Gvjb47TSahE9x4a8NXTb59f1DdJeah/1yRvmb&#10;/Zdvk/upQB578VPFj658RI9QiuI7S7TcmlaX5i3Cw7V+ZmX7jK23958v/A6k1Dwv4o+Klnp//CFa&#10;HqH9mw/I+rx27NbwwOqO1uv8UvlSb9u3dX2z4L/Z78B+CfD8mk2/h+01KO4ZXu7nVY1uprph0aRn&#10;B3GvQVt0ijjVE2Iq7VT+FaAPz5uP2V/hvceH/wCz/EeqaxBqzsry6hPJJp8m7+6qyJt216h8G/gv&#10;4M+D+l3kXhK38+S+ZXutUnuPtFxc7fu7pf7v+ytfW8lrHJHsdN6f3P4a5fU/hX4U1STzbjw/p/n/&#10;APPeC3WGT/vtMNQB8mfHy40/UNc8J6JqEnlwTNJNL5cjLI6qyMqr5fzbmaL+GsvS7PxH4T8SR63p&#10;XgOT+zYYlt7XT47iK1kSDa279033W8xt23d/vV9b6X8HfC+h6xJq1ppedWeJYftt1I9xMkS/8s0e&#10;Qsyr838Natx4Pt5P+WdAHy//AML0t7P/AJDfg/xZov8Aff8As/7VH/31EWrDk+KnhfXPiJp+sJrF&#10;vaWFvp1zab76RbeR5fvf6psMv/Aq+pLj4f28n/LOsu4+F9vJJv8ALoA+U7Pxpp/9uSXaW+qSWDt8&#10;l1Hpdy0f/fWyu8s/iR4UvJNieINPjk/54zyeTJ/3zJhq9w/4Vfb/APPOs/VPhHaahHsuLeOeP+5J&#10;GrL/AOPUcwHD6XIlxcRvFJHPHu+/HJuWuL/aA1y3t9U0+yt/9P1aZV8rT7WRWmf/AGv9lf7zN8ld&#10;xefs1+GpJN//AAj+nxyf9M7dV/8AQQK2PC/wP0zQ/wDjy0+3tN/3/IjVd/8AvbaAPG/h38G7vVNQ&#10;t9V8QeXd36fPbwx/8e9l/u7vvN/01b/gOyvpzwn4Hi0+OP8Ad1ueH/CcWnx/6uuot7dY6AI7OzS3&#10;j+SrdFFABRRRQAUUUUAFFFFABRRRQAUUUUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdb&#10;z64Flj0eziYfZJyNywID/BXVf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8A&#10;EUf8L68C/wDQc/8AJOf/AOIoA0/HXj/Tvh7oxu78ySTyt5drZRczXMvXav5/M33Vr5F8d/FbxL8V&#10;vFEGi6fZya7qztvtdF07/j3tv+mjO2F/7ay/8BRK534ofGpPil4ygj03Ulhn1i5/s6wknik8uxtQ&#10;2SWXbydq+a23737tP4K+jfhRrfwn+EPh1dL0nWN9xOFmu9Snsp2ub2Q9ZJG8v8l6LQBm/Cv9k200&#10;27t9f+IFxH4l1xW82LT+Tp9m3srf61v9pv8Avmvo+vPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7&#10;7y6PLSuB/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA77y0pPJT0rgv8AhfXgX/oOf+Sc&#10;/wD8RR/wvrwL/wBBz/yTn/8AiKAO6+xpR9jSuF/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAO+8un159/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yT&#10;n/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DR&#10;Xn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF&#10;9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrw&#10;L/0HP/JOf/4iigD/2VBLAwQKAAAAAAAAACEA/VRb6fwuAAD8LgAAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTQuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcG&#10;CAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0L&#10;DRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgA&#10;zwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A+6Phb8CfhxqHww8I3d14E8OT3Fxo9nNLNJpcJZ2aBCWb5a6r/hn74Z/9E+8Mf+CqD/4itH4P&#10;/wDJJPBH/YDsv/RCV2FAHn3/AAz98M/+ifeGP/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFWtW+Iy/2&#10;pcaR4d0248S6rbtsuEt3WO1tm/uzzt8qt/srvf8A2aZv+I8mH8vwxa8f8e/mXM3/AJF2r/6DQBB/&#10;wz98M/8Aon3hj/wVQf8AxFH/AAz98M/+ifeGP/BVB/8AEUsnxE1Pwyf+Kx0T+yrHGW1nT5zd2Sf9&#10;dTsV4l/2mXb/ALVdzDKl1GksTq8bDcrLyrKaAOF/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/&#10;ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/&#10;9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8&#10;+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/&#10;AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQa&#10;KAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+Cq&#10;D/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gq&#10;g/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7w&#10;x/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaheVLeMvK4RF6sx2igDhP8Ahn74Z/8ARPvDH/gq&#10;g/8AiKP+Gfvhn/0T7wx/4KoP/iK6+LxFpU8nlRanZyyf3EuFZv51pUAeff8ADP3wz/6J94Y/8FUH&#10;/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB&#10;/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOif&#10;eGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz78M/+hA8N/wDgqg/+Ior0GigDj/g/&#10;/wAkk8Ef9gOy/wDRCVX+I2qX0h0zw9o9w9rqutSNH9sj5aztkXM8y/7QBRF/25Eqx8H/APkkngj/&#10;ALAdl/6ISq8f7z40XG7/AJd9Aj8r/trcv5n/AKKSgDe8O+HbDwvpNvpumwJbWcC4VFH4szN1ZmPz&#10;Fm+9+OaxPHHxR8OfDu+0Cz1zUPs11r19Hp+nwpG0jTSuwVfug7V3MmWb5RvrpdU1S00PS7zUL+4j&#10;tbG0ia4uJ5OFSNFyzN/wEV8teOrmLxJouj+O9Vu7ePUtY8UaClhZyTp5mn6YmoRPGrc/LJJ/rZP+&#10;+P4KAPrH7/ytXnfh23Hw+8aJ4diO3w5qwkuNKixhbOdPmlt0/wCmbKfMRR93y5f4dlehQXEVzCkk&#10;TpIjfddDkVxnxS/dxeFJ1O2eHxDZeV/wNmib/wAhyPQB3NFFFABRRRQAUUVVnvILf5ZbiOMt93zH&#10;C0AWqKjjkWT5l5qSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKjkkSOPc33K8N+J3x8js&#10;9+l+GHjnuPuS6hncqf8AXL+83+1QB3HxG+LWlfD+38r/AI/dWdf3VnH/AA/7T/3Vr5l8TeM9a8ba&#10;h5upXkk+9vktY/8AVp/sqtYlxcS3lxJcXEkk88zb3eT5mdq0PDmv3XhXW7TVLL/X27bl8z7r/wB5&#10;aALEngPxFHb/AGh/D+oJB/f+xyf4Vp+Efil4i8EzJHa3kk9orYeyutzR/wDxS/8AAa+qfB/iyy8a&#10;aDb6pYv+7kHzR/xRN3Vq5v4lfCTTvHVnJcRIllrKr+6ukG3f/syf3hQBqfD/AOImm/EHS/tFr+4u&#10;4eLizkPzxN/7Mv8AtV19fFXh/XNU+G/i77QkckNzZSNFPbP/ABr3javsfR9Ut9c0u01C0fzILiNZ&#10;Ub1U0AXqKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCVm+PLg+E/E+ieLSoXToQ+m6pJ&#10;jHkwTMpSZv8AZSVEz/dWSRq0vg//AMkk8Ef9gOy/9EJXT3VrDf28lvPGk0EylJInTcrqRgqaAIr6&#10;yg1a0ntLu3ju7WdGilhmjDRupGGVlP3lrynx9+zH4I8Wabp8Gm+GPDeizW+p2V9LLHo8P76KGdXk&#10;hO0D5ZFXb+Nbdno3iX4cgwaLAfFPhxf9VYz3CxXtmo6RxSP8ssa/wrIysv8AffpWj/wtS2jjxceH&#10;PFEE/wDzw/sSeT/x+MMn/j1AHU6ZpVnoenwWGmWdvY2NuuyK1tYljjRf7qquAtcdq048VfEfS9It&#10;yHtPDz/2nfyY+X7Q8bJbw/7213lb0xH/AH6jm1rxh4tb7Po+ky+FLJvvatrGxrgL/wBMrZWb5v8A&#10;alZf9x66fwt4WsfCGjrYWPmMhdppZpn8ya4kY5eSRv4mb1oA3aKKKACvGPiZ44Nx44t/CC6tJoOm&#10;pbJc3+oQyeXJNK7MsVqkv/LJtsbuzff/ANXtr2evDPCVxaeINP1jXb6P7WniTUZruJH/AOfVP3MH&#10;/kONG/7aUASR/DPwf99/D9nJI/8Ay2k3STP/ALTSsS7f8Cao7j4b+D7e3+Twvo/mP/HJZxyN/wCP&#10;AtUmn+F9P0u883TJLjSY/m/0WORvs7/9svu/987ay9U1TxLpcmy4s7fWrSH791pv7uT/AL9SEr/5&#10;EoAryfDPw19+Lw/pcf8A1wt1j/8AQcVH/wAIPpln/wAe9vcWn/XrqFzD/wCgyCpNL8WWWqXH2eK4&#10;uIL/AG7/ALLdRtHJ/wB8t97/AIDW5HqD/wAcfmUAY9vZX+nybrLxJ4ksXX7v/E0a4X/vm5WRaqXH&#10;i74h6xdT6LpPiyCO0hfbea0+kJ9qg7+XF8/lNJ/eZo/lrT8Qap5dnHFp/wDyEr6X7PapJ91G2szS&#10;N/sqq7q0NL0O30PS7eyt/wDVw/8ALST7zs3zMzf7TN8zUAeX3Gj674fvJLuL+3PPf/W6h/alzcXE&#10;3+00scg/758vYn9yvQ9D8ReN9L0GTVLvxRbwWkMTSvH4gtEuFSILu8zzYvIP/fVL4g8UaV4Pjt5d&#10;Tkk8ybd9nsoI/MuLpl+8sUS/M3+033E/irQ+Hfh+7+KukaN4r8RR/YNFufLvrDw5w25fvQyXUv8A&#10;y0b7jLGvyJ/t0AdJ8JdQ8W69p2oal4kaP7JczI+mKbQ2k3kBeXki3tt3N91Wbdt+9z8o9HoooAKK&#10;KKACiiigAooooAKyte8QWHhnTJb/AFK5jtbWHq8h/RfVq574hfE/S/h/Z4uH+1ak65is4/vN/tN/&#10;dWvlzxl411TxzqX2rUZ9+z/VWsf+rhX/AGVoA634nfGrUPG3mWWn+Zp2jf3P+Wk3+9/8TXmvNHNH&#10;NABzRzRzRzQB2vwr+I03gLXi0pkfSrjal1D/AO1F/wBpa+t7O8h1C2juLeRJ4JVV0kTlXU18J817&#10;L8Bfid/Y9zH4b1WT/QZW/wBCmk/5Ysf+Wf8Aut/DQBX/AGltAjsPFlhqUcez+0IGSX/eT5d3/fLJ&#10;Xon7OOrNqHw/+zO+TY3MkK/7hw6/+hV55+0l4kt9U8TWemW8m/8As+JvN2f89X2/L/3ytdv+zTp7&#10;2/gm7u3xi6vG2/7qqq/+hZoA9hooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBgOy/9EJXYVx/w&#10;f/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKAOH+MGt3Gi/D/VPscnl6lequnWfPzCedxCjf8BL7&#10;vwrlLezi0+zs7K3j8u0tII7eJP7iou1f/QatfFG8/tbx54b0VR+506KXWbj/AHuYIP8A0ZM3/bOq&#10;skn8H+sk/uUAS81z1xI8dxI8X7v/AK51sXkjx2dw7/3aw5K1AJLh5Pv/APff8VYcmhyx3Elxp+qX&#10;lhI7b3ST/SIXb/dkzt/4Cy1qeZ/A9SR/vJKAM/T7O7/tT+0NTuI550iaK3SCNo40VtvmN8xLbm2p&#10;Vfx544u/CfheS4spI/t9xLHaWvnx+YqM7fe2/wAW1Vdv+2dbmqSJbx15P481S3vPHmn2l3+803Q7&#10;Vr66T++0u75f+/cbr/28UAV/C+/xJJeeH3+2T+LPEN1DY3WrXUiyXDwS7mkXoPKWK3jdvKX5a+2L&#10;Ozh060gtbeMQW8KLFGifdRV4Va+Vf2QdBm8T+Lda8ZXsf/HvuSPP/Pefa7f98xLH/wB/K+taykAU&#10;UUUAFFFFABRRRQAV4t8T/j1b6J5mm+HZI7u++7Lefehh/wB3+81era9olv4j0ufTrp50gmXa3kSN&#10;G3/fQryHV/2YdPk+bStXuLQ/wx3UayL/AOO4oA8BvLy41S8ku7u4knnmbe80nzM9Qc16VrH7Pvi3&#10;S/nt7e31KP8A6dZNrf8AfLYrhNY8P6r4fk26lp95Y/8AXeNlWgChzRzRzRzQAc0c0c0c0AHNHNHN&#10;HNAG34P8J3vjzxBHptpJ+/m+eWaST7i/xN/tV9keH9DtfDeiWml2Y2W9rEET/GvifR9UutE1S3v7&#10;KTyLu3bfE9fXnw68dWvj7QIr6L91dJ8l1bf88pP/AIn0oA6+iiigAooooAKKKKACiiigDj/g/wD8&#10;kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACiiigDwe1um1bxt4vv2/dz/2&#10;j/Z2z+KGKCJVRf8AZ3NI8q/7MlbPlrH9ytP4veCdNm0DWvFMBn0rxDp+nTTRalYyFJG8qNnVZF5W&#10;Vcj7rq1cppdxqen6Hby63JHqV3tXfNY27R/Kyr8zRM5+b+9toAuapJ/o8af32X/x35qxOav3GoW+&#10;oRxy29xHPGm7/V/wf71ZdxI8fl7I/M/8drUCSSNJPv0Wcflyb6r/ANoJH/rY5I6uf6u330AY+qah&#10;FJebHk8uNPnleT+BVr5v1zXH1yz1C+l/dya5O1xL/eS1+V//AB2GOCvUPiZqHmeH7i0T/X6tOtin&#10;97a25pm/79q9amkfB/TLjxx4X0r95cXeoS/aNQjf5o4bWHbLPt4+60nkRf8AbSgD6A+Avgt/Afwu&#10;0izuYhBf3CfbryPH3JZfnK/8BXan/AK9HoorIAooooAKKKKACiivLfjz44bwz4TNlaybL/Ui0Kv/&#10;ABJH/G3/ALL+NAEngv4vW/i3x5q+ip5YtEObCT/nts4k/wDihXp1fCmk6nPoup2l/ZvsureRZYm+&#10;lfaHhPxHb+KvDthq1vwlzHu2/wB1ujL/AN9UAbdUdR0+11izktL2CO6tJV2vDMm5Xq9RQB86/Eb9&#10;nu4sDLf+GPMu4fvvp7/6xP8Arm38X+7Xi0kb28kkUsflyI2x0k+Vkr7zrhPH3wk0Xx9GZZY/sOqb&#10;fkvIPvf8C/vUAfInNHNdF4z+HmteBbzytSt/3Dt+6vU+aF/8/wB2ud5oAOaOaOaOaADmum+Hvje6&#10;8A+II7+3+eB/lurb/ntH/wDFf3a5nmr/AIf8P6h4o1SPT9Mt/Pu5v++UX+8391aAPtnRtYtfEGmW&#10;9/ZSCa1uF3o/qKvVyHw28Cr8PPDo077XJdzO/mzOeI9567F/hWuvoAKKKKACiiigAooooA4/4P8A&#10;/JJPBH/YDsv/AEQldhXH/B//AJJJ4I/7Adl/6ISuwoAKKKKACiiigAooooA4v4yT+R8JfGb/APUH&#10;u0/OJlrkNQj8u32f3FVK6X46P/xaXxP/ALVps/4CzKDWNrkf7ySgDg9Qs4bi4kf/AFc6fcmj+Vqr&#10;x3F7b/I/+nx/3/uyf/EtVy4/1n/AqjrUCPT9c0zVLy4sre8t57u0+S4tY5P3kP8AvL96rmsbJNPk&#10;T/Zrj/FHh+y8Uax4fsri3/0t7ppvtUG6O4hgiVmbbKuGXczItXNQ0/xH4fkjSK4/4SjTU/fPDdbb&#10;e8RV/uy8JL/wJV/36APL/iJo+u654ouNM8NSeZqWmWa+U/mbdk8u2WT/AIEsap/38pvw9+M3xF+F&#10;PjSTWPGvhT+1YPsP2S4vfMWGSGBGaRmjb7m5v4t33/Lj+dK7b4V28slnqniC9j8u/wBQna4dP7jP&#10;8+3/AICrIv8A2zrZ0HQX+JvxJ0/Qmj36Np/l6rq5/hdQ37iFv+usi7j/ALMclAH1Jp14moWFtdxx&#10;yRpcRrKqTIVfkZ+Zf4Wq9RRWQBRRRQAUUUUAFeDftPaHdXEOjavFHvtbfzIpn/ubtrK3/jte81Bc&#10;W8dzbvFKiSRuu1kcZVqAPhDmvrj4K6DdeG/h7YW96hjnlaS4ML9U3tuC1r6f8OPDOl6gL200Wzhu&#10;lbckgjGU/wB3+7XT0AFFFFABRRRQBT1HT7XV7OS0vYI7q0lXa8MiblavAviJ+z1LZmS/8MeZPD99&#10;9Pf/AFif9c2/i/3a+iaKAPgySN7eSSKWOSORG2OknyslM5r678ffCXRfH8RlmT7Fqe35L2D730b+&#10;8teI6f8As/8AiS48Tf2bd7ILFPnfUoxuR1/2f9r/AGaAOQ8G+CdS8dat9j05MD/lrM/+rhX+81fV&#10;ngX4f6b4B0v7LZpvmfme6kH7yVv/AIn/AGa0PDHhXTPCGkx6dpsAggUZZv4nb+8zd2rcoAKKKKAC&#10;iiigAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiiigAooooAK&#10;KKKAMzxBodr4m0DUNHvRvtb62ktpR32Ou1v0NeP6HeXd54f8jUv+QzpMsmmX7/35Y/8Alp/uyrsl&#10;/wC2le514hrEf2f4keOIk+5N9guP+BGBkb/x2JKAOfuP9ZUdWLz/AI+DVetQMvQ/9M8capK//LjZ&#10;w26f70jM7f8AjsaVY8aah5fhu8T/AFcl3Ktokn9xX+WT/wAd31X8Jyf8TjxQ/wD0/Qp/3zbRf/FV&#10;l+PLj/Q9PiT/AKebj/vmJ1/9qUASfbItH8H27P8AJH5H2iX/AIF8/wD7NXrf7NXh1dN+HNrrsxEm&#10;q+JlXWLlv7iyIpih6dI49i/7wf1r548cagl59n0dP44Gmf8A3UX5f/Hq+nP2fdQi1T4HeA5oT/q9&#10;Htrdx/ckjQRSJ/wFldfwpSA9HooorMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooA4/4P/wDJJPBH/YDsv/RCV2Fcf8H/APkkngj/ALAdl/6ISuwoAKKK&#10;KACiiigAooooAK8Lu/8ATPHfje76R/2hDaI//XKzgb/0KZ66f49X2o6T4AkvbG6uLGCG8tftk1q5&#10;jlS2MqrIVbqvUZK/w5rhfAdmln4P+TzPLuNRvZt8kjSM/wC/ZFZmYlm+VaAI7yP/AEiq8lXLz/WV&#10;TkrUDD8N/wCj654oX+/dQzf99QIv/tOsPxpJ5n2f/Ysb3/2StzR4/M8UeKP920/9FNWP40t3jt7O&#10;4/2bu3/76iZv/adAHJ+W95JZ3Esf7+aK93f8BiXav/AVr379nW+/sO5u/DL/AOourODXLD/dkVUu&#10;V/4DMu//ALeK8Rt4/M+x/wCxBd/+PRNt/wDRb16Ol+3hjS/B/i2L/mBrC91/t2Mkax3P/fK7Jf8A&#10;t3oA+nKK4jxF8XPCfhe8lsrvV459TT7+n6dG11cg/wC1FEGZf+BV5lr37UU0kn2fQtC8uQ/dfVJN&#10;0n/fiDd/49IlZAfQlZOueJtF8MW32jV9Vs9Kg/56XlwsK/8AjxFfNk1x8UfHxzdXd5Y2jH7nm/2d&#10;CPokTee3/ApGpun/ALO9l/rdQ1Dy7t/49Nt44/8Ax5gWajlA9L1j9qLwPpfyWUuoa6//AFDbNtv/&#10;AH3JsT/x6uTuP2uHkk26f4LuLg/9PWoJG3/jiPS6f8G9H0//AFVxcSSf3544pG/8eQ1sR+B/L+RN&#10;YvI/+uccX/xFAHP/APDUniX+HwXb/wDgZP8A/GKwdW+OV/4i1CN9ek1Tw/axL+60/QJHjZ2b/lpL&#10;O21m+78qqu3/AH/4O+/4Qd/+gxef9+4v/iK5e88Npp/xM0N5biS/+Vf9ft2/8tf4VULQBzcnifV9&#10;Ykkl0rVNcgtE+RH1LxJLHI//AAFXFP8A7S8X/wDQbk/8Ki5/+OV7T/Z9r/z52/8A37X/AAo/suy/&#10;587f/wAB1/woA8T/ALQ8Yfxa5J/4VFz/APHKt2ev6lp95brr2qaxHYyyrC11Y+KJ28hm+VWZd5+X&#10;dXrn9l2X/QPt/wDwHX/CmXnhvStQs7i1uNPt/IuImhf/AEdV+Vvl9KAMz7ddfDXUrPWX1bVNQ8Ps&#10;32fVoNRvJLr7NEWxHdLvYsvlt/rP9iTd/BXt1fPnhu4lk0uTT9Q/0uexaTTr1JPmWZV+Xc3+9GyN&#10;WNrHirVPBeoR+GtE1/xJ5kNnHNao8dpcRpE24J9+Auyrt2/6zdQB9OUVz/gvWL7XPCuk32pW6Wmp&#10;z20b3VsjqywylfmXIJ/iroKACiiigAooooAKKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv&#10;/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooAKKKKACiiigDJ8SaFa+KPD+p6ReDfaahbSW8o/wBl&#10;1214DpOpXXwp0vS/CXjS3+wR2/8Ao1l4g+9p+oZbO5pf+WEjf88pf+Au9fSlUtR0+11iyns722iv&#10;LWdNksFxGHjdT/CynhhQB4Lqkbxyf89I/wC/HWf5iVueIvgPq3hVZLnwDeRyWGdz+GNVkbyP+3af&#10;lof91t6c/wAFcXH4wt7fVI9K8QWdx4a1n/ny1iPy9/8A1yl5SVf91q1AseG4/tHjDxIn+zZf+gvR&#10;8SNPf/hC9UuEj/5B7faH8v7237sn/jsj1oeE9n/CWeJH8v8Ad+VZf6v7v3Za1PFEifY7jR3j8z7c&#10;q/aP91l27aAPC9Q1h7PS7y7SOT5ImhSGD725127V/wB2P5f9+Suk1Dw3capb2cWsaheX+yKNJbWC&#10;8lt7NNy7fJWKJ13L8235tzvWf4D8Ly3niyPT7j95BoLedcf7cqt+5b/gTLu/7d69YvNDstQk82W3&#10;/eP9545GXf8A722gDk7Ozt5PB+h+H9Kt49Nj1adbTZa/LsiVmaVv+/av81euaP4f0zw/H5Wmafb2&#10;Ef8A0zj+b/gTfeauD0u4tNP8cSXF3HJHBp9isVlDBbs29pW/eMu0fwqqLW5qnji4t7fzfs9vpMH/&#10;AD9arcKv/jqn/wBmoA7Cqeoaxp+l/wDH9eW9p/13kVWrzeTxJe+IP+PT+1NdR/8An1j+x2v/AH9b&#10;bu/76arFn4X1378X9j6Lv/54RyXU3/fTbFoA7D/hNNH/AILyST/ct5W/9BSj/hNNH/5+LiP/ALc5&#10;f/iK5+PwPqsn+t8SXn/bC3gj/wDZDUn/AAg+oR/c8SapH/10jtm/9p0AdBH4w0ST5P7Ut4/+u8nl&#10;/wDoWK5vXLiG4+Inh97eSOePavzxybl/5a/3aJPC/iCP7muW93/sX2nq3/ot1rD1TR9T0/8A0u98&#10;P6Pfxwq0zvayNbybVXczfvE/9moA9Yory+z1yL7PHLb2fii03qrokdvK33vm9WWrH/CUXH/PTxR/&#10;4K//ALXQB6RRXncfih/47zxR/wCCtv8A4zR/wlH/AFEPEEf/AF00eT/4xQBoaxb/ANn+NI5U/wCP&#10;fU7X5/8ArrD/APa5P/IdU/Hlw/8Awi9nss9Pu5E1G2t2fUreOaOGKaVYvM+YH7rSJuqvceKNM+0R&#10;3Fxeaxd3CbkTz9PnVU3fe2qsIWuf8YeIE8UaPeaZpnmeXbtb3eoTSW8kOyJJ1eOP94BuZmj/AO+P&#10;MoA9j+Evw11XwHqWt3F9PpsUF+sO2w0m28qFJU3BpfuqNzKY1+7/AMs69QoorIAooooAKKKKACii&#10;igAooooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKK&#10;KACiiigAooooAKy9c8P6V4n0+TTtX0+11Syf79tdRLJGf+AtWpRQB85WfgTTfAHxV1/SvD8txp1j&#10;NpNhffZpLh5o0lMt0jbd7Equ2NPlrW1TT3uLiO4uP9Yi7HePa3y/ptqP4i6pF4b+MxvdTk+waZqO&#10;h21laXtwrJA86XNwzQ+b91X2yJtVm+b+GjxBcf8AEvkR/wCNlR/900Ac/caxp/h/VLi9vbi3sLTU&#10;1V98m1dksXyxr/37/wDRdSR+ILjVP+QPo95f/wDTaf8A0WH/AL6k+Zv+ArWXqGoWMce+3j/0u0lW&#10;4R/L3b2T+Hd/tfOteoR/2f8A2fHqCRxyQPEsyfu1+dW+Za1A5O38L67qn/H7rEdhH/zx0qP5v+/s&#10;mf8Ax1VrU0/4f6Jpdx9rezjnu0/5er6Rrib/AL6kztrP1TxYnhvT45ZZJPnbZFBBtaSZv7sS/wAV&#10;cneW+seKP3uuySeR/BpEcitCn/XXbjzW/wDHKAO4vPiBoVvcSW9pJJrV2n34dNja42f7zL8i/wDA&#10;mqnJ40124/49PD9vaR/39SvFVv8AvmIP/wChVjx3FxZxxxRR+XGn3Ejt1VU/75qT+0Lv/MbUAXJN&#10;c8YSf8vGhwf7H2eWT/2otH9seMI/+XzR5P8AtzlX/wBrGvM7jxZrF5/xO7LUPLnuLxrHStI+9bzK&#10;jMrNL/vbXbzVb5E/8f6zVPiBaaXeR2Xl/a9SeLzk0+x/eTOv3d23+Ff9pmVKAOkj8WeJbf8A4+NH&#10;0u//AOvW8aNv++ZE2/8Aj1Y/ij4kWWoSR+H723uNCu75W+0PdbWVLX7sjK0ZZWb+Fa5OT4uahp/j&#10;jT/D+q+G/sEeoKv2Wb7Ysjbm3fKyqP8AZ/hrpNL1iW3+Ikdw/lxyJpjbP+/q/wDxVAHaR/EDwl/B&#10;rFnHH/1020f8Jx4Vk/5mDS//AAMjX+tSf8JhN/0z/wDHqjk8SJJ9+3t5P+ukdAFiPxR4ak+5rmny&#10;f9vkf+NWI9U0eT7moWcn/XO4j/xrDk8QafHJHFLZ6X5kzMkSSRrufau5tv8AwGsfVPFHgqzuI01C&#10;z8NxzzbtnnxxfPtlWJu3/PSRFoA7S8uLKSOPZcRyf9c5FauD8SbPtHjDyv3mzTLTf/vbpWqvJceD&#10;PFkkcWn6f4fn2RedstbeJm2t/F8o+7VPR7O30/wX40itLeOCNL64+SP5V+7FQB9Z0UUVkAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQBS1DTrbV7OezvbaK8tZl2SwXEYkjdf7rK3DV8rfEvw+3gvxk+n&#10;+C5bhdC0tbeXVdJkEl1bpLM3yRwdXg2xq8rLuZP3kfyV9bV8m/FfxFF8Ofil4wv9e8KapeaVqT2t&#10;7BrVrAz2+1LaOGRXZflXayfxNQBy0niyKO32PbyRyfN/rI9q/d2/ersI/HH2fwnoej6Z5epas9rH&#10;NKkcn7m2VvmXzW/h+99379ZcnxE8Px/63w34gtP+2m3/ANBmrHk1T4X3kkjy+F7yOR23u/2f5nb+&#10;98shrUDtNL0uKzuPtt3ef2lqTrse6k+XYv8AzziX+Ff8tWrzXmUcfwkkk/5BeoRyf9M7edv/AEHN&#10;WPsfwvk+5JrFp/1zju1/9koA9F5qtqFm+oafeWiXElpJcRND50H+sTcu3cv+1XDx6X8PI/kt/GGq&#10;abJ/fnvJ4/8A0YBWxp/g/UryPzfDnjiPUo/7k/lzf+PrlqAObs7y70fVI3vbzT9Ck0+BtLt0vtPn&#10;a1eJJW2zRSq4RfNXZuXc2zy6r+G9Di1DxBqlle6hZ3+pX27VrfV9KvFka22ssS7dw/2tu3dsdY9l&#10;dZJp/j3Q5PtEsdnq0D7ke1g/dsn3drdGaqdv40tNHuJPtvhu40meb/WvHbq2/wD3tvzf+O0AR/2H&#10;qGueINDuNQ0e3gn0aeR5dQ8xfLmVomT9wvL/ADfI3zbdn+3W5b6fFJ482fvP+QY3/LT/AKbrRp/j&#10;zQtQk2Rahbxyf3JP3bf98thqk0+4ST4gR7JPv6TJ/wCjUoA6D+x4f+ekn/fyj+x4v+ekn+fwrR5o&#10;5oA5LUPhvpmqahHe3F5qn2uFt9vP9s/49m+Xc0XHy/d2/wC5XP6h+z/4X1SONHk1COOFmdEjkVv3&#10;rbfMk+ZC25tu5m/v/PXpvNRXHm/Z5PK8vz9vy+Z8y7v9qgDy/Q/hHafDvVJNQ0y8vJI3i8l0/d+X&#10;t3blXaqDaqszsv8A10kqTT5Li88P+MIreSOO7mvLlE8z7u7aqru/4FXeafHqvmSJqcmnyQbfk+yx&#10;yK3/AALcTXD+H7f95rlon8esXEKf8ClVaAPp/wAC+Ko/G3hPS9bjj8gXcf72BvvQyqSkkf8AwF1d&#10;fwrpK8E+A/ijy9U8aaOkn7u012R1T+550EUrf+RGevd45PMj3VkBJRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFAHH/B/wD5JJ4I/wCwHZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABVLULODUbOa1uI47iCZDFJDIm5XVvlKsvpV2igD5/8AFfwX1PQ7P/iivEmsaN9nZXt9&#10;Purxrqx2r/yz2uGdV2/d2t8lcBqn/CzdL/4+Lezu/wDrnqEbf+hWgr67khST7wrE1Dwvb3n/ACzo&#10;A+O7jxh4zj+S48Nxz/8AgJJ/6FGtV/8AhNNb/wCWvguOT/uH2Lf+1BX1ZcfDe0k/5Z1Tk+F9p/zz&#10;oA+W5PHEv/LXwPJ/2z0+Nf8Ax5Lqse88QaJcSebceB/EEEn/AD2sY1kZP+/hLf8AkSvrST4V2n/P&#10;Oq8nwjtP+edAHzPp/wARItP8v7J4o8QaLH/c1zT51jT/AIEyTr/48tdpofxI8Qapb/6J/YfjCD+P&#10;+zbhWb/vmJ3/APRa16xcfB+3/wCedcX4o/Zv0fWJPNuNLt5J/wDnt5a+Z/3196gDm7zxR4U1CT7P&#10;rvhOSwk/j2RrJ/46pD/+O0eG9P0STxpHF4Sk8yBNOkmlhk3K0LNKn8LANVe8+EfijQ49mleJNYgg&#10;T/l1urj7db/9+rkPXH/2PqGl+MNPl8WyWem2F2rWP9tabb/YfJlb5o1l+fZtb7u5dvz+XQB755d7&#10;H9+z/wDIlR+Zd/8APpJ/38WuPt/AcUnyWPjS4/7Z3kjf+gz1cj+Getx/6rxZqEn/AG0n/wDjxrUD&#10;pPtEv/PncVl6pb3t5JG9veappuxfuQW8Uiv/ALX7xGb/AMerP/4QPxbH9zxZcf8Aj3/swNH/AAjf&#10;ji3/ANV4o8z/AK6eX/8AGDQBoafHqGn+Y9xeXmpfL8iT2ccexv8AejArD8J6Pqul6hrEv9j3mpX8&#10;15NcWT+Wsdr+9+bczMf4fu/d/wB2tCOz+Idv/wAxy3k/79f/ABgVx/xU8WfEXw34bt7d9Us4JNWu&#10;l06KaCOPzE3qzM3T+FY3oA3PgXcRR+MPFiW9x9rjTUVt3uv4bmdIk8+T/v4zr/2zr6o0+TzLeOvm&#10;P9nvwenhvS7O0t45PIhT/lp8zOzfMzN/tM1fT9mnl26CsgLFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/BXVf8L68C/9&#10;Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf&#10;+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8A&#10;iKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/&#10;AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/&#10;AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0H&#10;P/JOf/4igD0GmVwP/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB33lpUcluklcL/AML6&#10;8C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHZSaPbyf8s6wtX8CafqtvJFcW8c8bpseOSNWV6yv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igDy3xR+yn4XvLiR7fw/pcf8A1zs41/pXHyfsp6Zb&#10;yb4tPjjk/wCme6P/ANBIr39/jx4Dk663/wCSc/8A8RTP+F4eAP8AoN/+Sdx/8RQB8/8A/DN9xb/8&#10;e95qkH/XPVLlf/QZKP8AhS/ii3/49/FHiSD/AGI9Yuf/AGZzX0B/wuvwD/0G/wDyTuP/AIiov+F1&#10;fD3/AKDf/knP/wDG6APAP+Fb+Pbf5IvGniSP/rpcRyf+jIzWx4f+D+saprFvqHiDWNQ127t0ZLd7&#10;6RdsO7721Ywq7m/vbd9eyf8AC5Ph5/0Gf/JOf/4ipI/jP8Po/wDmN/8Akncf/EUAbHg/wmml28f7&#10;uuwrz5Pjx4Dj6a3/AOSc/wD8RT/+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9e&#10;Bf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C&#10;/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8A&#10;knP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5&#10;/wD4iigD/9lQSwMECgAAAAAAAAAhAMkIdK81OAAANTgAABUAAABkcnMvbWVkaWEvaW1hZ2U1Lmpw&#10;ZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwM&#10;CwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMB&#10;IgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUE&#10;BAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOk&#10;paanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAf&#10;AQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQF&#10;ITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdI&#10;SUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1&#10;tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APuj&#10;4W/An4cah8MPCN3deBPDk9xcaPZzSzSaXCWdmgQlm+Wuq/4Z++Gf/RPvDH/gqg/+IrR+D/8AySTw&#10;R/2A7L/0QldhQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RVrVviMv9qXGkeHd&#10;NuPEuq27bLhLd1jtbZv7s87fKrf7K73/ANmmb/iPJh/L8MWvH/Hv5lzN/wCRdq/+g0AQf8M/fDP/&#10;AKJ94Y/8FUH/AMRR/wAM/fDP/on3hj/wVQf/ABFLJ8RNT8Mn/isdE/sqxxltZ0+c3dkn/XU7FeJf&#10;9pl2/wC1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD&#10;/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH&#10;/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/&#10;AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvh&#10;n/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn&#10;/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/&#10;AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/&#10;+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPv&#10;DH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gffhn/&#10;ANCB4b/8FUH/AMRRXoNFAHH/AAf/AOSSeCP+wHZf+iEqv8RtUvpDpnh7R7h7XVdakaP7ZHy1nbIu&#10;Z5l/2gCiL/tyJVj4P/8AJJPBH/YDsv8A0QlV4/3nxouN3/LvoEflf9tbl/M/9FJQBveHfDth4X0m&#10;303TYEtrOBcKij8WZm6szH5izfe/HNedWH7THhXWLf7Vp2l+K9Ss2ZkS6tPDF9LDJtYq211iw3zL&#10;Xrkn+rr5h+HOl/GT4b/A3TLlrXQLVdBsXll8L30cj3VzGjO77rqOTZHIy/dXy3Xn5vYA+mYXS6tU&#10;bZiORfuuuOvqtef+HbcfD7xonh2I7fDmrCS40qLGFs50+aW3T/pmynzEUfd8uX+HZXW+DvE1l408&#10;K6P4gsDmx1azhvrfd97y5UDrn/vqsH4pfu4vCk6nbPD4hsvK/wCBs0Tf+Q5HoA7miiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACis/VNUstB0+e/v7uOxsLeNpZ&#10;7mZ1WONV6szGvgT4l/GLxr+2x48l+HPwo+0aV4HtZVbUtcbdH56h/wDWSMuCkfy/JH95+v8AuAH6&#10;F0Vh+FdEn8N+GNL0q61S41m4sraO3l1C92+dcsq7TI+3HzNW5QAUUUUAFFFFABRRRQAUUUUAFFFF&#10;AHH/AAf/AOSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJgmZSkzf7KSomf7qySNWl8H/8A&#10;kkngj/sB2X/ohK6e6tYb+3kt540mgmUpJE6bldSMFTQA+SIXEbxMcIy7fl4NeE/8Kw+KyeE5/Ai+&#10;MtJn8NzRPaf8JFdW88mspZvkbfveU0207fNLf7WzNdnZ6N4l+HIMGiwHxT4cX/VWM9wsV7ZqOkcU&#10;j/LLGv8ACsjKy/336Voj4qW0YxceHPFEM/8Azx/sSeT/AMfjDJ/49QB0nh3w/Z+FfD+maLpsXk2G&#10;nW0dpbx/3I41Cqv5KK5PVpx4q+I+l6RbkPaeHn/tO/kx8v2h42S3h/3trvK3piP+/Uc2teMPFrfZ&#10;9H0mXwpZN97VtY2NcBf+mVsrN83+1Ky/7j103hfwvZeENISwsfMZC7TSzTv5k1xIxy8kjfxM3rQB&#10;vUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUMknlxu3Xb/c5NTU&#10;UAfk1+11+1trHxq8SXHhe1jvPD/gnT7rypdPf9zdXjI3zNOrfd/2Ym+7/FXd/Cf/AIKAeBfgv4Rg&#10;8PeGPhbc2thF88k0msRtNcSfxSSP5XzNX0D+1l+xvZfGeGXxV4TWPR/iDZgPG+dkWoBfurJ/dk/u&#10;yf8AfXbbyX7Kn7Q2jeK9aPw4+J/hvS9D+Itk/wBnWW60+KH+0GH8LLj5Zv8Ax1/4KAOd/wCHrek/&#10;9E7vP/BxH/8AG69G/Z8/b10/49/E6z8GW3g+40aS4t5rj7VJqEcyp5a7tu1UFfSv/CC+G/8AoX9L&#10;/wDAKL/4mprHwvoulzfaLHSNPtZx/wAtobZI2/76UUAa9FFFABRRRQAUUUUAFFFFABRRRQBx/wAH&#10;/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFFFABRRWH4u8Uaf4L8L6pr2qyeRp2m&#10;20l3cPj5giIWOPegDcqGS4jh+/Iif7z4r470jxRrP7RMmoat4y0+Ox8P2N41ppvh2G4doXZNvmTX&#10;PTz5FY+WP4F8uT/frbj+FfgyP/mU9H/7aWcbf0oA+npNa05PvX9un1nX/Gmf8JLpCfe1Sz/G4T/G&#10;vmT/AIVn4N/6FPQ//BXB/wDEUf8ACrvBX/Qn+H//AAVwf/EUAfTX/CVaL/0GNP8A/AlP8arzeOvD&#10;dv8A67xBpcf/AF0vYh/7NXzjH8N/B8f3fCfh+P8A7hcH/wARViPwP4at/ueG9Hj/AOuenxL/AOyU&#10;Ae7yfFjwRb/63xh4fi/39UgX/wBnpln8WvA+oXaWlp4z0C7u2+7BDqkDyH/gIevF4/Dejx/c0fT/&#10;APwDj/wrx/XP2e7vULfVNMi/4R+70m71GTVE+1W88MySu2/5vKO1tv3Vb+5QB9vN4v0GL7+t6en+&#10;/dx//FVUl+JHhO3/ANb4o0eP/rpqES/+zV8OR/sxv/zz8Px/9tNQ/wDjwqv/AMMt3v8A0ENHj/2I&#10;/t3/AMfoA+2m+Nnw8jk2N488MCT+6dYtt3/odSSfGPwHH97xp4fH/cUg/wDi6+HY/wBktI7z7X9o&#10;0P7X/wA9vsd20n/fTXNakf7M9x/0GNL/APBfct/7c0AfYcnx0+Hsf/M6aGf9y9jP9a53Wv2rvhBo&#10;dwlrdeP9IN3I/lLa28hnmLdf9VGGb/x2vl7/AIZjeT7+saX/AOCuVv8A0K6r0D4Z/CPR/hn9ouLT&#10;/S9WuF2Pe/Z1j2L/AM84lX7q/wB75t7/AMT0Ae4n9pL4b/weJUk/64WlxJ/6DGa4Xxx+2n4S8OXH&#10;2XQtH1/xRebN2+DS7uG1T/elaE/+Oq1L5j/89KPMf/npQBwv/DZPiS8k3Rafp+nR/wDPGTQ9WuW/&#10;76WNP/Qa1NP/AGyNUsxu1DwvJrMf8X9j6fqEM3/AUlg2v/38Wum8x/8AnpR5j/8APStbAdNo/wC1&#10;F4N1jTY7v7F4nsZG+9a3Xhy9WVP97bEV/wDHqreJP2tfAHg/T/t2t/8ACQabY+akPnT+H71V3ucK&#10;v+qrD5rxb4sR/wDCSfHD4T+HJf3lpDLd65cQ/wALtCv7rd/wKsgPpI/tNeF/4NI8WSD+8nhu9/8A&#10;jdLH+0n4ak/5gfiz/wAJu7X/ANkrleaOaAOqP7R+if8ALLw34sk/7g7r/wChEVm/8NSeFF1S4stR&#10;0nxJokFvGk11qF9pbfZrVX3eW0rIzeWrbW+ZlC8fMRWPzXyt448YXt58VNc0zT/HkngTUobpri1e&#10;SP8A0O9lVvsywzy4Kqu22+Xd8n7ygD9IrG9t9Vs4Lu0uI7u1nVZYpoZA8bqeQysPvLXgf7T37Iui&#10;ftB2UGpWVzH4e8aWpX7PrSR/fUf8s5duC23+FvvLXh/wP+PmpfDLxRP4f1jR5NFu0fztV8MQfNbz&#10;J1a+0xOdrfxSW6/I6/PF82+vqf4tfFB/DfgvS9U8PXFndSau/wDot6372FIVgkuJJ1RSPN/cxPtX&#10;dyxjoA7bwnosvhrwvpml3Op3Wsz2NtHbvqF8Vaa5ZV2+Y2P4mrcrwfS7rxfqml2l3/wse8RLmCOZ&#10;U/suyVtrpn+4fWrnleKv+imap/4L9P8A/jBoA9sorxCS38R/x/EjXJP+udvp6/8AttVeSz13/oon&#10;iT/ySX/22oA93orwT+y9Yk+98QPFH/gRaL/7QrI+Gfj3xNa/FL+zLrXLzWvDd3q1zo0MepeU0qyw&#10;23nNMssaLxuSRNlAH0lRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7&#10;L/0QldhQAUUUUAFeG/tfanHb/CH+ypZDBDrepWthNIh2skCv587L/wBsYJK9yr5J/bo1N7xfDehW&#10;8h897W9l8tJNv72byrKL8f8AS3xQBF8F9LfS/hX4XSXzJJ7izW+uHkk3M8twzTNub+Jv3n3q7Xmo&#10;o7eKzjjt4v8AUQosKf7q/KtS81qAc0c0c0c0AHNHNHNHNAFLVNUtNH0+S9vbiOC0h++8lcn/AMLc&#10;0T+G31ST/tzb/wBmIqn8ZLz934ftP+e11JM//AIvl/8AHpK+U9H+2/ED+1NVvdU1CDZPJ/zEJ4YU&#10;i81ooo4ooCNzfL/tO7yUAfWn/C4NE/589U/8A1/+LqP/AIXRokf/ADD9Y/8AAdf/AIuvl/8A4Vnd&#10;yfej8Sf+Vn/4uj/hU8v/AD7+JP8Ayst/7UoA+oP+F2aJ/wBA/WP/AAHj/wDi6P8Ahcmlf9AvWP8A&#10;wHj/APjlfL//AAqeX/nn4g/8B9Xb/wBqVueF/wBn+XxBHJLLqGoWEELbNl1HqEcj/wC6sk4+WgD6&#10;I/4XBpn8el6xs/694/8A4uukvPGGhafodvrd7rFnYaTcbfKvb64WGN933V+bHzV8p+JPh+nwz8We&#10;D00+8kkk1O+ZHf7Rc7tqbGkXbJI6t8rPXpHjj4Dy/GT4d+A0i1z+xbvTImuE8y3aaN/OVdzbVdfm&#10;X+GgD3iORLiOOWKSOSN13o8fzK6t/FUvNZXhfw/F4X8N6XolvJJPBp9rHaJNP/rHVF27mrV5oAOa&#10;OaOaOaADmvGpP+Jp+1xH/wBQbwj/AOPTT17LzXjXw/8A+Jh+0p8VL3/n0s9M07/yFvb/ANBoA9l5&#10;o5o5o5oASP8A1lfEeueB9b+InjjXLvT5LfyHlWHfPHKy/PLLN95UK/8ALX+KvtiS4+zxyS/88VZ/&#10;++fmr5z+E+j3eoeH9QuIpPLjuLxf9ZI33kggRv8Ax5XoA4/UPg/4zj0fT9HvdU0/zNPlW40XVLWO&#10;5mm0za25o1ljB/dsy/Krfcf51r0zwfceJf7H/sTXbiO722OqJpWn2NnJCsN9LbN5i7X+bbLtmaNV&#10;+RPMkT+5s6zT9LuLOP5Ljy5P+mcjbf8Avliay/iZqj+H5PD+u2//AB92P2m4T+6+y2lZVagD6A0e&#10;zWz8N6PE9v8A6QlnGj+Z/BtVVqTy0/551jyR3FxZ2fm6heeZ5W9/L2r97/dFV/7Hik/1slxP/wBd&#10;LiT/ABrIDoPLT/nnUcf2eSTYnl+Z/c+XdWXb28VnH5UX7uOo5LO0k+d7ePzP7/3W/wC+qANiSzST&#10;/pnXH2mqWuoeL/C91aQfZzaeMJrGX7q75RbXEUjfL/e3V1Gn3CRxx2nmSSSIvyPJ8zPtrz/w/wDu&#10;7i3l/u/Ehv8Ax6dk/wDZqAPquiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCV2Fcf8H/+SSeC&#10;P+wHZf8AohK7CgAooooAK+Mvj5cDxR+01o+mj/V2cumWr/xL+7W6v5P/AEG1/wDIdfZtfD8M/wDw&#10;k/7TWv37Df8AZrvVrjd93/VfZdOj/wDRM1AHrXNHNHNHNagHNHNHNHNABzRzRzRzQB4t8dNQ8vXN&#10;PRP+XTTprj82X/43Xjf7L+h2mqaHp73F59n339pNF5n/AC2lTbN5P/jteiftCah5dx4suP8Anx0X&#10;Yn+95Tv/AO1K5v8AZv0t45PCdu8fl/6dNM6f9cbN0/8AZqAPpiPT6P7OrpI7P93UclnQBy8lnVOS&#10;OukuLese8joA+f8A4wSfaPip4Tt/9ZHY6df3zp/EjeUyq3/jtfSGj2/2PR9Pt/8Anjaxp/3yqrXz&#10;X4w/4mnx41CL/n00CO3R/wDamnRdv/kSvpy4kis45JZZI4IIVZ3eSTaqKv8AEzUAS80c15Nqn7Qm&#10;lSXklp4c0+48QyJ/y2j3R2//AAHajyt/vLHs/wBuqdv8aNdkuI4n0vw/HO/3LWfULmzmf/d822G7&#10;/vmgD2XmjmuK8N/FDT9Y1CPStTs7jw9rU3+qtb7a0dz/ANcJVykv+79//YrteaADmvGvgP8A8TDx&#10;58ZNT/57eJPs6P8A7MMW3/2avZI/vx/71eL/ALLf+meE/Fmp/wDQQ8U6jNv/ANncqrQB7TzRzRzR&#10;zQBheNLj7H4L8QXH/PHTrl//ACE1eZ/Ce38vwf8A6vy5Hvr3f/wG5dP/AGnXoHxM/wCRD1xP+e0C&#10;w/8AfbKn/s1cP8L5PM8B6Oz/ALyeVZLh0j+Ztzyu+7/x6gDrI68/+Nl55mj2cKf6vyr35/8At2Zf&#10;/Zq9I0+3eSSR3/d+S2zZ/n/erzf9oCTy7PS0/wCmF7/48qr/AOzUAfRH/PP/AGFqOSTy6sSf6ys+&#10;4/4+I/8AdoAkooooAks/+Qpb/wC7J/6DXD6XJ5en3Ev934jRv/5Uol/9mruLP/kKW/8Auyf+y153&#10;5n2fwf4kuP8Anj41ab/vnUomrID67ooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8A&#10;kkngj/sB2X/ohK7CgAooooATpXwb8B5H1zxRrmsP+8d9Otn/AHn+s3XdzdXbf+OyJX2b8SNU/sP4&#10;eeKNS8zyvsel3Vxv/u7Imb+lfGX7K+j6hpfhfxB/acf+lpqMNp+8uPtDbYbOBNu7A+VWZ/l20Ae2&#10;80c0c0c1qAc0c0c0c0AHNHNHNHNAHy1+0RceZ4b+Ikv/AD2lW0T/AMhRV0n7O9n9o8QaO6f8sbXU&#10;7j/vqeBFauP+OEn2jwfcP/rPt3iSFNn99WvM7f8Avla9M/Zfs/M1S3f/AJ46Bb/+Rp3b/wBpUAfR&#10;kdv+7qvJb1seX+7qvcR0Ac3eR1zeodq6zUI65fVKAPm/Q/8AicftAeMHT/n+0yx/75ZG/wDaddB4&#10;kvNV/aE+IknhXRZPL8L6fK3mv83l3LI37yaXb83lq3yqv8b/APfaed6Prkun+JPiRrcUn79NYuPs&#10;8if3kiuPLb/vqRK+iP2Q/D9vpfgPUL1I/wB5cXS2+/8Ai8pIldf/AB6V6yA7Tw38C/B/h/T47eXT&#10;/wC2pE++9980e7/ZiXCL/wB80eKPgf4f1jS7i30y3j0mR1/1Pl+dYzf7Mtqx2Mv+0u1/7r16LzRz&#10;QB8XXHhOXw3/AGho9xb3E+hQ+Z9q0We4aaSyaHa0vkS/e+VWSeNv44v9pPn9c+Ffii71S3vNE1O8&#10;+36lpnlul7/Fe2cm7ypv975XVv8Abj3/AMdXPiRGmn/FizuE/wCW39mTS/7bebcW7f8AfUcm3/tn&#10;Xmfwrk/sv4kWemJ/y6f2toz/APXKGeKWD/vla1A94uLj7PbyS/8APFWf/vn5q8j/AGS7fy/gXodx&#10;/wA/c93d/wDfc7//ABNekeNLz+z/AAX4gu/+eOnXM3/fMTNXF/s12f2P4B+B0/v6d53/AH2zP/7N&#10;QB6bzRzRzRzQBxXxcuEt/h/eb/3e+e0Tf/28xVx/w38WRR/D/wAN29lpeoalImmWyS/YbOTy93lL&#10;u+Zgqfe/2q3P2hJP+LZ3if35V/8AHVd//addh4fjePw/pcT/AOsSzhT/AL5iWgDl7PVPEH7z7P4P&#10;1D523/6VeW0P/tQ15/8AGyTU5I9LTU9Lj03fBMkSfbFm37pYF/hA/vV9AR14n+0Ro9x4g8UeF9Mt&#10;PLjn+yzTfvPu/JPAzf8Ajq0Aeyf25eySXCfZ7f5G2f8AHw3+y3p/tUWeoS3lxcebHHHJC2z5JNy/&#10;dVvQf3qz9Dk+2afHcf8APZ2epNL/AOPjUH/6bt/6CtAG55lHmVHRQBoaXH5l5v8A7it/49try/UJ&#10;P+Lb+OH/AOeOv3s3/fF8rf8AsteiaX/yHE/64Sf+hJXmesSf8Wr+JH/X9rD/APfMrt/7LWQH2XRU&#10;UUnmIjf3lqWgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiii&#10;gDzP9o68e1+BfjTyv9Zcae1n/wB/sRf+1K8I+C8af8InqF2kf/H3rupzf7+25eJW/wC+Y0r2X9qC&#10;8SP4XpaP/wAv2s6Zb/leRSfyjNePfA+N4/hH4Xd5PM+0WzXf/AZZXlX/ANGUAdzzRzRzRzWoBzRz&#10;RzRzQAc0nmeX8/8AcpeaztcuPseh6pcf88bWZ/8AvlWoA+U/i5J5fhPwGj/6y41Zbt/+AQSzNX05&#10;8A9Hi0/wXpbrbxxzvAqO/wDE6qzbV/8AHq+W/jBI8lx4D0//AJ42t3N/wL7MsS/+jK+wPhXss/De&#10;lp/0wWgD0jy/3dU7iP8Ad1Y+2J5dU7y8Ty6yAw9Q7Vyeqf6z/gddRqF5XF+ILzy7e4l/uKz/APfN&#10;agfIfw3s5vEHhvxZNbx+fPNPqeoon9/yoldf/Qq+mP2Y/ElpZx6p4XeT955/2uy/6bL5S7lX/tj5&#10;Ev8A20k/uPXj/wCx/p/+j6fcP+8jeC9m/wCAtOif+y1qeIPB934L8QR6ZZfuLtPn0KaeRoY72BGZ&#10;1tfNX5ormDc/lsvz7P7670oA+yeaikkS3jkllkjjjRWd3f5VRV+8zV8t6H+1ZqGnx/YtVk8u/h+S&#10;WHWNLk+0J/vPbPtb/e8td9c/48/aIl8QWckV3cRz2n3/ACZ7f7Dp/wDstLEztLc/7rMif7FZAdh4&#10;o8aW/iDxx/bDyeXYJ5d8skny7LG3V1gZv7vmySTz/wC5HHXL/s9+b4o8cah4gePy49t3qP8AuNeT&#10;qsS/9+4HavL/ALZqvxAkjsre3vLu01OffK8ny3Wsy/xKvTbH/eb7iJ/s19WfDfwOngPw3HZPJHPq&#10;Vw32i9mg+VXlZVXav/TNVVFX/YjrUCv8bLz+z/g344uP7mj3P/j0TL/7NUnwfs/7P+E/gu3/ALmj&#10;23/j0St/7NXP/tOXn2P4B+OH/wCnFU/76lRf/Zq7zwnZ/wBn+E9Dt/8AnjY26f8AfMSrQBq80c0c&#10;0c0AeTftMSN/wrfyov8AXvLNs/4DZ3DVuR/8JLJ/rbiz0nZ/yzsbP7Qyf8Ckf/2nXL/tOXEsfhPS&#10;/Kj8yT7U37v5m3/Ls/h+b/lpVOP4gan5kiS29nBJ/wBM9Qkt2/79XI2/+RKAO0+x6xJ9/wAaXn+5&#10;5dtD/wC0xXm/xEkfw38QPDep3txeatJNazWiefcK2zfPAm77g/56V2lv4ofy997JeRx/359PZof+&#10;+oC61538VLi08QeIPC8tpeafJHFPHvmtZPub7mBfm43LQB9IeH7fSo/D+l/6H5k72sfyR7v7q1n3&#10;Hh+WO4uHis7zy5pWfZBJIuz9RWp4b0//AIp/T38u8/1Eab4Nu19q7a0Psb/89NQ/z+NZAYcej3H8&#10;dvqkf/bxJ/8AXqT+z3j/AOgp/wB/N3/stbH2dv8An41D/v3/APZUeXL/AM/l5/37agDP8Pxy2+uR&#10;vL9skjdfJ/f7f4mX2Fed/PcfBvxRcPH+8vl1i7VJPvfPLOy/+O16p5ktv873lxJ97YkkbLvbbu21&#10;5ldeJtS8VeBtIXTbOO/8UeJrNVstPjk8uN5ZIt8jbmztjVd7M1AH1T4P1BNW8J6Heo4dLmygmVk6&#10;HdGprbrzf4A6TrHh/wCF2jaVrVhcabNY+bb29rdSRtKlsJG8hX2My7lj2L97tXpFABRRRQAUUUUA&#10;cf8AB/8A5JJ4I/7Adl/6ISuwrj/g/wD8kk8Ef9gOy/8ARCV2FABRRRQB4N+17qX2D4f6JsOf+Jys&#10;v/fm2uJv/QohXE/C+zTT/hn4Tt4v9XDo9ps/78JWn+3Nqz2PgjSIU7Lqd3/37064H/tSrOj2aafo&#10;+n2kX+rt7WGFP91VULQBd5o5o5o5rUA5o5o5o5oAOa57x5J9n8D+IH/6cZk/76Xb/wCzV0PNcl8U&#10;JPL+H+uf7cSp/wB9Mq0AfLfxQ+2yePNLltNPuNTj0/SW82G1jZm+e5T22r8sT/er1TQ/2oNK0O3t&#10;4rvwv4oj8lVT/jzj/h/7aCuP0P4gar4f+JniC30fw3/wkt2+nWm//iYLa7FVpW/iBX/lpXUXHxU8&#10;YSff+F95/wBs9ctm/pQB0n/DZHg//lrZ+IIP+umnq3/oLmo5P2yPh/J8jXmqQf8AXTS5f8K4u4+I&#10;niOT7/wz8Qf9sLy2k/8AZxWXceONVuPv/DfxRHG//TOCT/0GSgD0ST9qz4dSff8AEnkf9dLOX/4i&#10;svWP2jPh5qGl3iW/ii3nkeCREhjjk3OzKyqvzIK8zvPFD/fl8B+KI/8AuFrJ/wCgk1n3HjjSrOP7&#10;RqHhvWLCNPnd7rQ5FVP95sGgD1T9kfT3s/Bfht3/ANZ/YW9/+2tyzf8Aste6a54f0/xRpcmmarZx&#10;39hN9+Gf+8v3WX+JW/usteb/AAD0/wCx+G9D/wCxb07/AMf8169Z5oA8i8QfAu41CPyrfWLPVrRf&#10;9Va+JtPW8aH/AHZ1KP8A99bqw9P/AGZ0jvPNl/4RvTf+m2m6O0k3/AWnkZV/75r3nmjmgDmvCfgP&#10;R/BfmS2Uck9/cIqXGoXUnmXEyr/Du/hX/ZXaldLzRzRzQB49+1pceX8B9cT/AJ+J7SH/AL6nSvXL&#10;eP7Pbxxf88VVP++flrxv9rD958L9PtP+fvX9Oh/76l3f+y17RJ9+T/eoAXmjmjmjmgDxb9oyOW4k&#10;8H2lvJ5ElxqKojyR+Yqbrm1XdtyN33qsSW/iuzj2XGn6P4hg/wCnW4ks5P8AvmQOn/j1R/HiTzPF&#10;ngO3/wBXvvN6fu2b7tzbv/D/ANc61JNQl/5+I/8AwDn/AMKAOb+2aFZyb9T0PWPC8n8c0dmzR/8A&#10;f20LL/31WP4wvNM8QaXcW+n+JP7d0mG1mm1Kb93MsMSq21WZk3KzMvy7q7T+3HkkjRLy38x28lP9&#10;avzf3fuV5f4w8Np4g8cSW9xJ5F/d6jaWjvaybWmiWJXZW3Day7vmbctAHtHwz+GdpJ8O/Dct7ca5&#10;BqU2nQvcSQa5ex/vWVWb7s22uo/4V3FH/qvEniyP/uOTt/6ETXP/ANl3ejxx/YvFniiO0Rdn7y3s&#10;pFT/AIC0NEesXsfz/wDCcaxJ/wBdNLsm/wDQQKAOg/4QfUI/9V448UR/9vkUn/oyE1oaXoeoaXHI&#10;kviTVNS3N8j33lbk/wBn93Gtcv8A25qtxJ/o/jSOOP8AuT+H1Zv/AB2cVJJqniO3+54o0uf/AK7+&#10;H5V/9BuaADxpHrfhezt9bTxJcSJDqNsjpPbxMsMUs6xM3/AfMrz/AFDwvp/gPxh4HS0uLzUvEN34&#10;m05Ld55Nq6ZY/bk89YFX/VRs0nlN/f8AM2fdrtPFFv4g8UeC9ct7jWPC93YTWciSw/Y7mGT7vy/N&#10;5x2tu+61Yej+F30+PQ9Yvbz+1ta1DxFo6S3v8KRLfRbYYuTtVf8A0OsgPtuiiigAooooAKKKKAOP&#10;+D//ACSTwR/2A7L/ANEJXYVx/wAH/wDkkngj/sB2X/ohK7CgAooooA+U/wBuy4WTR9Dtf7+n6o/5&#10;pBD/AO166Xy/s/7r+58n/fNcd+3VI0l14Tt47ae6+0Wd3C72+39wpubD94+WHy11MmqRSXEn+9QB&#10;Z5o5ql/aEVSfbIq1As80c1W+2RUfaEoAs81x3xc3/wDCv9QRP4mt0/8AI6V1n2hKx/GGjv4k8N3m&#10;n29xHHO/lvE8n3dyMrru/wBn5aAPmv4X27yfFDx5K/8AyxitLdP+/St/6FXrPNcVrnwLuNc1iTUn&#10;s/EGi38yqlxN4f1iKPztvyru+b/ZqvH8D7u3+54g+JEH+3/aEU1AEnxY/tD/AIRu3t7LXLfw9BcX&#10;Sw3t7PHuZINrtJt5HzfL93+P7lYXwW8Pr4fv/EEWm6p/a3h6ZLea1muo/JvPm3rtniUlI2XbtZV+&#10;/wDfrdk+C9xcR7Ljx58RPL/uT6fFMv8A6JNWLf4Py6f5n2T4qeKLDzn3v5/htW3t/ebbGu6gDsea&#10;5b4qSPH8M/Fj/wDUMuf/AB6JlqP/AIV3qsf/ADWy4j/6+vC6r/6FWfqnwz1XxJp9xpWp/GjR59Ju&#10;18m6T+x1hm8pvvbW3igD1j4Tx+Xo+n/7GgaOn/ktu/8AZq73mua8H29vH/aEtlHJHpv+j29k8nys&#10;8UMCxK3zfw/LXS80AHNHNHNHNABzRzRzRzQB4t+1B+88P+B7f/nt4u07/wAdZq9ok+/J/vV43+0Z&#10;+81T4T2//Pbxhaf+Oq1ey80AHNHNHNHNAHiXx0vIrP4geA7iWTy47eVpn/4Dub/2Ws/T9c1DxJb2&#10;+p63HJaeHtQZktYYLho40+bYq3LKNzbmX5WVtlanxUt31D4yeC7RI7OSR4pH2X0fmQ/LFdN8y5H9&#10;2us8N+D4tPt9Yi1Cz0vyNQl3/YrWNvs6ReUqbdrY+9tdm+WgDyPwf4Pe3+KHiBLfy4NC8pbuKykk&#10;ZY3Ys3zL/ut8v+55ddB8P9Hi8UfETUL20t5I/sOotd2/935IFi3N/veZXpGj+C9E8PxyJaWf+uXY&#10;808jTSOv93cxLbf9msPwHbp/wsCzS3j8uObXdVd0j+XeqW2xV/76agDvLy31OST/AI/I45P78dn8&#10;v/odc3qHhd7OOS4e8t5Nnz7I9PZmf/ZXmvQLis+SgDw/WNU8QSSXiWXhe4k37U095/Mh3t/F5/z/&#10;ALpf7tcneeNPHun6pJ9n8Pyf2bu3oklnK03lfIzL3+b5XX/tpX0zzUUlxZWflvd3FvBG/wBx55FX&#10;/wBCoA8b0/XNQ1j4L+NLvVbOS0v/AOzrhJU+zyW/97b9773y1cvNY/4Rfw/peofvJ7TTNR07UbiH&#10;/plDcxPI3+9tr0zxxJDefDPxZ9k8u787TLhE8jbJvbb/ALOay/iJZ2//AArO8tPLjj+0eTb/ALv5&#10;fvyotAH1fHIJBuWpK87+CPi7/hLPhv4bvWfzJH0+Hf8A7yrtb/x5a9ErIAooooAKKKKAOP8Ag/8A&#10;8kk8Ef8AYDsv/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooA+dP2xfAes+KPCdnrGh2lxqV3pkVz&#10;by21rGzy+XL5brIqr8zbZoIN23+AyV4PZ/tEeCryON5fElnYTv8Afhut0MkLfxRtuA+ZW+Wv0Drw&#10;rx5+yB8PPHXiK912azm0rUL2Tzr3+zfK8u6l7yOksbgN/eZdu7+LNAHgtv8AGTwlef6rxRo8n/b5&#10;Gv8A6Ea1Lf4iaJef6rXNPn/653kbf1rhv2kv2ZNE+FM/hebSriO7sNUuZ7SdNS0uzk2MImlj2skK&#10;/wDPN68ck+Genyffs9Dkj/7BbL/6LmWtQPqyPxRb3H+qvI5P+ucitVyPWHr4/wD+FX6f/Bo+hxx/&#10;9M/tsLf+jzRH8N4reT91p8cH+3Brl3H/AOhI1AH2J/bD0f25Xx/H4TvbeT91J4kg/wBuDxQzL/3y&#10;0IqxHZ+ILeT91rnjiD/rnqlpMv8A48VoA+vP7c/6aVJ/bn/TSvkePVPFtvJsTxh4wj/66aXZXC/+&#10;jqsf8Jh41t/kTxxqH/b14T8z/wAejzQB9af25R/bn/TSvk//AIWZ41t5Nn/CaaHJJ/0/eG72P/0F&#10;KsR/GTxnb/I/iDwHPJ/cnkubdv8Ax4CgD6s/tx/+elSf25/00r5bt/jZ41/59/A93/sQeIPLb/x6&#10;tS3+MHjj7/8Awhel3f8A14+JIGoA+lP7Y/6aUf2x7V89x/GTxh9+b4X6xJH/AH7XUIJv8Kk/4Xpq&#10;sf8Ax8fDfxhB/wBc7eOT/wBBegD6E/tij+2K+e/+GjNPj/4+PC/jC0/66aPI3/oJNSf8NOeD4/8A&#10;j4/ti0/676Pcr/7JQB9Cf2wlSf2olfP8f7Tnw8k+/wCJI4P+u9vPH/6ElXLf9oz4e3H3PGmj/wDb&#10;S42t/wCPUAanxw1Bbzx58H7f/qYmm/74iWvZP7QSvl+Pxhb/ABg+MHhu70TzJ/D3hZbi4l1Dy2WO&#10;a6lXYsa7q9o/tj2oA7j+0Eo/tCKuL/tipP7Y9qDI4f4sSJJ8aPB7+XcSRwwf8sLiSGT/AFV7826M&#10;My/9811Fn4guPL8201iSSBPvx6rbrcRp/wBt7Ynb/wACWvH/AI2W/wDbnjzw/vuPskCxR75vLVtm&#10;2K9ZW+YH+7WfqmoeK/A8kb3cn9pSQwQzSp8zXFt5v+qh/eP5vmMrI21bhf8AWVkan0Rb+KLj7P5t&#10;xpckkH/P7pUi30P/AJD+b/x2sf4VyfbPGmh3CeZ5bz61cfvI2X5WliRfvf71eX2fxQis9QjfxBp9&#10;xYSO3zzSR7Zn/wB1mML/APfM0tdx4f8AHH2iTS9dtLzy5Egmt7fUJPKmW5gdkdflkkhZpF8tF3f9&#10;9fNWoHtlxWfJXJx/EzVbj5/tlvd/9dNLZv8A0XdNViPx5qcn37Ozn/7hd9H/AOgh6AOgrDvPFGhe&#10;ZJb6h+88lvuT2cjLu/4EhWo/+FgPH/rdP0//AMnY/wD0K1qSP4oWUf37PT4/+4pt/wDRka0ASeJN&#10;Uit/hf4g1DQpI7RIbG4mt5rWPy9jKrfMvA/irn/iZriRx6Xp6f8ALHdqNx/uxf6v/vqRkrU8SfEy&#10;HUPC+qWmmafp89/cQNDEl1qlk0Ls397dIPlrm7yz0+3t9U1XVdQjv4LRf7R1fULWTdCnlfNBYwN/&#10;F83zN/tf79AHpH7Jdw9v8O9Hsv8An386H/vmd1r6Tr5w/Zn0e70fwno9vdx+XdpBvlT+5K/zsv8A&#10;301fRkf+rrIB9FFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFF&#10;FABRRRQB5/8AE74e6P8AEbw/JpWvafHqVizrL5cm5WRh92RWUhlZf7ytXzprH7I+iRySfYtQ8QWn&#10;/XPWJZP/AEZur7IeNZOtU5NLik/5Z0AfD9x+yncR/wDHv4o8QR/9dPs0n/oUNZ9x+zH4gj/49/GF&#10;x/230uBv/QdtfdEmh2//ADzqOTw3b/8APOgD4LuP2e/Gtv8A6nxJp8//AF30eRf/AEGeqcnwT+Id&#10;v9y48P3f/bO5h/8Aiq+/JPC9vJ/yzqvJ4Pt/+edAH59yfCv4h2//ADB9Hn/64apKv/oUFU5PA/j2&#10;3+/4P8z/AK9dUib/ANC21+hEngu3k/5Z1Xk8B28n/LOjmA/PeTR/Ftv/AK3wXrH/AGwktpP/AEGa&#10;qckmsW//AB8eF/EkH/cLkk/9F7q/QiT4d28n/LOq8nw3t/8AnnRzAfnfcahZR/8AH7peoQf9fWh3&#10;P/xusu41DwZJJvu49Ljk/wCnqzWNv/HkFfoxJ8M4v+edU7j4XxSf8s6OYD87/wDihLiTekmh+Z/0&#10;zuI4/wD0EitS30vRJPntLz/wF1SVf/QZK+5Lz4J6Zef63T7ef/rpbq39K5+8/Zj8KXn+t8L6PJ/1&#10;00+L/CjmA+S49Llj/wCPfWNcg/656pPt/wDHiak8vWI/ueKNcj/2PtEcn/oxDX0pcfsj+CpP+ZT0&#10;+P8A64W/l/8AoOKy7j9kPwv/AMsdPvIP+uGoXcf/AKDJWnMB4H/xPbj/AJmi8k/672dtJ/7TFWJN&#10;H1W8+/qGlz/9fWhxSf8AoJWvaJP2S9Pj/wCPfUPEEH/XPVJW/wDRm6qcn7Md7b/8e/izxBH/ANdJ&#10;LaT/ANChpged2cfiizt47e0vNDjgT+D+z5IV/wDIc22tSOTxn/BH4fn/AO2k8P8ARq6j/hQfiuz/&#10;AOPfxhcSf9fWlwSf+gqtH/Cp/H1n/qvEGlz/APXfR5F/9BnoA5/zPGf8Gj6XP/1z1SRf/QoKsfaP&#10;GEf/ADKfn/8AXDVIG/8ARm2tyPwn8SLP/ln4bu/+2dzD/V6kjk+IFn/rfC+j3f8A1w1iaP8A9Ctq&#10;AOH1zw/rfiC4uItT+HeoatBd2MluiSXlsqw3StvtrjzVm+XazP8AMtaGh+E7vxJ40t9Mvrz+1pNB&#10;2zarqEn/ADENYlXdI3/bJW/77kj/ALldpHefEPUI/s9p4f0vQpH/AOX261BrzZ/tLEsa7m/3mWvS&#10;PhH8K08L6fb2ieZPs3PLNP8ANJNK7M8kjN/eZm3NWQG54f8AhPZXmn+VcW8ckbr86SR7lrzPxx+z&#10;Hqvh/WJLvwZH5GjXEX+kaLBrE+mwwz7mZpoljRk+ZW+Zdq/6vfX1Zpdmlvb7KvywrNHtfkUAfAGo&#10;eA/FtnJsuND1h/8Arh4gtrj/ANHwCs//AIR/Xbf7/h/xJH/276Ncf+yCvve48K2dxJuZKqSeBLGT&#10;+CgD4vj8aeNbP5XuPFkcaf8APfw3YzL/AOQnqO8+JHii4t5Le41jVII3/wCWkng+7jb/AL6ikFfZ&#10;Enw7sZP+WdV5PhnZSf8ALOgD4jk8cXsf3vEnmSf3J9L1dWf/AGdrO1dZ4P8AD/i34iR6f/wktvHY&#10;aTaT/aLXSI9zNNLu3RzXO7PzL/DF/A/zt833PqiT4X2lamj+A7TS/mSOgCv8P/C/9j2ce6u3qOON&#10;Y02r0qSgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYV4p8LPjf4KsPhb4Ot59cCyx6PZxMPsk5G&#10;5YEB/grqv+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxF&#10;AHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hf&#10;XgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+v&#10;Av8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DTK4H/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA77y6PLSuB/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAO+8tKTyU9K4L/hfX&#10;gX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7r7OlH2NK4X/hfXgX/oOf+Sc//wARR/wvrwL/ANBz&#10;/wAk5/8A4igDtv7PipP7Nh/uVxX/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHZf2TD/c&#10;qP8AsSH+4Pzrkf8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAOqk8P2/8AzzqvJ4Xt/wDn&#10;nXO/8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAbUnhO3/AOedV5PBdvJ/yzrN/wCF9eBf&#10;+g5/5Jz/APxFL/wvjwL/ANBz/wAk5/8A4igDRj8F28cn+rrcs9His/uR1yX/AAvjwL/0HP8AyTn/&#10;APiKT/hfXgX/AKDn/knP/wDEUAd9T68+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9B&#10;orz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFFAH//ZUEsDBAoAAAAAAAAAIQCh96ZITCcAAEwnAAAVAAAA&#10;ZHJzL21lZGlhL2ltYWdlNi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwME&#10;AwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBD&#10;AQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcI&#10;CQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAk&#10;M2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqD&#10;hIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl&#10;5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgEC&#10;BAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcY&#10;GRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOU&#10;lZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3&#10;+Pn6/9oADAMBAAIRAxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvh&#10;n/0T7wx/4KoP/iK0fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EVa1b4jL/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4jyYfy/DFrx/x&#10;7+Zczf8AkXav/oNAEH/DP3wz/wCifeGP/BVB/wDEUf8ADP3wz/6J94Y/8FUH/wARSyfETU/DJ/4r&#10;HRP7KscZbWdPnN3ZJ/11OxXiX/aZdv8AtV3MMqXUaSxOrxsNysvKspoA4X/hn74Z/wDRPvDH/gqg&#10;/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKo&#10;P/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T&#10;7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE&#10;+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z&#10;/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++G&#10;f/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKA&#10;PPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo&#10;/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0&#10;GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/g&#10;qg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4&#10;KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+&#10;8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8&#10;Mf8Agqg/+Ir0GigDz7/hn34Z/wDQgeG//BVB/wDEUV6DRQBx/wAH/wDkkngj/sB2X/ohKr/EbVL6&#10;Q6Z4e0e4e11XWpGj+2R8tZ2yLmeZf9oAoi/7ciVY+D//ACSTwR/2A7L/ANEJVeP958aLjd/y76BH&#10;5X/bW5fzP/RSUAb3h3w7YeF9Jt9N02BLazgXCoo/FmZurMx+Ys33vxzXnmsftIeG9PutTFppniPX&#10;NK0mWSHUta0fS5LmytXT/Wqzr8z7P4vLV9tej+J7ybTvDOr3dvzcW9pNLH/vKjFa+avgDH8Tr39n&#10;PwlqHhtdAsbGPRo5bTQ9UtJZptSfbmRp51kXyvMk3uu2Nv8AWfNQB9NaNqtj4i0ez1LT7mO+0y9g&#10;We3uIfmjmjdQVZfYqa4jw7bj4feNE8OxHb4c1YSXGlRYwtnOnzS26f8ATNlPmIo+75cv8OytD4O+&#10;JtI8XfC3wvrWg6fHpWlX1jHNBp8aKq2vy8x4XA+Vsr+FJ8Uv3cXhSdTtnh8Q2Xlf8DZom/8AIcj0&#10;AdzRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJ&#10;gmZSkzf7KSomf7qySNWl8H/+SSeCP+wHZf8AohK6e6tYb+3kt540mgmUpJE6bldSMFTQBJLGkyur&#10;jejfKy14Zpfwr+JngfQJ/B3g/wAT6DB4UxJFp9/qVlK+o6XA7N+7VVOycx7vkZ9vQbt9dfY6L4k+&#10;HObfRoP+Ep8Nr/qrGe4WK9s1HSOKR/lljXssjIy/33rRHxUtoxi48OeKIZ/+eP8AYk8n/j8YZP8A&#10;x6gDT8A+DdP+HngvQ/DGll/sOlWyWkbSHcz7V+83+033vxrE1aceKviPpekW5D2nh5/7Tv5MfL9o&#10;eNkt4f8Ae2u8remI/wC/Uc2teMPFrfZ9H0mXwpZN97VtY2NcBf8AplbKzfN/tSsv+49dN4X8L2Xh&#10;DSEsLHzGQu00s07+ZNcSMcvJI38TN60Ab1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/&#10;6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/5J&#10;J4I/7Adl/wCiErsK4/4P/wDJJPBH/YDsv/RCV2FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACYox&#10;Xzp+0R+1KPhjqFv4d8Mx2eq+JG/4+mny8Nmv8KsqkbpG7LuFeHyftVfFq7+5qml2n/XHS1P/AKEx&#10;o5Rcx9+UV+e8/wC0P8X7j73ivy/+uenwL/7JVST43/FqT7/ji8/7Z28C/wDtOtOUjmP0Tor85P8A&#10;hcnxVk/5njVP+/cX/wART4/jF8V45Cy+N9U+X/npHCy/+gUco+Y/RiivLP2dPiPf/FL4a2eq6r5f&#10;9rW881jevCNqvJG33tv8O5WRvxr1OsywooooAKKKKACiuM8XfFrwl4D1iy0rXtat7DUr1d1vasjt&#10;JN977qqD/df8qpf8L08Ef9BiT/wDuf8A43QB6BRXn/8AwvTwR/0GJP8AwDuf/jdRSfH3wFb487xD&#10;HDu/56W869PvdUoA9ForjPD/AMV/C3ijWItL03VDPqEsTTJDJbyxsypjcy71H96uzoAKKKKACiii&#10;gAooooAKKKKACiiigAooooA+Zvhz8WPFOg+AfCcb2dhqUEuk20NugRoWhxAu1nbc29f733a6D/hb&#10;vi/T5Psk9np99PcJvim8toVtv9p13ncv/fFYPge302T4X+E5bi4kj/4k9o++Pd/zyT2NdBqkej2/&#10;2e4uLz7P8y7H+7978K1MhifFrxdDJJpr22nz3b4ddQ8tlWFf7rRbzub+781LH8XPF8pk0xbPT/t0&#10;TfNqfltt2/3fK3/f/wCBbadef2Jb6hbvLqHlzu+xE8z7/wDs9P8AaqveSaVb6hH5V5/pczMnk+Z9&#10;/wDSgCWL4ueL9QU2cVnp9rcW7lJb3y2kWb/di3jb/tfNSx/GDxfqlufIs9Psfs+5ZZpI3mW5x/Ei&#10;7xsX/vus3T/Kk1j/AJCFvHvikf7LJu8z733ulXNLj0yOS8ifUI5J9u944/4F/KgCV/jB4vu7X7fF&#10;Z2FjBCm9raSOSYzbfvNvyNqt/D8tLcfGTxVg6qmn2kFiu3/iWOjNK/8As+buC7v+A02zj0SSO8ii&#10;1DzI0bZLH5n3N34VTuJNM/seT+z7z7Xsl2P+83f7XoKAL0vxg8VWbR6lLp9nPYs2z+zE3CTn+Hzd&#10;23d/wHbXi3xj/aD+INx4j/4Ruz1OPQ41ijuJn0uPbKd/KxrIxJ27f4/kr0Oz1T7R4TjuH/gaT/x3&#10;dXz344vH1D4kahdr+8n+x2SIn/TVlVV/8eagCceOvGg8xZPHfiieRE3P/wATRo1TP95m+Va0dLuP&#10;H2ueY6eOPEEEafxz3lztf/dZtu6jR47Lw34fuNd1CTzLSHc8Xmfx7W/13+1Izfd/2Kw5PEHiDXP9&#10;Lu9Qk0mB/nisrXb5m3/aZgfmoIOs/sPxnJ9/4ga5/wCBlz/8cqnceB/Ed5HsuPHniCSN/vp9sl2/&#10;+PSGub+0X3/Qc1T/AMCF/wAKPMu/+g5rH/gR/wDWqwNC3+C9pbyRy/2pcSeS2/8A1ce3d/tcfNWx&#10;/wAI3b6fH/z0/wC2e2ufjjuJP+Y5rH/gR/8AWqSPR3k+/rGqf+BH/wBagDY+xxf886PscX/POs+P&#10;wukn/MY1T/wM/wDrVcj8Hv8A8u+uapbz/wDTeRZl/wC+WFQBJ9ji/wCedH2OL/nnVfT7y4+0XFlq&#10;Eccd/abd/l/6t1P3ZF/2Wq5Vge5fsbXhjs/HelDiO21aO5Vf+u0C/wBUNd58UPi5qXgfxR4c8M+H&#10;/DEnivXNYiuLtoUuxapbW0OwPM77G/iljULjmvLf2Q7jy/iB48tP+e1nYXH/AHz5qUvxQ8fXXg/9&#10;prV9Rsoo5pdN8FW6mObdt/eXdxIw/wBnd5CVn9o0+yehf8LZ+IX/AETCP/weN/8AI1Rv8XviDFGX&#10;f4YRpGv3nfW2/wDkartv8TNVuLeOXy7f51V/9W3f8aJPiBqckex47OSN/vp5bf41mIx/+F9eL/8A&#10;on9n/wCFB/8Ac1H/AAvrxf8A9E/s/wDwoP8A7mq5J4neSPb/AGXpfz/9Oa1h+XQBw1rDZfG741Xk&#10;/jC8/wCEUuNJgg/s/S9O1jbNMyRy+ZN5qoj7VW9/h/56fNXpP/CnfB//AEOHiD/wqLn/AOOV4P4T&#10;jS8/aY8QTP8AvPs+nXOz/gUtmn/tJ69o8tK1AuXnwb8NfZ5PsXjDXPP/AIfP8UXe3/x2SvK/ip8H&#10;7Szjt73/AISyOf7PZ3b/AGWfxBdyTTfKv+qVnP8AwKvSPLSvN/i5Gn9oaP8A9ed//wCiloANQ0vW&#10;PC/xE8J3vh3WLyDUkiv3T+1bye+t3VVi3Rskkh2q395dr16Zf/tIa5Z+HJ9vgHVJPEiRsqp58H2A&#10;yY+VvNMoby8/7O72rk9cjT/hYnhP/rhqP/oMVWPiJeXej+A/EmoWNxJBf2mnXE1vNHt3IyqzK1AH&#10;o8WpfGB442a38LpJtUun2eX/AOP1L9v+MH/Pv4X/APAeX/4/Uen+K9QfT7N21CQSPBG7/d/urVj/&#10;AISy+/6CEn/jtZGphXHjr4m29xJby/8ACLh0fY2LO5b/ANrVyHh3x74vXxlomoXOpSX0mrJdvcab&#10;NJ5NkkSbfL8pdjMvzMn+9/FXo9x4vvbe3ll/tCT90jOfu9ua4C81R/EnxI0e9fzPMfQpJv3n3k8y&#10;WJf/AGnWpkeir8WNT1KMvp+gpF5LeXP/AGheeTulH3li2o29f9o7aavxa1G+tfttloOyxRd7LfXf&#10;k3Em373lpgr/ALu5vmqPTPD9vrclxbveR2kFpthRPl/iXLdxWxL4JtLufa+qR+Wu1PJwPur/AA/f&#10;oAzH+Ll95X9proRj0bbv8ua423rx/wB9Ytu3/gG7dRN8WtQtB9tuPDkn9muVKQwz7r7axwGaLG3/&#10;AIDuq5P4PW4uPtC6hHdlJP8AV/KvT8TWMNNurS3uNWvY4P8AR1kl+SdH/wB37poAuTfFXU7GWP8A&#10;tDw75kdw/kxQ6deedPHI33VkVgq/8CVjtp3/AAtPVLKWOC70BLi4uNy2/wDZ955q71+8sjMi7F/2&#10;vmqLwfokOsaONVlvI4Lh1bZv2/Jn+LqK04/BNpZwSSprCeYybPPwv/xdAEX/AAsbxN/0Ktp/4OF/&#10;+N0Uz/hEIv8AoYI//HP/AIuipHqeEeH9QuI/g/4bdLiSORNFtP8AVyMv8KVseLLiWTS7dHkkk+e3&#10;/wCWn+zWHp9u/wDwqfwvEn8ek2Sf+QkroPFFm8lxp9un/PeFKoQeJP8AkKaX/wBfy1Hef8jZo/8A&#10;z03TVJrFu9x4o0tP+Wf2pn/75+apPs7yeNLP/nnDFM//ALL/AOzUAV4/+Rss/wDrzk/9mqPT/wDk&#10;ZNU/69o//ZasafbvJ4skf/lnDZt/498tGj27/wBqa5L/ANMo0/8AZv8A2WgCPR/+Qrrn/XWH/wBm&#10;o8N/8g+8/wCef2+SpPD9u/l6xK/8d5/6D/8AtVH4ft3t/C8j/wDLR55n/wDZf/ZaAINH/wCRPk/3&#10;rj/0GvCtUj8z4gXn/XWwT/yFXvFvbvb+A4/+ejxTP/31Xg/ii3lt/iBrlvF/r/stlNF/vLEjrQBo&#10;fFCz/s/wfodl5nmQQ3VtDK/+ytY+ob/MkrvNQt7L4geD5Ikk/cXcXyP/ABI3/wAUrV5//wATPR44&#10;7TW9PuPMh+T7baxtNHN/tfL8y1ZBHHvqxHvqv/aFpH/yzvP/AADl/wAKsR6paf8AT5/4By/4UAWI&#10;99aFvurLj1jT/wDp8/8AAOX/AAq5H4k0yP7/ANs/8A5f8KANy331sWdcvH4w0qP/AJaXn/gHL/hV&#10;yPxxZeX/AKFZ6hfz/wACR27Rr/wJpMKtQBHrGz/hOI9n+sTTP3v/AAKX5f8A2erFU9Ls7iOS4u72&#10;SOS/u5d8vl/dRfurGv8AsqtXKsD0/wDZP/5K54o/7Atr/wCjXrA+OEn/ABkZ48/7FnTE/wDS+un/&#10;AGTY/M+KHjOX/njpVkn/AH1JKf8A2WuQ/aA/0f8AaM8af7fhbTpl/wCAterUfaL+yeoaH+80PT3/&#10;AOnWH/0Fau81S0vZHpdmn9yCNP8Ax1aseYv/AD0oAl5o5qLzF/56UeYv/PSgDxv4b/vP2gPHD/3L&#10;Fv8A0ulX/wBlr2nmvFvhn+7/AGgPHCf37Fn/APJ6Vv8A2pXtPNABzXmXxc/5CGj/APXnf/8Aopa9&#10;N5rzL4uf8hDR/wDrzv8A/wBFLQB0muf8lE8H/wDXDUf/AEGKo/ix/wAkv8Wf9gm5/wDRTUeIP+Si&#10;eE/+vfUf/QYqPixIn/Cr/Fn/AGCbn/0U1AEml65/xK7P95/ywj/9BWrH9uf9NK4fT7z/AIl9n/1w&#10;j/8AQVqx9soA6TWNcf8AsfUP3n/LCT/0Fqr+B7j7Z8SI1/546Fbp/wCR2/8Aia5vULzzNPvE/wCm&#10;Tf8AoNanwvuPM+JEn/YFt/8A0e3/AMVQB6Jp/wC8+IGof8Bo8L/8jJrD/wDTdqNLj8vxxqjv/eVP&#10;/HaPCcbx65qm/wDjupEoAj8F/wDHvrD/AO1JVfw//wAiPqj/AOzJVjwfG/8AZ+qf89G86q+lxtH8&#10;P9Q/65M9ABJ/yTeT/b2/+hVJ4g/5Ee3/ANuWOi8jf/hX8kX9zy//AGWpPEkbyeF7OFP+e6pQBw9F&#10;an9jvRQBh+C9civPA/hfyreS7sLTSrT7VNBG0kdsyxJt81l+7XQSeJUuLz7akEk+lW+3dqEcbNDD&#10;J83ys33a9z+D8ax/CXwWF6f2LZf+iErq/KSOPYqfJ/d7UuYfKfMP/CSW/wDaH9oS28kem7tkWoeW&#10;32d22/Mvm/d3UWfiBLe4kvb63ktLS43fZL2eNo4Zl/i2s1fT3lr5ezZ8n93tRJGsibGTelHMHKfL&#10;tn4gh0/zLjULeSxkuF3QPdRtGsy7m2su77y0kXiIabZyRXlpcadqU0assN1GyyPlflZV/i3V9SPG&#10;kn3hu20hjWQhmT7v3aOYOU+Xf7c+z2cmnxafcR608v8AyC5I2W4dm2/Lt/8AZvuVJ/bm+3j02ys7&#10;ifUkl2Pp6Rt9o/2vlr6f8tPN3bPn/vUeWnm7tnz/AN6jmDlPlubXo763t7LTrSe9ESkXFraxs0iR&#10;heWZfvLtr58+KGqRR/Fi8u4pI/Iu4Ld4n/h+RVRl/wDHa/SYRrGSyp9771c/4v8Ah/4c8eaeLLxB&#10;otnq0CtvRbiPcyN/eVuq/hRzBynwDpeoXen3El7o8kf7757jT5/ljmb+8rfwtVz/AITjW7f/AI+N&#10;PuP/AAX+Z/49HJ/7LX11J+yd8Km+74Tjj/653lwv/tSqcv7IPwyk+5pd/b/9cdUuV/8AZ6OYOU+T&#10;f+FoXEf3rfy/+umlzr/U0f8AC2E/jjj/APAO5X/2U19TSfsc+BX/ANXd+ILf/rnqkn/s2az7z9jX&#10;w9JG/wBh8V+KLR/4XkvEmH5MlHMHKfOOn/FjR7z/AEe4k/0t22JDa28rf+hAVqf2gl59yO4j/wCu&#10;kbLXG/GT4d6/8G/H1lDqlx9vjdGew1ZI/L+0r0ZX/usv92smz8WXEn3rimZnpHmUvNcNH4sf/npV&#10;j/hMP+mlWB1lFcn/AMJZ/wBNak/4S3/boA+kv2PbMyar8Q7/AK/6VaWiv/uRMzf+jK4z9rezfS/j&#10;pol0/wC7j17wzJp0T/35YLtW2/8AfN3Xqn7HGnvH8JZ9WdMPrGq3V3/wEN5a/wDouvV/FHgnw744&#10;gt4Nf0TT9Zgt382FL63WURttxuXcPlOD+tZ/aNPsnzr/AMJRFH8iXEfyf9NFpP8AhLIv+fiP/v4t&#10;e1/8KB+G3/Qh+H//AAXRf4Uf8KB+G3/Qh+H/APwXRf4UcxoeKf8ACWRf8/Ef/fxaP+Esi/5+I/8A&#10;v4te1/8ACgfht/0Ifh//AMF0X+FH/Cgfhr/0Ifh//wAF0X+FHMB8e+E9YSz/AGjNY/5532nXOz/g&#10;LWb/APtR69o/txK5D4ufs73Wi/GrRNe8C+HLuw0prbybl9Ds4JIYFMcqyfuGlj3MzLa/8BBqf/hX&#10;fjH/AJ6eKP8AwmLT/wCTqZkdR/biV5/8UNQS41DS/wDYtb3/AMeiWtj/AIV34x/56eKP/CYtP/k6&#10;ud8VfCbx9qlxZtbW+vXSJFOj+doFtFsZl+X7t2d249f7tAHReINY/wCK88Lun8MF/wD+gxVy/wAS&#10;PiZolx4L8UWSaxZ+e9jcW+zzP4trLt/u7q63w58CtZ8Z/EDRU8Tf2+/h+2huWufOsYdNEm4RhY90&#10;VxI7K3O7bt6V9OXHgfQbrwjJ4XbSbSPw+1sbT+z44lSFYiuCqqPuigD4u0+8/wCJfb/9co//AEGp&#10;PtlfR0f7Kvw8iQIthqeF6f8AE4u//jlP/wCGWfh7/wA+Opf+Di7/APjlLmNOU+ari88y3kT++rVs&#10;fCe4eT4gb/Mjj/4kTPvkk2r8k6f/ABVe/f8ADLHw9/58NT/8HF3/APHKyPh7+zHp3hDxZcatqOqL&#10;4jtEgktrOyvLNf3KmUPln3HzGXaF+6tFyOUqR6xp95b3Gu2VxHJAq77jzJNuxkX7rbqk/tjT7ezk&#10;123uI/7NdvOd/ut83ysu3727/Zr2C98H6FqF/Hf3WkWdxex7ds8kCs4x05xQ3hDRG1cam2kWf9pB&#10;t4uvIXzN397dj71Zhynj/wDamn6HZx6mlxHJpMzfI8fzb9/91V+aiS80zR7OOK7vLePTL5fs8U3m&#10;Kyvn7rf7v+1XsFv4R0Sz1Z9St9Is4NSbO67jgVZOevzYqO18FaBYXE89ro9hbz3Cskskduis6nqp&#10;4oDlPI7jULLT5I9K1C4jg+3L+6/efxLt27v7q/3WouNQso7iPRLu4jS7m23FunmfxL/D/s/d+WvX&#10;LDwX4f02C4t7TRLC3huv9fHHboFk9mGOaLfwV4ftNNuLCLRLCOyuPmlgEChH/wB4YoDlPL/7PuP+&#10;ecf/AH8WivRv+FX+Ef8AoWtL/wDAOP8AworS4cpB8H/+SSeCP+wHZf8AohK7CuP+D/8AySTwR/2A&#10;7L/0QldhWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAYviTwlovi/T/sGuaVZ6tabt/kXcCyLu/v&#10;YNeeXn7KHwqv/v8Ag+3h/wCveeaP/wBBcV67RQB4Pd/sWfDC4/1Vnqlp/wBcNUm/9mJrHuP2FPAU&#10;g/dap4gg/wC3yNv/AEKOvpCigD5a/wCGFfCtw8q2/i/XAEbayHyJNjfe2/c/2qLf9g3w/HcI1z4s&#10;1u4tg3zQIkMbOv8Ad37a8a+IWk/Ej9hv4pah4/0W8vPGPw716883VIb6RpJN7t0mb+GT/nnL/wAB&#10;avtP4T/Fzw38aPCNv4i8MX32q0k+SWF/lmt5O8cifwtRzBynSeH9BsPC+h2ek6Vbx2mm2USwwQx/&#10;dRR2rToooAKgnuIrWF5ZXSKNfvO/Aql4g8Q6b4T0S71jWLyHTtMs42luLqd9qRoP4jXwD43+IXjb&#10;9vzx5L4K8Ai40H4X6fKv9oanNGy+ev8ADJL/AOyQf8Df/YAP0SorD8IeHE8H+FNL0VL681NdPtUt&#10;vtl9J5lxNsXG52/ibitygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/AIP/&#10;APJJPBH/AGA7L/0QldhXH/B//kkngj/sB2X/AKISuwoAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKAPnL9rD9qrUP2bbjw1FZeFE8Sf2stw7brlofJ8rZ/dRv79eA/wDD0jX/APol8f8A4NJP/jFf&#10;oNNGsn3kRv8AeFM+x2//ADwj/wC/dAH55at/wUw1LXtLn0/UPhJaX1jdRtFPbTahI0bqeGV1aCvn&#10;D4e/H7Vfgt8UrjxP4I0uXw9pF3Kv2jwxdXElxDNF/wA897AN/uNt3LX6G/tWftYaT8CdP/sHQoIN&#10;d+IN8oS005I/MW23/Ksku3/x2P7z1xf7L37Iuorrx+Kvxf8AM1rxxeyfa7fTr0K/2Nj92SQdPM/u&#10;p92L/e+4AfVHgTxU/jXwfpOuS6XeaHJqFslw2n6hHtuIN38LrW/JJ5ce771SUUAfkf8AtdftNeKP&#10;jN44ufDN7p+oeHvC+k3vlL4fk/d3E0qPjzJ+v7z+6v3V/wBuu/8Ahz+34nwp8J2nhrwx8IINN021&#10;6J/akrMzfxSSN9nyzN/E1fUX7VP7JWlfH3S/7Y0mSPRvHliv+i6j91bnb92GfH/jr/eWvN/2Z/2r&#10;tR0/xIfhT8Y4P7F8Y2Mi2drqd9GFF038McrdN7fwy/df/e++AcX/AMPSNf8A+iXx/wDg0k/+MV6R&#10;+zv+3Vq3xu+Kun+D7vwLHoUN3BPL9uW8eTb5cZfGxol6/wC9X139jt/+eEf/AH7p0cEUXzLGqUAT&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErsK4/wCD&#10;/wDySTwR/wBgOy/9EJXYUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB86/Cn9jnwt8&#10;Nfil4g8eXuo3nivWby8kuLCbVTvew38sdxJMknbzW5219FUUUAFFFFABXhn7Sn7LXhr9orR4xey/&#10;2N4jtP8Ajz1m3i3SIveORcjzI+eh+7+de50UAYfhHw7H4P8ACekaJHe3epJp1qlut1fS+bcShFxu&#10;dv4m4rcoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBg&#10;Oy/9EJXYVx/wf/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAOP+D/8A&#10;ySTwR/2A7L/0QldhXinws+N/gqw+Fvg63n1wLLHo9nEw+yTkblgQH+Cuq/4X14F/6Dn/AJJz/wDx&#10;FAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/&#10;4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4iigD/2VBLAwQUAAYA&#10;CAAAACEA75yf9uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93EENvG&#10;bEop6qkItoL0ts1Ok9DsbMhuk/TfOz3pbWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pAcIH&#10;TUa3jlDBFT2sivu7XGfGjfSFwy5UgkPIZ1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWPkfR&#10;i7S6If5Q6w43NZbn3cUq+Bj1uE7it2F7Pm2uh336+bONUanHh2n9CiLgFP7McMNndCiY6eguZLxo&#10;FSyShJ0K0pQbsD5fzvlwvA1pArLI5f8GxS8AAAD//wMAUEsDBBQABgAIAAAAIQDJHdJQ4QAAALsD&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zTz0oDMRAG8LvgO4S5u9ndtouUZnsRoVep&#10;DzAks9no5g9JFPv2BgSxUNZbjplhvu93yeH4ZRf2STEZ7wR0TQuMnPTKOC3g9fz88AgsZXQKF+9I&#10;wIUSHMf7u8MLLZjLUZpNSKykuCRgzjnsOU9yJoup8YFc2Uw+WszlGTUPKN9RE+/bduDxbwaMV5ns&#10;pATEk9oAO19Caf4/20+TkfTk5Ycll29UcGNLdwnEqCkLsKQM/gw3zVsgDfw2oq+D6FcRXR1Et4oY&#10;6iCGVcSuDmK3itjWQWx/Efzqy43fAAAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJcQSCD&#10;BAAAyBwAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJ59&#10;FoijPwAAoz8AABUAAAAAAAAAAAAAAAAA6wYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoA&#10;AAAAAAAAIQDbBcE+QT4AAEE+AAAVAAAAAAAAAAAAAAAAAMFGAABkcnMvbWVkaWEvaW1hZ2UyLmpw&#10;ZWdQSwECLQAKAAAAAAAAACEAlSiuVF1AAABdQAAAFQAAAAAAAAAAAAAAAAA1hQAAZHJzL21lZGlh&#10;L2ltYWdlMy5qcGVnUEsBAi0ACgAAAAAAAAAhAP1UW+n8LgAA/C4AABUAAAAAAAAAAAAAAAAAxcUA&#10;AGRycy9tZWRpYS9pbWFnZTQuanBlZ1BLAQItAAoAAAAAAAAAIQDJCHSvNTgAADU4AAAVAAAAAAAA&#10;AAAAAAAAAPT0AABkcnMvbWVkaWEvaW1hZ2U1LmpwZWdQSwECLQAKAAAAAAAAACEAofemSEwnAABM&#10;JwAAFQAAAAAAAAAAAAAAAABcLQEAZHJzL21lZGlhL2ltYWdlNi5qcGVnUEsBAi0AFAAGAAgAAAAh&#10;AO+cn/bgAAAACQEAAA8AAAAAAAAAAAAAAAAA21QBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQDJHdJQ4QAAALsDAAAZAAAAAAAAAAAAAAAAAOhVAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAALAAsAzAIAAABXAQAAAA==&#10;">
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+              <v:group w14:anchorId="055D305F" id="Grupp 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:41.65pt;margin-top:27.9pt;width:357pt;height:369.75pt;z-index:251659264" coordsize="42044,40313" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKJcQSCDBAAAyBwAAA4AAABkcnMvZTJvRG9jLnhtbOxZXW/bNhR9H7D/&#10;IOi9sb7sWkLsomjWoEC3Bev2A2iKsoRKokbSsbNfv0NSkq04WZsg1WqjDzZISaTuPffynEvq8s2u&#10;Kp1bJmTB64XrX3iuw2rK06JeL9y//nz/au46UpE6JSWv2cK9Y9J9s/z5p8ttk7CA57xMmXAwSS2T&#10;bbNwc6WaZDKRNGcVkRe8YTVuZlxURKEr1pNUkC1mr8pJ4HmzyZaLtBGcMilx9credJdm/ixjVP2e&#10;ZZIpp1y4sE2Zf2H+V/p/srwkyVqQJi9oawZ5hhUVKWq8tJ/qiijibERxNFVVUMElz9QF5dWEZ1lB&#10;mfEB3vjePW+uBd80xpd1sl03PUyA9h5Oz56W/nZ7LZpPzY2w1qP5kdPPErhMts06Obyv+2v7sLPa&#10;/spTxJNsFDeO7zJR6SngkrMz+N71+LKdciguRtMwjD2EgeJeNIun82BqI0BzhOloHM1/6UYGXhS1&#10;47zQD/WoCUnsS42hrWHLy6agCX4tWGgdgfXlpMIotRHMbSepvmqOiojPm+YV4toQVayKslB3JkeB&#10;jzaqvr0pqMZZd4DrjXCKFDi4Tk0qQIm7+qVOGL/W7nVP2TFE+2Qi49T8XU7qNXsrG6Q3Fh0m6C4J&#10;wbc5I6nUlzVGw1lMd2DHqiya90VZ6tDpdusxVsi9DHsANJu9V5xuKlYruxwFK+E8r2VeNNJ1RMKq&#10;FYOX4kNqDCKJFPQP2A3j0FaCKZrrZgYj2usIbH/DWLw3UrsjkaxfzD+Acpx/gTcNYptFfjDzokEW&#10;AWEh1TXjlaMbMBlWmtQmtx+lthd2dY9oi2uugetA1la1eMNIzT8gNNnhid4Rok9as59y0jBYo6fd&#10;5860yx2NHHKi1Nkz1261z3ULW9pV/R+JMhigO18Fs0YUDA+ofX8WthHulnvoIQp6qePWS2FNkrIe&#10;gm+vgAOsydZ1tVvtWhRWPL1DwgiOkIJ6oFVo5Fz84zpb8P7ClX9viF7r5YcaQdIi0TVE11h1DVJT&#10;DF24ynVs852yYrJpRLHOMbNvUqbmb0GMWWHSRptmrUCC6A7y4vR46nWXazctT0VgcmA8ZJgz4KlA&#10;ezUWTwX+NHiUq8KRuEqHEL+TkUwwzlAyI89UBGeXisarsVLRpqEfRnNTf5Ck4/F7smlKtr742mvi&#10;6cgmagCbP3vZjGw1oNkZ8jqebAZT348t4XRwH8rmsNB9PtZPkE1TlBol3+vWD/Xst5/PrPKxZTni&#10;rNlZyqep9MbirL18PsJbBxL6TXnr1CTUP9p2Rp7hobPT0PaEYcxtZzCL41a6O1IfaOg0NlCftIb6&#10;D+w9I9/sCEYX0XA+QxFtqvYO70MR/R/2nkZEzUbih4g+cHL0XBGdHYmob0A+O9IypcH4IvoIcfUi&#10;ehbE1R9kHFT/kMP2uGiE6h9HTDgUC+N41mpTR1oRONWcl8Um/i+gD0+t+41qfc+UpW375seqfn/A&#10;cJgiJlgjaZtNkcjzYcpA1/Yp8lLl7FNTpF8p3+vBqvkchM9l5sC+/bSnv8cd9s1B7P4D5PJfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAnn0WiKM/AACjPwAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y&#10;/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwKDAwLCgsL&#10;DQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgAzwFRAwEiAAIR&#10;AQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAAB&#10;fQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeo&#10;qaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMB&#10;AQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYS&#10;QVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNU&#10;VVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5&#10;usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A+iPh/wDC&#10;fwVeeA/DdxceD9DuJ5tMtnd5NPjZnZolZm6V0H/Cn/An/Ql6H/4L4v8ACrnw3/5J54X/AOwTaf8A&#10;opa6HmtQOS/4U/4E/wChL0P/AMF8X+FH/Cn/AAJ/0Jeh/wDgvi/wrbh1K81rVLjTfDumXGu39u+y&#10;48uRY7W2b+7LO3yq3+yu5v8AYroI/hj49kj3PceG4H/54/6TN/5F+X/0GgDw74S/CHwf4+/aw8UR&#10;f8IvpD+GvBegW9pLZCzj+zzaheN5u5027WZYY/8AyJX1B/wz98M/+ifeGP8AwVQf/EV5l8E/DOo/&#10;s7nxpceOIBJL4m1+bWbjxFp2ZrOFHVUihl4DxLGqBdzLt5+9X0PDKl1GksTq8bDcrLyrKayA4X/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iK+U/ip4D8F/Ej9ozTPBHhvwnoem+GvBKrqfiS5sdPhj+030i/6&#10;NYsygblVf3rrX0x+0X8aYPgb8MtR15IPt+uzsmn6Lpaffv8AUJcrBCvP975j/sg14z8F/hvcfDPw&#10;PHaancf2l4o1CeTVNd1T+K5vpvmlb/dX7q/7FAGh/wAKf8Cf9CXof/gvi/wo/wCFP+BP+hL0P/wX&#10;xf4V1vNHNagcl/wp/wACf9CXof8A4L4v8KP+FP8AgT/oS9D/APBfF/hXW80c0Acl/wAKf8Cf9CXo&#10;f/gvi/wo/wCFP+BP+hL0P/wXxf4V1vNHNAHJf8Kf8Cf9CXof/gvi/wAKP+FP+BP+hL0P/wAF8X+F&#10;dbzRzQByX/Cn/An/AEJeh/8Agvi/wo/4U/4E/wChL0P/AMF8X+FdbzRzQByX/Cn/AAJ/0Jeh/wDg&#10;vi/wo/4U/wCBP+hL0P8A8F8X+FdbzRzQByX/AAp/wJ/0Jeh/+C+L/Cj/AIU/4E/6EvQ//BfF/hXW&#10;80c0Acl/wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V1vNHNAHJf8Kf8Cf8AQl6H/wCC+L/C&#10;sfxZ4H+F/gfw3qniDW/C/h+00nTIGuLiaTT4vkVfw+9/dr0XmvJLrQf+GkvjxZeAcfaPAPgmWHVv&#10;FL/8s72++9aaf/ur/rXWgDZ/ZP8A2a9F1rQtS+JHjrwZpcWo+K3W407w9cWUbQ6Pp4/494/Lxt8x&#10;lO5278e9e/8A/DP3wz/6J94Y/wDBVB/8RXoNFZAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM&#10;/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EV8oN4&#10;A8G+Pf2qvG72HhfR7fwp4L0630BbWCzRbe51Gb99PIyBcM0Uexa+yPiP43svhr4C8Q+KtTfy7DRr&#10;Ga+lz3WNS2P+Bba+WP2Z/Dd7ofwn0/UNY/5GHxJPN4i1WST732q7bzdv/AVZFoA6T/hT/gT/AKEv&#10;Q/8AwXxf4UV2FFagc38N/wDknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX/AGvm&#10;RV/2pI6ofDf/AJJ54X/7BNp/6KWuy+FsccnxX1RpPv2+hwrF/uvcS7//AEXHQB6n4a8O6Z4R0m00&#10;rS7SOys7ddscMfH1P+03q1Z+p/ETw5o/i7SPC99q9vb+IdVLtZaduzNMqIzs20dF2q33vSuqrwj4&#10;heFdG8OfGX4U3unafb2d1qviO9uL24SL57iT+zLobnfr9KyA9z+/8rV534dtx8PvGieHYjt8OasJ&#10;LjSosYWznT5pbdP+mbKfMRR93y5f4dlekVw3xQxHD4UuF+WeHxDZeV/wNmib/wAhyPQB3NFFFABR&#10;RRQAV598Wvjh4N+B+h2+q+L9Yj02O6dorO2jjaa4vJcbvLhiQFpG9lr0GqNxplreT2809pDNNbPv&#10;gaSMM0TYxuUn7vHpQB8KaD411f8AaB/agvdZ8X+H9Q8L2Pg/SoLzwz4c1Xasyfa3kRr6dMnbMypt&#10;Vf4Vr3vmuB8VR/Zv25/E+Ol14DsJW/4BfSr/AOzV33NABzRzRzRzWoBzRzRzRzQAc0c0c0c0AHNH&#10;NeXfHz48aZ8E/De/93d+IbtW/s/T/wD2pL/0zX/x+uX/AGZ/2kIvi5p/9ia7JHB4vt13/u/3cd7E&#10;v/LRV/vL/EtAHvPNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHDfGj4kf8Kr+H95rFvb/b9ama&#10;Ox0jT4/vXt9M2yCNf+Bfe/2K9e/Zr+Df/CkPhZYaHdXK3/iS7d9T13Ue95qEx3zSf7u75V/2UFeJ&#10;/C/Rf+F7/tN3muzfv/BnwwdrOy/553WuSr++k/2vIjbb/vSV9i1kAUUUUAFFFFABRRRQAUUUUAfL&#10;v7eLNr/g/wCH/gX7RcQQeLvFtlYXsMD7fOs0WSaaNv8AZ/dpXRx7I/kT93Gn3UrifjrqH/CYftef&#10;Dzw+gD2/hDQ73xDdY/gnuWW2g3f8BWRq7fmgB9FFFagc38M/9I+Hfhfyv3n/ABKrb/V/N/yyWtWH&#10;Wl8FeNNI8Qz/ACaa6NpmpP8AwwxSOrRTN/srIu0/7MlfPXg/xg9n4T0NNT+D+qSRpZ26JqGjyW0z&#10;OvlL+8/duj/N/drY/wCFyeBI7f7PqEnjDwvHMrI8OpWd75O3oytuEibaAPveuD8ceBrvxN448Aa1&#10;b3MMEHhzUJ7u4Rwd0qyWksIC/wDApK+efhr+03oHhCzg0rTvGGl+MtDijzFbXuqRW+qW0f8AdVpd&#10;iyr/AHUba6/33r22w/aK8K6lb+bFb63I+3d5cGlyzf8Aj0QZf/HqyA9Vrz/Vpx4q+I+l6RbkPaeH&#10;n/tO/kx8v2h42S3h/wB7a7yt6Yj/AL9YXhH4oal8cPDNnq/gQR6X4cvvM8rxBqAVpmCOyN5Frz82&#10;5esu3b/ceu/8L+F7LwhpCWFj5jIXaaWad/MmuJGOXkkb+Jm9aAN6iiigAooooAKKKKAPkTxpJ9o/&#10;bo1z/p38A2iN/wACvpWrvea85lk/tX9tL4t3PWPT9A0XTx/vN5sxX/x6vRuaADmjmjmqWsaxp/h/&#10;T5NQ1O8t7Cwh+/dXUixxp/31WoF3mjmvPpPixcah8+ieF9Q1K0/gvb64jsY5v9pVky+3/ejWj/hZ&#10;mtxx/vfA9x5n/TDVLZv/AELbQB6DzXnXxw+Nmj/BPwn/AGhe+Xd6tcbk0/T/ADPmmb+8392Nf4mq&#10;SP4sXEcf+l+C9cj/AOuElpN/6DOK838WeG/h/wCNPihpfjXxBpfiiOe0iVH0+60uWa1dk/1bN5e9&#10;V2/3V+R6APG7z4P674w+F/jT4u/EOSSTVrix87SrKT5disyqsjL/AArtb92v/A6y/h38C9T8WfBO&#10;z8d+D7i4g8Z6NqNw6JBJta5iTay7f+mi/wDj/wByvoz9oT4qeFNc+CfjCytNYj+33FnsitZ45beR&#10;281PurIitVP9iO8t/wDhScdv9ot/tf8Aadz+58xfM/h/h+9WQHQfs5/tAWnxk0OSy1Dy7DxZp6f6&#10;bZfd85V+Xzol/wDQl/gr2HmvLrz9nPw5J8YLP4h2/wBs02/h3PLa2v7uG5n+75jbf9n7y/x16jzW&#10;oBzRzRzRzQAc0c0c0c0AHNct8VPHkXwz+G/iTxXcf8wmxkuET+/L92Nf+BSMldTzXkvxisR8RviV&#10;8KPhgv7y31jWv7Z1WP8A6cbD98yt/stJsSgD3b9lH4YzfCf4D+FNGvhjWbi3/tPVpCPme+uWM0+7&#10;/gT7f+AV7FRRWQBRRRQAUUUUAeOfE7xh8ZPC/iknwd8O9D8aeGPIQ/Pr/wBgv/My29dskZj2+nzV&#10;ykX7V3iXS8w+JfgD8TNNuF+//ZVnBqkP/AZYpq+jqKAPDPAvxw8e/Ebxpp1rY/B3XfDXhHc32/Wv&#10;FtxDYzKu1tvkWql3f5tn3tnWvc6K8H/bL+I994C+Dd3pugv/AMVb4snTw3oqL977RcnYZP8AtnHv&#10;f8KAPG/gjqX/AAsbxt8T/io37yDxHrTadpUh/wCgdY/6PGy/7LSb2r17msLwH4Psvh34L0Pwvpn/&#10;AB4aTZx2kX+3sX5m/wCBN81bvNagPooooA8r8B/D+7k8B+G5bTxRqlpv0y2fZPHBcRpuiX5fmjDb&#10;f+BVsSeF/Ftv/qtY0e/j/uXVnNbt/wB9JIy/+O15vJ4P+Isfwj8Nt4M8SSfa306y2Wskka7P3Tbt&#10;rMP9pK5fXPip8aPh34Xs31jS4579LyaG4upLeO4V4liRo/8AV4/2/moA9Q1jwXqeoR7NY8B6Hrsf&#10;8fkXEUjf98zxp/6FXH3nwf8ABnmSPcfDPWNFkf782lW8n8P+1aSNXYeE/jRcXmh+D7vVdP3z69LJ&#10;aP8AYY2byZ1bau5cn5dv3q9Z5oA8/wD2C/EFv4fuPiX8MopLiODQ9W/tbSkuo5I5PsN4u/7sgDfL&#10;Ms9fX1fDeveOtK8C/tFfDz4gafqlvcWNxPJ4K8SeTIreTHO+62kl/u7bhdv/AG0r7krIAooooAKK&#10;KKACiiqOpahDpOn3d7cv5cFtG00rf7Krk0AfFPw98SLc/Gb4769NZahMl54rXTIrm1t2mj22dskP&#10;8OT97f8Aw16LJ8QPDlvHuu9Uj03Z9/8AtKOS1VP97zQtfI/w38WeKND+Hej63o/jS3g1bxlqd3rK&#10;aFJp8d18007uzfLmX7rJ8qrvf92i16xqHgvxL48jt5fFHhfVPFMabXSHUryDT7VG/vLZrIf/ACLu&#10;egDvNQ+KF3rn7rwfp/2uP/oNalG0dn/2yXh5/wDgO1P9use38L/aNQj1PW7i48Q6sn+qur7bth/6&#10;4RL8kX/AV3/7dcn/AMIPrEdxsl+DdvJB/ftdctGk/wC+GK/+hVof8Ifb28cf/Fu/FFpJ/GlpcR7U&#10;/wC/d3WoHaVLzXDXGj2tn5af2f48tP8ArnHqEip/3yXqneXmiW9xHp9x408SaLPcfJF9uka13t/s&#10;tcwBd3/AqAOs8QeLNE8Jxx/2neRwTzf6q1j3SXE3+7EuWb/vmuXk+Imt6p/yB/Df2SP/AJ7axceW&#10;3/fqLc3/AH0y1zdv8K/EvhOSS40qTT/FHnfO91fSNa6hN/vS/Okv/jtSf8JBquj/APIT8L65af7c&#10;dn9qj/76gL0AZ/xck8a6x8M/EEVxcafPA8C77Kx0+VpH+ZflVmkP/oNcv8C/A+sXHw7j83S9Dk/0&#10;qb9zrmjs038P/LXerf8AjtegW/xc8P2//HxeSWn/AF9Wc0Lf+REFXI/jZ4Xk+5qkc8n9yCOSRv8A&#10;x0GgDPjjl8L/AD3vhu802BP+XrwjrFyuz/a8jK/+O7q7zQ/7V1DS7fUNC8eaxPYXC74nuvIvI9v/&#10;AG0j3/73zb64O4+ID+KNQ+xWUlv4egfb/wATTxHHJax/N/zyikCtK3/fK16x4L8P2Xh/w3Z2Wn3H&#10;2+BNzvdeYrNNK7M8kjbfl+ZmoArx6549s/8Al88P6tH/ANN7OW1b/vqOR1/8dq5H8SNds/8AkIeC&#10;5JP9vStQim/8dlEbVqeXR9n/AM4oApx/GTw/H/yE49U0L/sJaXKsf/f1Qyf+PV0mh+LNC8Uf8gfW&#10;NP1L/YtbiORv++VO6sP7H/drD1jwXomufPqGj2d/J/fnt1Zv++sbqAPTea4j9naxHjb9qb4oeLpD&#10;vtPC1haeErD+75r/AOk3e3/gTQrXKyaHd+E7eS70TxBqmix26tK8E9w15Z7R8zbopSfl/wB1lr0z&#10;9gXSZ4/2ebPxLfc6n4x1O98SXTYx/wAfE7bMf7PlomKyA+k6KKKACiiigAooooAKKKKACvio69/w&#10;v/8AaS1Txcj+d4M+H3m6DobfejudTf8A4/bpf9xf3StXpH7Wnxf1bQdN0z4b+CJ8fETxirW9rMg/&#10;5BVl0nvpP7oVflX/AGzWb8P/AAPpXw38F6P4X0SPy9N0yBYYvM+8/wDekb/aZvmagDoeaOaOaOa1&#10;AfRRRQBzfw7/AOSd+F/+wTbf+iFrcjvLeTy0S4jk85fl/ebt9c/8P7dLj4Z+G4pf3kc2j2yOn+y0&#10;Cq1SWfgPR7PVNL1C3jkgn0+Bbe3TzG8vylV1Vdv/AG0oA3I7eKP7kccfzb/3carUvNHNHNAHlXxc&#10;8P8AgTxJ4b8UeDL280vQtZ1yz/13ywzeb9+Kbd/syKjV7h+yf8WJvjF8DPD+u3z5123DaZq6f3L6&#10;D93N/wB9Mu//AIHX59/tqbP+FyR/9gy3/wDZqf8AsZfH/wAVfBzx1rPh/Q/B95460zxDF/akuk6d&#10;cLHeQS264lkgWT5ZWaNk3Rbt/wC7rID9ZKK81+D/AMevBnxx025n8Mao731k/lX+k3sbQX9hJ/dn&#10;gb5kP/jtelUAFFFFABXln7T0eqzfs6fExNDwNVbw7fiL/vw+cf7W3Nep1zPxKvF0z4d+J7tkEiW+&#10;l3UxRu+2JjQB8ZfBu38JeD/hXZ/FC40u302P+wreG1m+zqtwmnRRKka/7UkrfN/t+ZGlcP8AD/8A&#10;aE8YfEj44eG7WW4j0nw9cXUyf2Raxqy+UsErL5srAszblT7u1K3P2nLe60f4X/DvwJomn3F/Pdzw&#10;28Wn2Me6SZba23Ku3+7u2NXJ/C/9nP4geH9Us/EGoaf9g1K33Pbw2OsQRtDuVk+ZmhkVm2t/DWoH&#10;cftWfETxR4H1TwnF4c1y40mO7iuXuPIjjbfsaJV3eYh/vPXi9v8AtIfE63/5mjzP+u+n2zf+0xXs&#10;njT4R6x40ks5fEHhfxJq0lorJE8fii2bZv27vvBP7tcnefs56fH9/wAL/ECD/r1vNPul/wDQ6AOb&#10;t/2sPiRb/fvNHu/+u+l//EuK6jw/+2Bd3nmWXjjwvZ6tpM3yO+mx/wDoUEpKy/8AfVY9x+z/AKVH&#10;JseTx5Yf9d/D/wBoX/vqJDVOz/Z/0fWLz7FZfEDyL/8AgstV0eS1mf8A3VkdGb/gK0AeqaH/AMKX&#10;8YSRv4a8UXHgy/f/AJdbHVJdNb/vxL+6b/gK12Efwv8AFdvHu0r4gfb4Nvyf2ro8Vx/49AY6+V/F&#10;H7P/AI48N+Ykuh/27aJ/y20r99/5CbD/APjr15/5kvhu42eZeaFOn8HmS2bf+y0AfdH/AAifxNt5&#10;P+Qp4Tu4/wDppb3du3/ob1oR+G/Hskex/wDhH4P9uOS7k/8AHdi/+hV8P2/xA8Sxx7LfxZrn/bPW&#10;J/8A4uq+oeLNb1SPZqHiDWLuP+5Pqk7L/wCPPQB9wXnh/wAd2ceyW38P67H/ABpHcS2bP/wGRJF/&#10;8erl7zw3aWdx5uofD/WNFn/5/dDjVv8Ax60k3/8AjtfKfh/4meKPD/8AyBPFmqWkafwR6g00f/fM&#10;hZf/AB2vSPD/AO1p8QNH8tL3+y9dj/6erf7PJ/31EQv/AI7QB7Zo+qWV5cfZNH+IEkF//wBA/wAQ&#10;RxyN/wB8yCOf/wAeroJLzxbof/IQ8P2+rQf89tHuNsn/AH6lx/6Mrc8J+INP+KHwz0fxBrGl2cdp&#10;fWf2uW1vttxHCvzbvmYf7P8AdrPt/B8Vvpdvqvw/1iOCCZfOisvtDXGk3q/3ep8r/eib/gD0ASeH&#10;/FGn+JPtCWkknn2//HxazxtDcQ7v70TYZa1JI65fVLf/AITTw/H4j0e3ksPFGmNIiQz/AOsSVG/e&#10;2cu37ytt2/8Aft1rc0PWLfxBo9nqdp/qLuBZk8z721l3baAPO/2jNYfw38C/HF7F/r/7Mkt4v+us&#10;37pf/RlfZPws8Jp4E+GfhTw5EnlppOlWtiE/65xKn/stfGX7Rln/AGx4f8H+H/8AoPeMNH050/vr&#10;9pV2/wDRdfe9ZAFFFFABRRRQAUUUUAFcd8VPiZonwf8AAGueLtfn8jS9JtmuJdp+Z26JGv8AtM2F&#10;Hua7GvjH4meIv+Glvjwmhwfv/hn8OLxZtQf/AJY6tri/6uH/AGo7bdub/boAh+CPhHV5m1f4j+NI&#10;/wDi4Pi5luLqOT5v7Ms/vW1jF/dWNfvf7derc0c0c1qAc0c0c0c0APooooA5v4b/APJPPC//AGCb&#10;T/0UtdDzXPfDf/knnhf/ALBNp/6KWuh5oAOaOaOaOaAOW8afCvwp8RPLfxHodvqUkK7IppNyyIv9&#10;3cpDV4v4t+Ffhr9nfx38M/iL4cjuLBNP8U21jqSPcNJH9ju1e2kb5v8AakSvpHmuC+Pngt/iB8F/&#10;GGhRf8fdxp0j2v8AsTxfvYm/76jSgD0n44fs7/8ACeapb+N/Bd+PBvxW0lD/AGb4hgTK3Kr/AMut&#10;4n/LaBvukN93+Gtb9n343p8ZvDuoRanp58PeNvD9z/Z3iLQJDuayulz8y/3opPvRt/Eprc+BHj5P&#10;in8GvBni1W8x9X0q3uZW/wCmuweYP++99ePftKafL8EfiFonx+0WKQWdj5eleNbWD/l80l22rcbf&#10;4pLZ23/7uayA+oaKp2V5b6lZwXVrLHPbTossUyfMrqRkMKuUAFcF8eH8v4O+Lz/f0+SP/vr5f613&#10;tea/tF36aP8AA3xpfSn93aadJcP/ALqYZv5UAePeG7OLXPGmueKJf3kkMsmjaf5n3YYIm/fsv/XW&#10;ZX3f7EcddbzXNfC+zls/h34bSX/XzWcdxL/11m/eyf8Aj0ldLzWoBzRzRzRzQAc1S1zQ9M8SWf2L&#10;WNPt9StP+eN1Gsi/+PZq7zRzQBw0nwj0+z/5Amsa54e/uQ2t551v/wB+pxIv/fO2q9x8P/Fckflf&#10;8JZp+pQfwJquhxyf99eXIi/+O16DzRzQB41efA/U9Qk33Gn/AA7n/wBuTw3Lu/8AR1R2/wCz28cn&#10;m/8AFH28if8ALGDwnG0f/fTTFq9p5o5oA8S8QfCu7vLfytb+H/hfxRAi7Em0eRbW4T/dWUDb/wAB&#10;mrzPxB8F/Akf+tk8SfD2f+5qtu0lr/39YMn/AJGr655o5oA8S8N/27ofwj/4RfSrfS/FlhDpM2nW&#10;uoabqCws+6JlVmVsp/F/DJXj/wAB/EHiX4H+NNP0XxLp+oaL4a1Zlt7j7VH/AKLDPt/d3CyrlF+b&#10;5W+b/wBAr6k1T4V+FNUuPtf9jx2F+/8Ay+6VI1ncf99RFWb/AIFWHqHhfxR4Xjkl0/UJPGGmp/rd&#10;L1KONb7b/wBMpVCpK3+zKvz/AN+gDQt9ml/EjUEik8y017To9RR4/mXz4WWGRl/3o5IP+/dY/gv/&#10;AIldxrmj/cj0/U5kiT/plLtuI/8A0bWH/Zen6f8A2X448KRyeRaRTTPpcG5YbmJ9qz7Yv+WU6+X/&#10;ALPzx7GrY+0Rf8LAvLi0k8y01bSbTUYnj+6+xnRm/wC+WgoAx/iR/pnxU+A9p/f8bwTf9+rad6+2&#10;r7ULbS7C4vryeOC0to2mmmk4VFVcszfhXw549k+z/Fv4CXDfcXxpHD/33bTqtezftq6pd6p8P9A+&#10;Gum3Hkan8RdbtvD3mJ95LNj5t5J/35jdf+2lZAcz4PvPi9+1NpzeL9H8cS/CX4fXbsdAs9P0uC71&#10;LULdWYLd3DzqVjWT7yxqv3cVs/2j+0T8GHkF/YaZ8c/Da9LnTdmk65Gv+1E37if/AICytX0Po+k2&#10;nh7R7LS7CBLWxsoUt7eFPupGi7VX8FFaFAHzxo/7cnwtkvF0/wAV3+pfDbWgdjaf4006XTW3f9dW&#10;HlN/31XrOj/FvwN4ggEml+M/D+pRt0e11SCQf+OvW5rGh6br9m9rqlhb6laN96C7gWZD/wABYGvM&#10;dY/ZD+CWvTyS33wr8JySP9900uGP/wBBUUAdXrnxn8AeF7d5dX8b+HtMjXq91qkEf/oT1xfgz9rH&#10;4dfEvxxaeFvBmoX/AIrnmMhl1LStPnmsLXYrN+9utvlqW2lV+brVzQf2Svgx4YuPP034WeFLedR8&#10;sjaXDI3/AI8prufEOtaF8MPBeqaxefZ9J0LR7SS7nMcapHHEi7mO0Y7CgD52/bE/abl+H9jN4A8C&#10;yS3fxF1SFfOmsUMx0KzfhrqXB+VtufLX+981eO/DvxR8KvAfhfT/AA/o/iTxBoUdoux3kkuVaaV/&#10;mkmZfnTczfM1anwX8F+JfEmj6x8SNQ1j+xfEnjy8bXLiyns47hYYG+W0h6q/yw7P4q7jVPCfijy/&#10;9Is/D/iWP/nj5clvI/8Au+Z5if8AfTLQBX0/xhp+of8AIK+KFnP/AAIl9HaSfN+UbV0lvceKJI99&#10;rceH9Wj/AIHjjlt/975lMi15f4g8L+FNY8D65qdvodvaXdva3O9PL+zzW06K25WVcfMrV6xp/wAL&#10;/CWoWdvLL4b0+Ofyl/fwW628m7b97dHtatQI/wDhINdt5P8ASPC/mfP9+x1CKT5f722QR1JH44ij&#10;/wCPvR9csPvf6zT2mX/vqIvWfqHw/tNP/wCQZrHiDSdn3Eg1SWRf++ZS61zd5/wlGl+Z9k8WST/7&#10;GpafBN/49GI2oA7T/hYGj/8AUQ/8FF3/APGaK8//AOEk8cf9BzR//BO3/wAfooA9A+G//JPPC/8A&#10;2CbT/wBFLXQ81z3w3/5J54X/AOwTaf8Aopa6HmgA5o5o5o5oAOafTOaOaAOe/Yf1D/hH9H+Ifw0l&#10;f954O8SXAtF/6cbv/SYP/Rjr+FfRmvaJY+KNC1DRtSgS706/gktbmB/uvE6lWX/vk18m+GtQ/wCF&#10;d/tneH71vk03x/oEujSyfdX7dZv50O7/AGmhZ1WvsWsgPnH9jfWNQ8OaL4o+EGu3D3Gs/DjUf7Og&#10;nm+9c6VIvmWM3/fv5P8AtnX0dXzT4+/4tj+2l4A8T/6jSfHmj3HhS9f+D7ZC32m0Zv8AaZfPRa+l&#10;qACvK/2oNO/tj9n/AMcab/z/AGnNaf8Af1lT/wBmr1SuK+M1n/aHwk8Yxfx/2Vcun++kTOv/AI8t&#10;AHmvlpb/ALpP9XD8if7q/LS80kdwl5HHcJ/q5lV/++vmpea1AOaOaOaOaADmuC+MHxs8NfBfQ473&#10;XriR7u43fYtLtdrXFyy/3f7q/wB5m+Suo8WeKNP8F+G9U8QarJ5Gm6dA1xcP/FtX+Ff9pvurX5T/&#10;ABE8Ya38cPiZ5t3JJ/aWuXWxE8zctlZr92Nf9lVoA+gP+GoPir8ZLy4fw5cWfgjw0jMn2q1t1uJn&#10;/wBlZZB8zf7qqlcPrn7QHijT7iS00rxp4k1qRPkfULrVJI4d3+zFFt3Vc+Ilxb+D/AcelaZ/okc2&#10;2xt0j+XZF96T/wAdWvF/9X8iVkB7J4T/AGwPin4XvI3l1i38S2n8dlqtvu+X/ZlX51/8er7E+B/7&#10;SHhr42W/2S38zRfEsK77jRbqRWk2/wAUkTfdlX/x/wDvJX5sc1Pp+oXuj6hb6hpl5JYalaSrNa3s&#10;HyyQyr91loA/XnmjmvMv2e/jRafGzwHHqD+XBrtjttNVtf7k+3/WL/sy/eX/AL4/gr03mtQDmjmj&#10;mjmgDzqO3/4R/wCIGuaen7u01CKPWbdP4UlZvKuV/wC+lRv+2lcH9o1PQ9Q0O10yzt7uS0utT0OL&#10;7VceTDCreVdwbtoLN+5/hX/nnXpHjyP7P4s8H3v/ACzd7vTn/wC2sXmr/wCPQV5v401C90/x5HpW&#10;n6fHf3eoX1lqcXn3Hkwp5UE8Um5sH/nmn3VoAw/jJZ6n4b0/wf411XXJL6fw94r0nUXhgjW3s4Yv&#10;tKpIyryzfLJ95mevorxQD4z/AG6/BOnMQ9r4M8JXussn9ye8mW2j/wDIccleC/ET4R6x8QPhv4o0&#10;/WNYk1bVruxm/s+1td1vZ206ruj+VSPNbcv3pa9c/Y2a5+JXiLW/jHLc289rr+gaPo8UCyFri2ub&#10;NZUvY5Vx8n75vl/vLhqyA+r6KKKACiiigAr5J/a011/iv4+8O/A7TZPM02Qx6/4xkT+DT4mzBat/&#10;tTyL/wB8xmvoX4qfErRfg/4A1vxhr8wg0zS4GmcdGlboka/7TNtVfrXzD+z/AOEtY07Q9X8X+LY/&#10;+K28aXjazqu/71qp/wBRa/7sUfy0AeoeWkce1I/LjT5ESP7tLzRzRzWoHj3xEj+z3HxMRP8AVzaP&#10;DcP/ANdWgnRm/wC+Y0r2fR/+PO3/AOuS/wDoNeMfEj/j8+In/YCt/wD0G4r2zS/+PeP/AHVoAy9Y&#10;/wCWlcHrH/LT/gVd5rH/AC0rg9Y/5af8CoMjE5oo5ooA7/4b/wDJPPC//YJtP/RS10PNc98N/wDk&#10;nnhf/sE2n/opa6Hmg1DmjmjmjmgA5o5o5rjvjBJ4lj+HeqP4Pjkk8Q7Y/s/l/e+8u7b/AMBoA5v9&#10;pTQ9Qvfhv/wkWhR+Z4k8HXkHiTTdn3nltm3yR/8AAo9619Y+AfGmn/ETwXofifSJfP03WLOK+t2/&#10;2HUMP51+Z3/DQHxl8F/utd0v7XH9x01LT9u//vlRXuP/AATb+LyXmk+I/hdfj7JPo8smraLbP/0D&#10;5pWLwrn/AJ5TMf8AgMsdZAe1ftoeEb3xJ8AdZ1XR8/8ACQ+FJYvFGlOnUT2bedj/AIFGsif8Dr1n&#10;wL4usvH/AIJ0DxNp53WGsWMF/Af9iRFdf/Qq1b60h1Gzntp0EkEyNFIh6MrAhhXz/wDsG3Usf7Ou&#10;n6HLIHPhvVdS0FX/ANi3vJUj/wDHdlAH0VXlH7T3xOs/hF8DfFfiC6jFxN9kks7Kz/iuruYeXDCv&#10;+8zV6TqOoW+k2c97eXEdpaW8bSyzzSBI0UDJZmPRa+K7vxRL+1R8SrfxlskT4T+EHmfw2k8e3+2d&#10;R2sjahtb/ljH92L676APS/A8j3Hgvw3K/wDrH0y2d/8AeaBK2ea574d/8k/8L7/+gTbf+ilroea1&#10;AOaOaOaOaAPlr9vzxo+l+B/D/he3k2f2zeNc3H/XC32sq/8AfyRP+/dfH/wDs01T4maxev8A8uNn&#10;si/4Eyr/APF17x/wUAvHk+Knhe3f/Vw6LvT/AIHO+7/0XXh/7M9wv/CWeKIn/wBY8Sv/AN8yt/8A&#10;FVkB1HxwuH/tTQ7f/lmkU03/AI8i15pzXp/x0t/9M0O7/wCWe2aH/wBAavMOaADmjmjmjmgD1P8A&#10;Zn+Jj/C/4uaXdyyeXoupsul6kn8PlO37uT/gMmxv9zzK/TD/AFdfj3JH5kcif31r9UPg34sfxx8J&#10;/CeuyyeZPfadC9x/11Vdkn/jyvQB2PNHNHNHNagcd8VI/L8L2+of9AzUbS7/AOA+eqSf+Q5HrzP4&#10;of2hZ/EjwPLp+n/b53W7R4PtCw/NEqsu52/h/ePu+89eofFyT/i2+uJ/z2iW3T/ellRF/wDHmrzP&#10;4sf2nJ8SPAaaVp/9pT2n2++eOS4WFU/dJErMzZ+X97821WoA1I/B934g/e+K9Q+3wff/ALJsd0Ni&#10;n/XX+Of/AIE2z/YrkPCfxQT9nP4oan4s8L2lzrnwt1fa/iuz0m3ZrfTLkbUF9bbflf5f9akddfH4&#10;LuNc/e+K7z+1o/v/ANmQbodPT/eX70//AG1bZ/sVY/4TRLz/AIl/hTT49dkh/cvNH+70+2/h2tLg&#10;q3+7ErUAfYHhbxZo/jjw/Ya74f1O31XRr2NZbe9tZFkjmQ9w1bdfmevh3xp8AfFFxqvw48XxaHPf&#10;Wt7q2peHjZ7tFmaHyj8sG/dFu8zZuVt+6voLTf2qPil4VRI/GfwUvNXK8NqPgjVIbyFv9ryJSki1&#10;kB9XUV8w3H7bv2mPytH+DHxMvtS/59brSobOMf70sk22uG8TN8Yf2g1ez8X3lv8AC3wNJ/r9C8O3&#10;n2jVr+P/AJ5z3mAsS/3ljWgBfHniaL9qb42JYWciXfws+Ht4sssyHfDrGtL91f7rR227/vuvWOay&#10;vC/hjSvBnh+z0LQrC30rSrKLyoLaCPaqLWrzWoBzRzRzRzQB478TP+Pz4if9gK2/9BuK9t0//j3j&#10;/wByvE/iZ/x+fED/ALAtr/6DcV7ZZ/6v/gNAGXrH/LSuD1j/AJaf8CrvNY/5aVwesf8ALT/gVBkY&#10;nNFHNFAHDeE/jxrvhPwnodvqej3EFpDY26I99o9zCrqsS7W82N3Vv97y67DR/wBqDRNQ+SW3s5JP&#10;+nXVIt3/AHzOIGr6k+FegWl58J/Be+P72iWX/ohKTxB8EPCXiSOT+0PD+l327/nvZxs38qyNTxCz&#10;+MHh+8j3v/aFpH/fk0+SSP8A76iDr/49Wxp/jzw1rEmy08QaXPJ/c+2RrJ/3yxDVoax+xX8PLyTz&#10;bTR5NJn/AL+lXktu3/jp21yesfsZ3fl7NM8ca5HH/BDqvlahH/3zIKAO8/5Z7v8AlnTOa8WuP2X/&#10;AIl+G5N+lap4fv8A/rnb3Olyf+Szhapyaf8AG3wv/rdD1S7jT+PTdUtr5f8AvmePf/49QB7heafb&#10;6hHsuLeOeP8AuTxq1eVfGHwVf6D/AMI/8QvAenRp4z8F3DXlvZQx+X/admVxd2bbf70f3f8AbrmJ&#10;Pjx4o8N/Jruh3lp/f/tXw/PCv/f2B5F/8drY0f8Aag0S8k2PHp8kn/Trqkat/wB83IgatQPrX4b/&#10;ABO0L4rfDvSvGPhy5+26TqNv9oi8sfvEb+KNlzxIrZUr/eFfM3wN+NXhX9mn4D6dF8QLy403xtr2&#10;p6jqx8JQW7Taw8tzeSSLH9lHzq21k+9tWvOoLrXPCviHX7v4W+M7j4e6F4mb7Rq9lfeH5NQhtrlv&#10;vXVm8RZI5GX7275P467n4P8Ahf4W/DuPZ4f1TS7/AMQ3Hz3utalcRtql7K3zNJK0mH+Zv4ayAh8R&#10;Wnj39qe4if4g2kngb4aIyyxeBoZ915qePmVtQlX7q/8ATBf+B16Vrn2fQ/B+ofZ447S0sdOm8qGC&#10;PbGipE21VVf92tSP95HvT95H/f8A4a5f4oSPH8O/Emz+OzZH/wB1vlkb/vlnrUDU8J2b6f4T0O3f&#10;78Njbw/98xKtavNP8tI/kT/Vp9ymc0AHNHNHNHNAHxN/wUE0d4/FngvWP+WdxY3Fpv8A9pJVf/0G&#10;Svlf4R6wnhv4wW6S/u4NQ3W//ffzL/48tfoZ+2Z8P38afBe8vbSPzL/w9OuqIkf3vKVWSdf+/bbv&#10;+2dfmX4ot5Y/s+oW8nlyQsvzx/8AfStWQRPpz4uaO+qeD7iVI/MnsWW7T/dX5ZP/AB1q8M5r3/4d&#10;+MLf4geE7fUP3fnuvk3UH9yX+Jf+BV4v4s8Lv4P1y40//l0/11q/9+L/AOx+7QBkc0c0c0c0AHNf&#10;on+xncPcfs9+H9//ACxur2FP91bl/wD4qvzs5r9L/wBl/wAPy+F/gH4PtbiPy55rVr50/wCuzNKv&#10;/jsiUAeo80c0c0c1qByXxUk/4pO3i/57anp0P/fV5E3/ALLXk/xM1C7s/i54HfT9PuNTv/sd+6Qx&#10;yLGu35FbczfKq7mSvVPip/yL+l/9hrTv/SlK8v8Aip/aEfxI8Dy6ZpcmrXaRXb/u5FjVFXYrbmb7&#10;qt5iL/FQBsSeF7jXI5LjxbqEc9oi730i0kaGxRf+mrNhp/8AgW1P9ipLfxRd65HHaeD7O3+wJ8ia&#10;vdR+XYov/TBVw0//AAHan+3Udv4Pl1ySO48V3EerSI29NLg3Lp8P/AW+adv9qX/vhK7COgDyf+x3&#10;t9P+Kl7cahcatdpZrp3226kX+C282RVVQFiXdP8AdWvpCP8A1deB2f8ApHwb8Sam3/MWW/1H/gLs&#10;/l/+Q1SvfeaADmjmjmjmgA5o5o5o5oAOaOaOaOaAPHvih/x8fED/ALAlp/7cV7hZ14f8UP8Aj88e&#10;f9gmy/8AQp69wt6AMfWP+WlcHrH/AC0/4FXeax/y0rg9Y/5af8CoMjE5oo5ooA+rvg//AMkk8Ef9&#10;gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CsjUKKKKAI/JT0qCTT4ZP8AlnVuigDMk8P2kn/LOuS1&#10;/wCDPhPxLHIupaBp+ob/APn6s45P/QhXoFFAHzxrH7Ffw3vJPNtND/smf/ntpVxNat/444WuT1j9&#10;jO48vZpXjzxBBH/BDqUkWoQ/98ypX1nRQB8OXH7LfxI8PyebpWseG7//ALc59Lk/76tHC/8AjtY+&#10;ueE/jRp+j6hp934f1S/guIJLd/7K1yC8V96sv3bmPf8Axf3q++PLSons4pOqUAfOHgfWH8QeC9D1&#10;CWPy57ixheWOT7yS7VWRf++t9bPNZum2H9ga94n0IkImn6rM8SD/AJ4T7blP/Rrr/wBs60ua1AOa&#10;OaOaOaAEkjSSORJY/MjZdjpJ8yup+8tfmP8AtIfA+X4N+OLjT0t5JPC+p7ptKm/h8r+K3b/ai/8A&#10;QPLev055rmviJ8O9C+KnhO48P+ILfz7Cb50eP5ZIZV+7JE38LLQB+R/gfxhqHwj8SfaEjku9JuPk&#10;uIf76/3v95a+jLy30L4ueF45bK8jkj+/b3Uf+stpf7rL/wChLXF/HD9mvxL8I7i4/tOz/trw0zfu&#10;tatY/wB3/s+av/LJv/HP9uvG9Lj1vwnqH9oeHNQkgk/2JPv/AOy38LVkB2GuaHqHhe8+yanb+RJ/&#10;BN/yxm/3X/8AZaoc1rx/HzxRJZ/ZNV8N6fq0b/f8yNlV/wDgHK1n6H4b8UfGjxBHonhfwnb2l3N9&#10;9LHzPkX+9KzOViX/AGvkoA6z4J/Dt/jB8VNL8LxfvLDd9r1WaP7sNmn+s/4E33V/66V+pkcaRxxp&#10;FH5caLsRI/uoq/dWvJ/2b/2e9K/Z/wDBcllFJHf67fbZtS1D++y/djX/AKZr/D/33XrPNagHNHNH&#10;NHNAHJfFSP8A4pezf/njq2nP/wCTkS/+zVyfiT93448N/wC3Z36f+PW7V1nxY/d+A9QlT/ljPaTf&#10;983kTVy/ij/kfPD6f3LO/f8A8et1oA1eawvHmqS6X4P1SW3/AOPt4vs9r/13l/dR/wDj0iVY1zxB&#10;p/hu3jl1C48vzm2RQxxtJNM392KJcszf7tZ+n6PrHijVNP1DWLf+ydNsZ1uLXSPlkuHlXd5ck7L8&#10;q7d25Yl3fP8AeegyLHizS4tD+F+qaZb/AOotNJ+zp/upFtX/ANBr13mvKviJ/wAiH4g/685K9YoN&#10;RnNHNHNHNABzRzRzRzQAc0c0c0c0AeNfFD/j88cf9gzTv/Rste6W/wDrJa8L+KH/ACEPGn/Xhpn/&#10;AKNlr3S3+/J/wKgDH1j/AJaVwesf8tP+BV3msf8ALSuD1j/lp/wKgyMTmijmigD6u+D/APySTwR/&#10;2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKKKACiiigAooooAKKKKAPEvilp/9h/Ez&#10;TNRP/Hpr1i1i/wD18wbpY/8AvqN5v+/dZ3NepeO/Blp448Oy6dPPJaXCutxa3tuMyW06HKSLz/47&#10;/EpK15dP4X8eaRhLvw3b64q/8vGiXkal/wDa8qfZt/3fMegBOaOayrjxB/Zf/IV0fXNG/vvfaXK0&#10;f/f2MOn/AI9RpfizRNYk2afrGn3cn9yC4jaT/vnO6tQNXmjmn+W8dM5oASSNJI5Ef95G67HST5le&#10;vJ/Fn7Kfws8YXElxceF49Mu3+d5tKkks9/8AwGMhf/Ha9Z5o5oA8K0/9if4VafcedLpeqX/+xdap&#10;L5f/AI7tr2Dwv4P0HwPpf9meH9Hs9GsP+eNjbrGr/wC0397/AIFWrzRzQAc0c0c0c0AHNHNHNHNA&#10;HHfFT954Tjsv+WmoX1paJ/wKdGb/AMdjeuD8Sf21rHxIki0eOzjjtNMjhl1C6+ZbZppWdtsS481t&#10;safxKldx40k/tDxh4X0xP+XdbnVJf+AqsMf/AI9O/wD37ql4T/Z9v/iJY6h4y0/xr4g8N3GrXk3l&#10;QWPkyWvkQt5ETeVIh+8sW771AFTw/wCD7Lw/cSXvmSanq0y7JdUvv3lw6/3V6LEv+yqqlbvNVrz4&#10;D/F3R/8AkH+NPD+ux/3NY0dreT/vqCT/ANlrHuNL+Luh/wDIQ+Hen61Gn8eh64u7/vmdE/8AQqAD&#10;x5by3HgfXEij8yT7HNsT+/tXd/7LXplneRahZ293byeZBcRLNE8f3XVl3K1eP3HxMuNH/wCQ74H8&#10;YaFt++8mjtdR/wDfUBesPw/8XPDWlyfYvDnxA0ewg3fJoviCNo1hZvm2xbzG8S/7PzJ/doA+geaO&#10;a8+0/wAeeI7iPzU0vQ9ag/v6VqjL/wCOtGV/8erQj+JH2f8A5CHhfXLT/bgjiul/8hOW/wDHaAOx&#10;5o5rko/ip4U8zZcaxHpsn9zUreW1/wDRqLXQafrGn6xHv0/ULO/j/wCnW4jk/wDQSaALvNHNP8t4&#10;/v1n65rmn+G9Lk1DU7iO0tE+Tf8AeZ2b7qqq/MzN/Cq0AeV/Ez/kKeMP+vPSv/R717hb/wCslrwf&#10;xZJd6ppfiDW7uz/s37d9git7KT5pkiinXa0u35VZvM+6v3K94t/9ZLQBj6x/y0rg9Y/5af8AAq7z&#10;WP8AlpXB6x/y0/4FQZGJzRRzRQB9XfB//kkngj/sB2X/AKISuwrj/g//AMkk8Ef9gOy/9EJXYVka&#10;hRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWLrng/QPE3y6xoenaqP+n6zjm/9CBraooA82uPgB4M5&#10;On2l5oT/APUK1Ce3T/v0r7P/AB2sq4+B2p2x/wCJV43vMY+5rGnwXS/99RiJv/Hq9eooA8LuPh78&#10;QNPztt/D+uR/9MbiWzk/75dJF/8AHqyLj/hINL/5CXgvXIP9u1jjvl/8gOzf+O19F0UAfMn/AAnn&#10;h+OTyrjVI9Nn/wCeOpRtZyf98yha3LeRLyPzbeSOeP8Avx/Mv/jte7XNnFeQPDcRxzRt95HTctcd&#10;qHwR8C6k/mt4X0+0n/57afH9kk/77i2tQB53zRzXVXHwFso/n0rxP4g03+5G94t5H/5HR2/8erKu&#10;vhL41sRmy1/RNY/6Z3+nvat/33G7L/5DoAyuaOabcaD420s4u/CD3aL/AMttG1CGb/x2XyWrKutX&#10;1tYium+CPEl/qQ+SK1ms/s0e7/anchFX+82561A4HXNUl/tzxprFv+8ntFh0bT0/vyqu7b/wK4n2&#10;/wDbOvrXwX4bi8IeEdH0KI+Ymn2kNoH/AL+xFXdXkXwq/Z1vdBh0y/8AGWsx6rqVvctqH9n6arRW&#10;iXTStL5jO3zzsrt8u7av+xXvdZAM8tKje3ik6x1PRQBUk0u3k6x1ha58PNB8SReVqWl2d/H/AM87&#10;u3jmX/x4GuoooA8H1j9jj4WarJ5qeELPTbj/AJ7aV5ljJ/31Ey1gXn7H6af/AMi/488YaL/dSTUF&#10;vo/++J0f/wBCr6XooA+TLz4D/FvR/wDkH+OND12D/njrGhtC3/fUEgX/AMdrj9Y+GfxAt5N+sfCf&#10;w34h/wCm2h6pGsn/AHzPGjf+PV9weWlJ5KN1SgD4Ik1R/Df/AB++E/iR4P2fx2kdzcW6f9+pJk/8&#10;do0f4keBLzWI7u98cR3+rQ/Jbp4guFtZLbd97bFIke1m/ibbvr7wk0u3k6x1jaz4F0TX7fytQ0uz&#10;v4/+ed1brMv/AI8DQB8meMLy31TwfcS2lxHdxvPafPBIsi/8fMX93Ne0W8b/ALyptQ/ZL+Ft5cfa&#10;E8EaPBPu3+Za2627buv/ACzxU3/DNfhf/n3vNn/YUu//AI5QByfiTULfT7eS4u7iO0gT7008nlr/&#10;AN9NXl9x4o/4SCSRPD+l6h4h/wCm1rb7bf8A7/yFUb/gO6vo7TP2e/BGn3Edwvh+znuE+5Ndbrh0&#10;/wCBSFq7a38L2Vv/AMs46APjP7H4w/6Ee8/8GFt/8XRX2n/YNj/zySijmAw/g/8A8kk8Ef8AYDsv&#10;/RCV2FeKfCz43+CrD4W+DrefXAssej2cTD7JORuWBAf4K6r/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP&#10;/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn&#10;/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP/JOf/wCIooA//9lQSwMECgAAAAAAAAAh&#10;ANsFwT5BPgAAQT4AABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBgAGAA&#10;AP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQV&#10;FRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMBIgACEQEDEQH/xAAfAAABBQEBAQEB&#10;AQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEH&#10;InEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFla&#10;Y2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbH&#10;yMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJ&#10;IzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1&#10;dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY&#10;2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APoj4f8Awn8FXngPw3cXHg/Q7iebTLZ3&#10;eTT42Z2aJWZuldB/wp/wJ/0Jeh/+C+L/AAq58N/+SeeF/wDsE2n/AKKWuh5rUDkv+FP+BP8AoS9D&#10;/wDBfF/hR/wp/wACf9CXof8A4L4v8K24dSvNa1S403w7plxrt/bvsuPLkWO1tm/uyzt8qt/srub/&#10;AGK6CP4Y+PZI9z3HhuB/+eP+kzf+Rfl/9BoA4T/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4&#10;v8K3ta/t7wTGJfE+keRpqjLatpbtc2qf9dflWSJf9rbt/wBur0ciSRxuknmRuu9Hj+ZXoA5P/hT/&#10;AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8AhT/gT/oS9D/8F8X+FH/Cn/An/Ql6&#10;H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63mjmgDkv+FP+BP8A&#10;oS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8AgT/oS9D/APBfF/hR/wAKf8Cf9CXo&#10;f/gvi/wrreaOaAOS/wCFP+BP+hL0P/wXxf4Uf8Kf8Cf9CXof/gvi/wAK63mjmgDkv+FP+BP+hL0P&#10;/wAF8X+FH/Cn/An/AEJeh/8Agvi/wrreaOaAOS/4U/4E/wChL0P/AMF8X+FcF4V+EfhDxh+1/o+h&#10;Q+F9Hj0Pwz4Zn1bUrVLOPyZ7q5lWGBZVxtbasbste1c1y/7GVp/wkni34z+PW/eR6n4k/sayf/p2&#10;sIliG328xpKyA2v2jv2YvB3ib4G+MrTw14V0bRvEMOnSXWnXlhp8Mcy3EP71F3Ko+80YU8960fgr&#10;4B+F3xY+Evg/xhH8P/C//E60y3u3j/sqD5JGQb1+5/C2+vdpI1kjKMN6N96vnf8AYNdrP4Cf2E//&#10;ADL3iHWNHQf3Fivpdq/98sKAPTP+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPP&#10;v+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4i&#10;uG+Mnhz4KfA/wDf+KvEXgLw39jtyI4LWDR7dpryd+I4Il2fNIzcLXvVfF+vMnxm/av8AFmoanJJf&#10;+Hvhx9m0zRbKT/j3h1OWLzbm42fxSKrIqt/DQBznwj+Adjcf2p4w8d+F9Hg8SeIWWZPD8FnH9j0O&#10;2X/VWsS42+Zt++38T16R/wAKf8Cf9CXof/gvi/wrreaOa1A5L/hT/gT/AKEvQ/8AwXxf4Uf8Kf8A&#10;An/Ql6H/AOC+L/Cut5o5oA5L/hT/AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8A&#10;hT/gT/oS9D/8F8X+FH/Cn/An/Ql6H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBC&#10;Xof/AIL4v8K63mjmgDkv+FP+BP8AoS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8A&#10;gT/oS9D/APBfF/hRXYUUAc38N/8Aknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX&#10;/a+ZFX/akjqh8N/+SeeF/wDsE2n/AKKWuy+FsccnxX1RpPv2+hwrF/uvcS7/AP0XHQB6n4a8O6Z4&#10;R0m00rS7SOys7ddscMfH1P8AtN6tXA6x+0p4B0XUL2CfVbyS10+dra91O10u5m0+zlHDLLdLGYl2&#10;/wAXzfL/ABYr1ivCfidNpHws+Gdl8N/BWlR3Ou+IIp9L0PRSWlH7zJmuJ92T5MXmO7s3+7/HWQHt&#10;0M0V9bpLE6TQSLuVl+ZWU14L4j8Mr8OPGEGm2a7fDmrrJNYQ4wtncp88tuv92Nl/eqv8PlSf7Few&#10;+A/C6+CPA/h/w7HO90mk6fBYLNJ95/KjVN3/AI7XJfHqNB4Z0SUf6+HXbIxf8Cfy2/8AIbvQBx/N&#10;HNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXFeNPHCeD/Gnhe3vdQt9N0K7gv3vX&#10;n2/eiWLy/m+996T+H79drzXmXxE/syP4yfCv+0/L+9qf2Xz/ALvn+RF5f/Av7tAHYeF/HmheNPti&#10;aPqkd3PabftEPltHNDu+7uWQBtv/AAGt3mvPvEG3/hfng/7P/wAf/wDY+o/2h/e+zbovK3f9tvu1&#10;6DzQBleLPEEXhPwnrmuy/wCr0yxuLt/+2UTP/wCy10P7FnhOXwf+zB8P4LpNl9fWH9rXXq0t0zXD&#10;f+ja8W/a0uJf+FD65pVp/wAfevT2mgRf3t1zcpF/6Cz19maPpkOh6TZabbDbBZwR28S/7KKFX9BW&#10;QF+vnP8AYnx/wjHxQC/c/wCFi69t/wC/619GV85fsK/6Z8JPEepn7up+Mteu1/3WvpVH/oNAH0bR&#10;RRQAUUUUAZHifxFZ+EPDWr67qMghsNLtJby4f+7HGhdj/wB8rXx/+y/p97/wqe38R6rH5eteL765&#10;8T3vmfe3XcrPGv8AwGPZXe/t1a/NqHw80L4ZafLs1X4harFoz7PvJYp+9vJP+/a7P+2la9nZxafZ&#10;29pbx+XBbxLDEn9xVXaq/wDfNAEvNHNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABz&#10;RzRzRzQA+iiigDz/AOH/AIst7P4f+G0uNP1SDZplt8/9nySR/wCqX/nnura0v4neH/DPj7Q9abVL&#10;eO1mVtJv0n3QsiyOrRSbXx92Rdrf7MleW+B7fxRZ+C/D72muap5f9nW7okklpdL/AKpdq7ZLZGVf&#10;9nzK6C48QeMI7eS3u/7P1aB4mR0vtHkjV938LNBPOu3/ALZ0AfZsu/ZJ5f39vy7/ALtfO/gj4a/F&#10;7wrr2seI7seB9e8U6o+yfV7u4vFZIVbKW8SCMrFCv91fvt87fNXJ/Dv45eJ/AUsel6rp+n6r4XRV&#10;SA/2pJDeWf8Asr9qhhWWJccbm3L/AH3r2PT/ANozwtqFsZYYdYlkVc+Ra6XLct/5B3q3/AWrID0X&#10;Rv7R/sm0OrC3TUvLX7StnuaHzP4tm4A7a8n+LGtLr/jTSPDtrh4NHb+1NQk/hWUqyW0P+98zyn/r&#10;nH/frjvEv7WlprQew0UyeDBLui/tLxbZPazf70FrIo3f78jIv+y9c34TvLiOz8nRPEnh/wASeazS&#10;y3XmM01zK3+sklaOR9zN/u0Aeg80c1z39seILf8A4+PD8c/+3a6gv/tREo/4TDy/+PvQ9YtP9v7G&#10;sy/+QnetQOh5o5rC/wCE88P/AHJdUjtJP7l9HJb/APowLWpZ6xp+qf8AHlqFvd/9cLhZP/QTQBZ5&#10;o5p/lvTOaADmjmjmjmgA5o5o5o5oAOa5b4iW/hK30O41jxhb2cmm2MTI91dW/meSrsqt90FvmbZ9&#10;2up5ryb9rCTy/wBn/wAWf7cUKf8AkdKAOk+Fdv4HvNHuNb8D/Z57C+l2S6gnmtJMyfLtZpfn+Wu1&#10;5rxL9jOPy/2f9Hf+/eXb/wDkVl/9lr23mgDyr4wW/wDwkHxM+Bfhr76X3jKG+lT/AKZWcEtx/wCh&#10;bK+06+OzH/an7Znwftfvx6doutap/wACKxQL/wCjK+xKyA5/x54kTwf4H8Qa/L8kemadcXz/APbO&#10;Nn/9lry79ifw3L4X/ZZ+HFvcR7Lu70xdTn/66XLNcN/6Nql+3PrUmkfss+PIreTZearax6Nb/wB5&#10;nupkt9v/AJEr2jwvosPhfwzpGjw/LBp1nDZoP9lEVF/9BoA1qKKKACiivDP2sPjBqHwx+Haab4bx&#10;P488VT/2N4dtgeftEn3rj/dhTMrfSgDyKw1f/hdf7TXi/wAcL+/8N+C4m8J6G/8AC91u339wn/At&#10;kW7/AKZ16lzXLfDP4f6f8K/Aeh+F9P8A3kGnwbHmk+9NK3zSTN/tMzO1dTzWoBzRzRzRzQAc0c0c&#10;0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAD6KKKAPK/Af/Ih+G/8AsGW3/opak0vxpoWs&#10;apcafZapb3d/C0iS2scn7xGT71R+A/8AkQ/Df/YMtv8A0UtEln4a0vVJHlt9PtNSuFbe/lrHM6v8&#10;rfNw1AHQeZVO80PT7z/j40+znk/6aW6s38qI7e0uNP8AslvJ+48ryf3Em5tu3b97muL8WfDO71Tw&#10;/wCH7TTNYuIL/RrpZorqeRm3r827cv8AE3zUAdhHo8VvHst5Lywj/uWt5LCv/fKuFrL1DwHpmqfP&#10;dx293Jt2b77T7S6bb/d3SQl//Hqj+Hel63ofheO0128+136Syfvv9nd8tR6xrniDQ9Y1B4tHk1bS&#10;fsqzW/kSKsiSr/rF+bFAEcfw/is/+PLy7D+D/Qbi9sfl/ur5VyEX/v3Vj+z/ABHZ/wDHvrmsR/8A&#10;cQtrpf8AdVZ7Xd/5Eot/HHmXEcVxo+oWnnXi2i+ZGv8AEu5ZG/urXU80Ac9H4g8Z2f37yO7j3fOl&#10;1of/AI7utrpv++vLrPvPEH2j/kMeE/C9/wD33+0SWsn+6v2u1Rf/ACJXY80c0Actp+saTJ/qvC/i&#10;C0+X538P6hHeL/uqtpcszf8AfurFx400rS/+Pjxh4g0LZt+TxBp8ka7v7u6eAf8AjrVqXmj2Wof8&#10;fdnbz/8AXe3Vv/QhUdvo9vZ/8eUlxpv/AF43ktv/AOi3FAFjS/Fkuqf8gzxp4X13Y2zZ8u7/AHf3&#10;Ux/9BrY/tDxLb/63Q7O7/wBu11Bl/wDHZIx/6FXJ6h4TtNU/4+5Pt+z7n9pWdtef+jYWb/x6suP4&#10;d2Vn89lb6fabfufYftent/vf6Ncou7/gNAHoH/CWXEf/AB9+G9Yg/wCuEcNwv/kOQt/47R/wnmhR&#10;/wDHxeSWH/X9ZzW//oxAtcP/AGPrtnH/AKJrGuQfLsXy9Yjul/3tt3bMzf8Afyubj+InxD8N6pJp&#10;mq3FnfzzbfsXl6Wskky/xboorndF/vbdlAHP/FT9oDxL8K/jBp+py3mn678NruL7OkOmyRyMjfek&#10;ZuS3nL95f4HSus/ak8QWXiD9mPWNV0q4jv8ATb77I9vdR/ddWnSpNcj1r4ieG7zTPEvhPw35d2ux&#10;0+2StMn91tyx/K3+6zV8f/EDR/Efwf0vVPBWqx/a9J1No7iyvY5JPLTYys23ov8AssrL/t1kB9ef&#10;sr6pZeG/2a9H1PU7iOwsLf7XcXF1P8qovnv81Zfwn/aA8UfGT4wagmhaPH/wrm0iaGW6uvlk3fwy&#10;bv7zf88v7lfMfge38Z/GTw/pfgrT5LyPwno3769SO4VY3ZpWbd82F3fN8q/8Dr608F3F38N/D9no&#10;WiaXeWmm26/Ik+lxXHzfxMzQXIZmb+9toA6/wb/pH7c/h/d/y7+Ab10/4HfRD/2Wvryvh74V+LJt&#10;U/bV8KXF1F5Et34P1OxT/R54d+y5gl/5agf7f3d1fcNAHzd+1n/xVnjD4IeAEG9tb8YQ6pcJ/wBO&#10;1hG1zJ/495dfSNfMfwpuB8dP2nPFfxKizN4U8H20nhHw9N/BcXJZX1C4X/Z3LHEG/wCmZr6coAKK&#10;K5jxx480D4Z+Gb3xF4m1e10PRbJd093eSbUT/Z/2m9FWgC54s8W6R4D8Nal4g16+h03R9Nga5u7y&#10;c4SONR8zGvkL4ctqvxq8fXnxn8T2cljHcQNY+ENFu+G0/TG+9cOv8M8/3m/up8lV9Wvdc/a68QWm&#10;t+ItPufD3wg0ydbjSPDd+my41yUf6u8vF/hhX70cX/Amr2LmgA5o5o5o5rUA5o5o5o5oAOaOaOaO&#10;aADmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgB9FFFAHlfgP8A5EPw3/2DLb/0UtfM/wC2hvj8&#10;WeH3T93/AKG3+r/3mr6Y8B/8iH4b/wCwZbf+ilrl/jB8D9K+LkdnLd3lxpt/aKyRXUG1vlb+Flag&#10;D4b0/wAYa7pf/HprF5B/1zuGroNP+OHjvS/+PfxJef8AbSTdXrGqfsV6rH/yD/FFnP8A7F3btH/6&#10;CWrk9U/ZL+IGn/8AHvb6fqUf/TC8VW/8iYrIA0f9rDx7pckf2i8t9SjRvnSe3Xc//AlFfaml6h/a&#10;ml2d75fl/aIlm2f71fn3rHwT8e6PHJ9r8J6p5f8Afgt/OX/yHmv0A8PxvH4f0tHj8uRLWP5P+ArW&#10;oGjzRzXLXFn4l/4WBb3cN5b/APCL/Y2SW1/5aeb/AAtVPS/EniWPR9Uu9V8P+XPaQRzW9rBJuaZt&#10;u6Rf++qAO15o5ripPiI+l+F/7Y1DR9Q8z7ZNb/ZYLfdIipKyqzJk/wAK1cuPiRoOnx6X/aF59gn1&#10;CKGaKGT/AKa/dX/x2gDqeaOazrfXNPvNYvNMivI5L+0VXlh/iTdWjzQAc1jeJPFmj+D7OO41jULe&#10;wjf5Ikk/1kzf3VX7zVj+KNQ8Qa5rH/CKeDJLeDWngW4vdWvo2kt9Mgbcqtt/5ayNt/dr/wADajQ/&#10;2b7fS5Ptt7rn9u66/wDrdU1jS4rqZ/8Ad8wnav8AsrQBl/8ACcJ4k/1WuafoVg//ADzvIpL5/wBS&#10;kX/jz/7lbGhx6Jp8ciafcWf75t8rx3CySTN/eZmJZm/3q0JPg/NJ/rbjw/dp/wA85/Dcf/ssgrPk&#10;+B6SeZv0fwXPH/2C5Ldv/HXNAGxHXP8AxE+H+lfETwvcaVrcflwffiuvutbMv/LRWaq//Ci0t45N&#10;ngvw35n/AE46pc2rf+i6x/EHwr8Nf2fJaa7o/iDw1H8r/aoNQnurVGX7reapdf8Av6q0AHh/WPDn&#10;gPw/b6F4P0/+0oLf/ltHJthdv4maVvvN/uq1WP7Y8S6p/wAvlnpsf9y1t/Mb/vqTP/oNc/b/AA/8&#10;URx+b4a8UaH4vtE+4l9+5m/7+xZX/wAdo+0eONHk2XvgPUJP9vTbiC4X+atQA+51i4+HHxr+EHjX&#10;WNYkk0201qTSL26u/JjjtoryB4tzMqqqr5ipX0V+078TtL1HwfD4T0T4t+EfA19rVwsF/qV/qca3&#10;UOnn/XtbLu/1+35V3cc181ah4sfWNPuNM1j4f+JLuwmXZLa3WjtJG/6law9H8N6FpdvcReH/AIH3&#10;iecvzpJocUKv/wAClNAH2r8OviB8FPhb4H0fwz4b8eeELLQtJthb28f9t233V6sx3/MzNlmb3qv4&#10;k/bW+Bvhc7Ln4maHdz/88NKuPt0zf8AgDGvkrw38O/AlneR6h4r8J29jdp9y1n8N+XZw/wDAlRll&#10;/wB5m2/7FeueE7PwlHH/AMU1b6HH/wBgqOJW/wDIdZAautftqeIPGEf2f4V/DPWNT3fd13xdG2l6&#10;ev8AtKjZml/75WvItQ+H/irxl4ot/EvxSv7jx9rNnJ9o0+CxuI7XT9Mb/phZyxlGb/alZmr2ySP+&#10;/Uf2f/OK1A5uPxxqFn/x8apqlp/2FdDW4X/v7aELWxo/jTUNU+Sy1Dwvrsn9y1vJLeb/AL5YO1WJ&#10;LOsvVPDen6pHsvbO3u/+u8ayf+hUAdB/wkmsW/8Ax9+E7z7v/LjeQTf+hOjVJ/wnmn2//H3Z6xYb&#10;P+e+lz7f++owy15P4g8N63of/Ew8OeIPEEcEK/vdCg1D93Mv/TDzUk2t/s/cetDS/EHjOSzt72y1&#10;i8u7S4VZonn0+yul2t/1yeBv/HaAPTLfx54avJNkWuaf5m/ZskuFjbd/uthq3LeRLyPfbyRzx/34&#10;/mX/AMdrx+T4geI449mq6fo9/Hv+f7VZ3tn8v/Ao50/8erPt/FHh+8kje48B6f5/zO76Hqlk0n/o&#10;cD/+O0Ae480c15FH4g0Kzj3/APFceHkSL/nnezRp/wB8+clXLfx5pUkkiWnxUs45E2p5OsR2ysn/&#10;AH0IWoA9R5o5rlrPUPEtxHvtLjw/rUe7/ln5sP8A6CZFqT/hINdt/ku/C8knzffsdQik+X/dk8ug&#10;DpeaOa5r/hOLeP8A4+9H1yw+9/rNPkmX/vqLfUkfxE8LyfI+uWdpJt37LqRrdv8AyIq0AdDzRzUV&#10;nqFpqEe+0uLe7j/6YSLJ/wCg5qx5fl/foAZzRzRzRzQA+iiigDyvwH/yIfhv/sGW3/opa6Hmue8B&#10;/wDIh+G/+wZbf+ilroeaADmjmjms7XI9Qk0e8TSpLeDUnib7O9180aN/tUAaPNHNePeH/wDhcHhv&#10;UJH1iPS/FFg7f8utwsMif7u7FeuRyeZHG3l+XvX7kn3koAl5o5o5o5oAT/WffrPvND0/ULfyrizt&#10;5I027Ekj+5t+7WjzRzQBlW/hvTLfXLjW4rOOPUrhdkt1/E61q80c1S1y8/s/R9Qu/wDnjBI6f7yq&#10;22gDY+H9un9hyan/AMt9TnkuHf8A2fuRL/37VK6XmqWh6f8A2Xo+n2X/AD72scP/AHyqrV3mgA5o&#10;5o5o5oAOaOaOaOaAMbVPBfh/XJPN1DQ9Pu5/+ez26+Z/3196s/8A4VfoUfmfZ49QtN//AD66pdx/&#10;+1K1PEHizQvCce/W9c0/Sf8Ar+vI4f8A0Iise3+Lnge8/wBV4w0OT/t8j2/zoAI/hnpUf37zXJP9&#10;iTWLnb/6GKP+FX6FH/x6f2hYT/8APa11Sfd/wLc7K3/AlrqLe4i1C3juLS4jngb7k0EiyK//AAJa&#10;l5oA4qTwf4g0/wD5B/iSO/j/AOeOsWa7v+/sWz/0Fqw9Y0O4uPn13wPHqX/T1pXl3jf+PBJf++Vr&#10;1HmjmgDyLT49KuLj7Jo/iDUNJu0/5h88jM3/AH4uQW/75rUkvPEGj/Pd29vrton33sY2huv+/TEq&#10;3/AWWu81TR9P8QWf2fU7O3v4P7l1Gsi/+PVx+oaO/ge4t5be4kn8PTSrC8M8jSNp7N8sbKzfM0bN&#10;8u1vuf7tAGhpeqWmuafHe2VxHPaTfceP/vll/wBlv7y1JJHXNx/8U/442J+7sNeikd0/hS8iVWZv&#10;+2sf3v8ArnXUUAZ9xb1zfhf/AIleuaxo/wDywdl1G1T+4srMsq/9/F3f9tK6y4jrk9U/0Pxh4fuP&#10;+e32ixf/AIFF5q/+PRUAdBbx3usapcWWn3EdpHbxK9xdSR+Y25922NVyPm+XczVJeeB9VuI9j6hp&#10;epR/3L7T/wD2ZXP/AKDVzwX/AMhPxJ/19Q/+iErqeaAPMpPh/cW8m9PDelySf39KvGt2/wDQE/8A&#10;Qqp3mh3Hl7Liz8UQR/3PMXUI/wDx4zV6zzRzQB8/Xng/wz5m+WTR4J92/wD4mWhrZybv96PyG3VJ&#10;p/g/XbPUPtGi+KLiSw2sj2trrlztT/ai8zzlX/dbdXvn+xWXeeE9F1D57jR9Pnk/v/Z493/fWN1A&#10;Hmf2jxxp/wBzUNUk+X5fPt7G+X/e+XyHqx/wsDxRb+Yl7Hpc8f8A0/aXe2v/AH0y+eldpJ8P9H/5&#10;dPtlj/163kqr/wB8sSv/AI7WXbx3ej65/ZV9cfa5PK+0Wt15e1pot21lZV+Xcrf3aAMePT08QW8d&#10;7L8N9L1KC4VXS60q8tpN6/3v3ghaiT+ydL/1uj+NPDXzb3eD7XJH/wCQnkSu0+F//Il6H/1wWug1&#10;j/V0AeV2/jTR45I0t/iZJaSfM/k6xHArf+RY0f8A8eroNPvPEdxHv0/WPD+ux7fv/Z5I2f8Au/NH&#10;I6/+O1X8Qf6RHIkv7yP/AJ5yfMteX654P0K4k3vo+n+Z/wA9I7dY2/76XDUAeyfaPHH/AD5+H/8A&#10;wIuf/jdFeB/8Ifov/QPj/wC/kn+NFAHqHgP/AJEPw3/2DLb/ANFLXQ81z3gP/kQ/Df8A2DLb/wBF&#10;LXQ80AHNHNHNHNABzRzWV4k8QWXhPQ7zVtQk8u0tIvOby/vVl/Dv4iaV8TPD/wDbGleZ5HmtC6Tx&#10;7W3L/wDtUAdTzRzRzRzQAc0c0c0c0AHNZXiT/kDyI/8Aq3lt0l/3WnRW/wDHa1eayvFkfmeF9U2f&#10;8+sj/wDfK7qAPSJP9ZTOaSOT7RHHKn8a7/8Avql5oAOaOaOaOaADmviL9oT9sjVdU1iTwp8NJJII&#10;3l+yf2vB/wAfF7L91lg/55R/9Nfv16x+2p8UH8D/AAvj0KyuJINW8SM1vvj+VktV2tK3/AtyL/20&#10;r4v/AGf9HTWPFmsa68fmQafEtpa/7zfeZf8AgK0AdRceH9P+Hej/ANt67/xUvii4b5JrrdJ+9b5v&#10;l3Z+Vf4m+/Xn+seJNT1yTfe6hJJ/0xjk8uNP91V+WvaLj4R+I/jR44jt9Mj+yaLp8SpcapP/AKlG&#10;b5pNv95tuz5a+oPB/wAE/Bngvw/HpkWh2d/Jt/0i6urdZJJm/vfNnbQB8D+A/iJ4l+Geqf2h4X1y&#10;40mTd88PmeZbzf7MsTfK1ffH7Pf7SGmfGyzk0+7jj0nxZaRb7jT/ADP3cy/89oN38P8AeX76V5f8&#10;aP2X9E8QafJqHhK3t9F1aH53tY/lhuf9nrtVq+R9L1TWPA/iS31Cykk03XdMn86J/uskq/wt/wCg&#10;tWQH6280c1y3wv8AiJp/xU8B6X4l0/8Adx3cX72H+KGdflkjb/daup5rUA5qlrmlprmj6hpkv+ru&#10;4JIf++l2q1XeaOaAPItc1B7zwXoeuv8A6+0urS7l/wCBMsUv/jsj12kclcnqml/bPCfjDR0/1kMt&#10;/DEn13Sx/wDoxK2ND1BNQ0ezvf8AlncQR3H/AH0qtQBsSVx/jT/R7fT7v/n01G0m/wCAtKqN/wCO&#10;yVJJ8RLTUJJLfw5Z3Hii7R9jvY7VtUb/AGrpvk/753P/ALFcv4k8H63rmn6pd+Jdc8uNIJJrfS9N&#10;kaO1tmRd6s0vyvPtZd3zfJQB6h4L/wCQh4k/6/If/REVdTzXHfDe8fUI9Yu3/dyXEtvM8f8AcZrO&#10;Bv8A2aux5oAOaOaOaOaADmjmjmjmgA5rkvFH/I2aH/163P8A6FBXW81yXij/AJGzQ/8Ar1uf/QoK&#10;AND4X/8AIj6H/wBecddBrH+r/wCA1z/wv/5Efw//ANeMP/oFdBrH+r/4DQBwesVw+qf/ABVdxrFc&#10;Pqn/AMVQZGRzRRzRQB2/gP8A5EPw3/2DLb/0UtdDzXPeA/8AkQ/Df/YMtv8A0UtdDzQahzRzRzXz&#10;V8fPh/8AEjWPHkmseHJLj+zUgjSL7LceWyN/F8uRQB9Eappdprmn3Gn6hbx3dpcLslhk+661T8L+&#10;F9K8H6XHpmj2cdhaIzPsj/vNXx3/AMLE+MHguTyri41D5P4LqPzP/Qq7D4Z/tKeM9Q8YaXpXiCzj&#10;u7S7lWF3js/LkTd/F8tAH1bzRzRzRzQAc0c0c0c0AHNUtYj8zR9QT+/azJ/461XeapaxJ5ej6g/9&#10;y1mf/wAdagDsNDk8zQ9Lf+/awv8A+OrV3mqWhx+Xoelp/ctYU/8AHVq7zQAc0c0c1z2ueMItLvP7&#10;Psrf+1ta27/sUcm1YVb+Kdv+WS/+P/3UoA+F/wBtzWLvxJ8dJNKtI5LuTTNOt7S3hj+ZnldfNbb/&#10;AN/ErvP2Z/2Y9V8N+D4/+Ez/ANB+0Ttdtp8En759yqqrK38P3f4fnr0D4kfAO98UXFx4g0TWLfSf&#10;G93eLcXWrx+ZGqKsWxYYtuWVfuf79cHJ8N/j7o//AB6fEC3v/wDrpeM3/oyM0AfTFvb2ml2cdpZW&#10;8dpaQrsihgj2qlZ+oaolvHvevi/XP2iPih4L1i40q98QaXqc9u2yXZbxTR7v7u5QK9U8L/EjU/En&#10;gfT9T1iSP7fcKzv5Eflrt3Mq9zQB6R4g8WeX9ySvlP4+aXb3GqR67b/6yb5Lj/e/hau88QeMP9Z+&#10;8ryvxZrn9sW9xb/6yPa1AHsH7Bfjx9P8Ua54MuJP9E1CD+0bVP8ApvFtWT/vqNk/7919s81+YX7P&#10;euP4f+OHge7T93v1OO3b/dm3RN/6Mr9PeayAOaOaOaOa1A4qSNI/GniCJ/8AVzLbXH/fUTRN/wCi&#10;q8r8B+G7LXPB9nqHibUJNStLRWh+y30iw6fCsTMi/ulwrfKv3pd1eoXlx/xVHii4/wCeK28P/fEG&#10;/wD9qV5X8O/B+iW/g+z1jxHcfb/s7SO76rcL9jtmVmXcsXCL937zLv8A9ugDsLPxx/akcdv4S0eT&#10;Wo0+RL3/AI9dNT/dlYfN/wBslasPx54XuLzwvql34r1yS7j8iTZp+m7rWz83b+7XqXlbd93c3/AK&#10;3I/GGp+JPk8L6f8A6J/0GtVjaG1/7ZRcPP8A+Op/t1h+NPCelafodxe+INQk13WplaGymvpFX/SX&#10;+WNbaBcJE27Zt2/P/t0AemfD/wA3/iefaP8AX/aofN/3vscG6ut5rkvh/wCbH/biXEnmT/bIfNf/&#10;AGvscG7/AMerreaADmjmjmjmgA5o5o5o5oAOa5LxZ/yNGh/9e11/6FBXW81yXjD/AJGTR/8Arzu/&#10;/QoKAND4Z/8AIj+H/wDrxh/9BWug1j/V/wDAaw/hv/yJfh//AK8Yf/QVrc1j/V/8BoA4PWK4fVP/&#10;AIqu41iuH1T/AOKoMjI5oo5ooA7PwX+z/wCLf+ED8N3uj+MLyCO40y2lS1urfzI03RK2374+X/gN&#10;SXHgf4saP/0B9ajT/ejb/wBAVf8Ax6vpz4RxrJ8J/BX/AGArL/0QldRJp8Mn/LOsjU+K7jxB410f&#10;/kK+A7yT/ppYyLMv/kPfVP8A4XBolvJs1O31DSX/AOn63aP/AOy/8dr7Yn8P2kv/ACzrLvPA9ldx&#10;7Xjjkj/uP92jmA+U7fxp4U1yP/kKafP/ANd/l/8ARgFbFnb6fJHvtI7N40+48G1v/Qa9g1z9nfwf&#10;rHz3Hh/T5JP78dusbf8AfS4auH1T9j/w1JJvsf7Q02T+/a3kn/s+6jmAxOaOaiuP2a/Fel/8gfxx&#10;qEf9xL6NZl/8dK/+g1j3Hw/+Leh/ck0PXY/+mm6Fv5Bf/Hq05gN3mjmuOuNc8caP/wAhX4f3kn+3&#10;psizf+Oruaq//C4NHs5Nmq2eqaLJ/wBP1m0dMDueayvFEjx+G9U2f6x4GhT/AHn+Rf8Ax5qz9P8A&#10;iJ4a1T/j31yz/wC2knl/+hYq54guEvPD95LaSRz+Sq3CeRIrf6pll/8AZaAPSI40t444k/1aLs/7&#10;5qO4uIrO3kuLiSOCCJd7zSSbVRf7zNXH/wDCwL3XPMuPDWjx6lpm75NQvrz7PHN/tRKqMzL/ALXy&#10;1z8esf254g2eLY5LC78//iW6XP8ANZ/L91lb7s8n+99z+FKAOguPEGoeKPk0qSTSdJf7+qSR7biZ&#10;f+mCt91f+mrf8BT+OpNPs7TQ7P7PZR+RHu3v/Ezt/EzM3zM3+01SXF5/G9eX6h8XL2z0+PWLvwve&#10;Wnh52VPts9xGtwis2xZGg+8q/wDAt/8AsUAd5rniCy0PT7i91C8jtLS3XfLNPJtVFr5L+KH7Qmt/&#10;FDUJPDXgeO4g02b5JbqP5Zrlf4v+uUdXPjp4f8UfEDxpb276pHH4XRd6J91YWX5W3L/E392q+n2+&#10;leB9L+xaZH5f/PWaT/WTN/eZqAPN/GngPT/Afg+3R5PtetXc6o83/LOFVVmZV/8Aiq6T/hIE0fw/&#10;p9kkn+pgjT/x2uP+JGsPrmoafF/rI0Zn/wC+ttV7i4e4k+egCxqGsS6hJ/0zrLvLj7PbyO/91tlV&#10;7zWIrf5Iv38n/jtYdxcPcSb5ZPMrIDqPhPbvefFTwXbxf6x9atNn/f8AWv1Yk/1lfnn+xn4Dl8Wf&#10;GS31V4/9A8PRNfSv/D5rqyRL/wCPO3/bOv0J5oAOaOaOaOa1A4K4/eap4w/67/8AtnBXlfw/8P6F&#10;o/gfS9b8Uah9ve0Vk87VZF+z20qsyt5UXCbt38W1nr1iOPzPEHihP794v/j1tBXlfw70fw14f8F6&#10;P4l1C4/eQxfJe6xcbvszbm3LFu+Vfm/urvegDrI/EGu+KP8AkBWf9k2D/wDMX1iNvMf/AGorXhm/&#10;3pdv+49Y/jjw/wCH/CfhvUNQ1W8+367dxNFa6hqtwrXTzt/q1g6LF82z5YlWtSPXPEHiz/kCWf8A&#10;Yumv/wAxfVbf98//AFwtWw3/AAKXb/uPWH4kj8OeE47yy/ea74w1aL7Jvuv9IvH8790vmtjbBDub&#10;/ZSgD1jwHv8AtHiDzf8AWfbo9/8AvfZoN1dTzXJfDu3e3j1iJ5PPkhvI03/39ttAu6ut5oAOaOaO&#10;aOaADmjmjmjmgA5rjvGH/IwaP/153f8A6FBXY81x3jT/AJGDS/8Arzu//aVAGx8O/wDkT/D/AP14&#10;wf8AoK1uax/q/wDgNY/w/wD+RP0P/rwg/wDRS1sax/q/+A0AcHrFcPqn/wAVXcaxXD6p/wDFUGRk&#10;c0Uc0UAfa3wf/wCSSeCP+wHZf+iErsK4/wCD/wDySTwR/wBgOy/9EJXYVkahRRRQAUzy6fRQAzy0&#10;qKSxhk6oKsUUAZkmh2kn/LOs+88GWNzHtaPMf9yujooA8n8Qfs++DtZ3ve+H9Lkz96R7ZFb/AL7X&#10;DV8wap8F/D/izWNQuNCkuPDWhW881pbvY3DSSXuxmSST52ZVj3K+1VWvS/GOpJ8RvGeuf29cpc2O&#10;n6jNp+n6NJJ+5TyfkaRos/NIzb/mb+D7tZn/AAhdpp/73w/J/YV3/cg/493/AOusX3f++dr0AV7e&#10;PVfBen29v5f9taLbxLCnkR+XdQqq7V+VfllX/d2v/v1sSR6Z4o0fY8dvqWm3a7/70brUeh64+oSX&#10;Fpd2/wBg1a02/aLX7y7W+7JE38UbVn3Ef/CJ65Hdxfu9J1OdYbqH+GGd/ljmX/eb5W/7ZvWoHJ+K&#10;NQ1XwHb3Gn+Z9vt5opP7Kup/mbzVXd9nlb+Jv7rfxpXzf4o1yx1Twnve81jVvEsyxvdJPcT7kl3K&#10;0m6LhFVf7u2vrz4kaP8A254L1S3/AOW6RNcW7/3JYvnX/wBBr4z8QeNPMj+ST79AHQeJPGH7yT95&#10;Xm+seIJbyT5P9XVeP+0PEmoR2lpbyXd3M2yK1gjZmdv92vpj4R/sf/8AHvqvjuT/AG10WCT/ANGs&#10;v/oK0AfJeqapFpdvJcS+ZJ/sR/NI9XPh/wDEzwPqlnJZa3b/ANm3c25He++aF1/2WX7tfXnxc/Yj&#10;8OeNLiTU/Cl5/wAIvqT/AH7WSNpLF2/3fvRf8B/74r5v8SfsN/Ei3uJE/wCEfs9Wj/5+tN1CP5/+&#10;/hVv/HaAOb1zwHpn/HxoniTS57T/AJ43V5GrJ/wL+KvP5JLu81y30TRI49d1a7lWGKGxk85XZvlV&#10;flWvZPC//BPfx3rF5H/aGn6foUH8c99qCyN/3zFuavsT4D/sv+EvgXH9rso/7W8QuuxtUnjVdm77&#10;yxLz5S/+P1kBofs3/Bv/AIUn8N7fSruSOfXb5vteq3Uf3XnZdvlr/sxL8q16jzRzRzWoBzRzRzRz&#10;QBxVv+78YeJE/wCnq3f/AL6tol/9lrx/4f2fhrwv4P0vXdYuJJLtGkht31KT7RIku5v3dtEo/wDQ&#10;V316xql4mn+JPFl3/wAs7eC3d/8AeSBnb/x1krh/h38P9M8J6Xp9wkcl3qzwLvvb6TzJk3/M0a7v&#10;9Uu5vurQBc8zxF4w/wCenhPSX/3W1KZf1WD/AMef/cqSTw/p+h3nhvR9Ms47SOW+a+uP4pJvJiZ9&#10;0rNlmbds+Zq6iOsez/4mHji4f/lnp9iqf9tZm3N/47ElAHWeB/8AWeIP+wiv/pNBXU81y/gf/WeI&#10;P+wj/wC0IK6jmgA5o5o5o5oAOaOaOaOaADmuK8cf8hzS/wDrwvf/AGlXa81xXjz/AJDGn/8AXje/&#10;+0qAOg8B/wDIp6J/142//opa2NY/1f8AwGsvwP8A8ivof/Xjb/8Aopa1NY/1f/AaAOD1iuH1T/4q&#10;u41iuH1T/wCKoMjI5oo5ooA+1vg//wAkk8Ef9gOy/wDRCV2Fcf8AB/8A5JJ4I/7Adl/6ISuwrI1C&#10;iiigAooooAKKKwvFHizSPBeky6lrOoR2Fmg+/Ic72/uqv3mb/ZWgDdrx/wCKn7Quj+BZLjTNMCa5&#10;4gT5Gto5NsNs2P8Als/8P+6vzcV514q+MXif4rSXFl4ajk8L+F0O241Cd/LuJl/3v+WS/wCyvz/7&#10;aV5brknhzR9L/srR7f7XPu/e6pJ8v/fNAHN+KP8AitNY1DVdYjt57u+l86XyLdYV3dPl2/N/D95m&#10;3V0nw38WXej6pb+H9TuJL+wu/k0+6nk3SQyr83ks38Ssq/K3/AK4/WNYstDs/td7cRwQf+PP/srX&#10;B6H481Dxp8QPD+n6Zb+RaJqNu/8A00fbKrbm/u/KtagfUnjCP7HZx67F/wAfek/vn/24P+Wsf/fP&#10;zf78dWPFEdvqHhvULd5P3c1rJsf/AIDuVqy/HHiyy0vQ9Q+0Sfu/Ik+T/gLV5Na+IfE/xCfT/DHh&#10;jT7y/wBSlgjt38uNljh+VVaSVmXaqr/tUAdj4g+LFpb+G7e4eT9/cWqu/wDvMu5q+d/hv+z34r+J&#10;moeb9nk0XRfvvqF9Gyrt/wCmS/eavsHTf+Cf+nSahG3iHxpf6rp0SKiWdtZx2+7C/wATMXz+Vewy&#10;/B7VrGPbpviKCSNFCRQ32nrwo+6u6Jk/9BouB5D8M/g34a+Fdns0ez8y/ddkuoT/ADXE3/Av4V/2&#10;Vruea0rzwT4w08ZfSrDUo/8Apxv9rf8AfEqKv/j1Y9wb/TzjUNA1iwKfff7G00f/AH1FvWgCbmjm&#10;s638QaVcSeVFqFv5/wDzxkkVZP8AvlsNWpQAzmjmjmjmgA5o5o5o5oAOaOaOazvEGqf2H4f1DUP+&#10;WlvBJMn+8q/Kv/fVAHmeuXH9oeH9clX/AJjmptaJ/wBcmlW3/wDRcbtWxWPcWf2O88N6P/rP7PtW&#10;uJf97b5K/wDjzTtW3oOm6r4u1B9P8O6f/aVxE+ye5eTy7O2/66y4Pzf7K7moMiDUNQt9Ls5Lu9uI&#10;7S0hXe888m1Uqn4D/wBM0+41X/lpqd01x5f8SRfKkSt/2zjRq9j0/wDZl0O4s/8AiqfL8V37/e+1&#10;x/6LD/1yg5Vf95tz/wC3WRqn7HfgS4k32Wl3Gkyf39KvJbf/ANBO2lzGpx+n6hL4X1S8uHt5J9Nv&#10;try+RH5kkMoXZu2/eZWVU+78/wC7rct/Hnhy4k2JrFnHJ/cnk8lv++ZMVTvP2W9b0v8A5AnxA8QW&#10;n9xL7y7yP/x4Bqx9Q+E/xb0uPYmqeG/EMH9y+s5LVn/797lpgegW8iXke+3kjnj/AL8fzL/47S81&#10;4teeG/Gelyb9T+E8c/8A028P6hFu/wDZGqnJ8RLfQ/k1C38ceF/+v63nkh/8eEi0Ae680c149o/x&#10;gstQk2WXjzR7uT/nhqVvGsn/AI6Y66yz8Ya3JHv/ALP0vUo/79jeNH/6EjL/AOPUAdrzXDePLhP7&#10;cs4kk/eQ6Zdu6fxIreVtZv8AvmrF54s1W8j+z2WlyabO/wB+9upIpo4V/wBlVJZm/wB7alZdxp8W&#10;n6PqmzzJJ5opHlup/mkmba3zM1AHaeC/+RX0P/rwt/8A0Utamsf6v/gNZ/g//kX9H/687f8A9FLW&#10;hrH+r/4DQBwesVw+qf8AxVdxrFef65cRWf8Ax8XEcH3v9ZIq/wDoVBkUOaKpf2xp/wD0ELP/AMCI&#10;/wDGigD7j+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKwfFHizSfBul&#10;S6nrOoR6bYxD5pJm4LH+FR1Zv9la+ePF3xd8T/Fb7RaeHPM8L+E0+W41Cf8Ad3Ey/wC//wAs1/2V&#10;+f8A20oA9D+J3x+03wjM+jaHAfEPiXcYzbQf6m2b/pq4/i/2F+b/AHeteG68s97fR6/8RNTk1LUt&#10;v+j6TB8qov8AdVV+WNf8u9ZH/CSaV4Lt/sXhePzJ/uPqk8fzf9slri9Y1iKzjuNQ1O88v+N5p5K1&#10;A6DxB4wvfEHl2/7u001P9VZQfLGn/wAVXl/jD4kWXhvzLe08u/v/AO5/yzT/AHmrm9U8ca3481SP&#10;QvClneTyXbeTElrHuuJv++furX1T+z7+wnZaD9n134jiPU9S+/FocfzW8H/XVv8Alq3+z9z/AH6A&#10;PBfg7+zb44/aO1SPWNQeTSvDW/5tWuo/vr/dtov4v977lfZsX7IvgrR/C9hp/hsXOg6tYl2i1pAJ&#10;biZnXbJ5+7h1b+78u3+DZXt9vbxWsCRRRpHGi7FVBgKo7VYrID5k8P8A7HUkniS31Lxd4n/t2xt5&#10;VlTTbWz+zxzMrbl8xmdm2/7K19N0UUAFFFFABRRRQBR1LR7DVofJv7K3vYv7lzEsg/8AHq5a6+Dv&#10;hS4Z2h0v+zXfq+mzyW3/AI7GwWu3ooA8yuvgz5Of7P8AEeow/wCxexw3S/8AoAf/AMerIuPhj4ts&#10;v+Pe40fVk/2/Ns2/9qLXslFAHg9xpPiXT/8Aj78Mah5f9+xkiul/8dcP/wCO1kXHiCys5Nl7JJps&#10;n9zUreS1/wDRgFfR9R/f+VqAPALe4ivI99vJHcR/34JFZf8Ax2uX8eah9svNH8O2tvcX2pX1yty+&#10;n2MbTTeRD8+5lX7qtIqLubalfQWqfDTwtrEm+78Pae8n/PZLdVk/77XDVc8O+D9C8KxzjSNJtdN8&#10;/a0r28aq0uOhZvvN/wACoA8Y8I/s73Ws61ea14wupILe4EapodjJtKRJnas84O5vmZ22xbV/2nr3&#10;TS9LstDsILHT7SCxsrddkVtbxrHGi/7KrWhRQAUUUUAM8tKjkt0kqeigCpJpdvJ1jqnceG7SX/ln&#10;WvRQB554g+C/hfxJHs1PQ9Pv/wDrvZxyf+hCvP8AVP2O/h/cSb7TR5NJf+/pV5Nat/464WvoOigD&#10;5cvP2V9V0/8A5AXxA8SWH9xL6SK8j/8AIiBv/Hqw9U+DfxYs7e4t7fxB4f1qCaJof9O0+W1k+Zdv&#10;/LMla+vPLSkaFG7UAfMml2/j3Q7O3tH8J6fP9nijh3x6wy79q7f4rarFxZ/EPWPki8P6PYf7c+qS&#10;Sf8AjqwD/wBCr6M+wQ/886elnFH0SgD5oj/Z/wBd8QfP4g8QXE8b/wDLlpX+hw/99KTK3/fytzR/&#10;2W/Cln8//CP6f5n9+S3WRv8AvpstX0B5aUUAeL/8M5+Gf+gHp/8A4Bp/hRXtdFAHH/B//kkngj/s&#10;B2X/AKISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/AAV0/wDwvvwHHHu/tzj/AK85/wD4&#10;igD0SvJ/iZ8e9M8Ezvo+lJ/wkHidvkWygP7uFv8Apq652/7v3q8W8d/tYQ/EK+l0Twlq/wDYWjfd&#10;m1aSOVbiZDwTHtQtEp/77/3K89b4qeEvBMUtn4buPNvl+WbVJreTcG/i2qwoA6/xG89/qEfiD4iX&#10;8mpal1tdFg+VYV/uqv3VX/x/+89cp4g8YXviDy4n8u0sE/1VlB8saf8AxVcZceOtLu55JptSLu/z&#10;tJJFIzf+g15z4x+NUDPNp+iyiIL8kl3Ijbx/u8VqZHa+LPHmn+F4/K/4+7/+G1j/APZv7tZ3wv8A&#10;gn49/ab1z7RF/oGhQtsl1OeNltYf7yxL/wAtW/y1dZ+z58C/BGrLaeJviN4g8y0mKy2+jQRzs03+&#10;1PKqf+Or/wB9V9s6X8ZvhxoenQ2mn6pFY6fbJtjt4LCZI419FVY+KyNRPgz+z/4T+CGkC30Kz+0a&#10;jKu251a6Aa4m/wCBfwr/ALK16hXn3/C+vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFef&#10;f8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6D&#10;n/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBB&#10;z/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQ&#10;B6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo&#10;/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/&#10;wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf&#10;+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP&#10;/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAH&#10;oNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/&#10;AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C&#10;+vAv/Qc/8k5//iKKAP/ZUEsDBAoAAAAAAAAAIQCVKK5UXUAAAF1AAAAVAAAAZHJzL21lZGlhL2lt&#10;YWdlMy5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoH&#10;BwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkU&#10;DQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAAR&#10;CADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgED&#10;AwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRol&#10;JicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWW&#10;l5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3&#10;+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3&#10;AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaan&#10;qKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIR&#10;AxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvhn/0T7wx/4KoP/iK0&#10;fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EVa1b4j&#10;L/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4kSYk8vwxa8f8e3mXM3/kTav/AKDQ&#10;BB/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEUsnxE1Pwyf8AisdE/sqxxltZ0+c3&#10;dkn/AF1OxXiX/aZdv+1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/0T7wx/wCCqD/4ij/hn74Z/wDR&#10;PvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+Ir0GigDz7/hn&#10;74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvDH/gqg/8AiKP+&#10;Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+CqD/AOIr0Gig&#10;Dz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0T7wx/wCCqD/4&#10;ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+&#10;Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvD&#10;H/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+&#10;CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0&#10;T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf&#10;/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8A&#10;hn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gf&#10;vhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaK&#10;APPv+Gffhn/0IHhv/wAFUH/xFFeg0UAcf8H/APkkngj/ALAdl/6ISq/xG1S+kOmeHtHuHtdV1qRo&#10;/tkfLWdsi5nmX/aAKIv+3IlWPg//AMkk8Ef9gOy/9EJVeP8AefGi43f8u+gR+V/21uX8z/0UlAG5&#10;4d8O2HhfSYNN02BbazgXCoo/76Zm6szN8xZvvfjXJ+Jvjv4R8La9d6NPcahqOp2Sh72HR9Mub77E&#10;jDKtP5KMI+P71ekV57r1jcfDLQ9W1DwP4K/4SHVdUv3v7yzt7yO1aeZ0+aZnlOP4EXaKAOr8NeJt&#10;I8a6Baavot9b6ppV7HvguoDujkWuO8O24+H3jRPDsR2+HNWElxpUWMLZzp80tun/AEzZT5iKPu+X&#10;L/DsrH/ZjtLW3+HN08V2J7+71i/u9TtUt2t1sLyWdnmtfKf5l8pm2/7X3/466f4pfu4vCk6nbPD4&#10;hsvK/wCBs0Tf+Q5HoA7miiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCVm+PLg+E/E&#10;+ieLSoXToQ+m6pJjHkwTMpSZv9lJUTP91ZJGrS+D/wDySTwR/wBgOy/9EJXT3VrDf28lvPGk0Eyl&#10;JInTcrqRgqaALNeNf2X8UPBPiLX10J9I8X6Jqd7Le2f9t6lPa3GmvJ96H5YpVkhVvu/c2g7a3LPR&#10;vEvw5Bg0WA+KfDi/6qxnuFivbNR0jikf5ZY1/hWRlZf779K0f+FqW0ceLjw54ogn/wCeH9iTyf8A&#10;j8YZP/HqAKfwf+Ht58P9H1iTWr+LUvEGu6pNrGoz2qNHB58iInlxKxLeWqxoq7vSpNWnHir4j6Xp&#10;FuQ9p4ef+07+THy/aHjZLeH/AHtrvK3piP8Av1HNrXjDxa32fR9Jl8KWTfe1bWNjXAX/AKZWys3z&#10;f7UrL/uPXTeF/C9l4Q0hLCx8xkLtNLNO/mTXEjHLySN/EzetAG9RRRQAUUUUAFUtQ1C20uznur24&#10;js7WFS8txcSBI0UfxMx4WvOvHXxstPDuqzaB4ftD4o8VJ/rbG2fy4LPP3Wup+Vi/3fmdsfKhrzG/&#10;8O3/AIzvE1Hx1qEfiW4ibfb6Ykfl6XZt/D5UG4+a3/TWXc39zZQB22p/tCPrEhh8BaIfEMX/AEGt&#10;Rlaz03/tk+xpJ/8Atmm3/bqj/wALO+Jv/Pn4Qk/7a3a/+yGoeaOaAItU+M3jzQ9Plvb+w8H29vFt&#10;+f8AtC778BdggLMxboq1U0P4z/FXV45JW8GeHdMg3fuvt2qXKzTL/e8pYCyf8C+ak1zw3pnii3jt&#10;9Vs47uOGVbiL94yskq/dkVlIZW+asv8A4VvoX9zUP/Bxd/8Ax6gDq/8AhavxP/6F/wAIf+DW7/8A&#10;kWj/AIW18Tv+hc8If+Di7/8AkWuU/wCFd6P/AASaxH/1z1y9/wDj1H/Cv9P/AINQ1yP/ALjl3/8A&#10;HKAOsj+LnxL/AIvDfhMf9xi7/wDkWp4/i18Q/wCPwx4XP+5rlz/8i1xn/Cv7L/oKeIP/AAeXP/xd&#10;H/CB2/8A0HPEH/g4n/xoAj1b9sq48O6xbaff6Fouo3EjSJJDpOut5kJT7zv58EaKu75fvbv7u+r8&#10;f7aVp/y18N28f/XPxJZN/wChMKqf8IOn/QweJP8AwcSUf8IW/wDB4o8Sf+DDd/6EhoAvyftpaVHH&#10;I6+HPM2L9yPxBpu7/wAenFZmj/t16frK7h4E1SxT/p+1vSYe+P8An6zUn/CDy/8AQ0eIP/AiJv8A&#10;2nUf/CBv/wBDRrn/AH8tm/8AaFAGn/w2hZ/9ChJ/4Uelf/JNJJ+2lZQLvfwhPt9E8QaUzf8AfK3J&#10;asn/AIV+/wD0Mmsf9+7Rv/bapI/A93byb7fxRqlvJ/f+z2O7/wBJqAO1/wCF+eJtSjSXTvhxcJAV&#10;H/IY1e3tZt38W1E835f9rdUw+N3i7+L4eW//AGz8QJ/8ZFcR/wAIvrH/AEOmqf8AgHZf/GKP+EX1&#10;v/odNQ/8A7T/AON0Ad3/AMLy8UdG+Hh/4BrkB/oKP+F7+If4/hxef9s9YtG/9nFcJ/wjfiD/AKHS&#10;8/8ABfaf/EUf8I/4j/6HST/tppdt/gKAO8/4X3rvb4b6o/8A3FLH/wCPUn/C/te/6JfrP/g00/8A&#10;+P1wn9h+KP8AocI/+2mjxf8AxYo/sfxV/wBDZb/+Cdf/AI5QB3H/AA0Frv8A0S/XP/Bpp/8A8fp8&#10;fx+1uT/mmGu/+DDTv/kiuAuNP8UWdvJLL4s0+OCFWd3n0faqKvzMzN54ryvw3Jrv7Rkkd3rFx9k+&#10;G1jPJ9n+w+Zat4pZGbbMy53RWn+zu/ev/s0AfZvgfx1Y/EHRf7Q09Lm0dLiS1ubK+Xyri1mQ/NHI&#10;mT83TvyuGWuur408N6fafCfxpF/whv2jQtNs3j1HWrKC8ka1ufN2xLG0UhK7vLV23ff/AHcdfZdA&#10;BRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUAFFFF&#10;ABRRRQAVDMjSRuquY3Zfvf3a+e/2mv2xNK/Zp8QaHpeoeHLzWn1S2kuEe3uI4dmxlXb83+9Xj3/D&#10;1jw7/wBCBqn/AIMIf/iaAMObx58UP2H/AItXf/CZXd/44+HHiO+a4bVHw8gkf70i/wAMcy4+aL7r&#10;/wANfQMnxU1H41WEd14W1F9C8EzbkGrW77L/AFLHDLF/z7R/7bfvf7uz79fIXjv9ujw58XLy8i8b&#10;eD9Q1PQvmSy0KDUI47eHt50vG6Wb+633E/hTd89eT/Bv9oi4+B/jC8l0SO8u/BF3Pvl0i+kVpNv9&#10;5WX5fMX+9/H/ABUAfo5o/h/T/D+nx6fplnHYWifchj/vN95m/vN/eZqufZ/84o8P6pb+JND0/VbS&#10;O4jtL6BbiJLqNoZNrLldyt8ytWP8QPGll8O/C9xrF7HJdyblt7XT4P8AXXt0/wAsUMX+0zf/ABdA&#10;Ffxp400T4f6X/aGt3n2SN28m3hj/AHk1zL/zziiX5mauHj8QfEPxp8+maXb+DNNb7k2q/vr51/ve&#10;Vyq/7rK1Y9vZzeF9Ys/Efiu3k8WfFHWdyabpNj8y2S/eaG23fLFGv/LSdq0LjS7vWI/tHjDxRJ5c&#10;33NI8OXjWNin+z5/+vuW/wBqL5P9igDQj+H/AItk+e48eahJJ9/93btGv/kN1qveaH490eOR7LxJ&#10;Jdyf9NI4rpf+/Ugjb/vm4qv/AMIH8PP49Ds4P7k0moapG3/f1ox/481aEfhfW9D8uXwfrlxf71Z0&#10;8P8AiO4W6huVX732a8Us27/gTf7SJWoGHpfxU8YWdxHaaxZ6HPJ5vkpNH59nG8v/ADz+ZXaKT/pl&#10;Kq7/AOHfXUR/Ey7t/wDkIeE9Uj/27G4gul/9DVv/AB2q/wDxKvipo946W/2DVrfdY3tlfR/vrZvv&#10;Nb3K5+aP+L/x9X3fPXN+G9QuLO8uNC1DzPtdvu8p55N0jqu3dGzfxMu5Pm/jSSN/43oA7iP4seGv&#10;+Xu8uNJ/7CWnz2//AI8ybf8Ax6tzS/Emj+IP+QZrGn6l/sWtxHI3/jpNcf5j1l6h4b0rWP8Aj90u&#10;zu5P78lurN/31jdQB6x5b0VwfwzvLu38Qax4f+2XF/ptpZ293F9qkaSS2Z2dPJ3N8zLtj3Lu+5Xp&#10;H2egChzRzVv7P/nFH2f/ADigCpzRzVv7P/nFR/Z6AIOaOan+z0fZ6AIOaOaf5dHl0AM5o5p/l15X&#10;8ZPEmq6pqGn/AA68KXn2TxLrkTTXuoR/M2k6Z92W4/66N/qo/wDb/wBygDn/ABBcP+0J4svPDVlJ&#10;JH8NtDn8nXb2D5f7ZvE/5cYm/wCeK/8ALVv43+SvTPEGsJ4fs7O00+3jkv7j/R9Pso/lj+VfvNt+&#10;7Gq/eqPQ9H0T4Z+D7fT9Pjj03QtJtdiR/wBxV+8zf3mb/wAfeq/huzuLy4uNd1OPy7++XZFDJ/y5&#10;Wv3o4f8Ae/ik/wBv/coAx/FHh/8As/4d6pZJcSXd/qG1Li6k+9czyyorN/8AEr/AlfVPgjVDrng3&#10;Q9Qf55Lmyhlb/eKDd+tfNXjD95b6Xb/89tTtv/HG83/2nXuvwRuPM+HOnwk5+ySz2n02Tuq/+O7a&#10;yA76iiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAoo&#10;ooAKKKKAOB+KU3hbQ/D8ms+JNDtNdkhZbezt5rNJ555XbCQxbh95m/8Aiq8d0b4Z6VNfz674g8P6&#10;HJrVwmxLW10+L7Hp8XXyYl2Dd/tSt87/AOwuxK7f4qXD6r8WPDmmt/x76TplzqYX+EzyssEbf8Bj&#10;8/8A7+VD/rI9n+r/ANuOgDwf9oj4qeAvgnpf2K08L6Hq3i+7X/RdP/s+Jlh3fdkl2j7v91f464/9&#10;nP8AZfuLjWP+Fh/Eu3jn1q4l+12uiyW6xxws3zLJLEoC7v7sX8FdB8P/ANnPR/hn481Dxh4z1yTx&#10;h4huLyR9NeeNpJP+ujLyzSf+OJXtH/CYS6hb3D6VZ293IkrQpDdXi2s00q/eVYpBu/7620AdZ5le&#10;D+KPGmjyeNNc8a+ILyODw14L87TtIhkkVftV8q7ruaJW+9J/ywj/AO2ld3JqWv6xNPBpOoRpfW8r&#10;I2n3WltZXE0oXLRxNKXTd/st96vnzVLf/hE9Lk1DRNQ1SSPT4mhvY544/wC0tMieXdJJtYFJY2mb&#10;94yqr7/vUAbml/ETw5pcd5quseKNDk8Q6yqvqV1HeR3EdtF96Oxi2k7o4l/hX/Wy+Y7f3H8r8QeP&#10;Pib8WNQuF+H/AIb8SWmiu2z7bHbtDeXP8O6W6fHlL/0yib5K1LzVLTR7i31PU9Hs9dsLja8uqaPt&#10;03UPKf5VmWWIKkvzfeWVf+B1HZyRXn2hLfxJrnkJKyPaz3jWsif7Mqx7a1A8/wBc/Z/+JGj28mp6&#10;3b2em7fnebUfECrN/M/+hVufC/4qeOPhPeSJrf8AxPfCD+XNcQ/bGuJNu75biCXbu3L/AA/xp/44&#10;/UaX8P38Wap/Znhez0+fXXgkuPtV1/pHkqi/xMxLbmbYq/8AXT/YrPjjsrfS49V1DULyeDb86XUn&#10;y/N8u3yowFZtzbdu2gD6M8Uahbx2+n/EvR7j7d9kgh/tWaD5V1PR5fu3G1f+WkXzt/sPHIn3aj+L&#10;mnvZx6f4l0/95PaMrv5f/LZfm2/99Kzxf9tI/wC5XP8AwD0fW/A/w3uLXxXoeoWnhr7Vc2+nwzxr&#10;9qezudm2Not+5V8zftVl3/vK6Twfb3eofBv+yr2OSO/0+C405/P+95tszJGzdfm/do1AFi3uIri3&#10;jlik8yCZVdH/AL6t8ytVfWNUi0fT5LuWOSTbt2Qx/NJMzfLHGv8AtMzbVrH+H9x9o8H6f/0x8y3/&#10;AOApKyL/AOOrXUeC9LTxB48kuLj95aeHoo3iT+F7yVWbd/2yj+7/ANdKAOw+Hfg+Xwvof+m+XJrV&#10;9L9r1B4/u+a3y+Wv+zEqoq11Hl1H5lSeZWQEfl0eXUnmUeZQBH5dHl1J5lHmUAV/Lo8urFFAFfy6&#10;PLqxR5dAHJ/ETxppnwz8F6p4j1XzJLSxi+SGP/WXMrfLHCv+0zNtWuH+EfgvUPD+n6h4g8S+XJ4z&#10;8SSrfau8f3Yf+eNqv/TOBfl/36y9QuP+FyfGT/nv4M8B3WxP+eeoa1t+Zv8AaW2Vtv8AvyV3nijX&#10;JdH0/wD0SPz9Su5Vt7KGT7ryt/E3+yq/M3+xHWoGXqEn/CUeJP7P/wBZpOkyrNdf3Zrr70cP+7F9&#10;5v8Ab8uugrP0PR4tD0u3sopJJNm53mk+9NK3zSSN/tM3zVoUAc/rn+keKPD9v/zxW5u/++VWJf8A&#10;0bXr3wFuP+JX4hszz5Ops4H+zJFE3/oW+vHdQkS38YRyy/6tNMkf/vmVWb/2SrP7C+sX+qaP4nvN&#10;WAS81a8bUBH/AHP388ZX/gO1F3e1ZAfV1FFFABRRRQAUUUUAFFFFAHH/AAf/AOSSeCP+wHZf+iEr&#10;sK4/4P8A/JJPBH/YDsv/AEQldhQAUUVyuq/ETw7ot49rc6oiXMfyNEkbyNu4wnyg/Nz9373NAHVV&#10;Q1XWLLRbN7rUbyGwtU+9NPIEX8zXll/8S/EXiDw+H0LTLSxkvrGe7spprlpJtsRwy+V5YHmc/d3f&#10;LWZqFrJ/omq22r6prEtvFHren218+6N7UJslj+XG+TbK/wB75v3lAHP+MPFD3HxW8UazYaVcarp1&#10;lothF9sstrI6CW4d/L3MPN+aT+GqN5/buueH9Q1W31SSwjt59lxp9rHHJIlttVvOWXB3Ntbd/wCO&#10;VYt9UuPB/jDUIbeSS70XyodRsk+9Hc2LL+9ji/3fM3L/ANc46px3D+D/ABhcW9v+/tEgW+0/y/u3&#10;Vm3yywr/ANs5E2/9s6AG6h4YsY1n/wCEfto7XX7WzW4ikt/m/tKz/wCWjR/3Zl3P/vVduIrXXJpJ&#10;LhI9a1GKy+0QXEkS+Zq2n/e8tv8AptF95W/+L+TI1SSXw/rFv/ZknmSaf/xMdImj/jtn+fb/ALv8&#10;P+5JHVLW9Vi0jX7fVtHfEFpLFqdls/gtbnmSP/gMm9a1Al8Sa5/amhyTS3Ek8+n/AGeGe6j+9c2b&#10;t/ol1/10ik+Xd/00rzP4ka4+j+ONL1i7jjn1aFfs2tQx/wCrvf4JG/3Z7dvmroPFGqRW/iDXNM0z&#10;/UPBe2/kyfwWrqs0f/fLfdrk/Hm/xJeafcfZ5II5ooXfz/lZIooERpG/u7mX5aAPK/DciSW+qeH3&#10;8z7Iks32dJPmZIpFZWX/AMdStjS9Pstc0PS7vULO3u53s4X3zxrI33V/vCufvI00v+0NQe4jgnvl&#10;a2tfM+VUVvvSN/sqvzVqWfiS4+xxpo/h+8v9NhVYYrrzI4d6r8u5VkIZqAPRPhHJF4X+KHh99Pt4&#10;7SPUGk064SCNY96tEzru2/3ZI0ri/i5bppeseILK3j/dxeJJNifw7dzTMv8A3yz13HwL2eIPFFx4&#10;j1O3uNF0nwtE13dfbtqt5rxOqt1PyrHvbdXnfjSR/EFvJrt7HceW+ozavcWsEix3HlS712qzAqrL&#10;HJ/Ev/LOgD6A+H/h+y8N/C/VIrK3jtI3urBHSPd/rfIg3N/301dZ4b/1njB/+Wf9tXv/AI6qK3/j&#10;yvXL+D/EmhR/DvQ9Tt9Q1jUtCmvF1a61TUtP8uRIkVdqssabfl8tFrc8N+bb/De4vbiPy7u+gu9U&#10;lT+JGm3zbf8AyJtoA4f4V/8AIl27/wB+e4f/AMitXpHwjj/4k+uXf/LS71i5/wC+YtsK/wDoqvP/&#10;AIXx/wDFD6Xv/j85/wDvqd69A+Ef/JO9Ll/5+GuLv/v7PK//ALNQZHceZR5lR+ZR5lBqWPMo8yq/&#10;mUeZQBY8yjzKr+ZR5lAFjzKPMqv5lSeZQBY8yuD+OHji4+H/AMI/FGu2P/ISt7PybL/r6lZY4v8A&#10;x6Su08yvH/2nP9M8J+E9K/6CfivSrd0/vqJfNb/0XWQHSfDfwXb/AA78D6P4ftP+XGBfNeT7007f&#10;NLI395mkZ2qvp/8AxPPFGqanL/qNPZtLsk/ubdrTyf7zN8v/AGzrrP8AWSf77VyfgP8AeeF47jzP&#10;M+1z3Nxv/wB+d2X/AMdrUDoKKKKAOb8QRv8A8JJpeyTy5Lizu7ZH/uf6p93/AI7W38BZ7Lwf8UNG&#10;8H2/O7wzO6v/ANcZ7cf+Pea7VkeKP3eoeH7j+5fND/33A6/+hVhfB28fWP2trzU0fNppNivhtf7v&#10;nvHLdTf+gwrQB9oUUUVkAUUUUAFFFFABRRRQBwnwz1O00T4K+EL29njt7S30GyeWZ/uqvkJzVPW/&#10;igrfYrXRIJftV1draPcajZyxQ22VZ/mVtrM21eFWvDvC+h2uofCfwJcW9p5kF9oqq3mSOzR3MUWW&#10;bax2+Yq79v8A1z2V6BJcHxB4Uj1a3/f3c0UV3FH/AHLy0b95H/wKNf8AyHQAT32r+MtcuLfULiO7&#10;22Fz/ZsOnedZx/aYpWRmb95u3fc/3Kr6B/oenXP9mGR/KaPxJZWwkZmuYmXbcw7mO5m+/wD9/I6l&#10;1jUPL1D+09K/eedKuuab5f8Ay2+VUu4f95l+b/tpWXqGppBqcF1osnmB5W1nSNny70fm5tf97dvZ&#10;f/sKALem6g+n6heWlp/pd3p8v9vaR5f3b+zl/wBfGv8AtMrP/wADqX+1IrP91pUkd39hZtZ0X+Fb&#10;m1l/19r/AL37z5f+ukf9yufvNYikuI/7HuPIj8/+0dCmk+VYW+9La/7Pzb/l/uSf7FYeoaxFefbJ&#10;bf8A4lsHntdxf9Qm6X5pFZf+ebfP/sfvKAJP+Ekt7i3uItP/AOXe+mvtC/24Gb9/at/d/vL/APYV&#10;lyaw95HZxWknmfZF+0aQ8ny74m/1lu3+7u2/7H7v+5XP6XJceKLO4/sezuJLu4vJrtH/AOXe2lWV&#10;l3ea2F2/wttrsNL+Gf2i8uLjW5PvtvitbG4kWNG+60m7j5mrUDm7zxRFp9vb6el5bySaT++svL+9&#10;tdm8y1b/AL6fav8A8RWh/wAI3ruoXlmlpo/9kx26sjvfbWj27kKr8u7c3y16Jp+j2Wj2cdpaW8cc&#10;EP3P4m3f3t396rvNAHk3ijwPLo8lnd3GqSTyazrFpaXsMEaxx+Q7MrKrcv8Aw/3qy/iZ8H5ZNP1T&#10;VdE/4mV2kSzf2XfSTtI7Iv8AyynjkVlZl/hbcm/+5XonxE/49/Df/Yfsv/Zq6HmgD5C/4Z/uNYjj&#10;8R2niTT7uS7g+0WV1dafPdQpu/1W7zJjtXd8rfL8j/8AAN/P/wBj+Lbe8ktLvUJLu/h+eXT45IrG&#10;6T/aVWRklX+6yybK+lNU0e7+H+sXmoafZ3GpeE75muLrT7H5rjT7pv8AWXUC/wASt/y0i/8AHKju&#10;PC/hf4oaXbvZXFnqUCf8+vlTfN/e8id0aBv+uTVkB8z3Goarp8dwlxqGsWFpcLGl1Zalo7SR3PlM&#10;zx7pYPlZVZt3/oVbngvR9Y+NEkllaSW8fhN9v9q67BbzrsiZtvkwLJjzZJfurtr3Cz/Zz8L6fcR3&#10;Gq2d5fwJ9+11K4jt7V9v97dPJ/6LrYk8YRSeZo/ge3t9W1KFmS3mtY/L0vRt3ys25gfNk2/xffet&#10;QI9f0u31CSz+HmmWcdpaOsFzrsMH+rsrGPaILPev3pJdvzf3v3jV1njCTy/CeuP/AHLGb/0U1R+D&#10;/CcXg/R/siXEl/fzN9ovdQk/1l7O33pG6/8AAV/gqPx5J5fgvXH/AOnWSgDg/A8n2P4f6XL/AM8b&#10;Pzv/AEJq9I+G9v8AY/h34Xt/7mmW2/8A3jErNXk9v/ofwb3/ANzQmf8A8gM1e2aXH9j0vT7f/njB&#10;Gn/fKqtBkXKl5qKig1JeaOaiorICXmjmoqK1Al5pPMqOigCTzK8j+OEn2z4gfBvTX/j8RTXf/fmz&#10;dv8A2avWK8j+Ikn2z9oj4V2n/PvY6xff+Qoov/ZqAPTLiT7PbyS/88VZ/wDvn5q5vwHH9n8D+H0/&#10;1f8AoMLun+8u5v8A0KtDxpcfY/B+uS+Z5eyxuPn/AO2TVXjuLfw/4bt5buTy4LS1jR/4m+VVXaq/&#10;xNu+7QAa5rH9l28aRR/a9Su38m1tfu+c3/sqr95mrL1jw3L4f8P3Gt/bLi7120/0u4m8yTy5lXmS&#10;FYs7Vj2/drPj8WaZ4X8P3njvW5Ptf2idbSJLXbM1srSrEtuvO3d5n+s/2/8Acrk4/DfxDvLyNb24&#10;uI9NuNf1W4vX+0Lt+wtFstu/+r2/w0AeieNP3el292n/AC731tNv/wBnzVVm/wC+Wo+Hnhex8D+K&#10;NH/s/wAwfa/ELX1xJPJuZ5Z9yN/wH95tWs/VLj+0PhP9o8v/AJhkNxs/3FV//Za6D7R5eoaXcf3N&#10;Tspv/JlKAPqOiiisgCiiigAooooAKKKKAPlf4Z6nb3ngDw1ZxSfYLXU7G0e1nk/5h+qwxJ97/Zl2&#10;/wDoz+/VmO8h0y3u4vLk020vp/36eZ82k6mjfK3+6zfL/wDt1xfhfXLe88H+G7fUPsemzzaPaQ3S&#10;SSeXHeRJEvl3ETfwzKuz/Ox66PQNB8T+Ko5L2w0SfVYLhWtP7QkkjjtdQUfKskqs275f7yr89agM&#10;k8QS2dneWVx/oEaTrcfJ839mXXzfN/1xl3P83/TSRG/2M+O4l1i8j0/T7OTVp7tvtEtlo8nmNbS7&#10;v+PiKX7sS7m/i2/+h16r4d/ZzWCa0fX9Y/ta3h3brCO38uN/7sbS7i7Rr/davXtP0ew0jzP7PsLa&#10;y8w7n8iNY931wKyA+fdB+D/ibxFc3d1Ns8N2jsr+TqNstxJNOv8Ay22K4WP/AL6+avRtD+A/hnSx&#10;BcajBJrmrIyu99fSMd7Kcj5M7du7+GvTKKAPlz4byfaPCccv/Pa+1F3/AN5r6eul5rkvhP8A8iHZ&#10;/wDXzf8A/pdPXW81qAc0c0c0c0Act8QP9X4a/wCw/af+zV0PNZXjTQ7jXPD8kWn+XHqVvLDd2Uk/&#10;3fPiZXjVv9ltu1v+ulcPZ/tEeB5PMTUNQuPD13CzQ3FrqtnLH5MqNtkjZthT5WX+9QB6bzXNa58P&#10;/DniC4+13uj28l2/37qDdDN/31Gwaq+l/FjwVrnl/YvFmhzyP91I9QjVv++WIauot7i3vI99vcRz&#10;x/34JFb/ANBoA4+P4R+Eo5N8ulyXf+xdXk8y/wDfLOVrrLOzt9Pt47e0t47SBPuQwRrHGn/AVqx5&#10;b0vNABzXNfET/kQ9c/69f/Zlrpea5r4kf8iHrn/Xr/7MtAHmeof8kb2f39HhT/vqJV/9mr3yT93J&#10;srweT958L9Hi/wCe0GnQ/nLAte8Sf6yT/eoAZzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQA+v&#10;H9Yk+2ftUaGn/QP8H3Uz/wCw0tyi/wDsteu814F4o/0j48fEiVJP+PTwLbWn/ApZZW/9BoA9E+JG&#10;sWX/AAh+uWX2y3kuPIjSWH7QvmIssqJuZc7lX5qrx6pZapHqHivU7iOPQtGWSa3T+5sXc1xKv97b&#10;/q1/ufP/AB14HJ4T0rT9Y8JxWmn26R3esaVDcQ/8s3WXdNK21vlVm+T5l/gruPBfhfU9Q8SXmmW+&#10;of214B8TLqt9e3UEbLG7SysiruYfeVdm3/2egCT4R/Df/iV3Flqdxcan4Bms7K40r7VJ5O+fzfNb&#10;5VJ2t5nytXpHxAt4viBo/iDwPZah9k1aazjd3kjby0VpUbbuX/Z+8v8Ackrg/Gl5b6pJH8P9M8vT&#10;Z9GlhfTUk3TSXLQxOzfKo2q25U27vvvVj4b+PNKs9U1y98SyXFh4ht7NvtT3Um5ngh37pJVVQsUm&#10;2L5l/j8ugDqPB+l+X8M49H8zzPs9rcad50n8flM8W7/x2pLe8+0eC9PvU/59ba4/752P/wCy1Y8D&#10;6hb6hHqktvJ5lo+oyXETyfL8sypMv/jslZenx/8AFu7i3/5aW9rc2/8AwJGcf+y0AfZdFVbGb7ZY&#10;W8v/AD1iV/zWrVZAFFFFABRRRQAUUUUAeR/Ar4aeHtD+GPhu7TT1ur3UNKtJZ7q9xNI+6BPl3N91&#10;f9la9XjjWKMKo2Itcp8H/wDkkngj/sB2X/ohK7CgAooooAKKKKAPlj4Z2/2fwfHF/cvtRT/yenrq&#10;ea4mf4d6fYeKvFdl9o1TTbuLWJ7l/sOpzwK8VwzXEbbFfZt/ebfu/wDLOSuI+KmueMPh39j/AOEf&#10;1y8v98FzdyprHlTR7YVRvLXbCG/i3ferUD23mjmvArf4sfE3T/LS40vw3rX7qOb9xJLbs/m79u3d&#10;8q7fLfdurQt/2gPFFnHv1X4V65JGi/PNo9xHeR7v7vyj/wBCoA9t5rivEHgO7k1S41PQtQt7Ce72&#10;vdWV9G0lvMyrt8z5SGVtq7W/v1x8f7WHgq3k2axb+IPD0iKrumpaXIv3v93NdRpfx8+HWsfJb+MN&#10;L8zcqfv5Gh+Zv4f3gFAHP6p8O9VvP+Qh4P8AC+tf9c7hVb/yLB/7NXL3Hwf0S3kjeX4V3lpIn3H0&#10;eSL/ANpTK3/jte6af4g0rWPn0/VNPvvm2f6LcRyf+gk1qeW9AHzf/wAIvpWj+X5WqePPDWz/AJ6X&#10;F8q/+REdasWeqahH8mm/GS4kk3f6nVY7K4b/AHfmRGr6I8x4/uVXvLO01CPZd29vdx/3J41k/wDQ&#10;qAPG7fVPibHHvtPEHhfWo93/AC30uWH5f96KQ1X1yPx340t/7M1u40fRdJdl+0f2V5sk0yr823dI&#10;Aq16ZcfC/wAH3km9/Delxyf34LdYW/76TFU5PhPoUf8Ax6XGsWH/AF66pPt/75kdloA5PXLdPL0P&#10;SrePy5LjUbSG3hj/ALscqSyf8BWON69d5rnvD/gfSvDd5Je2/wBou9SdfJ+231w1xNt+9tVm+6v+&#10;7XQ80AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXz1qn7z4sfGy7T/AFaWOh2P/Am+8v8A&#10;49X0LzXzdJJ/xVnx0uP7+v6Vbp/wC2iegDPjj+2eOPAdp/yzm1a2R/8AdTSoG/8AZq6y3+Fd38P/&#10;AA/4g0+K8j/sl9OttOspr68WH7TulRmj/uxfxr/t+ZXH6f8A2rqGuaHqumaXqEGxr19Pe+s2haad&#10;dN2xbVkwzfNbV6RqkdxqHw38F6V4l1C4sNdu2jmeae38xvNRW3ebuwsXyyJ8zfcegDzvUPsmsXFx&#10;pXiC3jsPEMP+jxahJG1nb3LL5EKwy7ULy/Kr7Za1PBcen654guPDXjWO4tNWu7OTS3/drbtetKqq&#10;zNEqbvlWR1WVm+f/AL4rHvNU+2faNC8YeZYakkWyLWvMVpoVZZZVWe6bO5W81F/dfcq5p+qXvg+8&#10;kl8QaP5k+g2c+qae8EixrNFFE7xRq2zdPH8qNu3fK/8A3xWQHefCPxRb65qnjC0tLOSxtNMvI7G3&#10;h+98sKtb7v8Aebyq1NY8N6rHpesWlleW8Gm3f2ibf5bfaId+5pFX+H733WqTw/rlvqnijT3/ANHg&#10;v77QIbu40+D7yN5u7cy/e/5a/LurpNUklks/slvH5l9fbre1hj+88rfKv/xTf7FagfQ3hOTzvCmj&#10;yr/HZwv/AOQ1rZqho2nLo+k2Fgp3JawJCG/3V2/0q/WQBRRRQAUUUUAFFFFAHH/B/wD5JJ4I/wCw&#10;HZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFAHCeNvhhY+LriHUEvLjSNZhQxx6ha7dz&#10;R5z5ciMCsiZ7MPl/h2k5r5n+Nng/xR/xONCXVNHu5LGCC4tb2Szlt5kaZZU3fLI67dqurLt+evtC&#10;T/V187fG7QdXXXrjVLHR7jV7O7sYbeX7D5bSQtFK5VtjEblZZf4aAPAPD8eq3mqR6Zex29hdpBaW&#10;8V1BcNMr/LcJ5n3FZfmb7tc38J5Lvwv8QLfSvFHxAs/EOi3FnNL9int5V3si7vMbcn8O1/4q7DT9&#10;U+x+LPtEun6hb/ZFtHeGezkjm/18q/KrAbvvfw15fqGj6Zb+MNP1D+3I9Ngt7O9hdNYs57OTdLE6&#10;qv7xNv3m/vVqB9WaXHomn6f5WmSW89o6q/kyXm6Pay7lb94TVPVPh34P8QRxy6h4L0u785d7vHZx&#10;N/F8vzLhq8b1SOLXPC8lvpl5p+rT+VaJssbyKZvkidW+VTu+81cf4Xs/Evh/xB8O4nj1SwjSzt4b&#10;hP3ir/r0+Vv4aAPQPi58J/g/8O9Dt9Y1DQ7jSfOn8m3exuJ4/wB6ys33VLbfu/3a5/wv8O9K1zR4&#10;9T+HnjjxhJaQ7reX7DeLIttK3zbdknls1dZp+oS+NPGHhfw/4g8vWtFu7O5llsr6NZFeVFTa3zDd&#10;u+avXPCfgPw54Lt7iLw/pdvpsE0v2mVIPu+avy7upoA8nj8B/F3R9P8AtGn/ABQjuI/KVEh8Qaeu&#10;5G/2vv8AzUR+LPjXpf2h/wCz/CfiW3SVU3wXHksnzbW3bnT5ty16R8VPh3F8UPCcmiS6hcaTvnju&#10;EuoI9zbk/Kuf+Dfwbvfhfb6xaan4kk8UWl80bxJdRt+52bv7xagDn4/jp440v59b+E+qeR5uzztN&#10;uPtCov8Ae+VG/wDQqLf9rTwlH5aaxo/iDw9I6s7pfWf3FX+9zu/8dr1C38N2+h6fqD6Pp9naXc0U&#10;mxIP3Mbtt+X7p+X7tef+B/FHxI1zxBJp/jPwP/ZNg9qz/bYLhbiHzU+6u1ty/NQBqaX+0Z8N9Yjj&#10;2eKLeDfF52y6jkh2L/tbhtrsNL8aeH9Y/wCQf4g0u7+Xf+4vI2ba341h6x4D8D6xHI+seF9Pk+Xf&#10;K8+nqv3V3MzMor5/8SfCe71zULiXRfhHJB4Xu2juIn/tCKPUn+X721nPlK33trb3/wBygD648t/v&#10;0zmvjbxB4f8A+ETuI1i8J+MPB+/99LewapdzbGX/AGIpArf99VY8N+ONdj1yzt7T4oeLILB9zyza&#10;xpe5Ub+FV89GaVd3/wC3QB9g80c14lpeufEuS383SvGHhPxhBDu3pdae1vJ833d3lOdv/fNU4/j5&#10;440v7YmsfD+3k+ySrby/YdUjjZ5WXO5Vbd8u35loA955o5rxaz/ak0eT5NQ8L+ILD5tm+O3juFf+&#10;83ykfL/tVuaf+0h8PNQkjR9cksJHbYsd9Zyx7/0Py0Aem80c1z2l/Ejwlrnl/YvFGjz7/kRI7yNW&#10;f/gLENXQW8iXEfmxSefG/wDHH8y0ALzXy9byPJH8YH/jm8b3EP8A36sWZf8A0GvqD5I/v/u4/wCO&#10;vkvwfcXviDw/Hqdx5cFh468dXE0XkbvtFtlvKZW3ZVllt1df9h6APcPiB4gsvCeoeG9T1DzPsmmR&#10;X98/l/M22KzZfl/7+Vy/xI8QeH/Gn9j6fqHmabJcact3a3s8jNGks2zy4ZYo/wDWr8vzV2HjDR7H&#10;xR4w0fStQj8y0m0zU/tEPmbf3TfZ0b/0KvJ7jx54U+IGoSRfZ/smhW/k2Nlq9rGsckMEW9ZPNZst&#10;5beYm1V+fZ89AFfULiXR7iPw54ts7ye3tFb7Fq/yyXFsqsieZEufKWHbA7fNVzQ/D/jO38N6paeH&#10;PLu/3Fumm6hBtZfIlni81lnkAZmZY3aRf4Kj0/T9Q0+TT/DniD7Hd+D9TXzre6+aO1hXynlaaDcR&#10;93zd0nm/98VcvPiZquqW9n4K+HklxP5MWy412ePy2+b5mk6fulZm+Vtu9/4U/jrIC54svLL4f/GS&#10;81DRPM8S+LNei+zvotr83k7IkEa/7O5l3f7Cf7Pz19W/CrwbHoum22oagiT+JLiCM3t197YxXc0M&#10;X92NW/u/e/iryL4H/Bu08Fx/aE/0vVrj/j61Cf8A1j/xbe+1d38P/fW9q+kNH0/7PHQBsU+iigAo&#10;oooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKKKACs&#10;zUNLS8j+etOigDyDx58F9E8YW+zUNP8AP+VkSSORo5EVv9pSGrxfVP2a9Q0f5NC8aeKNNj/54yXi&#10;3Uf/AHzKD/6FX2I8aydap3Glwyf8s6APg/WPgX4w+/LJ4T8S/wDYV8PrDJ/39i+auf8A+EH8S+H/&#10;APmR7iDZ/H4V8UT2/wD5ClJWv0AuPC9vJ/yzrLuPA9vJ/wAs6APhfS/Flx4X1izvdSk8eabHbt86&#10;aro8GoLtb70azxoGXd/s13nhP4ufDySOS3TXNHsJHuvOSGOOWxb738St/Ft/2q+lLz4d28n/ACzr&#10;m9c+C+maxHIl7p9vdx/3J7dZP/QgaAOP0fxhFrEkf2eO3u43bZvsbyKb/gW1Tu210H/LPf5fl1xe&#10;sfsn+EriTemh29pJ/fsfMt2/8hkVhyfs56nof/IC8YeJNJ/2PtnnR/8AfMgP/oVAHqPNVpI/9Mt5&#10;fLuJJHRof3f+rT+Lcy7q8zk8L/FvQ/8Aj08Wafq0afwarpe1v++o2NYdxJ410/xJb67qvw70vVtS&#10;h+5qGlahJDJtVdv3ZMK1AHqnjj/kT9Y/69WR/wDdb5W/8droP+WmyvD/ABZ8eIo/D95Za34T1zw9&#10;JfRfZ4nnjWSHc/y7dynbXQSfEC48aW94kXmeF7CFmhukn2rqD7v9nlYFZf4vmetQPF9Q/aM+JvxU&#10;8YahZfCm3s7TRbS8ktEvbq3WRplT700rSfKqs33V+9Xpnwb+LmofEDVNU8D/ABD0eztPGGmRfaGS&#10;ONZLW9g+75iq2fmXd81cH4s+LmhfDvR49E8NWdvaQQrsihtY9ted/s/+JNQ8eftMeH75P3klpa3b&#10;3Tx/MqQNEyfN/wBtGSgD6E8eWelfDPxhoesW/l6TptxuhuvvLGi7lRv91f3qNt/6Z1n+D/HGmeJP&#10;2gLO30z7R5f9k3Du88fls7J8u7a3zr8sv8SrUn7VEjx+H9H2yeXGku//AFm3/lvbr6r/AAt/erzv&#10;9nfZJ8bLNIv+XfSbtH8v5VRmZPl2/Lt+7/zzi/3P46APqi80PTdQ/wCPvT7O7/6728bf+hCvO9Y8&#10;L6Pb/FDS9PTS7f7BNp1xcNayR+ZHuVWXdtbO35a9R5rz7X/+SwaH/wBge7/9moA83k+GfhTVPEFx&#10;FcaHZ+X9z9xuh/8ARZFdZ8P/AIf+GtQ0e4t7rR7f+0tMvLjS3vbX/RZnVG3RszRbfmaNk3VXs/8A&#10;kZLj/froLjS9Y0fXLzVfD9xp/wDxMFj+26fqXmeW8qLtWZWj+ZW2/K3ytv8ALjoA0P8AhXcUcfla&#10;f4g8SabvXZsg1SSZU/4DPvWvA/B95pmj/A/wW+p2cmpW9j4ku7RIY7hoZPtTLKsTeauGi+b+KvdL&#10;fxZ4rt5I0uPB8d3/ALelaxG3/jkqR/8AoVeJ6po76XZ+OPBniXw34k0nQtT1P+3NC1SCzjmkhnba&#10;+393IV+Vl+X5qANTwf4ol8H+PNU1DXfElx4htLTwze6ilrJuZrZfPiZoVlclm+7t+b/nnXWXGn+B&#10;/Dfwn8P2ktvcQedatNpVrBtmvklmX5mi6L8v95l2pXz/AGfgvWNPk/t3W/Fn2DyYpLd0ks4m32r/&#10;ACtHLyVbdu+6teoeB/hPqHji4+0arHcQaa6qn2W6/wCPq9Vfu+f/AM8o/wC7Av8AwL+5QBXs4/EH&#10;xkk0/T7eT7B4X09Vhi8j95Cmz5fl3D/SZvl/1rL5Sfwpur6Q+F/wfsvD+nx29pb+XHu3v/Ezs33m&#10;Zm+Zm/2mrqPA/wAO4tPt40S3jSNFVEjj+VUWvVNP0tLOP/V1kBT0fw/DZxx/u63I4/Lo8un0AFFF&#10;FABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFF&#10;FFABRRRQAUUUUAFMp9FADPLqP7OlT0UAVJLNJP8AlnVeTR4ZP+WdadU9Q1C30qzkuru4jtbSFd0s&#10;00irGi/3mZqAMyTw3byf8s64nx1qfhjwTbo+qXObuVd0Fnbx+ZcTf7q/3f8Aab5a4b4pftORafaX&#10;Efh6VLG1Vfn1q6T5tv8Aeiib/wBCk/4Cj15R4J+Gvjb47TSahE9x4a8NXTb59f1DdJeah/1yRvmb&#10;/Zdvk/upQB578VPFj658RI9QiuI7S7TcmlaX5i3Cw7V+ZmX7jK23958v/A6k1Dwv4o+Klnp//CFa&#10;HqH9mw/I+rx27NbwwOqO1uv8UvlSb9u3dX2z4L/Z78B+CfD8mk2/h+01KO4ZXu7nVY1uprph0aRn&#10;B3GvQVt0ijjVE2Iq7VT+FaAPz5uP2V/hvceH/wCz/EeqaxBqzsry6hPJJp8m7+6qyJt216h8G/gv&#10;4M+D+l3kXhK38+S+ZXutUnuPtFxc7fu7pf7v+ytfW8lrHJHsdN6f3P4a5fU/hX4U1STzbjw/p/n/&#10;APPeC3WGT/vtMNQB8mfHy40/UNc8J6JqEnlwTNJNL5cjLI6qyMqr5fzbmaL+GsvS7PxH4T8SR63p&#10;XgOT+zYYlt7XT47iK1kSDa279033W8xt23d/vV9b6X8HfC+h6xJq1ppedWeJYftt1I9xMkS/8s0e&#10;Qsyr838Natx4Pt5P+WdAHy//AML0t7P/AJDfg/xZov8Aff8As/7VH/31EWrDk+KnhfXPiJp+sJrF&#10;vaWFvp1zab76RbeR5fvf6psMv/Aq+pLj4f28n/LOsu4+F9vJJv8ALoA+U7Pxpp/9uSXaW+qSWDt8&#10;l1Hpdy0f/fWyu8s/iR4UvJNieINPjk/54zyeTJ/3zJhq9w/4Vfb/APPOs/VPhHaahHsuLeOeP+5J&#10;GrL/AOPUcwHD6XIlxcRvFJHPHu+/HJuWuL/aA1y3t9U0+yt/9P1aZV8rT7WRWmf/AGv9lf7zN8ld&#10;xefs1+GpJN//AAj+nxyf9M7dV/8AQQK2PC/wP0zQ/wDjy0+3tN/3/IjVd/8AvbaAPG/h38G7vVNQ&#10;t9V8QeXd36fPbwx/8e9l/u7vvN/01b/gOyvpzwn4Hi0+OP8Ad1ueH/CcWnx/6uuot7dY6AI7OzS3&#10;j+SrdFFABRRRQAUUUUAFFFFABRRRQAUUUUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdb&#10;z64Flj0eziYfZJyNywID/BXVf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8A&#10;EUf8L68C/wDQc/8AJOf/AOIoA0/HXj/Tvh7oxu78ySTyt5drZRczXMvXav5/M33Vr5F8d/FbxL8V&#10;vFEGi6fZya7qztvtdF07/j3tv+mjO2F/7ay/8BRK534ofGpPil4ygj03Ulhn1i5/s6wknik8uxtQ&#10;2SWXbydq+a23737tP4K+jfhRrfwn+EPh1dL0nWN9xOFmu9Snsp2ub2Q9ZJG8v8l6LQBm/Cv9k200&#10;27t9f+IFxH4l1xW82LT+Tp9m3srf61v9pv8Avmvo+vPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7&#10;7y6PLSuB/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA77y0pPJT0rgv8AhfXgX/oOf+Sc&#10;/wD8RR/wvrwL/wBBz/yTn/8AiKAO6+xpR9jSuF/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAO+8un159/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yT&#10;n/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DR&#10;Xn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF&#10;9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrw&#10;L/0HP/JOf/4iigD/2VBLAwQKAAAAAAAAACEA/VRb6fwuAAD8LgAAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTQuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcG&#10;CAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0L&#10;DRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgA&#10;zwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A+6Phb8CfhxqHww8I3d14E8OT3Fxo9nNLNJpcJZ2aBCWb5a6r/hn74Z/9E+8Mf+CqD/4itH4P&#10;/wDJJPBH/YDsv/RCV2FAHn3/AAz98M/+ifeGP/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFWtW+Iy/2&#10;pcaR4d0248S6rbtsuEt3WO1tm/uzzt8qt/srvf8A2aZv+I8mH8vwxa8f8e/mXM3/AJF2r/6DQBB/&#10;wz98M/8Aon3hj/wVQf8AxFH/AAz98M/+ifeGP/BVB/8AEUsnxE1Pwyf+Kx0T+yrHGW1nT5zd2Sf9&#10;dTsV4l/2mXb/ALVdzDKl1GksTq8bDcrLyrKaAOF/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/&#10;ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/&#10;9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8&#10;+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/&#10;AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQa&#10;KAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+Cq&#10;D/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gq&#10;g/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7w&#10;x/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaheVLeMvK4RF6sx2igDhP8Ahn74Z/8ARPvDH/gq&#10;g/8AiKP+Gfvhn/0T7wx/4KoP/iK6+LxFpU8nlRanZyyf3EuFZv51pUAeff8ADP3wz/6J94Y/8FUH&#10;/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB&#10;/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOif&#10;eGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz78M/+hA8N/wDgqg/+Ior0GigDj/g/&#10;/wAkk8Ef9gOy/wDRCVX+I2qX0h0zw9o9w9rqutSNH9sj5aztkXM8y/7QBRF/25Eqx8H/APkkngj/&#10;ALAdl/6ISq8f7z40XG7/AJd9Aj8r/trcv5n/AKKSgDe8O+HbDwvpNvpumwJbWcC4VFH4szN1ZmPz&#10;Fm+9+OaxPHHxR8OfDu+0Cz1zUPs11r19Hp+nwpG0jTSuwVfug7V3MmWb5RvrpdU1S00PS7zUL+4j&#10;tbG0ia4uJ5OFSNFyzN/wEV8teOrmLxJouj+O9Vu7ePUtY8UaClhZyTp5mn6YmoRPGrc/LJJ/rZP+&#10;+P4KAPrH7/ytXnfh23Hw+8aJ4diO3w5qwkuNKixhbOdPmlt0/wCmbKfMRR93y5f4dlehQXEVzCkk&#10;TpIjfddDkVxnxS/dxeFJ1O2eHxDZeV/wNmib/wAhyPQB3NFFFABRRRQAUUVVnvILf5ZbiOMt93zH&#10;C0AWqKjjkWT5l5qSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKjkkSOPc33K8N+J3x8js&#10;9+l+GHjnuPuS6hncqf8AXL+83+1QB3HxG+LWlfD+38r/AI/dWdf3VnH/AA/7T/3Vr5l8TeM9a8ba&#10;h5upXkk+9vktY/8AVp/sqtYlxcS3lxJcXEkk88zb3eT5mdq0PDmv3XhXW7TVLL/X27bl8z7r/wB5&#10;aALEngPxFHb/AGh/D+oJB/f+xyf4Vp+Efil4i8EzJHa3kk9orYeyutzR/wDxS/8AAa+qfB/iyy8a&#10;aDb6pYv+7kHzR/xRN3Vq5v4lfCTTvHVnJcRIllrKr+6ukG3f/syf3hQBqfD/AOImm/EHS/tFr+4u&#10;4eLizkPzxN/7Mv8AtV19fFXh/XNU+G/i77QkckNzZSNFPbP/ABr3javsfR9Ut9c0u01C0fzILiNZ&#10;Ub1U0AXqKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCVm+PLg+E/E+ieLSoXToQ+m6pJ&#10;jHkwTMpSZv8AZSVEz/dWSRq0vg//AMkk8Ef9gOy/9EJXT3VrDf28lvPGk0EylJInTcrqRgqaAIr6&#10;yg1a0ntLu3ju7WdGilhmjDRupGGVlP3lrynx9+zH4I8Wabp8Gm+GPDeizW+p2V9LLHo8P76KGdXk&#10;hO0D5ZFXb+Nbdno3iX4cgwaLAfFPhxf9VYz3CxXtmo6RxSP8ssa/wrIysv8AffpWj/wtS2jjxceH&#10;PFEE/wDzw/sSeT/x+MMn/j1AHU6ZpVnoenwWGmWdvY2NuuyK1tYljjRf7qquAtcdq048VfEfS9It&#10;yHtPDz/2nfyY+X7Q8bJbw/7213lb0xH/AH6jm1rxh4tb7Po+ky+FLJvvatrGxrgL/wBMrZWb5v8A&#10;alZf9x66fwt4WsfCGjrYWPmMhdppZpn8ya4kY5eSRv4mb1oA3aKKKACvGPiZ44Nx44t/CC6tJoOm&#10;pbJc3+oQyeXJNK7MsVqkv/LJtsbuzff/ANXtr2evDPCVxaeINP1jXb6P7WniTUZruJH/AOfVP3MH&#10;/kONG/7aUASR/DPwf99/D9nJI/8Ay2k3STP/ALTSsS7f8Cao7j4b+D7e3+Twvo/mP/HJZxyN/wCP&#10;AtUmn+F9P0u883TJLjSY/m/0WORvs7/9svu/987ay9U1TxLpcmy4s7fWrSH791pv7uT/AL9SEr/5&#10;EoAryfDPw19+Lw/pcf8A1wt1j/8AQcVH/wAIPpln/wAe9vcWn/XrqFzD/wCgyCpNL8WWWqXH2eK4&#10;uIL/AG7/ALLdRtHJ/wB8t97/AIDW5HqD/wAcfmUAY9vZX+nybrLxJ4ksXX7v/E0a4X/vm5WRaqXH&#10;i74h6xdT6LpPiyCO0hfbea0+kJ9qg7+XF8/lNJ/eZo/lrT8Qap5dnHFp/wDyEr6X7PapJ91G2szS&#10;N/sqq7q0NL0O30PS7eyt/wDVw/8ALST7zs3zMzf7TN8zUAeX3Gj674fvJLuL+3PPf/W6h/alzcXE&#10;3+00scg/758vYn9yvQ9D8ReN9L0GTVLvxRbwWkMTSvH4gtEuFSILu8zzYvIP/fVL4g8UaV4Pjt5d&#10;Tkk8ybd9nsoI/MuLpl+8sUS/M3+033E/irQ+Hfh+7+KukaN4r8RR/YNFufLvrDw5w25fvQyXUv8A&#10;y0b7jLGvyJ/t0AdJ8JdQ8W69p2oal4kaP7JczI+mKbQ2k3kBeXki3tt3N91Wbdt+9z8o9HoooAKK&#10;KKACiiigAooooAKyte8QWHhnTJb/AFK5jtbWHq8h/RfVq574hfE/S/h/Z4uH+1ak65is4/vN/tN/&#10;dWvlzxl411TxzqX2rUZ9+z/VWsf+rhX/AGVoA634nfGrUPG3mWWn+Zp2jf3P+Wk3+9/8TXmvNHNH&#10;NABzRzRzRzQB2vwr+I03gLXi0pkfSrjal1D/AO1F/wBpa+t7O8h1C2juLeRJ4JVV0kTlXU18J817&#10;L8Bfid/Y9zH4b1WT/QZW/wBCmk/5Ysf+Wf8Aut/DQBX/AGltAjsPFlhqUcez+0IGSX/eT5d3/fLJ&#10;Xon7OOrNqHw/+zO+TY3MkK/7hw6/+hV55+0l4kt9U8TWemW8m/8As+JvN2f89X2/L/3ytdv+zTp7&#10;2/gm7u3xi6vG2/7qqq/+hZoA9hooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBgOy/9EJXYVx/w&#10;f/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKAOH+MGt3Gi/D/VPscnl6lequnWfPzCedxCjf8BL7&#10;vwrlLezi0+zs7K3j8u0tII7eJP7iou1f/QatfFG8/tbx54b0VR+506KXWbj/AHuYIP8A0ZM3/bOq&#10;skn8H+sk/uUAS81z1xI8dxI8X7v/AK51sXkjx2dw7/3aw5K1AJLh5Pv/APff8VYcmhyx3Elxp+qX&#10;lhI7b3ST/SIXb/dkzt/4Cy1qeZ/A9SR/vJKAM/T7O7/tT+0NTuI550iaK3SCNo40VtvmN8xLbm2p&#10;Vfx544u/CfheS4spI/t9xLHaWvnx+YqM7fe2/wAW1Vdv+2dbmqSJbx15P481S3vPHmn2l3+803Q7&#10;Vr66T++0u75f+/cbr/28UAV/C+/xJJeeH3+2T+LPEN1DY3WrXUiyXDwS7mkXoPKWK3jdvKX5a+2L&#10;Ozh060gtbeMQW8KLFGifdRV4Va+Vf2QdBm8T+Lda8ZXsf/HvuSPP/Pefa7f98xLH/wB/K+taykAU&#10;UUUAFFFFABRRRQAV4t8T/j1b6J5mm+HZI7u++7Lefehh/wB3+81era9olv4j0ufTrp50gmXa3kSN&#10;G3/fQryHV/2YdPk+bStXuLQ/wx3UayL/AOO4oA8BvLy41S8ku7u4knnmbe80nzM9Qc16VrH7Pvi3&#10;S/nt7e31KP8A6dZNrf8AfLYrhNY8P6r4fk26lp95Y/8AXeNlWgChzRzRzRzQAc0c0c0c0AHNHNHN&#10;HNAG34P8J3vjzxBHptpJ+/m+eWaST7i/xN/tV9keH9DtfDeiWml2Y2W9rEET/GvifR9UutE1S3v7&#10;KTyLu3bfE9fXnw68dWvj7QIr6L91dJ8l1bf88pP/AIn0oA6+iiigAooooAKKKKACiiigDj/g/wD8&#10;kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACiiigDwe1um1bxt4vv2/dz/2&#10;j/Z2z+KGKCJVRf8AZ3NI8q/7MlbPlrH9ytP4veCdNm0DWvFMBn0rxDp+nTTRalYyFJG8qNnVZF5W&#10;Vcj7rq1cppdxqen6Hby63JHqV3tXfNY27R/Kyr8zRM5+b+9toAuapJ/o8af32X/x35qxOav3GoW+&#10;oRxy29xHPGm7/V/wf71ZdxI8fl7I/M/8drUCSSNJPv0Wcflyb6r/ANoJH/rY5I6uf6u330AY+qah&#10;FJebHk8uNPnleT+BVr5v1zXH1yz1C+l/dya5O1xL/eS1+V//AB2GOCvUPiZqHmeH7i0T/X6tOtin&#10;97a25pm/79q9amkfB/TLjxx4X0r95cXeoS/aNQjf5o4bWHbLPt4+60nkRf8AbSgD6A+Avgt/Afwu&#10;0izuYhBf3CfbryPH3JZfnK/8BXan/AK9HoorIAooooAKKKKACiivLfjz44bwz4TNlaybL/Ui0Kv/&#10;ABJH/G3/ALL+NAEngv4vW/i3x5q+ip5YtEObCT/nts4k/wDihXp1fCmk6nPoup2l/ZvsureRZYm+&#10;lfaHhPxHb+KvDthq1vwlzHu2/wB1ujL/AN9UAbdUdR0+11izktL2CO6tJV2vDMm5Xq9RQB86/Eb9&#10;nu4sDLf+GPMu4fvvp7/6xP8Arm38X+7Xi0kb28kkUsflyI2x0k+Vkr7zrhPH3wk0Xx9GZZY/sOqb&#10;fkvIPvf8C/vUAfInNHNdF4z+HmteBbzytSt/3Dt+6vU+aF/8/wB2ud5oAOaOaOaOaADmum+Hvje6&#10;8A+II7+3+eB/lurb/ntH/wDFf3a5nmr/AIf8P6h4o1SPT9Mt/Pu5v++UX+8391aAPtnRtYtfEGmW&#10;9/ZSCa1uF3o/qKvVyHw28Cr8PPDo077XJdzO/mzOeI9567F/hWuvoAKKKKACiiigAooooA4/4P8A&#10;/JJPBH/YDsv/AEQldhXH/B//AJJJ4I/7Adl/6ISuwoAKKKKACiiigAooooA4v4yT+R8JfGb/APUH&#10;u0/OJlrkNQj8u32f3FVK6X46P/xaXxP/ALVps/4CzKDWNrkf7ySgDg9Qs4bi4kf/AFc6fcmj+Vqr&#10;x3F7b/I/+nx/3/uyf/EtVy4/1n/AqjrUCPT9c0zVLy4sre8t57u0+S4tY5P3kP8AvL96rmsbJNPk&#10;T/Zrj/FHh+y8Uax4fsri3/0t7ppvtUG6O4hgiVmbbKuGXczItXNQ0/xH4fkjSK4/4SjTU/fPDdbb&#10;e8RV/uy8JL/wJV/36APL/iJo+u654ouNM8NSeZqWmWa+U/mbdk8u2WT/AIEsap/38pvw9+M3xF+F&#10;PjSTWPGvhT+1YPsP2S4vfMWGSGBGaRmjb7m5v4t33/Lj+dK7b4V28slnqniC9j8u/wBQna4dP7jP&#10;8+3/AICrIv8A2zrZ0HQX+JvxJ0/Qmj36Np/l6rq5/hdQ37iFv+usi7j/ALMclAH1Jp14moWFtdxx&#10;yRpcRrKqTIVfkZ+Zf4Wq9RRWQBRRRQAUUUUAFeDftPaHdXEOjavFHvtbfzIpn/ubtrK3/jte81Bc&#10;W8dzbvFKiSRuu1kcZVqAPhDmvrj4K6DdeG/h7YW96hjnlaS4ML9U3tuC1r6f8OPDOl6gL200Wzhu&#10;lbckgjGU/wB3+7XT0AFFFFABRRRQBT1HT7XV7OS0vYI7q0lXa8MiblavAviJ+z1LZmS/8MeZPD99&#10;9Pf/AFif9c2/i/3a+iaKAPgySN7eSSKWOSORG2OknyslM5r678ffCXRfH8RlmT7Fqe35L2D730b+&#10;8teI6f8As/8AiS48Tf2bd7ILFPnfUoxuR1/2f9r/AGaAOQ8G+CdS8dat9j05MD/lrM/+rhX+81fV&#10;ngX4f6b4B0v7LZpvmfme6kH7yVv/AIn/AGa0PDHhXTPCGkx6dpsAggUZZv4nb+8zd2rcoAKKKKAC&#10;iiigAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiiigAooooAK&#10;KKKAMzxBodr4m0DUNHvRvtb62ktpR32Ou1v0NeP6HeXd54f8jUv+QzpMsmmX7/35Y/8Alp/uyrsl&#10;/wC2le514hrEf2f4keOIk+5N9guP+BGBkb/x2JKAOfuP9ZUdWLz/AI+DVetQMvQ/9M8capK//LjZ&#10;w26f70jM7f8AjsaVY8aah5fhu8T/AFcl3Ktokn9xX+WT/wAd31X8Jyf8TjxQ/wD0/Qp/3zbRf/FV&#10;l+PLj/Q9PiT/AKebj/vmJ1/9qUASfbItH8H27P8AJH5H2iX/AIF8/wD7NXrf7NXh1dN+HNrrsxEm&#10;q+JlXWLlv7iyIpih6dI49i/7wf1r548cagl59n0dP44Gmf8A3UX5f/Hq+nP2fdQi1T4HeA5oT/q9&#10;Htrdx/ckjQRSJ/wFldfwpSA9HooorMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooA4/4P/wDJJPBH/YDsv/RCV2Fcf8H/APkkngj/ALAdl/6ISuwoAKKK&#10;KACiiigAooooAK8Lu/8ATPHfje76R/2hDaI//XKzgb/0KZ66f49X2o6T4AkvbG6uLGCG8tftk1q5&#10;jlS2MqrIVbqvUZK/w5rhfAdmln4P+TzPLuNRvZt8kjSM/wC/ZFZmYlm+VaAI7yP/AEiq8lXLz/WV&#10;TkrUDD8N/wCj654oX+/dQzf99QIv/tOsPxpJ5n2f/Ysb3/2StzR4/M8UeKP920/9FNWP40t3jt7O&#10;4/2bu3/76iZv/adAHJ+W95JZ3Esf7+aK93f8BiXav/AVr379nW+/sO5u/DL/AOourODXLD/dkVUu&#10;V/4DMu//ALeK8Rt4/M+x/wCxBd/+PRNt/wDRb16Ol+3hjS/B/i2L/mBrC91/t2Mkax3P/fK7Jf8A&#10;t3oA+nKK4jxF8XPCfhe8lsrvV459TT7+n6dG11cg/wC1FEGZf+BV5lr37UU0kn2fQtC8uQ/dfVJN&#10;0n/fiDd/49IlZAfQlZOueJtF8MW32jV9Vs9Kg/56XlwsK/8AjxFfNk1x8UfHxzdXd5Y2jH7nm/2d&#10;CPokTee3/ApGpun/ALO9l/rdQ1Dy7t/49Nt44/8Ax5gWajlA9L1j9qLwPpfyWUuoa6//AFDbNtv/&#10;AH3JsT/x6uTuP2uHkk26f4LuLg/9PWoJG3/jiPS6f8G9H0//AFVxcSSf3544pG/8eQ1sR+B/L+RN&#10;YvI/+uccX/xFAHP/APDUniX+HwXb/wDgZP8A/GKwdW+OV/4i1CN9ek1Tw/axL+60/QJHjZ2b/lpL&#10;O21m+78qqu3/AH/4O+/4Qd/+gxef9+4v/iK5e88Npp/xM0N5biS/+Vf9ft2/8tf4VULQBzcnifV9&#10;Ykkl0rVNcgtE+RH1LxJLHI//AAFXFP8A7S8X/wDQbk/8Ki5/+OV7T/Z9r/z52/8A37X/AAo/suy/&#10;587f/wAB1/woA8T/ALQ8Yfxa5J/4VFz/APHKt2ev6lp95brr2qaxHYyyrC11Y+KJ28hm+VWZd5+X&#10;dXrn9l2X/QPt/wDwHX/CmXnhvStQs7i1uNPt/IuImhf/AEdV+Vvl9KAMz7ddfDXUrPWX1bVNQ8Ps&#10;32fVoNRvJLr7NEWxHdLvYsvlt/rP9iTd/BXt1fPnhu4lk0uTT9Q/0uexaTTr1JPmWZV+Xc3+9GyN&#10;WNrHirVPBeoR+GtE1/xJ5kNnHNao8dpcRpE24J9+Auyrt2/6zdQB9OUVz/gvWL7XPCuk32pW6Wmp&#10;z20b3VsjqywylfmXIJ/iroKACiiigAooooAKKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv&#10;/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooAKKKKACiiigDJ8SaFa+KPD+p6ReDfaahbSW8o/wBl&#10;1214DpOpXXwp0vS/CXjS3+wR2/8Ao1l4g+9p+oZbO5pf+WEjf88pf+Au9fSlUtR0+11iyns722iv&#10;LWdNksFxGHjdT/CynhhQB4Lqkbxyf89I/wC/HWf5iVueIvgPq3hVZLnwDeRyWGdz+GNVkbyP+3af&#10;lof91t6c/wAFcXH4wt7fVI9K8QWdx4a1n/ny1iPy9/8A1yl5SVf91q1AseG4/tHjDxIn+zZf+gvR&#10;8SNPf/hC9UuEj/5B7faH8v7237sn/jsj1oeE9n/CWeJH8v8Ad+VZf6v7v3Za1PFEifY7jR3j8z7c&#10;q/aP91l27aAPC9Q1h7PS7y7SOT5ImhSGD725127V/wB2P5f9+Suk1Dw3capb2cWsaheX+yKNJbWC&#10;8lt7NNy7fJWKJ13L8235tzvWf4D8Ly3niyPT7j95BoLedcf7cqt+5b/gTLu/7d69YvNDstQk82W3&#10;/eP9545GXf8A722gDk7Ozt5PB+h+H9Kt49Nj1adbTZa/LsiVmaVv+/av81euaP4f0zw/H5Wmafb2&#10;Ef8A0zj+b/gTfeauD0u4tNP8cSXF3HJHBp9isVlDBbs29pW/eMu0fwqqLW5qnji4t7fzfs9vpMH/&#10;AD9arcKv/jqn/wBmoA7Cqeoaxp+l/wDH9eW9p/13kVWrzeTxJe+IP+PT+1NdR/8An1j+x2v/AH9b&#10;bu/76arFn4X1378X9j6Lv/54RyXU3/fTbFoA7D/hNNH/AILyST/ct5W/9BSj/hNNH/5+LiP/ALc5&#10;f/iK5+PwPqsn+t8SXn/bC3gj/wDZDUn/AAg+oR/c8SapH/10jtm/9p0AdBH4w0ST5P7Ut4/+u8nl&#10;/wDoWK5vXLiG4+Inh97eSOePavzxybl/5a/3aJPC/iCP7muW93/sX2nq3/ot1rD1TR9T0/8A0u98&#10;P6Pfxwq0zvayNbybVXczfvE/9moA9Yory+z1yL7PHLb2fii03qrokdvK33vm9WWrH/CUXH/PTxR/&#10;4K//ALXQB6RRXncfih/47zxR/wCCtv8A4zR/wlH/AFEPEEf/AF00eT/4xQBoaxb/ANn+NI5U/wCP&#10;fU7X5/8ArrD/APa5P/IdU/Hlw/8Awi9nss9Pu5E1G2t2fUreOaOGKaVYvM+YH7rSJuqvceKNM+0R&#10;3Fxeaxd3CbkTz9PnVU3fe2qsIWuf8YeIE8UaPeaZpnmeXbtb3eoTSW8kOyJJ1eOP94BuZmj/AO+P&#10;MoA9j+Evw11XwHqWt3F9PpsUF+sO2w0m28qFJU3BpfuqNzKY1+7/AMs69QoorIAooooAKKKKACii&#10;igAooooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKK&#10;KACiiigAooooAKy9c8P6V4n0+TTtX0+11Syf79tdRLJGf+AtWpRQB85WfgTTfAHxV1/SvD8txp1j&#10;NpNhffZpLh5o0lMt0jbd7Equ2NPlrW1TT3uLiO4uP9Yi7HePa3y/ptqP4i6pF4b+MxvdTk+waZqO&#10;h21laXtwrJA86XNwzQ+b91X2yJtVm+b+GjxBcf8AEvkR/wCNlR/900Ac/caxp/h/VLi9vbi3sLTU&#10;1V98m1dksXyxr/37/wDRdSR+ILjVP+QPo95f/wDTaf8A0WH/AL6k+Zv+ArWXqGoWMce+3j/0u0lW&#10;4R/L3b2T+Hd/tfOteoR/2f8A2fHqCRxyQPEsyfu1+dW+Za1A5O38L67qn/H7rEdhH/zx0qP5v+/s&#10;mf8Ax1VrU0/4f6Jpdx9rezjnu0/5er6Rrib/AL6kztrP1TxYnhvT45ZZJPnbZFBBtaSZv7sS/wAV&#10;cneW+seKP3uuySeR/BpEcitCn/XXbjzW/wDHKAO4vPiBoVvcSW9pJJrV2n34dNja42f7zL8i/wDA&#10;mqnJ40124/49PD9vaR/39SvFVv8AvmIP/wChVjx3FxZxxxRR+XGn3Ejt1VU/75qT+0Lv/MbUAXJN&#10;c8YSf8vGhwf7H2eWT/2otH9seMI/+XzR5P8AtzlX/wBrGvM7jxZrF5/xO7LUPLnuLxrHStI+9bzK&#10;jMrNL/vbXbzVb5E/8f6zVPiBaaXeR2Xl/a9SeLzk0+x/eTOv3d23+Ff9pmVKAOkj8WeJbf8A4+NH&#10;0u//AOvW8aNv++ZE2/8Aj1Y/ij4kWWoSR+H723uNCu75W+0PdbWVLX7sjK0ZZWb+Fa5OT4uahp/j&#10;jT/D+q+G/sEeoKv2Wb7Ysjbm3fKyqP8AZ/hrpNL1iW3+Ikdw/lxyJpjbP+/q/wDxVAHaR/EDwl/B&#10;rFnHH/1020f8Jx4Vk/5mDS//AAMjX+tSf8JhN/0z/wDHqjk8SJJ9+3t5P+ukdAFiPxR4ak+5rmny&#10;f9vkf+NWI9U0eT7moWcn/XO4j/xrDk8QafHJHFLZ6X5kzMkSSRrufau5tv8AwGsfVPFHgqzuI01C&#10;z8NxzzbtnnxxfPtlWJu3/PSRFoA7S8uLKSOPZcRyf9c5FauD8SbPtHjDyv3mzTLTf/vbpWqvJceD&#10;PFkkcWn6f4fn2RedstbeJm2t/F8o+7VPR7O30/wX40itLeOCNL64+SP5V+7FQB9Z0UUVkAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQBS1DTrbV7OezvbaK8tZl2SwXEYkjdf7rK3DV8rfEvw+3gvxk+n&#10;+C5bhdC0tbeXVdJkEl1bpLM3yRwdXg2xq8rLuZP3kfyV9bV8m/FfxFF8Ofil4wv9e8KapeaVqT2t&#10;7BrVrAz2+1LaOGRXZflXayfxNQBy0niyKO32PbyRyfN/rI9q/d2/ersI/HH2fwnoej6Z5epas9rH&#10;NKkcn7m2VvmXzW/h+99379ZcnxE8Px/63w34gtP+2m3/ANBmrHk1T4X3kkjy+F7yOR23u/2f5nb+&#10;98shrUDtNL0uKzuPtt3ef2lqTrse6k+XYv8AzziX+Ff8tWrzXmUcfwkkk/5BeoRyf9M7edv/AEHN&#10;WPsfwvk+5JrFp/1zju1/9koA9F5qtqFm+oafeWiXElpJcRND50H+sTcu3cv+1XDx6X8PI/kt/GGq&#10;abJ/fnvJ4/8A0YBWxp/g/UryPzfDnjiPUo/7k/lzf+PrlqAObs7y70fVI3vbzT9Ck0+BtLt0vtPn&#10;a1eJJW2zRSq4RfNXZuXc2zy6r+G9Di1DxBqlle6hZ3+pX27VrfV9KvFka22ssS7dw/2tu3dsdY9l&#10;dZJp/j3Q5PtEsdnq0D7ke1g/dsn3drdGaqdv40tNHuJPtvhu40meb/WvHbq2/wD3tvzf+O0AR/2H&#10;qGueINDuNQ0e3gn0aeR5dQ8xfLmVomT9wvL/ADfI3zbdn+3W5b6fFJ482fvP+QY3/LT/AKbrRp/j&#10;zQtQk2Rahbxyf3JP3bf98thqk0+4ST4gR7JPv6TJ/wCjUoA6D+x4f+ekn/fyj+x4v+ekn+fwrR5o&#10;5oA5LUPhvpmqahHe3F5qn2uFt9vP9s/49m+Xc0XHy/d2/wC5XP6h+z/4X1SONHk1COOFmdEjkVv3&#10;rbfMk+ZC25tu5m/v/PXpvNRXHm/Z5PK8vz9vy+Z8y7v9qgDy/Q/hHafDvVJNQ0y8vJI3i8l0/d+X&#10;t3blXaqDaqszsv8A10kqTT5Li88P+MIreSOO7mvLlE8z7u7aqru/4FXeafHqvmSJqcmnyQbfk+yx&#10;yK3/AALcTXD+H7f95rlon8esXEKf8ClVaAPp/wAC+Ko/G3hPS9bjj8gXcf72BvvQyqSkkf8AwF1d&#10;fwrpK8E+A/ijy9U8aaOkn7u012R1T+550EUrf+RGevd45PMj3VkBJRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFAHH/B/wD5JJ4I/wCwHZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABVLULODUbOa1uI47iCZDFJDIm5XVvlKsvpV2igD5/8AFfwX1PQ7P/iivEmsaN9nZXt9&#10;Purxrqx2r/yz2uGdV2/d2t8lcBqn/CzdL/4+Lezu/wDrnqEbf+hWgr67khST7wrE1Dwvb3n/ACzo&#10;A+O7jxh4zj+S48Nxz/8AgJJ/6FGtV/8AhNNb/wCWvguOT/uH2Lf+1BX1ZcfDe0k/5Z1Tk+F9p/zz&#10;oA+W5PHEv/LXwPJ/2z0+Nf8Ax5Lqse88QaJcSebceB/EEEn/AD2sY1kZP+/hLf8AkSvrST4V2n/P&#10;Oq8nwjtP+edAHzPp/wARItP8v7J4o8QaLH/c1zT51jT/AIEyTr/48tdpofxI8Qapb/6J/YfjCD+P&#10;+zbhWb/vmJ3/APRa16xcfB+3/wCedcX4o/Zv0fWJPNuNLt5J/wDnt5a+Z/3196gDm7zxR4U1CT7P&#10;rvhOSwk/j2RrJ/46pD/+O0eG9P0STxpHF4Sk8yBNOkmlhk3K0LNKn8LANVe8+EfijQ49mleJNYgg&#10;T/l1urj7db/9+rkPXH/2PqGl+MNPl8WyWem2F2rWP9tabb/YfJlb5o1l+fZtb7u5dvz+XQB755d7&#10;H9+z/wDIlR+Zd/8APpJ/38WuPt/AcUnyWPjS4/7Z3kjf+gz1cj+Getx/6rxZqEn/AG0n/wDjxrUD&#10;pPtEv/PncVl6pb3t5JG9veappuxfuQW8Uiv/ALX7xGb/AMerP/4QPxbH9zxZcf8Aj3/swNH/AAjf&#10;ji3/ANV4o8z/AK6eX/8AGDQBoafHqGn+Y9xeXmpfL8iT2ccexv8AejArD8J6Pqul6hrEv9j3mpX8&#10;15NcWT+Wsdr+9+bczMf4fu/d/wB2tCOz+Idv/wAxy3k/79f/ABgVx/xU8WfEXw34bt7d9Us4JNWu&#10;l06KaCOPzE3qzM3T+FY3oA3PgXcRR+MPFiW9x9rjTUVt3uv4bmdIk8+T/v4zr/2zr6o0+TzLeOvm&#10;P9nvwenhvS7O0t45PIhT/lp8zOzfMzN/tM1fT9mnl26CsgLFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/BXVf8L68C/9&#10;Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf&#10;+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8A&#10;iKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/&#10;AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/&#10;AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0H&#10;P/JOf/4igD0GmVwP/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB33lpUcluklcL/AML6&#10;8C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHZSaPbyf8s6wtX8CafqtvJFcW8c8bpseOSNWV6yv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igDy3xR+yn4XvLiR7fw/pcf8A1zs41/pXHyfsp6Zb&#10;yb4tPjjk/wCme6P/ANBIr39/jx4Dk663/wCSc/8A8RTP+F4eAP8AoN/+Sdx/8RQB8/8A/DN9xb/8&#10;e95qkH/XPVLlf/QZKP8AhS/ii3/49/FHiSD/AGI9Yuf/AGZzX0B/wuvwD/0G/wDyTuP/AIiov+F1&#10;fD3/AKDf/knP/wDG6APAP+Fb+Pbf5IvGniSP/rpcRyf+jIzWx4f+D+saprFvqHiDWNQ127t0ZLd7&#10;6RdsO7721Ywq7m/vbd9eyf8AC5Ph5/0Gf/JOf/4ipI/jP8Po/wDmN/8Akncf/EUAbHg/wmml28f7&#10;uuwrz5Pjx4Dj6a3/AOSc/wD8RT/+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9e&#10;Bf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C&#10;/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8A&#10;knP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5&#10;/wD4iigD/9lQSwMECgAAAAAAAAAhAMkIdK81OAAANTgAABUAAABkcnMvbWVkaWEvaW1hZ2U1Lmpw&#10;ZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwM&#10;CwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMB&#10;IgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUE&#10;BAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOk&#10;paanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAf&#10;AQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQF&#10;ITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdI&#10;SUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1&#10;tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APuj&#10;4W/An4cah8MPCN3deBPDk9xcaPZzSzSaXCWdmgQlm+Wuq/4Z++Gf/RPvDH/gqg/+IrR+D/8AySTw&#10;R/2A7L/0QldhQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RVrVviMv9qXGkeHd&#10;NuPEuq27bLhLd1jtbZv7s87fKrf7K73/ANmmb/iPJh/L8MWvH/Hv5lzN/wCRdq/+g0AQf8M/fDP/&#10;AKJ94Y/8FUH/AMRR/wAM/fDP/on3hj/wVQf/ABFLJ8RNT8Mn/isdE/sqxxltZ0+c3dkn/XU7FeJf&#10;9pl2/wC1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD&#10;/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH&#10;/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/&#10;AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvh&#10;n/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn&#10;/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/&#10;AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/&#10;+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPv&#10;DH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gffhn/&#10;ANCB4b/8FUH/AMRRXoNFAHH/AAf/AOSSeCP+wHZf+iEqv8RtUvpDpnh7R7h7XVdakaP7ZHy1nbIu&#10;Z5l/2gCiL/tyJVj4P/8AJJPBH/YDsv8A0QlV4/3nxouN3/LvoEflf9tbl/M/9FJQBveHfDth4X0m&#10;303TYEtrOBcKij8WZm6szH5izfe/HNedWH7THhXWLf7Vp2l+K9Ss2ZkS6tPDF9LDJtYq211iw3zL&#10;Xrkn+rr5h+HOl/GT4b/A3TLlrXQLVdBsXll8L30cj3VzGjO77rqOTZHIy/dXy3Xn5vYA+mYXS6tU&#10;bZiORfuuuOvqtef+HbcfD7xonh2I7fDmrCS40qLGFs50+aW3T/pmynzEUfd8uX+HZXW+DvE1l408&#10;K6P4gsDmx1azhvrfd97y5UDrn/vqsH4pfu4vCk6nbPD4hsvK/wCBs0Tf+Q5HoA7miiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACis/VNUstB0+e/v7uOxsLeNpZ&#10;7mZ1WONV6szGvgT4l/GLxr+2x48l+HPwo+0aV4HtZVbUtcbdH56h/wDWSMuCkfy/JH95+v8AuAH6&#10;F0Vh+FdEn8N+GNL0q61S41m4sraO3l1C92+dcsq7TI+3HzNW5QAUUUUAFFFFABRRRQAUUUUAFFFF&#10;AHH/AAf/AOSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJgmZSkzf7KSomf7qySNWl8H/8A&#10;kkngj/sB2X/ohK6e6tYb+3kt540mgmUpJE6bldSMFTQA+SIXEbxMcIy7fl4NeE/8Kw+KyeE5/Ai+&#10;MtJn8NzRPaf8JFdW88mspZvkbfveU0207fNLf7WzNdnZ6N4l+HIMGiwHxT4cX/VWM9wsV7ZqOkcU&#10;j/LLGv8ACsjKy/336Voj4qW0YxceHPFEM/8Azx/sSeT/AMfjDJ/49QB0nh3w/Z+FfD+maLpsXk2G&#10;nW0dpbx/3I41Cqv5KK5PVpx4q+I+l6RbkPaeHn/tO/kx8v2h42S3h/3trvK3piP+/Uc2teMPFrfZ&#10;9H0mXwpZN97VtY2NcBf+mVsrN83+1Ky/7j103hfwvZeENISwsfMZC7TSzTv5k1xIxy8kjfxM3rQB&#10;vUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUMknlxu3Xb/c5NTU&#10;UAfk1+11+1trHxq8SXHhe1jvPD/gnT7rypdPf9zdXjI3zNOrfd/2Ym+7/FXd/Cf/AIKAeBfgv4Rg&#10;8PeGPhbc2thF88k0msRtNcSfxSSP5XzNX0D+1l+xvZfGeGXxV4TWPR/iDZgPG+dkWoBfurJ/dk/u&#10;yf8AfXbbyX7Kn7Q2jeK9aPw4+J/hvS9D+Itk/wBnWW60+KH+0GH8LLj5Zv8Ax1/4KAOd/wCHrek/&#10;9E7vP/BxH/8AG69G/Z8/b10/49/E6z8GW3g+40aS4t5rj7VJqEcyp5a7tu1UFfSv/CC+G/8AoX9L&#10;/wDAKL/4mprHwvoulzfaLHSNPtZx/wAtobZI2/76UUAa9FFFABRRRQAUUUUAFFFFABRRRQBx/wAH&#10;/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFFFABRRWH4u8Uaf4L8L6pr2qyeRp2m&#10;20l3cPj5giIWOPegDcqGS4jh+/Iif7z4r470jxRrP7RMmoat4y0+Ox8P2N41ppvh2G4doXZNvmTX&#10;PTz5FY+WP4F8uT/frbj+FfgyP/mU9H/7aWcbf0oA+npNa05PvX9un1nX/Gmf8JLpCfe1Sz/G4T/G&#10;vmT/AIVn4N/6FPQ//BXB/wDEUf8ACrvBX/Qn+H//AAVwf/EUAfTX/CVaL/0GNP8A/AlP8arzeOvD&#10;dv8A67xBpcf/AF0vYh/7NXzjH8N/B8f3fCfh+P8A7hcH/wARViPwP4at/ueG9Hj/AOuenxL/AOyU&#10;Ae7yfFjwRb/63xh4fi/39UgX/wBnpln8WvA+oXaWlp4z0C7u2+7BDqkDyH/gIevF4/Dejx/c0fT/&#10;APwDj/wrx/XP2e7vULfVNMi/4R+70m71GTVE+1W88MySu2/5vKO1tv3Vb+5QB9vN4v0GL7+t6en+&#10;/dx//FVUl+JHhO3/ANb4o0eP/rpqES/+zV8OR/sxv/zz8Px/9tNQ/wDjwqv/AMMt3v8A0ENHj/2I&#10;/t3/AMfoA+2m+Nnw8jk2N488MCT+6dYtt3/odSSfGPwHH97xp4fH/cUg/wDi6+HY/wBktI7z7X9o&#10;0P7X/wA9vsd20n/fTXNakf7M9x/0GNL/APBfct/7c0AfYcnx0+Hsf/M6aGf9y9jP9a53Wv2rvhBo&#10;dwlrdeP9IN3I/lLa28hnmLdf9VGGb/x2vl7/AIZjeT7+saX/AOCuVv8A0K6r0D4Z/CPR/hn9ouLT&#10;/S9WuF2Pe/Z1j2L/AM84lX7q/wB75t7/AMT0Ae4n9pL4b/weJUk/64WlxJ/6DGa4Xxx+2n4S8OXH&#10;2XQtH1/xRebN2+DS7uG1T/elaE/+Oq1L5j/89KPMf/npQBwv/DZPiS8k3Rafp+nR/wDPGTQ9WuW/&#10;76WNP/Qa1NP/AGyNUsxu1DwvJrMf8X9j6fqEM3/AUlg2v/38Wum8x/8AnpR5j/8APStbAdNo/wC1&#10;F4N1jTY7v7F4nsZG+9a3Xhy9WVP97bEV/wDHqreJP2tfAHg/T/t2t/8ACQabY+akPnT+H71V3ucK&#10;v+qrD5rxb4sR/wDCSfHD4T+HJf3lpDLd65cQ/wALtCv7rd/wKsgPpI/tNeF/4NI8WSD+8nhu9/8A&#10;jdLH+0n4ak/5gfiz/wAJu7X/ANkrleaOaAOqP7R+if8ALLw34sk/7g7r/wChEVm/8NSeFF1S4stR&#10;0nxJokFvGk11qF9pbfZrVX3eW0rIzeWrbW+ZlC8fMRWPzXyt448YXt58VNc0zT/HkngTUobpri1e&#10;SP8A0O9lVvsywzy4Kqu22+Xd8n7ygD9IrG9t9Vs4Lu0uI7u1nVZYpoZA8bqeQysPvLXgf7T37Iui&#10;ftB2UGpWVzH4e8aWpX7PrSR/fUf8s5duC23+FvvLXh/wP+PmpfDLxRP4f1jR5NFu0fztV8MQfNbz&#10;J1a+0xOdrfxSW6/I6/PF82+vqf4tfFB/DfgvS9U8PXFndSau/wDot6372FIVgkuJJ1RSPN/cxPtX&#10;dyxjoA7bwnosvhrwvpml3Op3Wsz2NtHbvqF8Vaa5ZV2+Y2P4mrcrwfS7rxfqml2l3/wse8RLmCOZ&#10;U/suyVtrpn+4fWrnleKv+imap/4L9P8A/jBoA9sorxCS38R/x/EjXJP+udvp6/8AttVeSz13/oon&#10;iT/ySX/22oA93orwT+y9Yk+98QPFH/gRaL/7QrI+Gfj3xNa/FL+zLrXLzWvDd3q1zo0MepeU0qyw&#10;23nNMssaLxuSRNlAH0lRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7&#10;L/0QldhQAUUUUAFeG/tfanHb/CH+ypZDBDrepWthNIh2skCv587L/wBsYJK9yr5J/bo1N7xfDehW&#10;8h897W9l8tJNv72byrKL8f8AS3xQBF8F9LfS/hX4XSXzJJ7izW+uHkk3M8twzTNub+Jv3n3q7Xmo&#10;o7eKzjjt4v8AUQosKf7q/KtS81qAc0c0c0c0AHNHNHNHNAFLVNUtNH0+S9vbiOC0h++8lcn/AMLc&#10;0T+G31ST/tzb/wBmIqn8ZLz934ftP+e11JM//AIvl/8AHpK+U9H+2/ED+1NVvdU1CDZPJ/zEJ4YU&#10;i81ooo4ooCNzfL/tO7yUAfWn/C4NE/589U/8A1/+LqP/AIXRokf/ADD9Y/8AAdf/AIuvl/8A4Vnd&#10;yfej8Sf+Vn/4uj/hU8v/AD7+JP8Ayst/7UoA+oP+F2aJ/wBA/WP/AAHj/wDi6P8Ahcmlf9AvWP8A&#10;wHj/APjlfL//AAqeX/nn4g/8B9Xb/wBqVueF/wBn+XxBHJLLqGoWEELbNl1HqEcj/wC6sk4+WgD6&#10;I/4XBpn8el6xs/694/8A4uukvPGGhafodvrd7rFnYaTcbfKvb64WGN933V+bHzV8p+JPh+nwz8We&#10;D00+8kkk1O+ZHf7Rc7tqbGkXbJI6t8rPXpHjj4Dy/GT4d+A0i1z+xbvTImuE8y3aaN/OVdzbVdfm&#10;X+GgD3iORLiOOWKSOSN13o8fzK6t/FUvNZXhfw/F4X8N6XolvJJPBp9rHaJNP/rHVF27mrV5oAOa&#10;OaOaOaADmvGpP+Jp+1xH/wBQbwj/AOPTT17LzXjXw/8A+Jh+0p8VL3/n0s9M07/yFvb/ANBoA9l5&#10;o5o5o5oASP8A1lfEeueB9b+InjjXLvT5LfyHlWHfPHKy/PLLN95UK/8ALX+KvtiS4+zxyS/88VZ/&#10;++fmr5z+E+j3eoeH9QuIpPLjuLxf9ZI33kggRv8Ax5XoA4/UPg/4zj0fT9HvdU0/zNPlW40XVLWO&#10;5mm0za25o1ljB/dsy/Krfcf51r0zwfceJf7H/sTXbiO722OqJpWn2NnJCsN9LbN5i7X+bbLtmaNV&#10;+RPMkT+5s6zT9LuLOP5Ljy5P+mcjbf8Avliay/iZqj+H5PD+u2//AB92P2m4T+6+y2lZVagD6A0e&#10;zWz8N6PE9v8A6QlnGj+Z/BtVVqTy0/551jyR3FxZ2fm6heeZ5W9/L2r97/dFV/7Hik/1slxP/wBd&#10;LiT/ABrIDoPLT/nnUcf2eSTYnl+Z/c+XdWXb28VnH5UX7uOo5LO0k+d7ePzP7/3W/wC+qANiSzST&#10;/pnXH2mqWuoeL/C91aQfZzaeMJrGX7q75RbXEUjfL/e3V1Gn3CRxx2nmSSSIvyPJ8zPtrz/w/wDu&#10;7i3l/u/Ehv8Ax6dk/wDZqAPquiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCV2Fcf8H/+SSeC&#10;P+wHZf8AohK7CgAooooAK+Mvj5cDxR+01o+mj/V2cumWr/xL+7W6v5P/AEG1/wDIdfZtfD8M/wDw&#10;k/7TWv37Df8AZrvVrjd93/VfZdOj/wDRM1AHrXNHNHNHNagHNHNHNHNABzRzRzRzQB4t8dNQ8vXN&#10;PRP+XTTprj82X/43Xjf7L+h2mqaHp73F59n339pNF5n/AC2lTbN5P/jteiftCah5dx4suP8Anx0X&#10;Yn+95Tv/AO1K5v8AZv0t45PCdu8fl/6dNM6f9cbN0/8AZqAPpiPT6P7OrpI7P93UclnQBy8lnVOS&#10;OukuLese8joA+f8A4wSfaPip4Tt/9ZHY6df3zp/EjeUyq3/jtfSGj2/2PR9Pt/8Anjaxp/3yqrXz&#10;X4w/4mnx41CL/n00CO3R/wDamnRdv/kSvpy4kis45JZZI4IIVZ3eSTaqKv8AEzUAS80c15Nqn7Qm&#10;lSXklp4c0+48QyJ/y2j3R2//AAHajyt/vLHs/wBuqdv8aNdkuI4n0vw/HO/3LWfULmzmf/d822G7&#10;/vmgD2XmjmuK8N/FDT9Y1CPStTs7jw9rU3+qtb7a0dz/ANcJVykv+79//YrteaADmvGvgP8A8TDx&#10;58ZNT/57eJPs6P8A7MMW3/2avZI/vx/71eL/ALLf+meE/Fmp/wDQQ8U6jNv/ANncqrQB7TzRzRzR&#10;zQBheNLj7H4L8QXH/PHTrl//ACE1eZ/Ce38vwf8A6vy5Hvr3f/wG5dP/AGnXoHxM/wCRD1xP+e0C&#10;w/8AfbKn/s1cP8L5PM8B6Oz/ALyeVZLh0j+Ztzyu+7/x6gDrI68/+Nl55mj2cKf6vyr35/8At2Zf&#10;/Zq9I0+3eSSR3/d+S2zZ/n/erzf9oCTy7PS0/wCmF7/48qr/AOzUAfRH/PP/AGFqOSTy6sSf6ys+&#10;4/4+I/8AdoAkooooAks/+Qpb/wC7J/6DXD6XJ5en3Ev934jRv/5Uol/9mruLP/kKW/8Auyf+y153&#10;5n2fwf4kuP8Anj41ab/vnUomrID67ooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8A&#10;kkngj/sB2X/ohK7CgAooooATpXwb8B5H1zxRrmsP+8d9Otn/AHn+s3XdzdXbf+OyJX2b8SNU/sP4&#10;eeKNS8zyvsel3Vxv/u7Imb+lfGX7K+j6hpfhfxB/acf+lpqMNp+8uPtDbYbOBNu7A+VWZ/l20Ae2&#10;80c0c0c1qAc0c0c0c0AHNHNHNHNAHy1+0RceZ4b+Ikv/AD2lW0T/AMhRV0n7O9n9o8QaO6f8sbXU&#10;7j/vqeBFauP+OEn2jwfcP/rPt3iSFNn99WvM7f8Avla9M/Zfs/M1S3f/AJ46Bb/+Rp3b/wBpUAfR&#10;kdv+7qvJb1seX+7qvcR0Ac3eR1zeodq6zUI65fVKAPm/Q/8AicftAeMHT/n+0yx/75ZG/wDaddB4&#10;kvNV/aE+IknhXRZPL8L6fK3mv83l3LI37yaXb83lq3yqv8b/APfaed6Prkun+JPiRrcUn79NYuPs&#10;8if3kiuPLb/vqRK+iP2Q/D9vpfgPUL1I/wB5cXS2+/8Ai8pIldf/AB6V6yA7Tw38C/B/h/T47eXT&#10;/wC2pE++9980e7/ZiXCL/wB80eKPgf4f1jS7i30y3j0mR1/1Pl+dYzf7Mtqx2Mv+0u1/7r16LzRz&#10;QB8XXHhOXw3/AGho9xb3E+hQ+Z9q0We4aaSyaHa0vkS/e+VWSeNv44v9pPn9c+Ffii71S3vNE1O8&#10;+36lpnlul7/Fe2cm7ypv975XVv8Abj3/AMdXPiRGmn/FizuE/wCW39mTS/7bebcW7f8AfUcm3/tn&#10;Xmfwrk/sv4kWemJ/y6f2toz/APXKGeKWD/vla1A94uLj7PbyS/8APFWf/vn5q8j/AGS7fy/gXodx&#10;/wA/c93d/wDfc7//ABNekeNLz+z/AAX4gu/+eOnXM3/fMTNXF/s12f2P4B+B0/v6d53/AH2zP/7N&#10;QB6bzRzRzRzQBxXxcuEt/h/eb/3e+e0Tf/28xVx/w38WRR/D/wAN29lpeoalImmWyS/YbOTy93lL&#10;u+Zgqfe/2q3P2hJP+LZ3if35V/8AHVd//addh4fjePw/pcT/AOsSzhT/AL5iWgDl7PVPEH7z7P4P&#10;1D523/6VeW0P/tQ15/8AGyTU5I9LTU9Lj03fBMkSfbFm37pYF/hA/vV9AR14n+0Ro9x4g8UeF9Mt&#10;PLjn+yzTfvPu/JPAzf8Ajq0Aeyf25eySXCfZ7f5G2f8AHw3+y3p/tUWeoS3lxcebHHHJC2z5JNy/&#10;dVvQf3qz9Dk+2afHcf8APZ2epNL/AOPjUH/6bt/6CtAG55lHmVHRQBoaXH5l5v8A7it/49try/UJ&#10;P+Lb+OH/AOeOv3s3/fF8rf8AsteiaX/yHE/64Sf+hJXmesSf8Wr+JH/X9rD/APfMrt/7LWQH2XRU&#10;UUnmIjf3lqWgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiii&#10;gDzP9o68e1+BfjTyv9Zcae1n/wB/sRf+1K8I+C8af8InqF2kf/H3rupzf7+25eJW/wC+Y0r2X9qC&#10;8SP4XpaP/wAv2s6Zb/leRSfyjNePfA+N4/hH4Xd5PM+0WzXf/AZZXlX/ANGUAdzzRzRzRzWoBzRz&#10;RzRzQAc0nmeX8/8AcpeaztcuPseh6pcf88bWZ/8AvlWoA+U/i5J5fhPwGj/6y41Zbt/+AQSzNX05&#10;8A9Hi0/wXpbrbxxzvAqO/wDE6qzbV/8AHq+W/jBI8lx4D0//AJ42t3N/wL7MsS/+jK+wPhXss/De&#10;lp/0wWgD0jy/3dU7iP8Ad1Y+2J5dU7y8Ty6yAw9Q7Vyeqf6z/gddRqF5XF+ILzy7e4l/uKz/APfN&#10;agfIfw3s5vEHhvxZNbx+fPNPqeoon9/yoldf/Qq+mP2Y/ElpZx6p4XeT955/2uy/6bL5S7lX/tj5&#10;Ev8A20k/uPXj/wCx/p/+j6fcP+8jeC9m/wCAtOif+y1qeIPB934L8QR6ZZfuLtPn0KaeRoY72BGZ&#10;1tfNX5ormDc/lsvz7P7670oA+yeaikkS3jkllkjjjRWd3f5VRV+8zV8t6H+1ZqGnx/YtVk8u/h+S&#10;WHWNLk+0J/vPbPtb/e8td9c/48/aIl8QWckV3cRz2n3/ACZ7f7Dp/wDstLEztLc/7rMif7FZAdh4&#10;o8aW/iDxx/bDyeXYJ5d8skny7LG3V1gZv7vmySTz/wC5HHXL/s9+b4o8cah4gePy49t3qP8AuNeT&#10;qsS/9+4HavL/ALZqvxAkjsre3vLu01OffK8ny3Wsy/xKvTbH/eb7iJ/s19WfDfwOngPw3HZPJHPq&#10;Vw32i9mg+VXlZVXav/TNVVFX/YjrUCv8bLz+z/g344uP7mj3P/j0TL/7NUnwfs/7P+E/gu3/ALmj&#10;23/j0St/7NXP/tOXn2P4B+OH/wCnFU/76lRf/Zq7zwnZ/wBn+E9Dt/8AnjY26f8AfMSrQBq80c0c&#10;0c0AeTftMSN/wrfyov8AXvLNs/4DZ3DVuR/8JLJ/rbiz0nZ/yzsbP7Qyf8Ckf/2nXL/tOXEsfhPS&#10;/Kj8yT7U37v5m3/Ls/h+b/lpVOP4gan5kiS29nBJ/wBM9Qkt2/79XI2/+RKAO0+x6xJ9/wAaXn+5&#10;5dtD/wC0xXm/xEkfw38QPDep3txeatJNazWiefcK2zfPAm77g/56V2lv4ofy997JeRx/359PZof+&#10;+oC61538VLi08QeIPC8tpeafJHFPHvmtZPub7mBfm43LQB9IeH7fSo/D+l/6H5k72sfyR7v7q1n3&#10;Hh+WO4uHis7zy5pWfZBJIuz9RWp4b0//AIp/T38u8/1Eab4Nu19q7a0Psb/89NQ/z+NZAYcej3H8&#10;dvqkf/bxJ/8AXqT+z3j/AOgp/wB/N3/stbH2dv8An41D/v3/APZUeXL/AM/l5/37agDP8Pxy2+uR&#10;vL9skjdfJ/f7f4mX2Fed/PcfBvxRcPH+8vl1i7VJPvfPLOy/+O16p5ktv873lxJ97YkkbLvbbu21&#10;5ldeJtS8VeBtIXTbOO/8UeJrNVstPjk8uN5ZIt8jbmztjVd7M1AH1T4P1BNW8J6Heo4dLmygmVk6&#10;HdGprbrzf4A6TrHh/wCF2jaVrVhcabNY+bb29rdSRtKlsJG8hX2My7lj2L97tXpFABRRRQAUUUUA&#10;cf8AB/8A5JJ4I/7Adl/6ISuwrj/g/wD8kk8Ef9gOy/8ARCV2FABRRRQB4N+17qX2D4f6JsOf+Jys&#10;v/fm2uJv/QohXE/C+zTT/hn4Tt4v9XDo9ps/78JWn+3Nqz2PgjSIU7Lqd3/37064H/tSrOj2aafo&#10;+n2kX+rt7WGFP91VULQBd5o5o5o5rUA5o5o5o5oAOa57x5J9n8D+IH/6cZk/76Xb/wCzV0PNcl8U&#10;JPL+H+uf7cSp/wB9Mq0AfLfxQ+2yePNLltNPuNTj0/SW82G1jZm+e5T22r8sT/er1TQ/2oNK0O3t&#10;4rvwv4oj8lVT/jzj/h/7aCuP0P4gar4f+JniC30fw3/wkt2+nWm//iYLa7FVpW/iBX/lpXUXHxU8&#10;YSff+F95/wBs9ctm/pQB0n/DZHg//lrZ+IIP+umnq3/oLmo5P2yPh/J8jXmqQf8AXTS5f8K4u4+I&#10;niOT7/wz8Qf9sLy2k/8AZxWXceONVuPv/DfxRHG//TOCT/0GSgD0ST9qz4dSff8AEnkf9dLOX/4i&#10;svWP2jPh5qGl3iW/ii3nkeCREhjjk3OzKyqvzIK8zvPFD/fl8B+KI/8AuFrJ/wCgk1n3HjjSrOP7&#10;RqHhvWLCNPnd7rQ5FVP95sGgD1T9kfT3s/Bfht3/ANZ/YW9/+2tyzf8Aste6a54f0/xRpcmmarZx&#10;39hN9+Gf+8v3WX+JW/usteb/AAD0/wCx+G9D/wCxb07/AMf8169Z5oA8i8QfAu41CPyrfWLPVrRf&#10;9Va+JtPW8aH/AHZ1KP8A99bqw9P/AGZ0jvPNl/4RvTf+m2m6O0k3/AWnkZV/75r3nmjmgDmvCfgP&#10;R/BfmS2Uck9/cIqXGoXUnmXEyr/Du/hX/ZXaldLzRzRzQB49+1pceX8B9cT/AJ+J7SH/AL6nSvXL&#10;eP7Pbxxf88VVP++flrxv9rD958L9PtP+fvX9Oh/76l3f+y17RJ9+T/eoAXmjmjmjmgDxb9oyOW4k&#10;8H2lvJ5ElxqKojyR+Yqbrm1XdtyN33qsSW/iuzj2XGn6P4hg/wCnW4ks5P8AvmQOn/j1R/HiTzPF&#10;ngO3/wBXvvN6fu2b7tzbv/D/ANc61JNQl/5+I/8AwDn/AMKAOb+2aFZyb9T0PWPC8n8c0dmzR/8A&#10;f20LL/31WP4wvNM8QaXcW+n+JP7d0mG1mm1Kb93MsMSq21WZk3KzMvy7q7T+3HkkjRLy38x28lP9&#10;avzf3fuV5f4w8Np4g8cSW9xJ5F/d6jaWjvaybWmiWJXZW3Day7vmbctAHtHwz+GdpJ8O/Dct7ca5&#10;BqU2nQvcSQa5ex/vWVWb7s22uo/4V3FH/qvEniyP/uOTt/6ETXP/ANl3ejxx/YvFniiO0Rdn7y3s&#10;pFT/AIC0NEesXsfz/wDCcaxJ/wBdNLsm/wDQQKAOg/4QfUI/9V448UR/9vkUn/oyE1oaXoeoaXHI&#10;kviTVNS3N8j33lbk/wBn93Gtcv8A25qtxJ/o/jSOOP8AuT+H1Zv/AB2cVJJqniO3+54o0uf/AK7+&#10;H5V/9BuaADxpHrfhezt9bTxJcSJDqNsjpPbxMsMUs6xM3/AfMrz/AFDwvp/gPxh4HS0uLzUvEN34&#10;m05Ld55Nq6ZY/bk89YFX/VRs0nlN/f8AM2fdrtPFFv4g8UeC9ct7jWPC93YTWciSw/Y7mGT7vy/N&#10;5x2tu+61Yej+F30+PQ9Yvbz+1ta1DxFo6S3v8KRLfRbYYuTtVf8A0OsgPtuiiigAooooAKKKKAOP&#10;+D//ACSTwR/2A7L/ANEJXYVx/wAH/wDkkngj/sB2X/ohK7CgAooooA+U/wBuy4WTR9Dtf7+n6o/5&#10;pBD/AO166Xy/s/7r+58n/fNcd+3VI0l14Tt47ae6+0Wd3C72+39wpubD94+WHy11MmqRSXEn+9QB&#10;Z5o5ql/aEVSfbIq1As80c1W+2RUfaEoAs81x3xc3/wDCv9QRP4mt0/8AI6V1n2hKx/GGjv4k8N3m&#10;n29xHHO/lvE8n3dyMrru/wBn5aAPmv4X27yfFDx5K/8AyxitLdP+/St/6FXrPNcVrnwLuNc1iTUn&#10;s/EGi38yqlxN4f1iKPztvyru+b/ZqvH8D7u3+54g+JEH+3/aEU1AEnxY/tD/AIRu3t7LXLfw9BcX&#10;Sw3t7PHuZINrtJt5HzfL93+P7lYXwW8Pr4fv/EEWm6p/a3h6ZLea1muo/JvPm3rtniUlI2XbtZV+&#10;/wDfrdk+C9xcR7Ljx58RPL/uT6fFMv8A6JNWLf4Py6f5n2T4qeKLDzn3v5/htW3t/ebbGu6gDsea&#10;5b4qSPH8M/Fj/wDUMuf/AB6JlqP/AIV3qsf/ADWy4j/6+vC6r/6FWfqnwz1XxJp9xpWp/GjR59Ju&#10;18m6T+x1hm8pvvbW3igD1j4Tx+Xo+n/7GgaOn/ktu/8AZq73mua8H29vH/aEtlHJHpv+j29k8nys&#10;8UMCxK3zfw/LXS80AHNHNHNHNABzRzRzRzQB4t+1B+88P+B7f/nt4u07/wAdZq9ok+/J/vV43+0Z&#10;+81T4T2//Pbxhaf+Oq1ey80AHNHNHNHNAHiXx0vIrP4geA7iWTy47eVpn/4Dub/2Ws/T9c1DxJb2&#10;+p63HJaeHtQZktYYLho40+bYq3LKNzbmX5WVtlanxUt31D4yeC7RI7OSR4pH2X0fmQ/LFdN8y5H9&#10;2us8N+D4tPt9Yi1Cz0vyNQl3/YrWNvs6ReUqbdrY+9tdm+WgDyPwf4Pe3+KHiBLfy4NC8pbuKykk&#10;ZY3Ys3zL/ut8v+55ddB8P9Hi8UfETUL20t5I/sOotd2/935IFi3N/veZXpGj+C9E8PxyJaWf+uXY&#10;808jTSOv93cxLbf9msPwHbp/wsCzS3j8uObXdVd0j+XeqW2xV/76agDvLy31OST/AI/I45P78dn8&#10;v/odc3qHhd7OOS4e8t5Nnz7I9PZmf/ZXmvQLis+SgDw/WNU8QSSXiWXhe4k37U095/Mh3t/F5/z/&#10;ALpf7tcneeNPHun6pJ9n8Pyf2bu3oklnK03lfIzL3+b5XX/tpX0zzUUlxZWflvd3FvBG/wBx55FX&#10;/wBCoA8b0/XNQ1j4L+NLvVbOS0v/AOzrhJU+zyW/97b9773y1cvNY/4Rfw/peofvJ7TTNR07UbiH&#10;/plDcxPI3+9tr0zxxJDefDPxZ9k8u787TLhE8jbJvbb/ALOay/iJZ2//AArO8tPLjj+0eTb/ALv5&#10;fvyotAH1fHIJBuWpK87+CPi7/hLPhv4bvWfzJH0+Hf8A7yrtb/x5a9ErIAooooAKKKKAOP8Ag/8A&#10;8kk8Ef8AYDsv/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooA+dP2xfAes+KPCdnrGh2lxqV3pkVz&#10;by21rGzy+XL5brIqr8zbZoIN23+AyV4PZ/tEeCryON5fElnYTv8Afhut0MkLfxRtuA+ZW+Wv0Drw&#10;rx5+yB8PPHXiK912azm0rUL2Tzr3+zfK8u6l7yOksbgN/eZdu7+LNAHgtv8AGTwlef6rxRo8n/b5&#10;Gv8A6Ea1Lf4iaJef6rXNPn/653kbf1rhv2kv2ZNE+FM/hebSriO7sNUuZ7SdNS0uzk2MImlj2skK&#10;/wDPN68ck+Genyffs9Dkj/7BbL/6LmWtQPqyPxRb3H+qvI5P+ucitVyPWHr4/wD+FX6f/Bo+hxx/&#10;9M/tsLf+jzRH8N4reT91p8cH+3Brl3H/AOhI1AH2J/bD0f25Xx/H4TvbeT91J4kg/wBuDxQzL/3y&#10;0IqxHZ+ILeT91rnjiD/rnqlpMv8A48VoA+vP7c/6aVJ/bn/TSvkePVPFtvJsTxh4wj/66aXZXC/+&#10;jqsf8Jh41t/kTxxqH/b14T8z/wAejzQB9af25R/bn/TSvk//AIWZ41t5Nn/CaaHJJ/0/eG72P/0F&#10;KsR/GTxnb/I/iDwHPJ/cnkubdv8Ax4CgD6s/tx/+elSf25/00r5bt/jZ41/59/A93/sQeIPLb/x6&#10;tS3+MHjj7/8Awhel3f8A14+JIGoA+lP7Y/6aUf2x7V89x/GTxh9+b4X6xJH/AH7XUIJv8Kk/4Xpq&#10;sf8Ax8fDfxhB/wBc7eOT/wBBegD6E/tij+2K+e/+GjNPj/4+PC/jC0/66aPI3/oJNSf8NOeD4/8A&#10;j4/ti0/676Pcr/7JQB9Cf2wlSf2olfP8f7Tnw8k+/wCJI4P+u9vPH/6ElXLf9oz4e3H3PGmj/wDb&#10;S42t/wCPUAanxw1Bbzx58H7f/qYmm/74iWvZP7QSvl+Pxhb/ABg+MHhu70TzJ/D3hZbi4l1Dy2WO&#10;a6lXYsa7q9o/tj2oA7j+0Eo/tCKuL/tipP7Y9qDI4f4sSJJ8aPB7+XcSRwwf8sLiSGT/AFV7826M&#10;My/9811Fn4guPL8201iSSBPvx6rbrcRp/wBt7Ynb/wACWvH/AI2W/wDbnjzw/vuPskCxR75vLVtm&#10;2K9ZW+YH+7WfqmoeK/A8kb3cn9pSQwQzSp8zXFt5v+qh/eP5vmMrI21bhf8AWVkan0Rb+KLj7P5t&#10;xpckkH/P7pUi30P/AJD+b/x2sf4VyfbPGmh3CeZ5bz61cfvI2X5WliRfvf71eX2fxQis9QjfxBp9&#10;xYSO3zzSR7Zn/wB1mML/APfM0tdx4f8AHH2iTS9dtLzy5Egmt7fUJPKmW5gdkdflkkhZpF8tF3f9&#10;9fNWoHtlxWfJXJx/EzVbj5/tlvd/9dNLZv8A0XdNViPx5qcn37Ozn/7hd9H/AOgh6AOgrDvPFGhe&#10;ZJb6h+88lvuT2cjLu/4EhWo/+FgPH/rdP0//AMnY/wD0K1qSP4oWUf37PT4/+4pt/wDRka0ASeJN&#10;Uit/hf4g1DQpI7RIbG4mt5rWPy9jKrfMvA/irn/iZriRx6Xp6f8ALHdqNx/uxf6v/vqRkrU8SfEy&#10;HUPC+qWmmafp89/cQNDEl1qlk0Ls397dIPlrm7yz0+3t9U1XVdQjv4LRf7R1fULWTdCnlfNBYwN/&#10;F83zN/tf79AHpH7Jdw9v8O9Hsv8An386H/vmd1r6Tr5w/Zn0e70fwno9vdx+XdpBvlT+5K/zsv8A&#10;301fRkf+rrIB9FFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFF&#10;FABRRRQB5/8AE74e6P8AEbw/JpWvafHqVizrL5cm5WRh92RWUhlZf7ytXzprH7I+iRySfYtQ8QWn&#10;/XPWJZP/AEZur7IeNZOtU5NLik/5Z0AfD9x+yncR/wDHv4o8QR/9dPs0n/oUNZ9x+zH4gj/49/GF&#10;x/230uBv/QdtfdEmh2//ADzqOTw3b/8APOgD4LuP2e/Gtv8A6nxJp8//AF30eRf/AEGeqcnwT+Id&#10;v9y48P3f/bO5h/8Aiq+/JPC9vJ/yzqvJ4Pt/+edAH59yfCv4h2//ADB9Hn/64apKv/oUFU5PA/j2&#10;3+/4P8z/AK9dUib/ANC21+hEngu3k/5Z1Xk8B28n/LOjmA/PeTR/Ftv/AK3wXrH/AGwktpP/AEGa&#10;qckmsW//AB8eF/EkH/cLkk/9F7q/QiT4d28n/LOq8nw3t/8AnnRzAfnfcahZR/8AH7peoQf9fWh3&#10;P/xusu41DwZJJvu49Ljk/wCnqzWNv/HkFfoxJ8M4v+edU7j4XxSf8s6OYD87/wDihLiTekmh+Z/0&#10;zuI4/wD0EitS30vRJPntLz/wF1SVf/QZK+5Lz4J6Zef63T7ef/rpbq39K5+8/Zj8KXn+t8L6PJ/1&#10;00+L/CjmA+S49Llj/wCPfWNcg/656pPt/wDHiak8vWI/ueKNcj/2PtEcn/oxDX0pcfsj+CpP+ZT0&#10;+P8A64W/l/8AoOKy7j9kPwv/AMsdPvIP+uGoXcf/AKDJWnMB4H/xPbj/AJmi8k/672dtJ/7TFWJN&#10;H1W8+/qGlz/9fWhxSf8AoJWvaJP2S9Pj/wCPfUPEEH/XPVJW/wDRm6qcn7Md7b/8e/izxBH/ANdJ&#10;LaT/ANChpged2cfiizt47e0vNDjgT+D+z5IV/wDIc22tSOTxn/BH4fn/AO2k8P8ARq6j/hQfiuz/&#10;AOPfxhcSf9fWlwSf+gqtH/Cp/H1n/qvEGlz/APXfR5F/9BnoA5/zPGf8Gj6XP/1z1SRf/QoKsfaP&#10;GEf/ADKfn/8AXDVIG/8ARm2tyPwn8SLP/ln4bu/+2dzD/V6kjk+IFn/rfC+j3f8A1w1iaP8A9Ctq&#10;AOH1zw/rfiC4uItT+HeoatBd2MluiSXlsqw3StvtrjzVm+XazP8AMtaGh+E7vxJ40t9Mvrz+1pNB&#10;2zarqEn/ADENYlXdI3/bJW/77kj/ALldpHefEPUI/s9p4f0vQpH/AOX261BrzZ/tLEsa7m/3mWvS&#10;PhH8K08L6fb2ieZPs3PLNP8ANJNK7M8kjN/eZm3NWQG54f8AhPZXmn+VcW8ckbr86SR7lrzPxx+z&#10;Hqvh/WJLvwZH5GjXEX+kaLBrE+mwwz7mZpoljRk+ZW+Zdq/6vfX1Zpdmlvb7KvywrNHtfkUAfAGo&#10;eA/FtnJsuND1h/8Arh4gtrj/ANHwCs//AIR/Xbf7/h/xJH/276Ncf+yCvve48K2dxJuZKqSeBLGT&#10;+CgD4vj8aeNbP5XuPFkcaf8APfw3YzL/AOQnqO8+JHii4t5Le41jVII3/wCWkng+7jb/AL6ikFfZ&#10;Enw7sZP+WdV5PhnZSf8ALOgD4jk8cXsf3vEnmSf3J9L1dWf/AGdrO1dZ4P8AD/i34iR6f/wktvHY&#10;aTaT/aLXSI9zNNLu3RzXO7PzL/DF/A/zt833PqiT4X2lamj+A7TS/mSOgCv8P/C/9j2ce6u3qOON&#10;Y02r0qSgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYV4p8LPjf4KsPhb4Ot59cCyx6PZxMPsk5G&#10;5YEB/grqv+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxF&#10;AHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hf&#10;XgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+v&#10;Av8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DTK4H/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA77y6PLSuB/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAO+8tKTyU9K4L/hfX&#10;gX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7r7OlH2NK4X/hfXgX/oOf+Sc//wARR/wvrwL/ANBz&#10;/wAk5/8A4igDtv7PipP7Nh/uVxX/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHZf2TD/c&#10;qP8AsSH+4Pzrkf8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAOqk8P2/8AzzqvJ4Xt/wDn&#10;nXO/8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAbUnhO3/AOedV5PBdvJ/yzrN/wCF9eBf&#10;+g5/5Jz/APxFL/wvjwL/ANBz/wAk5/8A4igDRj8F28cn+rrcs9His/uR1yX/AAvjwL/0HP8AyTn/&#10;APiKT/hfXgX/AKDn/knP/wDEUAd9T68+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9B&#10;orz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFFAH//ZUEsDBAoAAAAAAAAAIQCh96ZITCcAAEwnAAAVAAAA&#10;ZHJzL21lZGlhL2ltYWdlNi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwME&#10;AwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBD&#10;AQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcI&#10;CQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAk&#10;M2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqD&#10;hIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl&#10;5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgEC&#10;BAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcY&#10;GRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOU&#10;lZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3&#10;+Pn6/9oADAMBAAIRAxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvh&#10;n/0T7wx/4KoP/iK0fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EVa1b4jL/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4jyYfy/DFrx/x&#10;7+Zczf8AkXav/oNAEH/DP3wz/wCifeGP/BVB/wDEUf8ADP3wz/6J94Y/8FUH/wARSyfETU/DJ/4r&#10;HRP7KscZbWdPnN3ZJ/11OxXiX/aZdv8AtV3MMqXUaSxOrxsNysvKspoA4X/hn74Z/wDRPvDH/gqg&#10;/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKo&#10;P/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T&#10;7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE&#10;+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z&#10;/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++G&#10;f/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKA&#10;PPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo&#10;/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0&#10;GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/g&#10;qg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4&#10;KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+&#10;8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8&#10;Mf8Agqg/+Ir0GigDz7/hn34Z/wDQgeG//BVB/wDEUV6DRQBx/wAH/wDkkngj/sB2X/ohKr/EbVL6&#10;Q6Z4e0e4e11XWpGj+2R8tZ2yLmeZf9oAoi/7ciVY+D//ACSTwR/2A7L/ANEJVeP958aLjd/y76BH&#10;5X/bW5fzP/RSUAb3h3w7YeF9Jt9N02BLazgXCoo/FmZurMx+Ys33vxzXnmsftIeG9PutTFppniPX&#10;NK0mWSHUta0fS5LmytXT/Wqzr8z7P4vLV9tej+J7ybTvDOr3dvzcW9pNLH/vKjFa+avgDH8Tr39n&#10;PwlqHhtdAsbGPRo5bTQ9UtJZptSfbmRp51kXyvMk3uu2Nv8AWfNQB9NaNqtj4i0ez1LT7mO+0y9g&#10;We3uIfmjmjdQVZfYqa4jw7bj4feNE8OxHb4c1YSXGlRYwtnOnzS26f8ATNlPmIo+75cv8OytD4O+&#10;JtI8XfC3wvrWg6fHpWlX1jHNBp8aKq2vy8x4XA+Vsr+FJ8Uv3cXhSdTtnh8Q2Xlf8DZom/8AIcj0&#10;AdzRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJ&#10;gmZSkzf7KSomf7qySNWl8H/+SSeCP+wHZf8AohK6e6tYb+3kt540mgmUpJE6bldSMFTQBJLGkyur&#10;jejfKy14Zpfwr+JngfQJ/B3g/wAT6DB4UxJFp9/qVlK+o6XA7N+7VVOycx7vkZ9vQbt9dfY6L4k+&#10;HObfRoP+Ep8Nr/qrGe4WK9s1HSOKR/lljXssjIy/33rRHxUtoxi48OeKIZ/+eP8AYk8n/j8YZP8A&#10;x6gDT8A+DdP+HngvQ/DGll/sOlWyWkbSHcz7V+83+033vxrE1aceKviPpekW5D2nh5/7Tv5MfL9o&#10;eNkt4f8Ae2u8remI/wC/Uc2teMPFrfZ9H0mXwpZN97VtY2NcBf8AplbKzfN/tSsv+49dN4X8L2Xh&#10;DSEsLHzGQu00s07+ZNcSMcvJI38TN60Ab1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/&#10;6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/5J&#10;J4I/7Adl/wCiErsK4/4P/wDJJPBH/YDsv/RCV2FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACYox&#10;Xzp+0R+1KPhjqFv4d8Mx2eq+JG/4+mny8Nmv8KsqkbpG7LuFeHyftVfFq7+5qml2n/XHS1P/AKEx&#10;o5Rcx9+UV+e8/wC0P8X7j73ivy/+uenwL/7JVST43/FqT7/ji8/7Z28C/wDtOtOUjmP0Tor85P8A&#10;hcnxVk/5njVP+/cX/wART4/jF8V45Cy+N9U+X/npHCy/+gUco+Y/RiivLP2dPiPf/FL4a2eq6r5f&#10;9rW881jevCNqvJG33tv8O5WRvxr1OsywooooAKKKKACiuM8XfFrwl4D1iy0rXtat7DUr1d1vasjt&#10;JN977qqD/df8qpf8L08Ef9BiT/wDuf8A43QB6BRXn/8AwvTwR/0GJP8AwDuf/jdRSfH3wFb487xD&#10;HDu/56W869PvdUoA9ForjPD/AMV/C3ijWItL03VDPqEsTTJDJbyxsypjcy71H96uzoAKKKKACiii&#10;gAooooAKKKKACiiigAooooA+Zvhz8WPFOg+AfCcb2dhqUEuk20NugRoWhxAu1nbc29f733a6D/hb&#10;vi/T5Psk9np99PcJvim8toVtv9p13ncv/fFYPge302T4X+E5bi4kj/4k9o++Pd/zyT2NdBqkej2/&#10;2e4uLz7P8y7H+7978K1MhifFrxdDJJpr22nz3b4ddQ8tlWFf7rRbzub+781LH8XPF8pk0xbPT/t0&#10;TfNqfltt2/3fK3/f/wCBbadef2Jb6hbvLqHlzu+xE8z7/wDs9P8AaqveSaVb6hH5V5/pczMnk+Z9&#10;/wDSgCWL4ueL9QU2cVnp9rcW7lJb3y2kWb/di3jb/tfNSx/GDxfqlufIs9Psfs+5ZZpI3mW5x/Ei&#10;7xsX/vus3T/Kk1j/AJCFvHvikf7LJu8z733ulXNLj0yOS8ifUI5J9u944/4F/KgCV/jB4vu7X7fF&#10;Z2FjBCm9raSOSYzbfvNvyNqt/D8tLcfGTxVg6qmn2kFiu3/iWOjNK/8As+buC7v+A02zj0SSO8ii&#10;1DzI0bZLH5n3N34VTuJNM/seT+z7z7Xsl2P+83f7XoKAL0vxg8VWbR6lLp9nPYs2z+zE3CTn+Hzd&#10;23d/wHbXi3xj/aD+INx4j/4Ruz1OPQ41ijuJn0uPbKd/KxrIxJ27f4/kr0Oz1T7R4TjuH/gaT/x3&#10;dXz344vH1D4kahdr+8n+x2SIn/TVlVV/8eagCceOvGg8xZPHfiieRE3P/wATRo1TP95m+Va0dLuP&#10;H2ueY6eOPEEEafxz3lztf/dZtu6jR47Lw34fuNd1CTzLSHc8Xmfx7W/13+1Izfd/2Kw5PEHiDXP9&#10;Lu9Qk0mB/nisrXb5m3/aZgfmoIOs/sPxnJ9/4ga5/wCBlz/8cqnceB/Ed5HsuPHniCSN/vp9sl2/&#10;+PSGub+0X3/Qc1T/AMCF/wAKPMu/+g5rH/gR/wDWqwNC3+C9pbyRy/2pcSeS2/8A1ce3d/tcfNWx&#10;/wAI3b6fH/z0/wC2e2ufjjuJP+Y5rH/gR/8AWqSPR3k+/rGqf+BH/wBagDY+xxf886PscX/POs+P&#10;wukn/MY1T/wM/wDrVcj8Hv8A8u+uapbz/wDTeRZl/wC+WFQBJ9ji/wCedH2OL/nnVfT7y4+0XFlq&#10;Eccd/abd/l/6t1P3ZF/2Wq5Vge5fsbXhjs/HelDiO21aO5Vf+u0C/wBUNd58UPi5qXgfxR4c8M+H&#10;/DEnivXNYiuLtoUuxapbW0OwPM77G/iljULjmvLf2Q7jy/iB48tP+e1nYXH/AHz5qUvxQ8fXXg/9&#10;prV9Rsoo5pdN8FW6mObdt/eXdxIw/wBnd5CVn9o0+yehf8LZ+IX/AETCP/weN/8AI1Rv8XviDFGX&#10;f4YRpGv3nfW2/wDkartv8TNVuLeOXy7f51V/9W3f8aJPiBqckex47OSN/vp5bf41mIx/+F9eL/8A&#10;on9n/wCFB/8Ac1H/AAvrxf8A9E/s/wDwoP8A7mq5J4neSPb/AGXpfz/9Oa1h+XQBw1rDZfG741Xk&#10;/jC8/wCEUuNJgg/s/S9O1jbNMyRy+ZN5qoj7VW9/h/56fNXpP/CnfB//AEOHiD/wqLn/AOOV4P4T&#10;jS8/aY8QTP8AvPs+nXOz/gUtmn/tJ69o8tK1AuXnwb8NfZ5PsXjDXPP/AIfP8UXe3/x2SvK/ip8H&#10;7Szjt73/AISyOf7PZ3b/AGWfxBdyTTfKv+qVnP8AwKvSPLSvN/i5Gn9oaP8A9ed//wCiloANQ0vW&#10;PC/xE8J3vh3WLyDUkiv3T+1bye+t3VVi3Rskkh2q395dr16Zf/tIa5Z+HJ9vgHVJPEiRsqp58H2A&#10;yY+VvNMoby8/7O72rk9cjT/hYnhP/rhqP/oMVWPiJeXej+A/EmoWNxJBf2mnXE1vNHt3IyqzK1AH&#10;o8WpfGB442a38LpJtUun2eX/AOP1L9v+MH/Pv4X/APAeX/4/Uen+K9QfT7N21CQSPBG7/d/urVj/&#10;AISy+/6CEn/jtZGphXHjr4m29xJby/8ACLh0fY2LO5b/ANrVyHh3x74vXxlomoXOpSX0mrJdvcab&#10;NJ5NkkSbfL8pdjMvzMn+9/FXo9x4vvbe3ll/tCT90jOfu9ua4C81R/EnxI0e9fzPMfQpJv3n3k8y&#10;WJf/AGnWpkeir8WNT1KMvp+gpF5LeXP/AGheeTulH3li2o29f9o7aavxa1G+tfttloOyxRd7LfXf&#10;k3Em373lpgr/ALu5vmqPTPD9vrclxbveR2kFpthRPl/iXLdxWxL4JtLufa+qR+Wu1PJwPur/AA/f&#10;oAzH+Ll95X9proRj0bbv8ua423rx/wB9Ytu3/gG7dRN8WtQtB9tuPDkn9muVKQwz7r7axwGaLG3/&#10;AIDuq5P4PW4uPtC6hHdlJP8AV/KvT8TWMNNurS3uNWvY4P8AR1kl+SdH/wB37poAuTfFXU7GWP8A&#10;tDw75kdw/kxQ6deedPHI33VkVgq/8CVjtp3/AAtPVLKWOC70BLi4uNy2/wDZ955q71+8sjMi7F/2&#10;vmqLwfokOsaONVlvI4Lh1bZv2/Jn+LqK04/BNpZwSSprCeYybPPwv/xdAEX/AAsbxN/0Ktp/4OF/&#10;+N0Uz/hEIv8AoYI//HP/AIuipHqeEeH9QuI/g/4bdLiSORNFtP8AVyMv8KVseLLiWTS7dHkkk+e3&#10;/wCWn+zWHp9u/wDwqfwvEn8ek2Sf+QkroPFFm8lxp9un/PeFKoQeJP8AkKaX/wBfy1Hef8jZo/8A&#10;z03TVJrFu9x4o0tP+Wf2pn/75+apPs7yeNLP/nnDFM//ALL/AOzUAV4/+Rss/wDrzk/9mqPT/wDk&#10;ZNU/69o//ZasafbvJ4skf/lnDZt/498tGj27/wBqa5L/ANMo0/8AZv8A2WgCPR/+Qrrn/XWH/wBm&#10;o8N/8g+8/wCef2+SpPD9u/l6xK/8d5/6D/8AtVH4ft3t/C8j/wDLR55n/wDZf/ZaAINH/wCRPk/3&#10;rj/0GvCtUj8z4gXn/XWwT/yFXvFvbvb+A4/+ejxTP/31Xg/ii3lt/iBrlvF/r/stlNF/vLEjrQBo&#10;fFCz/s/wfodl5nmQQ3VtDK/+ytY+ob/MkrvNQt7L4geD5Ikk/cXcXyP/ABI3/wAUrV5//wATPR44&#10;7TW9PuPMh+T7baxtNHN/tfL8y1ZBHHvqxHvqv/aFpH/yzvP/AADl/wAKsR6paf8AT5/4By/4UAWI&#10;99aFvurLj1jT/wDp8/8AAOX/AAq5H4k0yP7/ANs/8A5f8KANy331sWdcvH4w0qP/AJaXn/gHL/hV&#10;yPxxZeX/AKFZ6hfz/wACR27Rr/wJpMKtQBHrGz/hOI9n+sTTP3v/AAKX5f8A2erFU9Ls7iOS4u72&#10;SOS/u5d8vl/dRfurGv8AsqtXKsD0/wDZP/5K54o/7Atr/wCjXrA+OEn/ABkZ48/7FnTE/wDS+un/&#10;AGTY/M+KHjOX/njpVkn/AH1JKf8A2WuQ/aA/0f8AaM8af7fhbTpl/wCAterUfaL+yeoaH+80PT3/&#10;AOnWH/0Fau81S0vZHpdmn9yCNP8Ax1aseYv/AD0oAl5o5qLzF/56UeYv/PSgDxv4b/vP2gPHD/3L&#10;Fv8A0ulX/wBlr2nmvFvhn+7/AGgPHCf37Fn/APJ6Vv8A2pXtPNABzXmXxc/5CGj/APXnf/8Aopa9&#10;N5rzL4uf8hDR/wDrzv8A/wBFLQB0muf8lE8H/wDXDUf/AEGKo/ix/wAkv8Wf9gm5/wDRTUeIP+Si&#10;eE/+vfUf/QYqPixIn/Cr/Fn/AGCbn/0U1AEml65/xK7P95/ywj/9BWrH9uf9NK4fT7z/AIl9n/1w&#10;j/8AQVqx9soA6TWNcf8AsfUP3n/LCT/0Fqr+B7j7Z8SI1/546Fbp/wCR2/8Aia5vULzzNPvE/wCm&#10;Tf8AoNanwvuPM+JEn/YFt/8A0e3/AMVQB6Jp/wC8+IGof8Bo8L/8jJrD/wDTdqNLj8vxxqjv/eVP&#10;/HaPCcbx65qm/wDjupEoAj8F/wDHvrD/AO1JVfw//wAiPqj/AOzJVjwfG/8AZ+qf89G86q+lxtH8&#10;P9Q/65M9ABJ/yTeT/b2/+hVJ4g/5Ee3/ANuWOi8jf/hX8kX9zy//AGWpPEkbyeF7OFP+e6pQBw9F&#10;an9jvRQBh+C9civPA/hfyreS7sLTSrT7VNBG0kdsyxJt81l+7XQSeJUuLz7akEk+lW+3dqEcbNDD&#10;J83ys33a9z+D8ax/CXwWF6f2LZf+iErq/KSOPYqfJ/d7UuYfKfMP/CSW/wDaH9oS28kem7tkWoeW&#10;32d22/Mvm/d3UWfiBLe4kvb63ktLS43fZL2eNo4Zl/i2s1fT3lr5ezZ8n93tRJGsibGTelHMHKfL&#10;tn4gh0/zLjULeSxkuF3QPdRtGsy7m2su77y0kXiIabZyRXlpcadqU0assN1GyyPlflZV/i3V9SPG&#10;kn3hu20hjWQhmT7v3aOYOU+Xf7c+z2cmnxafcR608v8AyC5I2W4dm2/Lt/8AZvuVJ/bm+3j02ys7&#10;ifUkl2Pp6Rt9o/2vlr6f8tPN3bPn/vUeWnm7tnz/AN6jmDlPlubXo763t7LTrSe9ESkXFraxs0iR&#10;heWZfvLtr58+KGqRR/Fi8u4pI/Iu4Ld4n/h+RVRl/wDHa/SYRrGSyp9771c/4v8Ah/4c8eaeLLxB&#10;otnq0CtvRbiPcyN/eVuq/hRzBynwDpeoXen3El7o8kf7757jT5/ljmb+8rfwtVz/AITjW7f/AI+N&#10;PuP/AAX+Z/49HJ/7LX11J+yd8Km+74Tjj/653lwv/tSqcv7IPwyk+5pd/b/9cdUuV/8AZ6OYOU+T&#10;f+FoXEf3rfy/+umlzr/U0f8AC2E/jjj/APAO5X/2U19TSfsc+BX/ANXd+ILf/rnqkn/s2az7z9jX&#10;w9JG/wBh8V+KLR/4XkvEmH5MlHMHKfOOn/FjR7z/AEe4k/0t22JDa28rf+hAVqf2gl59yO4j/wCu&#10;kbLXG/GT4d6/8G/H1lDqlx9vjdGew1ZI/L+0r0ZX/usv92smz8WXEn3rimZnpHmUvNcNH4sf/npV&#10;j/hMP+mlWB1lFcn/AMJZ/wBNak/4S3/boA+kv2PbMyar8Q7/AK/6VaWiv/uRMzf+jK4z9rezfS/j&#10;pol0/wC7j17wzJp0T/35YLtW2/8AfN3Xqn7HGnvH8JZ9WdMPrGq3V3/wEN5a/wDouvV/FHgnw744&#10;gt4Nf0TT9Zgt382FL63WURttxuXcPlOD+tZ/aNPsnzr/AMJRFH8iXEfyf9NFpP8AhLIv+fiP/v4t&#10;e1/8KB+G3/Qh+H//AAXRf4Uf8KB+G3/Qh+H/APwXRf4UcxoeKf8ACWRf8/Ef/fxaP+Esi/5+I/8A&#10;v4te1/8ACgfht/0Ifh//AMF0X+FH/Cgfhr/0Ifh//wAF0X+FHMB8e+E9YSz/AGjNY/5532nXOz/g&#10;LWb/APtR69o/txK5D4ufs73Wi/GrRNe8C+HLuw0prbybl9Ds4JIYFMcqyfuGlj3MzLa/8BBqf/hX&#10;fjH/AJ6eKP8AwmLT/wCTqZkdR/biV5/8UNQS41DS/wDYtb3/AMeiWtj/AIV34x/56eKP/CYtP/k6&#10;ud8VfCbx9qlxZtbW+vXSJFOj+doFtFsZl+X7t2d249f7tAHReINY/wCK88Lun8MF/wD+gxVy/wAS&#10;PiZolx4L8UWSaxZ+e9jcW+zzP4trLt/u7q63w58CtZ8Z/EDRU8Tf2+/h+2huWufOsYdNEm4RhY90&#10;VxI7K3O7bt6V9OXHgfQbrwjJ4XbSbSPw+1sbT+z44lSFYiuCqqPuigD4u0+8/wCJfb/9co//AEGp&#10;PtlfR0f7Kvw8iQIthqeF6f8AE4u//jlP/wCGWfh7/wA+Opf+Di7/APjlLmNOU+ari88y3kT++rVs&#10;fCe4eT4gb/Mjj/4kTPvkk2r8k6f/ABVe/f8ADLHw9/58NT/8HF3/APHKyPh7+zHp3hDxZcatqOqL&#10;4jtEgktrOyvLNf3KmUPln3HzGXaF+6tFyOUqR6xp95b3Gu2VxHJAq77jzJNuxkX7rbqk/tjT7ezk&#10;123uI/7NdvOd/ut83ysu3727/Zr2C98H6FqF/Hf3WkWdxex7ds8kCs4x05xQ3hDRG1cam2kWf9pB&#10;t4uvIXzN397dj71Zhynj/wDamn6HZx6mlxHJpMzfI8fzb9/91V+aiS80zR7OOK7vLePTL5fs8U3m&#10;Kyvn7rf7v+1XsFv4R0Sz1Z9St9Is4NSbO67jgVZOevzYqO18FaBYXE89ro9hbz3Cskskduis6nqp&#10;4oDlPI7jULLT5I9K1C4jg+3L+6/efxLt27v7q/3WouNQso7iPRLu4jS7m23FunmfxL/D/s/d+WvX&#10;LDwX4f02C4t7TRLC3huv9fHHboFk9mGOaLfwV4ftNNuLCLRLCOyuPmlgEChH/wB4YoDlPL/7PuP+&#10;ecf/AH8WivRv+FX+Ef8AoWtL/wDAOP8AworS4cpB8H/+SSeCP+wHZf8AohK7CuP+D/8AySTwR/2A&#10;7L/0QldhWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAYviTwlovi/T/sGuaVZ6tabt/kXcCyLu/v&#10;YNeeXn7KHwqv/v8Ag+3h/wCveeaP/wBBcV67RQB4Pd/sWfDC4/1Vnqlp/wBcNUm/9mJrHuP2FPAU&#10;g/dap4gg/wC3yNv/AEKOvpCigD5a/wCGFfCtw8q2/i/XAEbayHyJNjfe2/c/2qLf9g3w/HcI1z4s&#10;1u4tg3zQIkMbOv8Ad37a8a+IWk/Ej9hv4pah4/0W8vPGPw716883VIb6RpJN7t0mb+GT/nnL/wAB&#10;avtP4T/Fzw38aPCNv4i8MX32q0k+SWF/lmt5O8cifwtRzBynSeH9BsPC+h2ek6Vbx2mm2USwwQx/&#10;dRR2rToooAKgnuIrWF5ZXSKNfvO/Aql4g8Q6b4T0S71jWLyHTtMs42luLqd9qRoP4jXwD43+IXjb&#10;9vzx5L4K8Ai40H4X6fKv9oanNGy+ev8ADJL/AOyQf8Df/YAP0SorD8IeHE8H+FNL0VL681NdPtUt&#10;vtl9J5lxNsXG52/ibitygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/AIP/&#10;APJJPBH/AGA7L/0QldhXH/B//kkngj/sB2X/AKISuwoAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKAPnL9rD9qrUP2bbjw1FZeFE8Sf2stw7brlofJ8rZ/dRv79eA/wDD0jX/APol8f8A4NJP/jFf&#10;oNNGsn3kRv8AeFM+x2//ADwj/wC/dAH55at/wUw1LXtLn0/UPhJaX1jdRtFPbTahI0bqeGV1aCvn&#10;D4e/H7Vfgt8UrjxP4I0uXw9pF3Kv2jwxdXElxDNF/wA897AN/uNt3LX6G/tWftYaT8CdP/sHQoIN&#10;d+IN8oS005I/MW23/Ksku3/x2P7z1xf7L37Iuorrx+Kvxf8AM1rxxeyfa7fTr0K/2Nj92SQdPM/u&#10;p92L/e+4AfVHgTxU/jXwfpOuS6XeaHJqFslw2n6hHtuIN38LrW/JJ5ce771SUUAfkf8AtdftNeKP&#10;jN44ufDN7p+oeHvC+k3vlL4fk/d3E0qPjzJ+v7z+6v3V/wBuu/8Ahz+34nwp8J2nhrwx8IINN021&#10;6J/akrMzfxSSN9nyzN/E1fUX7VP7JWlfH3S/7Y0mSPRvHliv+i6j91bnb92GfH/jr/eWvN/2Z/2r&#10;tR0/xIfhT8Y4P7F8Y2Mi2drqd9GFF038McrdN7fwy/df/e++AcX/AMPSNf8A+iXx/wDg0k/+MV6R&#10;+zv+3Vq3xu+Kun+D7vwLHoUN3BPL9uW8eTb5cZfGxol6/wC9X139jt/+eEf/AH7p0cEUXzLGqUAT&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErsK4/wCD&#10;/wDySTwR/wBgOy/9EJXYUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB86/Cn9jnwt8&#10;Nfil4g8eXuo3nivWby8kuLCbVTvew38sdxJMknbzW5219FUUUAFFFFABXhn7Sn7LXhr9orR4xey/&#10;2N4jtP8Ajz1m3i3SIveORcjzI+eh+7+de50UAYfhHw7H4P8ACekaJHe3epJp1qlut1fS+bcShFxu&#10;dv4m4rcoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBg&#10;Oy/9EJXYVx/wf/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAOP+D/8A&#10;ySTwR/2A7L/0QldhXinws+N/gqw+Fvg63n1wLLHo9nEw+yTkblgQH+Cuq/4X14F/6Dn/AJJz/wDx&#10;FAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/&#10;4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4iigD/2VBLAwQUAAYA&#10;CAAAACEA75yf9uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93EENvG&#10;bEop6qkItoL0ts1Ok9DsbMhuk/TfOz3pbWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pAcIH&#10;TUa3jlDBFT2sivu7XGfGjfSFwy5UgkPIZ1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWPkfR&#10;i7S6If5Q6w43NZbn3cUq+Bj1uE7it2F7Pm2uh336+bONUanHh2n9CiLgFP7McMNndCiY6eguZLxo&#10;FSyShJ0K0pQbsD5fzvlwvA1pArLI5f8GxS8AAAD//wMAUEsDBBQABgAIAAAAIQDJHdJQ4QAAALsD&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zTz0oDMRAG8LvgO4S5u9ndtouUZnsRoVep&#10;DzAks9no5g9JFPv2BgSxUNZbjplhvu93yeH4ZRf2STEZ7wR0TQuMnPTKOC3g9fz88AgsZXQKF+9I&#10;wIUSHMf7u8MLLZjLUZpNSKykuCRgzjnsOU9yJoup8YFc2Uw+WszlGTUPKN9RE+/bduDxbwaMV5ns&#10;pATEk9oAO19Caf4/20+TkfTk5Ycll29UcGNLdwnEqCkLsKQM/gw3zVsgDfw2oq+D6FcRXR1Et4oY&#10;6iCGVcSuDmK3itjWQWx/Efzqy43fAAAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJcQSCD&#10;BAAAyBwAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJ59&#10;FoijPwAAoz8AABUAAAAAAAAAAAAAAAAA6wYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoA&#10;AAAAAAAAIQDbBcE+QT4AAEE+AAAVAAAAAAAAAAAAAAAAAMFGAABkcnMvbWVkaWEvaW1hZ2UyLmpw&#10;ZWdQSwECLQAKAAAAAAAAACEAlSiuVF1AAABdQAAAFQAAAAAAAAAAAAAAAAA1hQAAZHJzL21lZGlh&#10;L2ltYWdlMy5qcGVnUEsBAi0ACgAAAAAAAAAhAP1UW+n8LgAA/C4AABUAAAAAAAAAAAAAAAAAxcUA&#10;AGRycy9tZWRpYS9pbWFnZTQuanBlZ1BLAQItAAoAAAAAAAAAIQDJCHSvNTgAADU4AAAVAAAAAAAA&#10;AAAAAAAAAPT0AABkcnMvbWVkaWEvaW1hZ2U1LmpwZWdQSwECLQAKAAAAAAAAACEAofemSEwnAABM&#10;JwAAFQAAAAAAAAAAAAAAAABcLQEAZHJzL21lZGlhL2ltYWdlNi5qcGVnUEsBAi0AFAAGAAgAAAAh&#10;AO+cn/bgAAAACQEAAA8AAAAAAAAAAAAAAAAA21QBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQDJHdJQ4QAAALsDAAAZAAAAAAAAAAAAAAAAAOhVAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAALAAsAzAIAAABXAQAAAA==&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 397" style="position:absolute;left:1;width:20529;height:12604;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpv5hka5RRBAFD2LVZb09mrdtsXkpTbT12xthweMwM79h5svWlOJBtSssKxgNIxDE&#10;qdUFZwrOp81gBsJ5ZI2lZVLwJAfLRbczx1jbho/0SHwmAoRdjApy76tYSpfmZNANbUUcvD9bG/RB&#10;1pnUNTYBbko5jqIvabDgsJBjReuc0ltyNwqi359Dcz3sRsnE7q+nPbvLVs6U6vfa1TcIT63/hP/b&#10;O61gCu8r4QbIxQsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
-                  <v:imagedata o:title="" r:id="rId18"/>
+                <v:shape id="Picture 397" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:1;width:20529;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpv5hka5RRBAFD2LVZb09mrdtsXkpTbT12xthweMwM79h5svWlOJBtSssKxgNIxDE&#10;qdUFZwrOp81gBsJ5ZI2lZVLwJAfLRbczx1jbho/0SHwmAoRdjApy76tYSpfmZNANbUUcvD9bG/RB&#10;1pnUNTYBbko5jqIvabDgsJBjReuc0ltyNwqi359Dcz3sRsnE7q+nPbvLVs6U6vfa1TcIT63/hP/b&#10;O61gCu8r4QbIxQsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <v:rect id="Rectangle 398" style="position:absolute;left:20528;top:11631;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvgv9haGFvOlFw0ego4gM9+gL11mTaJJjpCZnRZPfXO8LCHouq+oqazhtTiBdVLresoN+LQBAn&#10;VuecKjifNt0RCOeRNRaWScEPOZjP2q0pxtrWfKDX0aciQNjFqCDzvoyldElGBl3PlsTBu9vKoA+y&#10;SqWusA5wU8hBFH1LgzmHhQxLWmaUPI5Po2A7KhfXnf2t02J92172l/HqNPZKfXWaxQSEp8b/h//a&#10;O61gCJ8r4QbI2RsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:rect id="Rectangle 398" o:spid="_x0000_s1028" style="position:absolute;left:20528;top:11631;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvgv9haGFvOlFw0ego4gM9+gL11mTaJJjpCZnRZPfXO8LCHouq+oqazhtTiBdVLresoN+LQBAn&#10;VuecKjifNt0RCOeRNRaWScEPOZjP2q0pxtrWfKDX0aciQNjFqCDzvoyldElGBl3PlsTBu9vKoA+y&#10;SqWusA5wU8hBFH1LgzmHhQxLWmaUPI5Po2A7KhfXnf2t02J92172l/HqNPZKfXWaxQSEp8b/h//a&#10;O61gCJ8r4QbI2RsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="13FBF34D" w14:textId="77777777">
+                      <w:p w14:paraId="13FBF34D" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shape id="Picture 400" style="position:absolute;left:21521;width:20523;height:12604;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1029" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCiqjNMwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3F3yHcAR3miqiUo0igqC48gd1eWyObbU5KU209e1vLgh3OczMN8xs0ZhCvKlyuWUF/V4Egjix&#10;OudUwem47k5AOI+ssbBMCj7kYDFv/cww1rbmPb0PPhUBwi5GBZn3ZSylSzIy6Hq2JA7e3VYGfZBV&#10;KnWFdYCbQg6iaCQN5hwWMixplVHyPLyMgtttcNnq69B6/anrMz76u9FmrVSn3SynIDw1/j/8bW+0&#10;gjH8XQk3QM5/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKKqM0zBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId19"/>
+                <v:shape id="Picture 400" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:21521;width:20523;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCiqjNMwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3F3yHcAR3miqiUo0igqC48gd1eWyObbU5KU209e1vLgh3OczMN8xs0ZhCvKlyuWUF/V4Egjix&#10;OudUwem47k5AOI+ssbBMCj7kYDFv/cww1rbmPb0PPhUBwi5GBZn3ZSylSzIy6Hq2JA7e3VYGfZBV&#10;KnWFdYCbQg6iaCQN5hwWMixplVHyPLyMgtttcNnq69B6/anrMz76u9FmrVSn3SynIDw1/j/8bW+0&#10;gjH8XQk3QM5/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKKqM0zBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <v:shape id="Picture 403" style="position:absolute;left:1;top:13487;width:20529;height:12605;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1030" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4En/WvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4v+A5hBG9r6gpurUYRl0VPUlsfYGzGtthMapPV+vbmIOzx4/tfrnvTiDt1rrasYDKOQBAXVtdc&#10;Kjjlv58xCOeRNTaWScGTHKxXg48lJto++Ej3zJcihLBLUEHlfZtI6YqKDLqxbYkDd7GdQR9gV0rd&#10;4SOEm0Z+RdFMGqw5NFTY0rai4pr9GQWHn3Sfx9P5fCe/s9zG6ebMt1Sp0bDfLEB46v2/+O3eawVh&#10;a7gSboBcvQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4En/WvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;">
-                  <v:imagedata o:title="" r:id="rId20"/>
+                <v:shape id="Picture 403" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:1;top:13487;width:20529;height:12605;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4En/WvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4v+A5hBG9r6gpurUYRl0VPUlsfYGzGtthMapPV+vbmIOzx4/tfrnvTiDt1rrasYDKOQBAXVtdc&#10;Kjjlv58xCOeRNTaWScGTHKxXg48lJto++Ej3zJcihLBLUEHlfZtI6YqKDLqxbYkDd7GdQR9gV0rd&#10;4SOEm0Z+RdFMGqw5NFTY0rai4pr9GQWHn3Sfx9P5fCe/s9zG6ebMt1Sp0bDfLEB46v2/+O3eawVh&#10;a7gSboBcvQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4En/WvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;">
+                  <v:imagedata r:id="rId20" o:title=""/>
                 </v:shape>
-                <v:rect id="Rectangle 404" style="position:absolute;left:20528;top:25119;width:301;height:1633;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoNpzHwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpu5BbNcooi56dFWoe3s0b9uyzUtpoq3++o0geBxm5htmvuxMJW7UuNKygsk4AkGc&#10;WV1yruB8+hrNQDiPrLGyTAru5GC56PfmmGjb8jfdjj4XAcIuQQWF93UipcsKMujGtiYO3q9tDPog&#10;m1zqBtsAN5X8iKKpNFhyWCiwpnVB2d/xahTsZvXqsrePNq+2P7v0kMabU+yVGg661ScIT51/h1/t&#10;vVYQw/NKuAFy8Q8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoNpzHwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:rect id="Rectangle 404" o:spid="_x0000_s1031" style="position:absolute;left:20528;top:25119;width:301;height:1633;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoNpzHwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpu5BbNcooi56dFWoe3s0b9uyzUtpoq3++o0geBxm5htmvuxMJW7UuNKygsk4AkGc&#10;WV1yruB8+hrNQDiPrLGyTAru5GC56PfmmGjb8jfdjj4XAcIuQQWF93UipcsKMujGtiYO3q9tDPog&#10;m1zqBtsAN5X8iKKpNFhyWCiwpnVB2d/xahTsZvXqsrePNq+2P7v0kMabU+yVGg661ScIT51/h1/t&#10;vVYQw/NKuAFy8Q8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoNpzHwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="1023F40F" w14:textId="77777777">
+                      <w:p w14:paraId="1023F40F" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shape id="Picture 406" style="position:absolute;left:21521;top:13487;width:20523;height:12605;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1032" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARXpv/vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCLtbUxXqqEaRwVjRK3UPcNocm2JyUppMu7c3wmB35+P7Pevt6Ky40RA6zwpmWQ6CuPG6&#10;41bB9/nz7R1EiMgarWdS8EsBtpvJyxpL7e98pNsptiKFcChRgYmxL6UMjSGHIfM9ceIufnAYExxa&#10;qQe8p3Bn5TzPC+mw49RgsKcPQ8319OMUcLE0dWWbhRzrr1l/ILefW6fU63TcrUBEGuO/+M9d6TR/&#10;Ac9f0gFy8wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARXpv/vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;">
-                  <v:imagedata o:title="" r:id="rId21"/>
+                <v:shape id="Picture 406" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:21521;top:13487;width:20523;height:12605;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARXpv/vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCLtbUxXqqEaRwVjRK3UPcNocm2JyUppMu7c3wmB35+P7Pevt6Ky40RA6zwpmWQ6CuPG6&#10;41bB9/nz7R1EiMgarWdS8EsBtpvJyxpL7e98pNsptiKFcChRgYmxL6UMjSGHIfM9ceIufnAYExxa&#10;qQe8p3Bn5TzPC+mw49RgsKcPQ8319OMUcLE0dWWbhRzrr1l/ILefW6fU63TcrUBEGuO/+M9d6TR/&#10;Ac9f0gFy8wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARXpv/vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;">
+                  <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
-                <v:shape id="Picture 409" style="position:absolute;left:1;top:26993;width:20529;height:12599;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1033" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCl5JIVwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhN5qVmlFtkYRQVAoha4ePE43083SzWRN4j7+fVMo9DYf33PW28E2oiMfascK5rMMBHHp&#10;dM2Vgsv58LQCESKyxsYxKRgpwHYzeVhjrl3PH9QVsRIphEOOCkyMbS5lKA1ZDDPXEifuy3mLMUFf&#10;Se2xT+G2kYssW0qLNacGgy3tDZXfxd0qeCn319EX17f3MetN5043HT6XSj1Oh90riEhD/Bf/uY86&#10;zX+G31/SAXLzAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKXkkhXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId22"/>
+                <v:shape id="Picture 409" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:1;top:26993;width:20529;height:12599;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCl5JIVwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhN5qVmlFtkYRQVAoha4ePE43083SzWRN4j7+fVMo9DYf33PW28E2oiMfascK5rMMBHHp&#10;dM2Vgsv58LQCESKyxsYxKRgpwHYzeVhjrl3PH9QVsRIphEOOCkyMbS5lKA1ZDDPXEifuy3mLMUFf&#10;Se2xT+G2kYssW0qLNacGgy3tDZXfxd0qeCn319EX17f3MetN5043HT6XSj1Oh90riEhD/Bf/uY86&#10;zX+G31/SAXLzAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKXkkhXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <v:rect id="Rectangle 410" style="position:absolute;left:20528;top:38621;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1034" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAii1GYwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40VXDRahTxgR59gXobmrEtNpPSRNvdX2+Ehb3Nx/ec6bwxhXhR5XLLCvq9CARxYnXO&#10;qYLzadMdgXAeWWNhmRT8kIP5rN2aYqxtzQd6HX0qQgi7GBVk3pexlC7JyKDr2ZI4cHdbGfQBVqnU&#10;FdYh3BRyEEXf0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+UP4/BIOkLM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKLUZjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                <v:rect id="Rectangle 410" o:spid="_x0000_s1034" style="position:absolute;left:20528;top:38621;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAii1GYwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40VXDRahTxgR59gXobmrEtNpPSRNvdX2+Ehb3Nx/ec6bwxhXhR5XLLCvq9CARxYnXO&#10;qYLzadMdgXAeWWNhmRT8kIP5rN2aYqxtzQd6HX0qQgi7GBVk3pexlC7JyKDr2ZI4cHdbGfQBVqnU&#10;FdYh3BRyEEXf0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+UP4/BIOkLM3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKLUZjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6C89A104" w14:textId="77777777">
+                      <w:p w14:paraId="6C89A104" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shape id="Picture 412" style="position:absolute;left:21521;top:26993;width:20523;height:12599;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1035" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCR2aDSwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL1I3dhDNNFVRJCK2IPaQo9DdswGs7Mhu5r037tCobd5vM9ZrHpbizu1vnKsYDJOQBAX&#10;TldcKvg6b99mIHxA1lg7JgW/5GG1HLwsMNeu4yPdT6EUMYR9jgpMCE0upS8MWfRj1xBH7uJaiyHC&#10;tpS6xS6G21q+J0kqLVYcGww2tDFUXE83q+DDpdPJ555/tofvnckSm2XdKCj1OuzXcxCB+vAv/nPv&#10;dJyfwvOXeIBcPgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCR2aDSwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
-                  <v:imagedata o:title="" r:id="rId23"/>
+                <v:shape id="Picture 412" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:21521;top:26993;width:20523;height:12599;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCR2aDSwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL1I3dhDNNFVRJCK2IPaQo9DdswGs7Mhu5r037tCobd5vM9ZrHpbizu1vnKsYDJOQBAX&#10;TldcKvg6b99mIHxA1lg7JgW/5GG1HLwsMNeu4yPdT6EUMYR9jgpMCE0upS8MWfRj1xBH7uJaiyHC&#10;tpS6xS6G21q+J0kqLVYcGww2tDFUXE83q+DDpdPJ555/tofvnckSm2XdKCj1OuzXcxCB+vAv/nPv&#10;dJyfwvOXeIBcPgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCR2aDSwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId23" o:title=""/>
                 </v:shape>
-                <v:rect id="Rectangle 414" style="position:absolute;top:39965;width:45;height:196;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1036" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9FWp0wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt401YOr1SjiAz36AvU2NGNbbCaliba7v94IC3ubj+8503ljCvGiyuWWFfR7EQjixOqc&#10;UwXn06Y7AuE8ssbCMin4IQfzWbs1xVjbmg/0OvpUhBB2MSrIvC9jKV2SkUHXsyVx4O62MugDrFKp&#10;K6xDuCnkIIqG0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+d/w+SUcIGdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0VanTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                <v:rect id="Rectangle 414" o:spid="_x0000_s1036" style="position:absolute;top:39965;width:45;height:196;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9FWp0wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt401YOr1SjiAz36AvU2NGNbbCaliba7v94IC3ubj+8503ljCvGiyuWWFfR7EQjixOqc&#10;UwXn06Y7AuE8ssbCMin4IQfzWbs1xVjbmg/0OvpUhBB2MSrIvC9jKV2SkUHXsyVx4O62MugDrFKp&#10;K6xDuCnkIIqG0mDOoSHDkpYZJY/j0yjYjsrFdWd/67RY37aX/WW8Oo29Ul+dZjEB4anx/+I/906H&#10;+d/w+SUcIGdvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL0VanTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6357C3C7" w14:textId="77777777">
+                      <w:p w14:paraId="6357C3C7" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:rect id="Rectangle 415" style="position:absolute;top:40118;width:45;height:195;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1037" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDMiv4GxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlXiHlZG4lU05VJCyIFRAcORPgt6srJtEzXqj7JYEnh4fkLjZmvHM5+m8c5W6UhNKzwY+hgko&#10;4szbknMDp+P6fQwqRGSLlWcycKMA81nvbYqp9S3v6XqIuZIQDikaKGKsU61DVpDDMPQ1sWi/vnEY&#10;ZW1ybRtsJdxVepQkn9phydJQYE3fBWV/h39nYDOuF5etv7d5tfrZnHfnyfI4icYM+t3iC1SkLr7M&#10;z+utFXyBlV9kAD17AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMyK/gbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                <v:rect id="Rectangle 415" o:spid="_x0000_s1037" style="position:absolute;top:40118;width:45;height:195;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDMiv4GxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlXiHlZG4lU05VJCyIFRAcORPgt6srJtEzXqj7JYEnh4fkLjZmvHM5+m8c5W6UhNKzwY+hgko&#10;4szbknMDp+P6fQwqRGSLlWcycKMA81nvbYqp9S3v6XqIuZIQDikaKGKsU61DVpDDMPQ1sWi/vnEY&#10;ZW1ybRtsJdxVepQkn9phydJQYE3fBWV/h39nYDOuF5etv7d5tfrZnHfnyfI4icYM+t3iC1SkLr7M&#10;z+utFXyBlV9kAD17AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMyK/gbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="1AED5381" w14:textId="77777777">
+                      <w:p w14:paraId="1AED5381" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="7C6E8CCD" w14:textId="77777777"/>
-[...13 lines deleted...]
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="51AF008C" w14:textId="1A69A29F">
+    <w:p w14:paraId="7C6E8CCD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="381C9C05" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="2C1E1499" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="1908E908" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="05E09B45" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="14B164DC" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="747707A3" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="156CEF81" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="0F2CE1F0" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="47E45EE5" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="1F196590" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="2C5A0E25" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="15DD6A33" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="6A3FE850" w14:textId="7BF08120" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="51AF008C" w14:textId="1A69A29F" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Befuktare oftast ej nödvändig vid kortidsbruk. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="41B4D3F3" w14:textId="38662396">
+    <w:p w14:paraId="41B4D3F3" w14:textId="38662396" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Använd ej ventilerad mask F 1–4. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="5133E9FE" w14:textId="26E749CE">
+    <w:p w14:paraId="5133E9FE" w14:textId="26E749CE" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Filter (sitter i sidan på apparaten), byts efter varje patient. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="5496B33E" w14:textId="77777777"/>
-    <w:p w:rsidRPr="002F6EA1" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="421FCD37" w14:textId="61A4F26E">
+    <w:p w14:paraId="5496B33E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="421FCD37" w14:textId="61A4F26E" w:rsidR="00AB0F9B" w:rsidRPr="002F6EA1" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002F6EA1">
         <w:t>Syrgasadapter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="21B1F860" w14:textId="77777777">
+    <w:p w14:paraId="21B1F860" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="43924B33" w14:textId="77777777">
+    <w:p w14:paraId="43924B33" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Ligger i väskan tillsammans med syrgasslang. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="69041751" w14:textId="77777777">
+    <w:p w14:paraId="69041751" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="180CB0AE" wp14:editId="39E2B75D">
             <wp:extent cx="3619500" cy="3476625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="29" name="Bildobjekt 29"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1549,72 +1554,72 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619500" cy="3476625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="53C00F61" w14:textId="77777777"/>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="0A1AEBA9" w14:textId="4AE11D53">
+    <w:p w14:paraId="53C00F61" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="0A1AEBA9" w14:textId="4AE11D53" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t>Filter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="0937EF60" w14:textId="08C5FCF7">
+    <w:p w14:paraId="0937EF60" w14:textId="08C5FCF7" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Sitter på sidan av apparaten. Byts </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ut </w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">efter varje patient. Sprita av apparaten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB0F9B" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="392EE2A7" w14:textId="77777777"/>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="45CF69B1" w14:textId="77777777">
+    <w:p w14:paraId="392EE2A7" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="45CF69B1" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49A12E72" wp14:editId="477FA614">
                 <wp:extent cx="4184650" cy="1285875"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="38100"/>
                 <wp:docPr id="30" name="Grupp 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4184650" cy="1285875"/>
@@ -1679,51 +1684,51 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6049906E" w14:textId="77777777">
+                            <w:p w14:paraId="6049906E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="33" name="Picture 922"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
@@ -1738,85 +1743,85 @@
                             <a:ext cx="20530" cy="12604"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Grupp 30" style="width:329.5pt;height:101.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="41846,12860" o:spid="_x0000_s1038" w14:anchorId="49A12E72" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMwk9Dc8AwAABAoAAA4AAABkcnMvZTJvRG9jLnhtbNxWUW/TMBB+R+I/&#10;WH7f0qRr6aK207SxadKAisEPcBwnsZbYxnaajl/P2Ym7dkUwJkCCh0RnO7589913Z8/PNk2N1kwb&#10;LsUCx8cjjJigMueiXODPn66OZhgZS0ROainYAj8wg8+Wr1/NO5WyRFayzplG4ESYtFMLXFmr0igy&#10;tGINMcdSMQGLhdQNsTDUZZRr0oH3po6S0WgadVLnSkvKjIHZy34RL73/omDUfigKwyyqFxiwWf/W&#10;/p25d7Sck7TURFWcDjDIC1A0hAv46dbVJbEEtZofuGo41dLIwh5T2USyKDhlPgaIJh49ieZay1b5&#10;WMq0K9WWJqD2CU8vdkvfr6+1ulMr3aMH81bSewO8RJ0q0911Ny77j1HWvZM55JO0VvrAN4VunAsI&#10;CW08vw9bftnGIgqTJ/HsZDqBNFBYi5PZZPZm0meAVpCmg320eru7c7tv6vMWkbT/qQc6AFvOFacp&#10;PANZYB2Q9XNRwS7baoYHJ82zfDRE37fqCPKqiOUZr7l98BoFfhwosV5x6nh2A+B1pRHPF3gcYyRI&#10;A1zCsvsrOo1PHSvhs34TcUH51CAhLyoiSnZuFOgbmAQHYUpr2VWM5MZNuyTue/HDPSBZzdUVr2uX&#10;O2cPIUOJPJHYd1jr5XspadswYft61KyG6KUwFVcGI52yJmMQpr7JPSCSGk0/Am5fecZqZmnlfl4A&#10;iGEeMrtd8IgfQbpwDKj1ZQJMRpPkNMhoOjrxDAUZAcPa2GsmG+QMgAwovbbJ+tY4vIArfOIQC+mI&#10;CyQ7VAPfANI1IOhoJvAJowNGf6lo7yqiGKBxbnfEkwTxOOpAFDXIJ/HlMXwYStv0df0DpextcINn&#10;8ewofYORK+h4Clr2aQ0FPx6BNn2xT8e/i2yS1mKf/X4GukAPuefIbrKNry/fYdxaJvMHEI6WkFro&#10;QXBogVFJ/RWjDg6ABTZfWuKKvr4RkCx3WgRDByMLBhEUti6wxag3L2x/qrRK87ICz7GXjpDn0CEL&#10;7uXziMJ3V6+Pf7BhjYPmVqFhJcl/2bB8VH+rYSXxOJ76QhpuJaGIoMLG2zPzDzctf5TCVcP3uuFa&#10;5O4yu2Ov3cfL2/IbAAAA//8DAFBLAwQKAAAAAAAAACEA0qz9brkzAAC5MwAAFQAAAGRycy9tZWRp&#10;YS9pbWFnZTEuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUE&#10;BAUKBwcGCAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJ&#10;BQUJFA0LDRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;/8AAEQgAzwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQ&#10;AAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYX&#10;GBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqS&#10;k5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz&#10;9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQE&#10;AAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKj&#10;pKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwD&#10;AQACEQMRAD8A9A8L/DOyj8F6HdxaPpcck1jbzb9V8P22qW77olbczQCG4X/vlq0LfT9N0v7O+sfD&#10;PwPdwXDeVb6hpu1bWZv7qytGyq3/AEyl2vXQeC/Fl34X8F+G08S6PJpNg+nW32fV4JPOs3Xyl27m&#10;Ubov+BfJ/t12GoaHFqEdxcWn2eN7uLZL5kazW97F/dni+7Kv/j/9161Mjj7ez+Hkf/IQ+Fcdp/tw&#10;aXbXS/8AkMlv/HauW+n/AAauJNj6P4bsJP7mpaWtq3/kVFqLw7oOu61rdxpHhjR7jVo7f5LhJp9s&#10;OmSjb+5a6P8ArItrbk27pdnyuleiRfs8+Opbf97qnhyB/wDnj5VxMv8A31lf/QaA94xNP+Ffw61S&#10;PfZeF/Dd/H/z0tbOCRf/AB3NWP8AhTfgeP8A5kvQ/wDwXxf4VyPjP4T6h4JWS88S+FLP7CvLa1o/&#10;76GH/ak+RZY/97bt/wBuqtnb3FnHG+ma5rFhH/D5GoSSR/8AfMhZaB8x3H/Cm/An/QlaH/4L4f8A&#10;4mj/AIU/4E/6EvQ//BfF/hWHpfxE1jw3JG+uyR61ovy+bexxrDdWy/8APRlX5JVX+Laqv/v17B9j&#10;oNDzv/hT/gT/AKEvQ/8AwXxf4Uf8Kf8AAn/Ql6H/AOC+L/CvQP7Oo/s6gDz/AP4U/wCBP+hL0P8A&#10;8F8X+FH/AAp/wJ/0Jeh/+C+L/Cu8/s/3qP7HQBw//Cn/AAJ/0Jeh/wDgvi/wo/4U/wCBP+hL0P8A&#10;8F8X+Fdx9jqP7G9AHF/8Kf8AAn/Ql6H/AOC+L/Cj/hT/AIE/6EvQ/wDwXxf4V2n2d6j+zvQBx/8A&#10;wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V2HlvR5b0Acf8A8Kf8Cf8AQl6H/wCC+L/Cj/hT&#10;/gT/AKEvQ/8AwXxf4V2FM5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63muC+NHx&#10;Ui+E/g/7bFZ/2truoTrY6LpEf3ry8f8A1a/7q/eb/YoA8r+Nml+Go9Ys/hv4F8H+H/8AhO9Zi864&#10;vf7PiaPQ7H7rXUvH3v8Anmtdh4T+AfgTwn4b0/Sk8P6fqX2SLY97qVus1xM38UjMwo+Dfwzl+H+j&#10;3l7rd5/a3jPXJft2u6p/z2nb7sa/3Y4vuqtdJ4s1y40+O30/TPL/ALa1BmS18z5lhVf9ZM3+yv8A&#10;4+/lpQZHD658N/B/iDWJNC0/wvo8Fpbsr6rewWcasn8S26tj7zfxN/An+/Vf4kfC/wAKR+G44rLw&#10;vo8F3cXUMKPBZxq33t3p/dWvRND0e38P6XHZW/meWm53eT5pJmb5mkZv4mZvvVl+LP3mqeF7f+/q&#10;LTP/AMAgdqAPdvDfwV+GGueG9L1P/hX3hf8A061huP8AkFQfxqG/uf7Van/DP3wz/wCifeGP/BVB&#10;/wDEVJ8Dbtrz4UeHfM/1lvC1o3/bGRov/ZK72sjU8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+&#10;8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfv&#10;hn/0T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z&#10;++Gf/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAP&#10;Pv8Ahn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iK&#10;P+Gfvhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ9+Gf/AEIHhv8A8FUH/wARRXoNFAHyF8EPG2ieNvhv&#10;o9vo15HrQt9Ohtr3RpnWaTcka7/Ibhmb5d3kS/N/dplr4A1C18X6R4d8Jahs8NeIfMm/1n7zSYk2&#10;tLJB/stu2qrfceSvlz4Z+B73w/Hp/iDwvqEkGu+RDNv+0fu5vut5cqr/AA7vut99PvrX2r+zv4ss&#10;/iB471PWxG9hq0OkRw3unyYXybl7mXz2Vf8AaMUbN/tVqB7n4Z8N6b4R0ez0nS7SOzsrZdkcMY6e&#10;/wDtN6tVDU/iJ4c0fxdpHhe+1e3t/EOql2stO3ZmmVEZ2baOi7Vb73pXVV4R8QvCujeHPjL8Kb3T&#10;tPt7O61XxHe3F7cJF89xJ/Zl0Nzv1+lZAe5/f+Vq+Ufin4Ai+Gni22TTU8rw3rfmNaxIMLZ3S8vC&#10;v92Nl+ZV/h8uSvrKvHf2ovs0Pw5s7ueWOD7Hq9pKkj9F+fY3/kN3oA8CvNHuPFFxb+HLL/j71Zmt&#10;3f73kwf8t5v+Ax/+PyR19KfY0j+RP3cafIlcP8E/Bb6fpcniXU4/L1LVlXyoZPvW1n96OP8A3m/1&#10;rf8AbNP4K9M8utTIy/sdR/Y62Ps9R/Z/84rI1Mv7HUf2Otj7P/nFH2f/ADigDD+x0fY62Ps9H2eg&#10;DD+x1H9jroPs9R/Z/wDOKAMP7HUf2Oug+z/5xUf2egDD+x1H/Z/vW59jo+x0AcvqElro+n3F7e3E&#10;dpYWkTTXE0/yqkSruZm/4DXzn8M47j4yeOLj4t6xbyQaaiyWPhDT5/8AljZ/dkvGX/npP/6BXQft&#10;EaxL8WPHln8HNKuJI9JhWPVPGN1B/Ba7sxWO7+9K3zN/sV3lvbxWdvHb28ccEESqkUMfyqir8qqt&#10;amRHqGoW+j6fcXt7J5FpbxNNK/8AcVa5vwvZ3FxJca7qcfkalqCrshk/5drVf9XD/vfxN/t1Hqkn&#10;/CWeJP7MT95pOkyrNe/3Zrr70UP+6v8ArW/2/LrpKACub1T/AEjxxpcX/PpY3Fw//A2RF/8AQXrp&#10;K5ez/wBI8aa5L/zxgtrdP++Wlb/0YlAHv37PNwH8J6van/l01adB/uuqTf8AtSvU2614p+zzceVr&#10;Hiuz7N9ku1/4Erxt/wCia9rbrWRothaWkpaBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB+Z&#10;HhvwfZXnhfR7h7e3k32cL7/LX+6tetfs/wB83w68ZR6+9tdnw9dr/Z2oahJua3hV9vlyb2/hWRUU&#10;/wAKLJXmuhyJZ+F9P09P+WKwonmf8BevWPgXHquqfY/7V8SaprthfaTM8un6rJHNDt81UX+AN91v&#10;71amR9n1wfjjwNd+JvHHgDWre5hgg8OahPd3CODulWS0lhAX/gUleMeD/itrnw20+zsri3l8UeHX&#10;vzp9nB5oW+s/vbVVnbbLGqpxvZWX++9elXH7SvhLT7M3GoQa5p+37yTaRO3/AI8isv8A49WRqes1&#10;4L8YNR074hfEzQfATAXdpo5XxFrKD5l3J8lpbt/vSSeay/3Iv9us/wAVftIanrVuLfwlpMukpKuf&#10;7W1hF3ov96KBSdzf9dGT/ceuS+Cenpbap4wvfMknnlnt7eW6nk8yaZli8ySRm/iZmnoA9w+2UfbK&#10;w/tH+c1J9ooA3PtlH2ysP7RUn2j/ADmgDc+2VJ9srn/tH+c1J9ooA3PtCUfaErD+2VJ9soA3PMSj&#10;zErD+2VJ9soA2Pko+Ssv7ZR9soA1PLSuD+OHxQsvgv8ADfVPFF3H9rnh22+n2X8V7eS/LFCv+833&#10;v9ius+2V8v8AjDUH+Mn7Slxb3H7zwv8ADVY/Kh/hm1iZdzSN/wBco/lX/brUC58G/Ad74H8L3Fxr&#10;tx9v8Ya5O2qa7e/xPdS/My/7q/dWuk8Wa5Loel/6JHHPqV3KtvZQyfdedvu7v9lV+Zv9iOtnmuO0&#10;eT/hKPEFxrr/APHhb+ZY6b/uq22eb/gTLtX/AGI/9ugyNTw/o8Xh/S7eySSSeRNzyzP96aVvmkkb&#10;/aZq0KKKACuX0P8A5GDxR/z0+3R/+iIttdRXL6f+78YeJIv7/wBmuP8AvqJk/wDadAHp3wPuPs/x&#10;KuIu11o7E/70U6f/AB6voTua+YPhzqEWnfFrwmryeXJffa7RE/v/ALhpf/aNfT/c1lIqOwtFFFBY&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAflB4X8SfbNP097j/WfZWmfy/m+7AzL93/dSvpj9&#10;n/XNP1TT5JbK48/+z9HtoZfL3L5Mrb3ZfmA+b5a+E/D/AI01Dw/Jp97p95cWF/abXt7qCTbIjKv3&#10;q+9Phn4w8YfEz4Z6fLqsdnaalqFrJsm+zyR+cq7V3f3d3zJuWtQM/wD4+JPB8X/LS41G51F/91Yp&#10;fm/76lSj4sSeX4PuP9vzP/HYJW/9lqTw3JLqnii8lljt44NDg/smLyJGaN5WZXlZd3+ysFV/ix/y&#10;L8cX9+Vk/NWX/wBmoMiPy/L+T+78ldZ8I/3eh6xL/wA/GsXP/jmyL/2nXL/8tP8AgVdR8J/+RD0+&#10;X/n4lubj/vu5lb/0GgcTuPMo+0f5zVfzKPMoNC59oo+0VT8yjzKALn2ipPtH+c1n+ZR5lZAaH2j/&#10;ADmj7R/nNU/Mo8ytQND7RR9orP8AMo8ygDU+0f5zR9o/zmsvzKk+0f5zWQGpHcfvPnr5f/ZfkfWP&#10;BfiDxLL+8uPEPiK/1F3/AItvm7F/9Br3jxRrH9j+E9cvX/5dLG4m/wC+Imb/ANlrxf8AZj09tP8A&#10;gH4PR/8AWTWrXDv/AH2eV23VqZyPQPFGoPo/hvWL1f8AWW9nNMn+8qsy1T8N6emj+G9Lsk/5d7WG&#10;H/vlV3VX+Jn/ACIesRf8/ES2/wD39lVP/Zq2JP8AWUCCiiq95qFvpdvJcXdxHaQJ9+aeRVX/AMeo&#10;AsVzcn+j/ECT/p40yN/++JWX/wBqV0FneW+oW8dxaXEdxA33JoJFZXrn9c/d+NPD7/8APa1u7f8A&#10;9Adf/QaAOf1DXGt/2lPgfpkX8Op3d9cf9cvszW0f/kSevu+vzo8J3n/CSfHDxJ4tT/jw8Ny2GjWT&#10;/wC0lyk07f8AfS1+i9KY4BRRRWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH5OfAv9nxPi&#10;ZcWep3ElxYeF7FY7i/1C6/1Mi/3V43N83y/7f3F/j2fYHjDxJ/wh3h+NNPtNmrX0a6doumfxQxfw&#10;7v8Aab/Wu3/xFYfh/wAZ6Z4T+Gfg+K48u7u/7OtnstC02Nm3ztAv7xv4pZP9pvu/7H36ND0e9uNU&#10;k8QeIJI5NauF2RQx/NHZRN/yzX/a/vN/wD/f1AueG9DXw3odvp6SefIm55Zv+e0rfNJJ/wACZq5/&#10;4of8eenp/flX/wBGwJ/7Urtea4b4mf8AHxoaf9N1/wDSy1/+JoMgkk+zxyS/3Pn/AO+a7j4b2/2P&#10;4d+G4v8AqHW7/wDfSq3/ALNXm/iS4+z+G9Yl/uWcz/8AkJq9c0O3+x6Hp9v/AM8bWGH/AL5VVoHE&#10;u80c0c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0APo8ymc0c0AcN8fNU/sf4H+PLr+5o&#10;tz/49Eyf+zVl/CPT/wCy/hX4PtE/5ZaTbf8AopW/9mrP/a0vHs/2e/GHk/6yaKG3T/gc6LXYaHZp&#10;p+h6faJ/q4bWGH/vlVWgzkY/xA/eaPp9v/z8atZQv/u+ert/6DWxWH40/eap4Tt/7+reb/36gnat&#10;ygRXvLy30uzuLu7kjgghVnleT7qKtZfh/R5fEF5HrusW/l/9A3T5/wDl2U/8tGX/AJ6N/wCOJ8lR&#10;6Xb/APCcahHqEv8AyL1pLvsof+f2Vf8Als3/AEzX/ln/AH/v/wBys/xJ44u7jxp4HstCuI7vSdQu&#10;rhLqaDa2/wApkTy93/bR2b/rnQBqR26aH44uLS3jjgtNWtWu/Jj+VUniZUkZf95WSo/Fn7vUPDdx&#10;/c1Hyf8AvuB1rk/CfijVfFF5peq6rH5En9tX+nRJ5e1UiaJtsf8A5CSus8efu9Dt7j/n3vrSb/yO&#10;qt/6FQBn3HhvT/DfhfXItMt/skdw1zqMvl7vnnf52b/vpa+0bC4F5Z29wv8Ay1jV/wAxmvkrUI/t&#10;Gn3kX9+KRP8AvpWr6d+Htx9s8A+Gp26zaZbSfnEppSHE6KiiiszQKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKAPjD4V+G9P0fwXod3b2/+l3GmW/m3U8jSSfNErbdzfdX/ZX5K7HmsL4f/wDJP/Df&#10;/YMtv/RS1u81qZBzXDfEj/kIaH/11j/9Hwf/ABNdzzXDfET/AJCmh/8AXWP/ANHpQBj+MP8AkU9Y&#10;/wBu1kT/AL6+X/2avdPL8v5f7nyV4f4oj8zR5Iv+es9vF/31Oi/+zV7hJ/rJP96gcRnNHNHNHNBo&#10;HNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQB4l+2B+8+Dcdkn+svta063/wDI+7/2&#10;WvUJP3ckiV5P+1ZJ9ot/hnpn/P8AeMLL/wAcV2rqNc+JFrb+JJPD+j28eu678rywx3kcMNqrM23z&#10;ZWJ2t8r/ACqrPQZyJPEH7zxx4Xi/5ZwxXtx+Soi/+jHqO4jfxxqkmkxfu9Ct5dmpTR/L9pb/AJ9V&#10;/wBn/no3/AK4vxJ4s1O48UXD3Gl3nhqTTNAuJr+6k8uZYYPNVpJIGU/vWZYtq7lWuos/FlvZ/CO4&#10;1DQreO0u7fR7m7tdLeRZGRot67m6M37xfmagRyfwz+IGp3FxH4X1iOT+1tWa/mR5Pljtol3JGqr/&#10;AHdy7dq13nwn8Fy+A/Ael6PeyR3F3aL87x/N/dX5W/4DWX4Ps7e48P6P411v7Rd6tY6dMn2qT5me&#10;Lc7bv9ptv3f+ulWPEHjz7R8O5NVsrj+zbt9qS+ZJHJJZbpWiZm6r95XVaAOf+JHijULP4meF9Eij&#10;jj0mFre+lfy1+dnleJm/2dv/ALUrrPHlv5ngvWNn+sS1aZP95Pn/APZaPGEb3Hw3uL24t4479LGG&#10;4fzI/m3JslZf++lrU1S3TUNLvIv+WdxBIn/fSstAFeORLiON/wDlnMqv/wB9V9DfBm4+0fCnwm39&#10;3ToU/wC+V2/0r5p8J3H2zwvo9w/8dnDv/wB7au6vor4CuH+Fejr/AM8nuYf++LmVf/ZaUhxPQaKK&#10;KzNAooooAKKKKACiiigAooooAKKKKACiiigAooooA+RPh/8A8k/8N/8AYMtv/RS1u814V4Lj8e2f&#10;hPQ3svFFnPB9ht/KhurNfkXyl2ruwa6i38YeO7P/AI+NH0vVv9uC88lv/HkFamR6bzXDfET/AJCm&#10;hp/y082P/wBHxf8A2dV/+FoaxH8lx4HvPM/6YXkckdZ9v/afiDXP7V1W3+yRw/8AHva+YrMny7V+&#10;78vyqz/7/mf7CUAXNYj8z+z4v7+p2Sf+TKV7RXjdx+81jw3F/f1i0/8AHG3t/wCOx17DzQOIc0c0&#10;c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHh37Qn+mfFD4H6f/AH/EU13/&#10;AN+ol/8AjlcPp+h6Vrl5H9t0+zu47vX98vmRqzOqwXszfN97+JK7T4ySfaP2jPgvaf8APv8A2nd/&#10;+QlWvP7fxBZeG/D+n6nqFxHaWiSzTPNJ/e/spFX/AMenoA6TS9Y0+38P3F34juLieC48G6Zp1x/y&#10;0mma5luFVfm+8zbv4q6jwP8AD+48P/ETVNTSTzPDz6Zbw27zyK29dqsyt/wLezV85+JPjx4Sk0uS&#10;yit9Qv8A/Q9FhR441jVGs1fzPvEN96T5aj0/9rDT9P0vWNP/AOEXkng1Oe3eV5NQ+Z1Rl3K3Hzbl&#10;XbQZH0h8QPGn9j+ILjT7jzJ9F/s6SF9PsfL8x98TN5is33dv3V/grm9QjuPhnqH9oWkkf9k3EsKJ&#10;NPtuJr2LckrKy/wtt3/+y15fof7TnhLxJo8eieILO80KCG1tLSLULW3juJNsXyyqzLhtrfw/3K6j&#10;wX8QNMvI7xLTULeTw9cNN5sMEayXTyvbPF5iq3zK26L/AGf9ZQB65rHxE0zXNP0/R/s9xBd+JLW9&#10;iihn27ofK3RN5vJ/5afL8tbnhe8/tDw3o93/AM9bOF//AB1a5+40Pw54P8P6P4t1OSS7/sGxkfzv&#10;L+aZrhldm25+80jf+RKsfC+8TUPh/ocqfu4/KZE/4CzL/wCy0AR+B/3fhu3t/wDn3lmt/wDviV1/&#10;9lr6L/Z7m8zwBJH/AM8tTvU/8js3/s1fOkdvrHh+81CK00v+1rS4upLu3eO4jj2b/mZW3f7X8S7q&#10;92/Zhtbqx+H+oW97LHPeJq900rx/d3Ptl/8AZ6UhxPYaKKKzNAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooA+MPA/wv0+88B+G7iLVNYtJJtMtXfyLzcvzRL/AAyBlrQk+F+oR/8AHp4ok/3L7T4p&#10;P/Reyug+Hf8AyTvwv/2CbT/0UtdDzWpkebSeA/Fdv/qrzQ7/AP66Rz27f+1KpyeH/Fsfyf8ACP2c&#10;/wDtwaou3/x5Fb/x2vVeaOaB8pxXhPwPd2eqR6xrclvJfwqyWtlabmhtt3ys25gN0jL8v3V2LXa8&#10;0c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQB8/fFS48z9qTwP&#10;/wBQ7wzqd3/33vX/ANp1wesafb3ngu4tLuPzIE0nUXdP9pbPToo2/wC/ldR8VLj/AIyU1CVP+XH4&#10;eXv/AH00r7f/AEKuk+Hfwz8NXFxqHiC70uO71b+0ZofOnkkkVPJbZHtiY7Pl8v8Au0Acfo/gv4f/&#10;AAn1jXIrjwvZ37vq1lpdkl1GszIzWaTStvkz8v32r0T4maXFp9no9vpmnxwRzXio/wBhs13fL8yq&#10;20fd/vVT0/wXZeONY8QXGp+Z/wAS/wAUtcReX/Hss4Itv/fLVoePPGF74b8YaHFF5klo8TTS2Ue3&#10;/Sd29Pm/3W8j/v5QZHm+ufDvwZ8WI7j7Poen6TrrtdzfYrW3/fXKrEjxNuXCq33P/In+/Xgfiz4L&#10;6n4T1CTUPDUl5aX6TyeVpcn/AB+Iu5VX5l/i2sm5Wr6M1Dw3Y6ho/wDaHhy4kjje1t/tGkWMkk14&#10;ksysq7pfvbfm/wArUklxZeOPtmmXsf8AZviF2b/SrH7s2y23RrPK33fmjf5l/wCedAHn/wCz38TN&#10;H8eaXrHw68W+Zaalqcq+U/8Aq/OZFRWX5s7ZN0Ve+eB7OLR7fWNMt4/IgsdTuIYk/wBltrr/AOOy&#10;V85/Hj4Hyx6PZ+JdFt7PTdd0+1m1HUtPtbj/AEjyvP3RyLt+VvKVtrMv/POvTP2Z/iRcfEzQ9cvd&#10;Q/5C0U9ul15f3XbyFTzP+BeX81AHslerfs+Rt/wjOuSn7kusTbP+AxxI3/jyvXlmk6bqXirUpNN8&#10;P2yXF3D8lxeN/wAetn/11b+Jv+mS/N/uV9EeD/DFv4N8O6fpFo8ksduvzzSD5pnLZeRv9pmYtSkO&#10;J0FFFFZmgUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfm54T+EfxNs/Cej3uheLI/IuLO3uEg&#10;+2Sx7PlVlXauxf8Ax6tj7R8e/Dcnz2/9rRo29/8AVSfL/d+USP8A+PV6Ro9vqGh/AfT38K6fHJrP&#10;9iW72trH915fKX3Fcv8AB/xp8SPEnizVNK8W+G7zw9B9jaaLUPLby0lXaqqu7cv+196tQOb/AOGg&#10;PiL4f8tNd8H/AHN29/sckP8Au/M0i/8AoNaGn/tcWnl/8TDwveRyeVvf7LJJJ8393/U7f/Hq9s0u&#10;PWLfULhLjVI7u0/gT7H5Mife/iU7W/75rg7f4qfDrxp4k/4R/wAzR9W1Z5ZLf7LPb/vPPT7yr5if&#10;7P8AeoAz9P8A2qPAlxJsuLi8sJE2/JJ5Tdf4dschb/x2ugvPj58PNLs5Lu98WWdhAnyf6dHLCzt9&#10;7aqsg3N/u1cvPg34M1iP974fjg3/AMEEkkf/AKLfbXx3rnhe0s/i5qD+FPh3qHiywsbyZL37DbtM&#10;1tErSwxQqylVVmaLzWb77+Z/doA+kP8AhfF74sk3+F/+Ef03Tf4JvEd5uuLn/dgicNEv/XVt/wDs&#10;Vj3n7RniPT7yS0tNL0Pxhdwtslh8OSXbbP8AZZvLdFb/AHpK+V7zw/490+OObWPh/rEEm35nn0u5&#10;2/7X+rkFV7fxhp+jySO1vqGjT/xzabeL5e7+98nl/N/vSNWQH15p/wC1Jd/2hZ2Wu/DPxJos93L5&#10;Nu/mRSRuzfdVWZkXc392u0j+OHhy3/5Ctnrnh7/sK6POsf8A39jDp/49Xw3p/wAULS41Sz1P+3NY&#10;nu9PZvs97PJ9q+zM3+y10VVv++q+gPDfxc8W6f8AY5bi80fxRaXFrbXaJBIsd15Vwu6BW2hPKaX7&#10;q7o9jv8AJvStQPozw3408P8AjCOR9C1zT9W2fO6WNxHIyf7yqdy1s81494w8N2Xizw3H4l8P+XBr&#10;qWq6jpGrwR7ZkbbvjVm+9tb7rK38FZ/hv9sDwPrlnZy3cdxps9xEszpJJA2z5d3/AD0Df+O0Ae48&#10;0c1w2n/HDwVqke9NY8iPb53+lWcsa7f97Zt/8eroNP8AGnhzWPksvEGl3cm1X2QXkbN83+zmgDZ5&#10;o5p/lv8AfpnNABzRzRzRzQB8xfEjfJ+0R8QP9jwHDCn/AG1n2f8As1esfD/ZJ4fuJU/5banfv/5O&#10;S14frmoan4k+MHxg8UaZZ293pOjWtppN7DJIyzTRW8qyztFxt3fuH+Vvv17R8I7hNQ+H+j3sX+rv&#10;vOu08z5W2yzu6/8AoVBkcvpfjyXw/rFvp8VvHPJr3inU0d5PupFDKkP/AH18yVY8SeOIpNc8QaPq&#10;vmSaY6rbxQ2O1ZoWVl3Tbm+7/e/7Z1c8H2+iSeF4/EuseXAljqeq3aXUm5Vh33kqt/vfdSsez1jR&#10;/iRcW9vqH/Etu768WaJ7G3/11r9mWVVnZv4vLbbuoAz7zS9Q8D6x9t0qSSTRUvGRE0qRpN6wStKy&#10;zt/D8sk6/N/zzqOTS7fx5b3H2Kzjj1q0WR73SLGNY7O5lW5lRm81j/dkfcv/AE0qvHca74Dkjsnj&#10;ju4Lu1mmfT47jdZussTJ5jMq/N80Kf8Afyuw+0eHPhX/AMTt5JP+JnZxppuhWse6b7qtIq8/N8yp&#10;uZtqJ/FQBc0fwP8A8I34s1TxHquoW8mmvottY3Hn/KqeUuJGbdhVX5a+R/hf/auj/GzXPB/gfVI7&#10;SDXpZLG1vZ90apF80sc3zDd8q/d+X569M8J+KPEH7WHiS8svM/sXRdPlV3tY5Fk2KzNtZVxtlk+X&#10;/Wt8ifwpu+eqeseB7T4d/twfDvRdNt/Ija50x3T5mbc+5ZGZm+Zmb+JqAP0d+HOjReGfCumaVapG&#10;sFpAkO9I9u9gvzSN/tM3zGuyqnYWa20W2rlZGoUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFAHyp8N9Ysv+ED8L2/2y38/wDsy2TZ5i7t3lLXW814d4D+PHwqk8H+H9M1PxJpdhfw6dbQyw6x&#10;G1q25IlX70qKrfNXsGj+INH8QW+/R9U0/Uo/79jcRzL/AOOk1qBo81z1x4H0L+3LPVYvD+j/AG+G&#10;Vpvtv2dY7hG/vKyj5mrpPLeP79c/4k0/Xby8s30y40v7IjK8trqVvJIzsrblZWVxtb/gNAGpHpdp&#10;HJHsj8v5v+WcjL/6DXn/AMA9DTR/A+oS/wDLfUNf1W+l/vfNeSov/jsaV6TzXHfC/wD5AeqJ/wAs&#10;013Vdn/gZLQB0niDxBp/hPQ7zWNVvI9N02xiaa4up/lVFWvkPxZ+2p8P9Y1iN/8AhU8niG0f501D&#10;Uo7SOZ4t23zFWRGba235dzLW5/wUY1y70/4R6HplvJJHBqGpt9o8v+Py4GdV/wC+vm/7Z18h+LLd&#10;LfxReRRf6jyrX7P/ANcvITy6yA/QD4f2fwc/aA8Lyaho/hvS4/s7+TdWsdmtjeWTN821vKw3+627&#10;a9cX8SP2Z9C8B2//AAkvhy8vLGPzbe3ukkk3NCrzp5cisuGZVmWBmWXd8n9yvnP9lvxpceC/jp4b&#10;eKTy7TWZf7JvU/hdZf8AVt/wGTY1ffnxgt1uPhP4wR/4NJuX/wCBJEzr/wCPLQB83/D/AOOGpyeB&#10;7PR9P0+3tL+x+0W8vmbrqZNkrr+6tYyNqqvy7p5IkroP2Y/h/wCGvih8I5NQ8UaXb67PDqNzp1vd&#10;XUn7xLWHakUatG+1V2/3W2V5Po9xb/8AFQRSyRyWkOtX9w9r5kcyw/6S/wC8aJgsEXzfdlu2Z/7s&#10;Ve+fsV7/APhS9w7/APLbXb+ZH+9vVmVlbdgbty/Nu2rQBc1D9jv4aXkm+00+80mT+/Y3n/xwNXm/&#10;jj4B2Xw/8UeB7T+3NY1bTfEOtR6dLDdXDboflZ/Uqy7V2/dr615rx79oH/kaPg//ANjdH/6IlrUD&#10;zfXPhv8A8I3qmzR/EGoWG+Xf/wAs1+b/ALZCNv8Ax6uk8NyeK9D1TS7fUvGGqT2GoTtbxXsEm5oZ&#10;2VmjWWKfzt0bbXVdrL89aHjT/kMR/wC9R4gt7iTwXJd2Ufn3emT2+qRQx/edreVZWVf9plV1oMju&#10;I7fxnZ/6rxZZ3+xfualo67n/AOBRSJ/6DUkfiDxxZ/63R/D+rbF/5ddQntWdv92SN1/8erU0/ULT&#10;WNPt9QsriOewu4lmt5o/uurfMrVLzQB85fDOO4t9D+On2u38i7ee7meHzPM2bvtXy7v4q6S38Wa7&#10;8I9P0Pw/p9vp/jCC3gV3tbGO5jvLaD70bT+WJl+bdtX5Vo8B6en/AAtj4ueGpf8AmJxR3Cf7r+ar&#10;f+j0ryv4b/Ey48P+F5NPuLiO08Q27zJe+fIqyPeKzL5jbvvfMtAHsGl6HcfED9nvQ7e3kjsLu+nh&#10;vkSeTau77Y03l7sf+y1sax8H7W30e3TR4/3ljasn2KP5fts/zLu3Mfl+8/y14v4H8aWWoeD/AId+&#10;brlvHH4Z1G5/tJJ7hWm+ZleCTyvvSttZ1+VW+f5K6zx58VNV8YSR6ZaW95YWF3uS30i1+XUtTX/p&#10;qyn9xH/e+b/ef+CgC54s+ImlaH8P7fwpFHZ6lJYxRw3t7PIzafZSq3+rXyyGnkX7vlL/AMC/uUfD&#10;v4L6x8SNUk1jxR9s+yXG13tbr/j6vVX7v2rb8sUf92Bfk/vf3K7D4P8A7Pcsl5Z6rrsdvPf2/wDx&#10;62UEe2z09f7sS8bm/wCmv/fOyvrDwv4Pt9Lt4/3dLmHynw/+z5ocXwr/AG7PFngqWPyLHWbOSW1j&#10;+6v3UuY9v/Ad61S8MSp8aP8AgpVcX1mfO0zQbqRvMT5l22cHkq3/AH+rQ/4KDHVfhJ8d/AfxI8Py&#10;fZL6bT5LdJvvL5sO5f8A0XPXif7KvxO8dfD2419/h34Ek8Z+K9Y8uJ9TkjluI7aNdzFdqYX5mbcz&#10;M1Zmh+vlFfBTfAP9qH47R7vHnjuPwZpMv39PtLja23/rnbYX/vqSvtzw1pdxovh/S7C6uzqF5aW0&#10;MEt40e1pmRQrSbedu7bmgDZooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAPBPAfwn0/xB&#10;8K/B/wBrs7e7jm0e0fZPGsi/NAn96uX8QfsZ/DzVLjzX8H6XBP8A89rW3+yyf99RbWr3P4P/APJJ&#10;PBH/AGA7L/0Qldb5aUAfH8n7J9xof/IueNPGnh7+4kGsSXEP/fM+9apyfDv4y+H/APkH/EDT9ajT&#10;+DxB4fjZv+/sDp/6DX2PJZpJVeTSYZP4KAPjj/hKPjLof/IQ8B+G/EMafx6PrEtrJ/3zPGV/8erY&#10;+B+oXGoeC7xNQ0+TSdTt9Yv0urKeRZJIWed5l3MuVb5ZU+7X1HceGbaT+CvIfFfwz8SeH/GGqa34&#10;U0+z1qw1ZIXvNPe8+yzRXMS7PMiZkKNujWNWVmX/AFdAHj37UnwjuPjJ8J7zSdPj8zWrGVb7T0k+&#10;XzpVVlaH/gUbOv8Av1+bdxrH+h2+n6t5lhrWjL9h/wBK/d+dArfLG27/AFU0X3fm+/X60XGua3o/&#10;/IY8D+KNN/vPBZrqEf8A31bPI3/jted+MPDfwU+KGseb4ls9Dn1r5U36lu0+6f8Auq27y3b/AIFQ&#10;B8Z/sj+D7j4mfGjR7uyjkk0nw9OuqahdeX+7Rk/1UP8AvM3/AI5X358XP+SV+NH/AOoPdv8A+QGr&#10;U8H+E9C8H6HHp/hrS7PTdJT50h02NVj/AN75fvN/tVzfx41hNH+EfiR3/d/a4PsKf9tmWJv/AB1n&#10;atQPA9P0PRPC/g/XPEFx5mpa1catqaaLZXUm6NLx55UjWCL7vmbv4trP/wABr2z4B6GnhvwnrGlJ&#10;/q7HWJrf/viCBd3/AI7Xlfw/+H/xF8D2cetp4D0fxDd3ytdpdSaxLDfQxTM0nkqssZSL/WfMqstX&#10;NP8Aix47+G95rH2j4T65Ppt9eNqL+XIs0kMrqqyLug8zcv7vcvyrQB9K8149+0B/yMnwj/7G6H/0&#10;U9c/Z/tqeDI5PK13S9Y8PT/3LqNV/wDRhRv/AB2qfjj4iaV8XNY8B3vhyTz9J0fX7S4uL2fbHvaV&#10;vKWOKL7zf6zczfcoA2PGn/IYj/3q6Tw3/wAedef+PPGmhWfiD7PLrFn56N88McnmMn+8q5210ng/&#10;x54a1CPyrfxBpck//PH7RGsn/fLENQc5c/4V/plvJJLpt5qmhb5WmdNK1CWGHc3zM3lZKf8AjtSR&#10;6H4ls/lsvHF5J/sarp9tdf8Aj0Yjb/x6ukj/AHke9P3kf9/+GiP/AFkdAHm/jz4f+PdD8UaP490z&#10;VPDc+p28DWlxDJb3Nut7B/dl5k/76X/pnXnfjDw3afEjXP7T17Q9HtPm3vDYxtI1y396WWQD/wAd&#10;Vf8Aaevpz4kSJH4P815NkaKzu8nyqi189+F/C+sfFC4jTT/tGm+Hn+/qH3bi9X/ph/dX/pr/AN8/&#10;36Czn9H8N2l5rn9meD/D+lx6tD8kt7HZxxw6fu/vMoDM3/TJf+BbK+nPg38A7Tw/5l3L5l/qVxt+&#10;1ahdf66b/wCJX+6q/JXafCv4N6f4X0u3tLSzjtIIfuJH/wChf71ez6ZpMNjHtWOsuY15SnonhyHT&#10;Y0VY8Ct2OPy6fRQByfjT4X+FviNLpr+KNAsddGmytNaLfRCRY3K7Wba3Fb2naXa6PZx2mn2cFjao&#10;PlhgjWONf+ArV6igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8E&#10;f9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACqN/pNjrFv8AZ9Qs7e+gbkw3UayL&#10;/wB8tmr1FAHm19+zv8O7yXzYvC9ppM3/AD20eSTT2/8AIDJXP3n7LvhTWrqz/tu/8Qa/pdrOtzFo&#10;mram01qJFGFZ+PMk25+67svtXtNFAGJJ4bt5P+WdZ9x4HtLj/lnXV0UAecap8L7LUI9ktvHPH/ck&#10;j3LXn+ofsn+BLy8+0S+D9D8/dv3/ANnxK3/jor6HpnlpQB43o/wP0rQ7f7Pp+n29jAv/ACxtY1jX&#10;/wAdxUmsfA/R9Yt9l9p9nfx/3Lq3WT/0IGvYPLo8ugD5n1D9lfw1HJustL/s2T+/ptxJZt/5CK1j&#10;3H7PeoWcn+ieKPEkH+x/aHnf+jEZq+r/ACU9Kj+yQv1SgD5Y/wCGd/7ckt08QahqniGCFt6Q6reS&#10;TQ7v+uXCf+O17J4T+Hdvpccf7uvQ/sMP9ypUjWPpQBXs7NLeP5Kt0UUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CvFPhZ8b/BVh8L&#10;fB1vPrgWWPR7OJh9knI3LAgP8FdV/wAL68C/9Bz/AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH&#10;/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7&#10;/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oO&#10;f+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKA&#10;PQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8&#10;L68C/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9&#10;Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wv&#10;rwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X&#10;14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8A&#10;yTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUUAf//ZUEsDBAoAAAAAAAAAIQBCO3R12z0AANs9AAAV&#10;AAAAZHJzL21lZGlhL2ltYWdlMi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMD&#10;AwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/&#10;2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQF&#10;BgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS&#10;0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4&#10;eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi&#10;4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREA&#10;AgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl&#10;8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP0&#10;9fb3+Pn6/9oADAMBAAIRAxEAPwD6Q+H/AMJ/A954D8N3Fx4P0OeebTLZ5ZJNPjZnZolZmbiug/4U&#10;34B/6Evw/wD+C+H/AAqx8N/+SdeF/wDsE2n/AKKWul5rUDkv+FN+Af8AoS/D/wD4L4f8KP8AhTfg&#10;H/oS/D//AIL4f8K24dXudW1S40zw7plxrt/btsuPLkWO1tm/uyzt8qt/srub/Yrcj+HPxAkj3tP4&#10;Ygf/AJ44uZv/ACL8v/oNAHEf8Kb8A/8AQl+H/wDwXw/4Uf8ACm/AP/Ql+H//AAXw/wCFb2tya34N&#10;XzPFGkfZNOUZbVtLdrm1T/rp8qvGv+0y7f8Abq9HIkkcbpJ5kbrvR4/mV1oA5P8A4U34B/6Evw//&#10;AOC+H/Cj/hTfgH/oS/D/AP4L4f8ACut5p9AHH/8ACm/AP/Ql+H//AAXw/wCFH/Cm/AP/AEJfh/8A&#10;8F8P+FdhRQByf/Cm/AX/AEJfh/8A8F8X+FH/AApvwF/0Jfh//wAF8X+FdZRQB8n/ALWHw/8AC+n6&#10;p8M9H0fw3pemyanrWy4exs442eLdFFtbaPu/va9wk+D/AIE8yT/ij9D/APBfF/hXlfx8/wCJx+0x&#10;8G9K/wCeLSXbp/21V/8A2hX0DzQBx3/Cn/An/Qn6H/4L4f8ACuL8B/C/wZqFx4suJfC+jyR/27cQ&#10;26SWcbKixKibV4+7uV69kj/1lef/AAj/ANI8HyXb/wDL9qd/cf8AfVy//wATQBY/4VH4H/6E/Q//&#10;AAXx/wDxNH/Co/A//Qn6H/4L4/8A4musooA5P/hUfgf/AKE/Q/8AwXx//E0f8Kj8D/8AQn6H/wCC&#10;+P8A+JrpNQ1C00fT7jUNQuI7SwtImmuLqeTbGir8zM1eJ3Hxg8Ya5cSaroVvp9pov37LS9Vt5PtF&#10;7F/ell3jyGb+FdrbP4qAPSP+FR+B/wDoT9D/APBfH/8AE1y/xE+F/gzT9Ds7u38L6PB5Op2m/wAu&#10;zjXerSqjK3H3fmruPBfiy08ceG9P1uxjkjguFbfDP/rIZVbbJG3+0rK61T+KEfmfD/XHT/ljB9o/&#10;74ZX/wDZaAOX8YeB/Ang/wAL6xrVx4T0Py9PtZLj/kHx/Oyr8q/d/ib5a5n9i/4U+HbqDwpJ4k8N&#10;6XrMmt2Gp3Dfb7OOYDE8HlldwP8ACr7f+ulN/aguNT1Twn4b8P6ZHJ5niTWIbR3j+b+FpY93+zuV&#10;Gb/rnXsngDT7Twn47+HFjajZaWkkmnRf7v2OVV/9FpWQHs3/AAz98M/+ifeGP/BVB/8AEUf8M/fD&#10;P/on3hj/AMFUH/xFeg0UAeff8M/fDP8A6J94Y/8ABVB/8RR/wz98M/8Aon3hj/wVQf8AxFeg0UAe&#10;ff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/x&#10;FH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8&#10;RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz98M/+ifeG&#10;P/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFeg0UAeff8M/fDP8A6J94Y/8ABVB/8RR/wz98M/8Aon3h&#10;j/wVQf8AxFeg0UAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz78M&#10;/wDoQPDf/gqg/wDiKK9BooA+ZPhv/wAk68L/APYJtP8A0UtX9Shvda1LTPDum3Elpf6szb7pPvWt&#10;snM8y/7XzIq/7UkdZnw3/wCSeeF/+wTaf+ilrs/hbHHJ8V9UaT79vocKxf7rzy7/AP0XHQB6l4c8&#10;PaZ4P0W30zS7eOzsLVNqog+mWb+8fVq82k/ah8JR2z6kbHxA/hRJfKbxUmlu2l/e2bvN+95e7/lr&#10;t2f7Ves3lrDqFrPbTx+ZBMrRun95Twa8N+McsDeGrT4IeBrS3j1TWdO+wPDCn7nRtIKiKW4k/u/u&#10;/kRf4noA91VkuowylXjZeO6sprwTxB4ZX4b+MINNs1C+HNXWSbT4egs7lPnlt1/6Zsv71V/h8qT/&#10;AGK9z0fS4dD0uz063/1FpBHbx7uW2ou1f5VwPx5jRfDeiTj/AF8Ou2Ri/wCBOY2/8hyPQBy3NHNR&#10;UVqBLzRzUVFAEvNHNHNHNAHzV4s/4nH7cHhe3/5Z6foXnf7n7q6b/wBqJX0LzXz1of8AxNP24PFk&#10;v+sj0/RVh/8AIVr/APHa+heaAIri4Szt5Lh/9XCjP/3z81cP8I7f7P8AC/wvv/jsY5n/AOB/P/7N&#10;W58QLz+y/AfiS7T/AJZaZcv/AOQmo8J2f9l+F9DtP+fext4f++YlWgDUoory/wAWahL8UNcvPCWm&#10;XEkHhqxbyfEWoQSbWuW/6B8TL/5Fb+BPk+8/yAHB/GTVNQ+KngfxBremXElp4M8PRNfWXl/8xy6t&#10;2V2kb+9aLtdV/vv8/wB1Eqx5iXEfmp/q3+dP+BV6p4k0O31DwXqmjxW8cFvNp01pFDHHtVFaJkVV&#10;WvD/AAPqH9qeB/D92/7ySbTrd3/3vKXd/wCPUGR6J8A7zy7zxxpX/LO31GG+RP8AZuIF3f8AkSJ6&#10;9I8UWf8AaHhfWLX/AFnnWcybP95WryP4P3H2P4ueILf/AJZ32hW1x/wKGd0b/wAdlSvcPL8z5H/j&#10;+Sg1Ob8J3n9oeE9HuP8AWedZwv8A+OrVzzPs/iTwfcf88dftP/H2aL/2pXP/AAzk/wCKH0uL/n3W&#10;S3/74lZP/Za1PEkn2PT7e7/599Rsrj/vm5iagD63ooorIAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigD5g+G//ACTzwv8A9gm0/wDRS1rW2uL4M8a6R4juH2aayNpmpOOkMcjK0Mzf&#10;7KyLtb/Zk31k/Df/AJJ54X/7BNp/6KWuguLeK4t5IpY454JlZHST5ldW+8rVqB7jqEN3Np92llOk&#10;F40bLBPIm9UbbwzLkbsGvCfh/wDCH4o/D2x1FrLxV4RvtW1Of7TqOs6hody91fS9mkYXQ+VV+RUX&#10;5UX7tS+GfFXiH4eRR2ltb/8ACT+HIiFjtnuBHfWaj/lmjP8ALNGvZWZXUcb3rsovj14f8vEul+JL&#10;ef8A54Po88jf99IrL/49WQHoGnefHYwJdyRy3YjXzXhXajtj5mVckgZryL4sa2viDxppHh23/eQa&#10;K/8AamoSfwpKVZLaH/e+d5f+2cf9+jXPi54h8QK9r4d0iTw9A33tW1jY0yf9crVWPzf9dWT/AHHr&#10;ntH0e30ez+z2/mSSOzTSzTyeZNNK33pJW/iZqANCimc0c1qA+iiisgCiiigD5r+D/wDxMP2qPjJq&#10;H+s8nbb/APjyL/7Qr6J5r52/Zj2ah8TPjRqqf8ttaaH/AMmbpv8A0GvonmtQOK+Mknl/C/xAn/Px&#10;Atuv/bSVE/8AZq6jy/L+X+58lcn8XP3nhvT7T/n71rTrf/gP2lHb/wBBqP4ieNLjw/8AY9H0SOO/&#10;8Watu/s+1k/1cKr/AKy6n/6Yxbv+Bv8AItAGf488Uahqmsf8Ib4XuPI1qaJZtS1SP5v7JtW/i/67&#10;S/8ALNf+B1seH/D+n+E9Ds9K0q3+yWFouyJPvf7TMzfxMzfMzVh6XZ6F8J/C8kup6xHBHNK1xqGt&#10;alIscl7dN96Rv9r+6q/cT5Frk9U+NGoax+68H6H5kH/Qa1yNre3/AN6KDiWX/gW1KAPXI/8AWR18&#10;1/DuP7H4X/s//oH3l3Y/9+rmVF/8dWuw+H/ijxRH8RLPR9Y1z+3bTU7G5uHSSzit/s0sLRf6ryx9&#10;1ll+6zNXP6fH9j8YePNP/wCeOvzTJ/uzRRTf+hSPQZGx4LuPsfxs8Lv/AM/2majY/wDfPlTL/wCi&#10;3r6Ar5v+0f2f8QPh/e/3NaW3f/dmgli/9CZK+kKDU4fwH/o9nrlp/wA+msXaf99S7/8A2pVzx5/y&#10;JesOn8EDTf8AfO1v/Zar+H/9H8YeMLf/AKfLe4/77gX/AOJq54wj+0eE9ciT+KxuP/RTUAfW8biS&#10;MOv8VSVleGLr+0PDOkXf/Pazhl/76RTWrWQBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFAHzB8N/wDknnhf/sE2n/opa6Hmue+G/wDyTzwv/wBgm0/9FLXQ81qAc0c0c0c0AHNHNHNH&#10;NABzRzRzRzQAc0c0c0c0AHNPj+/HTOarahef2fpd5d/8+8Ek3/fKs1AHyv8Asr+ONK8L+B/GHiXW&#10;5JIINT8Q+SnkW8lwzs0TTfdjBb+J69ok+Nnh/ULi3tPDUd5401KaJZvsWjxq3kxMqvullkKpF8rJ&#10;8rNv/wBivmv4FyfZ/gf4bu3/AHfneIr27/786NLXvn7Kenppf7N/w/t1/d79MWZ/9tnZn3f+PUAc&#10;n8YP2gPD+j2fht7iz1SDXbHWlmfw3PZst87JBL5aqq7lZWZk+ZWas/wfH8QNY+2amlnb+HtW1na+&#10;oa7rEfnXW1f9Xb21mp2xQxbvl81v9tk3V6J8RP8ATPip4Dt3/eR29nqd8kf9yX/R4lb/AHtsj/8A&#10;fytj/WfcoA8T8F6H8HPEnh/R9W+IfiyPUvH3lb72bXNckt7qynX5ZI4oldFgVW/urVj4iaP8N/D/&#10;AIH1zVfC/wAULj+0rS1kmtbX/hKIrpXl/h+WXezL/srVz4iRrJ8XNHSWPzNugXL/ALyP+9cwL/7L&#10;VeTS9Pk+/p9nJ/v26/4UAZ/wjvH1D4saXv1SPWoLS21q3t9XjjVVvYEuYEjm+X5fm2/w1oeJI/sf&#10;xk8WRf8AP3Z6dfJ/3y8Lf+ikqx4DjSP4yaWiR+XHFoF3sSP5VT9/brVj4oR/Y/jBo8v/AEENAuIf&#10;+BQ3KMv/AI7O9AHL+NLj+z9Ls9Q/6B+p2F3/AN8XMW7/AMdr6kk+/JXy38RLd7zwH4giT/WfYZnT&#10;/eVWZf8A0GvpjR9QTWNH0/UE/eR3drDcf99qrf8As1AHLx/6P8UNUT/n70q3m/74ldG/9Crc1CP7&#10;Rp9xF/fikT/vpax9c2WfxI0O4f8Adx3GnXcLv/uMj/8Axdbnh/Q9T+IHzWUkmk+Hv49X/wCW1z/s&#10;2yt/D/01b/gO/wC/QB6H4N+JQt/h54M0vSrI65rjaLZPPb/aPLitl8hfmnlw23d/Cu1nb+7W/wD8&#10;LF8QR/K3gyR5P+mGqW7Rn/d3FW/8drN0PwvpnhPQ49K0Kzj0mwh+4kEf/jzbs7m/2mrUj3+X8/8A&#10;rP8AvmsgJ/8AhbEcf/Hx4X8SW/8A25xzf+ipGqT/AIW/4ai/4+pNQsZP7l1pdzG3/ouqEclxJcSI&#10;9vHHAn3H8zcz/wDAdvy1JHcfvNiSf9+6ALy/GLwcZNkuuwWcn929je3b/wAiKta+l+M/D+sXH2fT&#10;9c0y/uNu7ybW8jkb/vlWNc1/pf2iTfJH9k2/Inzbv+BNms+88P6PrFv5V3o9ndxo33J7ONl3f8CF&#10;AHqdFeMR/D/wv5kiRaPHaSJt+e18y3X5v7rRlasf8IfYpHsiv9ctR/D5OuXqqn+7++20Aev0V5J/&#10;wj9xb/PF4o8SQT/35NQWT/x2RGT/AMdrkPiR4v8AFPgfT7OK38aXupa1qDtFpukQaRatdXsv91Xw&#10;FVV3fM235aAPoqisnw3/AGn/AGDpn9ttA2sfZo/tjWufJM+0eZsz/Du6VrUAFFFFABRRRQAUUUUA&#10;FFFFAHzB8N/+SeeF/wDsE2n/AKKWuh5rnvhv/wAk88L/APYJtP8A0UtdDzWoBzRzRzRzQAc0c0c0&#10;c0AHNHNHNHNABzRzRzRzQAc1z3xI1B9L+G/iy9T/AFlvo93N/wB8wO1dDzXBfHy8/s/4H+PLhP4N&#10;FuU/76iZP/ZqAPmPwP8A8Sv9nvwm/wDq9lr4nu/++LGWFf8A0KvpT4D2f9n/AAP+H9p/zx0KyT/y&#10;AtfN95/of7Oejv8A6vb4K8T3f/fc6Iv/AKFX1h4Ds/7P8B+G7T/njpNpD/3zAi0AcX4w/efGzw+n&#10;/PHw7dv/AN9XNuP/AGWvP/Cf/CpLiPWP+FgXGj2/jD+2L37U+pXDW91t89lg2tkN5fkqm3a1d54g&#10;/efHD/rj4ZX/AMfu2/8Ajdbkn7yPY/7yOgDyvxh4X+Dkeh6xreheNPL1qx0y4e1S18WNIz7VZ1hV&#10;ZZH+8y/drk/h/qEt5p+oRf2x/wAJLaWk8cNvq/7v/Sd0ETyf6sBflkkda2PGml2Vx8YLxJbO3kjT&#10;QLb5JLdW+Zrmf2/2auW9vFZ28cVvHHBAn3EjjVVT/vmgCx8P/wB58aP9zw3N/wCPXMH/AMTWh8cI&#10;/s/iT4f6h/0+Xdi//bW2Z1/8egqn8N/3nxgvP9jw6v8A49c//Y1sftAR+X4P0fUP+gfr9hN/wF5f&#10;Jb/x2WgDm7i3S8t7i3f/AFc0TQ/99Ltr0T4P+JLeP4J+C729k/5hlvabI42kkeVF8ry1VfmZt0f3&#10;Vrz+P7RJeR2lpbyX9/N/qoY9q/d2ruZmwsS/N8zM1fQHwL+Ddv8ADfw3pcV7ef2zrSLcPFdQfNb2&#10;avK0rQwcf9NNu777/wC78lABp/wvfxZqml6t4wt47S0sdz2ui+ZuZ2f5f9JZflb7v+qXcn953r1C&#10;4kt7eSOWWTy9i7E/ebV+bav3fu0SW6W8lxLcW8f31m3+X83yr/6FUckjxyR3HmRx2jqu/wAzdu/2&#10;dv8Ad+9WQEkcfmSRyyx+XIm5E/ebvl/ytSfZ08v/AFf8W/8Aef3qPM/gT95IjbHqvcSf2fH5v7vy&#10;PNZ7h55PuLQBYjkf7RInl+XGv3H8z79Rx28Ucklwn/Lba7/xb9vyrRHcfaLeOWL95HLt/wBn5W/i&#10;qP7Y8en+alnJ/cSGP733tvtQBJJJ9jt7iV/3+zc+z5V/4D2qTzHkj+SPy/l+TzP73+1VPzHk1Dzf&#10;tkcdpD+58mP5d8v+0zf+O7asXkkv7tIv422O/mKrJ/tfNndQBJb+bHbx+bJHJPt+d4/lXdVe3s3+&#10;zx/bZPtc6S+dv8v5Ub/Z/wB2pLi4S3jkll/dxp/H97/0HLVn+KPEmmeC9DvNb1PzI4F2psgj8ya5&#10;lb5Y4Yl+80jM21VoAp+PPFtj4P8AD8l9d28mpTyyx29lpkHzTXlyW/dQxL/e3f8AfH36s/Cf4b6h&#10;o+p3fjHxh5F1411ZVQpb/PDpNqP9XZwM3Pfc7fxv9Epvwr8B6tcal/wm3jSJI/ElwrJYaTHJ5kOh&#10;2rf8sV7NO3/LWX/gC/InPrlABRRRQAUUUUAFFFFABRRRQAUUUUAfMHw3/wCSeeF/+wTaf+ilroea&#10;574b/wDJPPC//YJtP/RS10PNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXl37Tl59j+A&#10;fjR/+e1rHb/99zon/s1eo8149+1xeJZ/APxBv/5bT2UP/k5E3/stAHhfjSPy/wBn+3i/6plN/wB9&#10;XN9AtfYlnH9ns7eL+5FGn/fKrXyX8QLf/i1f2T+54I8M2n/f7UF/+Jr6E+Lmuanpcfh/R9E1CTSd&#10;S1zVltPtscccjQwJE8srKsgK7tse37v/AC0oA5+8k+0fHDxA6fvPsmhadbv/ALDNPdS7f++Wroea&#10;8e+E/ix4/C9v9n0PxB4o124gh1HX9QsY1uG8+XcFaXc6tu2x/Kqr8iV1mofEjRI7O4t9Vt9c0KOa&#10;JoX/ALS0O7h2bl2/e8sr/wCPUAef6hrF7rnjS88V2nhfxJP4evtMtrey1CDS5Jo5lSWdmkXZuba3&#10;mJt3LUcnxE8P2cmy91D+zJP7mpW8tm3/AJFRa3Phv+0Rqun6Pb+F9K0PQ/FEfhuztrF9U03XGjjm&#10;+VlX5WgO1tsfzLWh8RPjB4g8aeD7jR3+H8n766tpnT+2IJI3WKdJZI23BfvLHtoAj+E9xFefFTWL&#10;i3kjng/4R22dHSTcrq9zL8y/9811Hx8t3uPg34sdP9Zb2f2tP96Flm/9p1wf7Pel3Gl+NPEEVxHH&#10;BP8A2TbzPBB80cPm3l5N5a/7K+Ztr2TxZpf9ueE9c0x/+XuxuLf/AL7iZf8A2agDxu80+01S4t71&#10;4/38Kt5U0cjRsivt/u4rY+EfhOy8UXnjCLULzVPP0/UYUt3tdQkt/wBw9sjruWMhW+Zn+ZlZ65vw&#10;PqH9qeC/D92/7ySaxt3f/e8pd3/j1dh8E7j7P8TPGFp/z96ZYXf/AHw08bf+yUAegR+B9Qs/+Qf4&#10;48SaTs/59LiPb/wJWQq3/fNWI9P8d2fyWnxEvJP9u+s45m/8eO2ukqnrGqW+h6Xcahcf6uFfuR/M&#10;zt91Y1/2mb5VoAf4Mb4sa/oE+q/8JJ4UktLe/uLT/iY6dJb7/Kk8vdvVyvzN/s10nk/F/S/Md/CH&#10;he+3Nl307VJVkdv722RFX/x6vlr9sfxtqXhj4a+C/glpn+keJdWaPUNchg+ZvMmlZ47f/gUz/wDk&#10;OOvtz4I/D+7+F/wp8M+GL7ULjUr6xs1W6ubu4aZmlOWdVZiflVm2r/sgVkBwv/CWfEDTzu1P4T6p&#10;JB/f0rVLK4b/AL4aRP8A0Kqf/C4P7PuJP7V8H+NNN+7/AKK+j+ds/wBr90W3V9D0UAfOknx88BSX&#10;FumoaxcaLsl3p/aunz2q7v7v72MVuW/xY8CahJvt/Fmhz7P+ed5E2zd+Py17W8aSDa43Vg6t8P8A&#10;wxrk5m1Dw7pd7O33p5rONpP++sZoA4qTxhoVvod5rb65Z/2TaRNNcXsdwskcKqvzfMpNU/hn4X1L&#10;xdqkHjvxTbyWY27vD+hTglrCF/8Al4n/AOnqVfvf88lOz+/XQr8BPhx/bFpqo8D6Al/ay+dDOmnx&#10;qyN2b7v3q9CoAKKKKACiiigAooooAKKKKACiiigAooooA+YPhv8A8k88L/8AYJtP/RS10PNc98N/&#10;+SeeF/8AsE2n/opa6HmtQDmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgA5rwr9tiRI/gPcI/7v&#10;fqdl/wCOsz/+y17rzXzt+3ZI/wDwpvT4U/5baxCn/kC4b/2WgDm/iJb/APEvksv7n/CE6d/31cs9&#10;esfFy4S38cfDuV/9XDeajM//AAGxevN/iJH5niSS3/v+MvC1p/36gWX/ANmrpP2oNU/sf+w71P8A&#10;WQ2etOn+81jsX/x6SgDn/gfH4t8D+D7O90LT9H1a01zTrK7lh1K8lt5oZ1g2Nt2xurKy7K9It/ih&#10;47t5P3vgPT5/+vXxJt/9CgFHh/S/7D8P6Xpn/PjZw2//AHwqr/7LWjzQB85eE7fU4/FmsRaxpcek&#10;3+nwLaSpHcLM1y01zcXnnMy/xbZ0Wu15rOk/efEjx4//AE+WiflZxf8AxVaPNBkX/hH/AMlI8YP/&#10;AHNO05P/AB64avXPMS3/AHsskccCfO7yfKqKv3mavC/A/jDSvB/jDxxe6rceXvi0q3t4I42kuLmV&#10;luG8uKJfmZv92qel+OL34maxJrHirwX4gu/BELSJZeH7GS2mWaWKVkaa8XzlZm3L/qvmT/foNTj/&#10;AIf+LH0/T9D0S40PWILC4urmx0rWpLdfsN75TSuvlNnc37tflbb89emfD+4TS/jJbyyyeRHd6Bdo&#10;7yfKqeTPBLub/gLPVP42eNPCnxIuPA9jqvh/xAmk6ffXFxew32j3MKwr9jdI/miB/iZPutXByeE/&#10;hlqmoWf2Lx5JYQQt8+n32qNJG8TMrNHtnO5d21KAPrCTXIbiSzt9Kjk12+vv+PWy07bI03+1u3bV&#10;j/vMzbK7O28FWXw10C7+IPxBvY7i40SCS+Wyg/48tPwn/LPdjzJv4fNb/gKpXwB+zHb28HjDxhpi&#10;3l5aazE2+31PR9QktZHUMyt80RG5dzI1a/7UHxX8df2Pb/Dq98aXniix1Bo7h7KeziW4Ta37qNpY&#10;8NLub+9/zzrID0L9i/wjqf7Q37Q/iP4y+J4/MtNPumltUk+ZftbrtijX/Zgh/wDadfo1Xxz+zj8V&#10;NO+BPwx0fwhrHgzWLQWil7rU9J8vUIZp3+aSRlQiX/yG1fQPhX4//DvxlcC00zxfp325v+XK9l+y&#10;3X/fqXa//jtAHotFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfLHwv1C01D4f8A&#10;hdLS4t7uRNJtt6QSLIyful/u11nlvH9+vkv4V/BdPGHgPT9bu9UjjjvoI3tIZ9HsbhkiT5Pml8lX&#10;bcy7vvfJXYR/CfxXo/8AyCvFEcfzb9kdxqFn/wAB+W5kT/yHWoH0DzRzXg0cfxb0f7moXF/Hu3v/&#10;AMTC0uv+A7ZbWBv/ACJVPUPjZ478FyWaa7pf/Hw3ko8+hz7Xlb7sfm2k9wqt/wBs6APoXmjmvBrf&#10;9qi3s5Nmp6Xp8cm3/oKNZtu/3byCD/0Kus0f9oTQtYj3ppesSf7djHFqC/8AkpJJQB6bzRzXFf8A&#10;C6PBUcmy78QR6TJu2bNVt5bFv/IqLXQaP4o0TxBHv0zXNP1L5tn+i3kc3/oJNAGrzRzT/LeP78dM&#10;5oAOa+bv26NQis/hv4bhlkjjjm1re/mfL8q20/8A8VX0jzXy18dNnjD9qj4f+H7v9/Yae1lN5Mn3&#10;d0ks80jf982SLQBJ4k1C01zxho93ZXFvf2l98T9O8q6gkWSN1h0xfusuVb7tdZ+0B4bl8WePPhfp&#10;iSRpafbLu7vfM/jgiWB2X/gTKlcH4s0dPDf7UHhfw5pUdvYeHn1G08Tvp8Ee1UvJVuLaRl/hVWWP&#10;cy7fv16J8aPElp4X+JHw/uLiO8u5JrXVYbeysbdpri5lK2+2OJV/i/8AHKAOskk/1jv+7/jd64+z&#10;1zW/iZJJaeBPLg0lG2XHi6+j3Wqf3ls4uPtMn+1/qk/vv9ytDS/hXqvxAkjvfiB5dppO7fF4OtZN&#10;0P8AstfSr/r2/wCmS/uv9+vRPFnjDw/8N/D/APaGt3lvpOk2+2GJPL++38MMUS/Mzf3VVaAOLt/2&#10;Z/BXl77iPWLvVpm33Gtf2xcx3lzL/eZo3Vf935fkrx/xZ4Xt7jWLjQvhl4o8Qatq1vLsvb2+uIrr&#10;SdM/vLLK0ZeWT/plE2/+86V2nijxBr3xI0+4u/EFxJ8Pfh6i/PZSXC2+oXsX3f8ASZVP+jRt/wA8&#10;lbf/AHn/AIK2LjXPC/w78L6f5X2ew0X5YdPtdNj3eczfdjgijy0rN/s0Ac/8P/C/hLwn4svIn1iz&#10;1nx95Uf226upI1vPKZdyrFF/yyj2/wAK/wDAq5v4T+OPDkfh+4sn8QaXHdpq2o/uZLyNW2teSsrb&#10;c/7Valx4T13WNH8cP4l+D9xrUfiFvtGmp9osprqz22aQR+arSK0Um6Pd8rfJXSeH/iZ8L7Pwfoei&#10;a39jn+w2dvY3U0+jtNapKiqki+b5ZX5ZF2/3KANC3uEuI99vJHPH/fgk3L/47ReWcV5Hsu7eOeP+&#10;5PGrf+hV5n+0J8P9M8J65b3dpo/hfTdN1D9zZQabp62948qLuk3MsLf+Ostangv4f6V8QPhvef8A&#10;CJa5qFp43sYlhuPL1S+hs0nb5l/dSO38P/j9AHi/xQ0Pw/4D+PGn3uq6XbyeF9Qg86W18vbGnysj&#10;bVXH8So1Yfwj8N6Z408Uax4r1u8k8PaFp7b7d/tjQtDK3zRRrKxLfKtaHxE8B+IPFH9n293400/X&#10;Z7e6+yJ9u1CJlRn+Vm8+OBE27l/iaug1j9juXwXo+n3fivxxo9hJNKyJp/2e5mWZtu5o1aP59397&#10;bHWQFfxZ8bLLw/JJb+FPGnijXbv7iJPHbTW+7/ekh3tXplnpfjDxZ4b0+7vdQ8P6tHdwRzPZeIPD&#10;7KyMy/MrbZP/AGWo/hX4PuLOO4TwZ4b8H6tPabUuntdQube8Tdu27vtNsH+bb/e2VHefHy00u48r&#10;UPDeqeWkrQvdabJFeWqMrbW/eq4X71agaGl2/wAQ/Bf/ACL8cek7P4PDniie3h/8BZ4Xg/8AHa7P&#10;SP2pvjb4U+XUPCZ8UQL/AM94LZZv+/ttNt/8g1mSePLfT/8AkJ6H4k0n/r60O72/99Roy1n/APC0&#10;NM1y4j0rwpJH4l8S3HyW+lx7o2T+9JPuA8qFf4mb/gPzUAes+Hv+CiHhRdcsNH8aeC/FngnUr5tk&#10;Dyae11byfNt+V0Af7x/551754T+NXgPx5J5Og+LNLv7v/nz+0iO4/wC/TYcf9818dePPhnF4H8D6&#10;fqF7cf214o1DxJo/9oavJHt+7crthiX/AJZQr/Cv/A2+atjWPD+ma5H5Oq6XZ38f/T1brJ/6EKyA&#10;+56K+FNH0+98L/8AIteJPEHhvZ9yGx1CSS3/AO/Eu+L/AMdrbuP2mPiZ8MLjS7vVrfT/AIheHprq&#10;O0ukjt10/UofMfZHIjKfIk+Y7dm1P9+gD7QormPAvjfS/iJ4XsfEGiTtNp92G4kj8uSJw2145EPK&#10;SIysrL/eBrp6ACiiigAooooAKKKKACiiigAooooA+HP2f/8Akifgv/sHL/6E1egVwfwD/wCSJ+C/&#10;+wev/oTV3lagFc/8RLNLzwH4gif+CxmmR/4kZF3xt/vKyo1dBWH43/5EfxJ/2DLn/wBFNQBuaHcP&#10;qFnZy3H7zzoI3dJPu8qrVn/ED4Z+D9Yt/NvfCehzz7f9dJp8Xmf99Y3Vc8J/8g/S/wDr2h/9BWtj&#10;xZ/x5/8AAaAPnO4+H+lafqHlaZcaposf9zTdYuYV/wC+Vk2/+O0ax8P08N6XceI3jj8YWmnr9ovd&#10;L8QWdtcSTWq/NL5E6xrKsir8y7mff9yuk1D/AJDFdpo9nFqFncWkv+ouImhf/dK7WoALP4R+EpLO&#10;3u9E/tDSYJole3fR9Yu7VdrruVlVZNv/AI7Vj/hX+sWf/IM+IHiSD5diJffZr5f/ACLDu/8AHqr/&#10;AAP1CXUPhP4biuP+PvT4G0u6/vebbM1u3/ouu95oA4r+z/iNZ/8AHv4k8P6t/salo8tu3/fUU/8A&#10;7LXg/iy312P9rDwfqHiC30uCe4n06FE0q4kmj2rFfru/eIrbvmr6t5r5y+OmzS/jx8N9Tf8A1b3l&#10;h8/+7cvE3/pTQBoeJPB8XjT9qS8tH1C8027tPCllfWV7Y+X50MqX0q7v3iMrf6z7u2suz+Kmk+G/&#10;2iLey8R/ESz1rTdG0W7hfVJ7OO3WyuppYP8AR5ZYv3W7y4t38Nc/+05cXeh/tCeC0+0XFppviTRZ&#10;tL1B7WRoZHihn85oVZcMu7citt/grqNP+KGlfDfwXeRaJpdnYabY2s0yafaxrHG+xWbb/tbttAHc&#10;eJP2gNKuNQ/4R/wF9j8b+KHiWbZa3i/YbKJvuzXM652r/srud6x9D8Bzf25H4m8UahJ4o8WbdkV7&#10;PH5dvZK3/LOzg5WJf9r77/xPXien+B7vxJ8XPhvqtxqkmm+IdZvLhLrUNDjitVhg+xyy+TEuwrt3&#10;fxMrO9e2eJPhXrGqR3Hh+y+NElpd7V821urOy+2bW/h3RGN13L/F9/8Au0AY/wARNYl8aR3HhLwv&#10;o9x4s1aG6tpr+G18tbeyiinSVlllkITzGWPasW7fXQfD/wAF6fH8bLjxBp/w7vPBkCaLJC/26zij&#10;j+1POjboPLd0VvLX5mXbVPxB8I/iRb+B7fwv4fuPC+k6baSrNF/Y323TWf725Zf9Zu3btzfMr7/4&#10;6PhvpfxA+F/9oPqvhvWPEsdwsaJDY65BNDDt3fMsU7q+5t396gDY0/8AaU0fUPEFvpieG/EEck06&#10;26f6PH5yMzbdzQb96r/e+WuT/aI8H2Xh/XLPxW+sR6T9olW3ihtdLXd56qzNJ58bx/M3/TVv92j4&#10;gSXfijxBJqd7cfEjwvA6xp9ik0Oe6t4dq7d0TWk+1f7zbt1dZZ/FTwJ/wh//AAjV38RJIL/7L9k/&#10;tTWY2tbzcy7fM/fxqu7/AIDWQB4D8QRfFj4Z6h4f0/XLi/12xiWGXV9c0uKZfNdmaNtuXib5fl+9&#10;v/vV5n4D+LD/AA/8YSWmseKLi70W0lmt7iytNPj2vLu2blVtkq7W/uxtvrH8L/FDw14D8cfuvHms&#10;eJbTTp5IZbXTZIvLvW+Zf9VJdu0q7vmXyo13/wANeqftAW93pf8AZfiv/hLNU0KwmWO3isoLORW8&#10;1lZ9zNHJGytt/wCerVqBzfx08D2/hPXLPXdP/wCEb0nTbhlS3tfsa/aHvPmdm2+RMrfKu77q7K7T&#10;wvrFp8ZPh3eaPd6ho+u+LLGDfK99o7eTbTvu8qTypAP7v3l20fCfxJo/xM8D3nhyXULzxDf2MX+k&#10;ahrmnxTfNLv8tl5kRtv91mZ/71eT6frCfBPx5/Zl3401CSDS51fULXTdPWGO5+XdtZZZ1T5lb70S&#10;/wC7QBJ4T+IEvwb8cXGlarrlnHpNjKyara6Vp8Xzy7fl2/uYG+Xd95d1dZ8bPBemW9vp/jvTNQ0f&#10;w9pLrC//ACC9s008rZjk3LGzbm3fdZVrvPHHhPUPipp+h6x4a8Qf2FA8HnbJ7No5Jlfa0bMy7ZYm&#10;X+7XPyeINd8D2/8AwgVvqn/CxvH2p7riKG+j/wBF0y1bavnXjMWby933VZt8r/ItAGf4H+OlxJod&#10;v4Z0+8vPG/xCm3PEk9n9lhSJm/108q5VYYv4m++/3FSvRND0PT/hfoeseJfEuuR3epTRfaNa8SX3&#10;7veqfdjVf+WUK/8ALOJf/H2qv4P8F+HPgf4X1jU728t455v9O13xBdRxw+cw/ibb8qxr92OJfuV5&#10;X4g8caf401zT9b8Z3Emk6FDKs3h3wdJG0l9et/yzvJ7WMF2b/nnFt+T77fN9wA3LjS7j42XkeseK&#10;tPkg8Jwtv0jwxdfK03928vF/56f884v4P977kd58J9C0Ozku9P1zWPCcEK73eDVG+yp/vLPvRaz/&#10;ABB8UNbk1CPT7ezj8Lz3H+qh1KNtQ1qb/ai0u2JZf96dlrQ0P4D+K/Gl5b6hqtn9k2NvTVPHHl6l&#10;eJ/tQaXERa23/AmZ6AOHk8WeJbeP7X4c1iz8Z6FC3+lavrFmuk6fCv8AE32/esTN/wBco2rY8P6H&#10;4l+JF5Z3dpZyeLILeeO4t0gt20vw6kqNujklupR9ovlVvm2xR7Hr6A8P/AvwvpeoW+p6rHceMNai&#10;/wBVqHiOT7U0P/XCLAig/wC2Ua12niDxBpnhfR7jWNY1CPTdNtF3y3U8m1UX/wCK/urWQGf+yPpd&#10;5o/w11i31TUI9T1L/hJtWa6vEi8pJpftkm5kTJ2ru6V7nXl37Pel3ul/DWCbUrSfTbrUr++1U2t2&#10;myaGO4upZo1kX+FvLkTK/wAJ4r1GgAooooAKKKKACiiigAooooAKKKKAPiD4B/8AJE/Bf/YPX/0J&#10;q7yvP/2f/wDkifgv/sHL/wChNXoFagFYfjf/AJEfxJ/2DLn/ANFNW5WH43/5EfxJ/wBgy5/9FNQB&#10;seE/+Qfpf/XtD/6CtbHiz/jz/wCA1j+E/wDkH6X/ANe0P/oK1seLP+PP/gNAHi+of8hiu48N/crh&#10;9Q/5DFdxoH+roMjD/wCJr8M/FGqanp+j3niHw1rkv2u6stN8trqyvNqq0yqxXdHKqpuXdvR/n/jr&#10;Q/4Xp4Ut/k1P+2PD0n/UY0e7t1/768sp/wCPV1FHmPH9yg1Keh/Ezwf4k+TSvFmh38n9yDUImk/7&#10;5zurzP8Aa08J3uqeA9P13TP+PvSZ9+/+FFdkaNv91ZooK9A1jwfoXiT5NV0PS9S/6+rOOb/0IGpL&#10;f9nP4eahpd4i+H/7N86Jkf8Asq8ns1dW+VtyxSBW/wC+aAPM/jB4DT9qj4T+F/EfhTULew12xlXU&#10;dPe63eWku3ZPay7csvzfK3+3HXzv448L/ED4f6po+hanH4bu/EOrN5NvotrrG6Z938TK0YVV/wB5&#10;q9ovPg3p/wAM9QvIvC/iTxZpNpdtvuLWDWJPLfb8vpu3f7X3q5vWPhfpV5Z7LK3jjv8AzWme6uo2&#10;umuWb7yzsx3y7tv97en31oAy/gnH4j+H+saHe+O9D8QRwaC1x9gstK0tb7YssTRKrTrNuZVVvl/d&#10;11vgv4H+CvjxJ408ZXv9sQXep+Jr/ZM/7uTbGyRqrQTxsqsvl7fu1neB73x/dx6gnh+w1jWbHSZV&#10;t7h/scmtWKN/zziuottxuX+JWWXb/FXWfs//ABQ8OeG/CeqaZ4n1zS/DfiF/EOqXNxp+pXDWbJ5t&#10;y7oypOEbaysm3ctAEcf7Jcuj/P4a+IGsaL/cTy2jVP8AwGkgqT/hV/xw0P8A5BXxQjv40+4l9cSf&#10;+14bn/0KvdNL1zTNcj36fqlnfxv/AM+txHN/6CTVzy3j+/HQB4H/AG5+0b4f+/p+j67Gn/POO2kb&#10;/wAdmtv/AEGuf0vR/iX+0JqGsS67rFx4esNPum064tZ/NhhhnRVZo4rO2uhu+Vvmnnmf+4qJX05X&#10;k/h/XH8D+NPiJoj6fcalqV3ef8JJpWn2vlrNqcE0UUUixeYVXdFNG/mfN8iSRvQB5XqH7GesRyb7&#10;LxZp93829Pt1nOrf99STTr/47WX/AMM9/Fjwv8mmXFvPH/c03WJIf/HVFsv/AI9X0B/wnnjiz/4/&#10;fhXqEkf/AFDdcsrhv++ZHjo/4XIlv/yE/A/jjTf9uTQ2ul/76tnkoA8Dt9Q+PfguPZ9j8UeQnz+X&#10;B5d5H/3you2aiT9qDx74fkj/ALet4/Mh/wCgx4fWNv8Avpntf/HVr3j/AIaE+H8fyXuuSaL/ANhj&#10;T7uz/wDRsarW5pfxc8Fa5+60/wAaeH7uR/4I9UiZv++d+6gD5z1z9tzxHJ4fuF0rS9Hu9Wm/cpdW&#10;sdzJ9m3f8tmiUOjbdv3fO+/XefCP4qeCtH8HyXHw/s/EHxC1LUP9O1fXbq3+x+dP/FJfXk+2KLb9&#10;3au7Yn3UrL/aE8L6J4o8WWezw/pfiSTSfDOp6/b6f9jjuFubxJ7eKJmWPDT7VkfbFu2V2nw/0fwv&#10;4kvPCdx4m0PXPFFprP8AyBdQ1y4spNN3eU0y+Vp1s5igXy4327o2/wBp6yA4fxJb+IP2iLzT0eS8&#10;8Q6bYzrcRaR4Lk+z6T56/da51acBZWX+7BG2yvVPA/7Ndxp8cj6rqlv4eguP+PjT/B3mQzXP/Xzq&#10;kubqf/gLRV7xHGkcccSR+XGi7FSP5VSuX8SfEjQvDeoR6VLcSalrrrvi0XSrdry+f/tlHllX/aba&#10;lAFzwf4D8OfD+zktfDmj2eixv/rfssf7yZv70svLyt/vNVjxJ4o0fwfp/wDaGu6pZ6TafcWa6kWP&#10;e391f7zf7K1RsPC3xK8dnc8dn8NtJf8A56eXqGrOv+7zbwf+Ra7XwX8EfCngvU/7WWzk1nxB/Fru&#10;uSNeX3/AZX/1a/7MYVfagDz6x1zxj46z/wAIf4XksbFv+Y74tjktIf8Aeitf9fL/AMC8pf8Aarr/&#10;AAr8CbK01ez13xXqlz438QWj+bazXqLDZ2Tf3ra1X5Eb/bbc/wDt16tRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQB+ffgrSfib4E8H6PLpnwz1TVvD13ZxXaQQ3EE2xniUs0TROz7ZfvbWj+Vqu3H7Q&#10;Fv4fk8rxR4P8SeGn/i+3WbRr/wCRAlfY/wAH/wDkkngj/sB2X/ohK6z7/wArUAfEGj/HjwJrn+q8&#10;QRx/9d45F/8AHtu3/wAeqxrHiD/hPLe40Lw1cR3dpcRNDqGtR/vLe2iddrRxfwyzMrfd/g++39x/&#10;qXxH8GPAHi1nfWPBeg6lIw5mn06FpP8Avvburjbj9kzwFGn/ABJP7c8L/wDYH1u5jj/79M7R/wDj&#10;tAHEaPbpZ/Z7df8AVwqqJ/ur8taHiz/jz/4DWnJ+zRr2nybtF+J+qJHj/V6xpdpef+PIkTU24/Z3&#10;8W65sh1v4nyfYB99NH0OCzmdf+urvLt/75oA8KvI3/tiu00D/V16fa/sf/CtYx9u0K81m6xl7rUt&#10;Xu5pn9/9bj/vkU+4/ZJ8D2//ACBLzxJ4Yf103XLll/74naRP/Ha05gOJorevP2afFFn/AMgf4nXM&#10;kf8ADDr+j291/wCPReQ1Y918Kvi5pIBSz8H+JI1/54Xlzp8j/wDAXjmX/wAep3Ahrs9H/wCQfJ/u&#10;15/JonxNt/kl+Fd5J/00tNcsZF/8iSI3/jtdBp6/EyS3kt7T4XyWkjpt87WPEFpDCn/fjzm/8drI&#10;DyT4qXlvp9xcXd3cR2lpDueWaeTaqL/earXwl/Z91z4zfZ9V177Z4X8Cv8yQ/Nb6lqy/o1tA3/f1&#10;v9ivXPBf7NM914qtvE3xGvbHxFfWknm2Gh2NuV02zl/hmbzMtPIv8LNtVP4UDc19C0AZHhvw3pXg&#10;/RbTR9F0+DSdKs4/Kt7O0jWOKNR/dVas6hpdlq1v5V7aW95D/cnjWRf1q9RQB5rrH7N/wp8Qb21D&#10;4b+FriR/vSf2PAsn/fSoGrnJ/wBkH4bR/wDILtNc8PSf39H8QX9sv/fCzbP/AB2vbaKAPArj9lm7&#10;s8/2L8U/GFp/sal9i1CP/wAiQb//AB6uO8afsp+N/FGnW9rf+J/CHi2C3l863GseH57WaFum6Ke3&#10;ut0Tf7SrX1dRQB8N3H7LPxR8P/8AIPtJNn/Uv/ETUI//ACFeQOn/AI9WZceC/jR4b+d7f4iRp/00&#10;t9C1xf8AyG8ctfe9FAH5+XHxI+JHh+P/AImdxsj/AOpg+H+s2P8A5FgMyVz958ZNK1j91rfh/wCF&#10;/iH++kniCK3k/wC/V9ap/wChV+kdUdQ0my1aHyr2zt76P+5PGsg/WgD8/vA9n4f+Gcfiz4m/2X4b&#10;sLuazhtLXw/4RuIJFhgWX5VaVdqNJLJIm5vuIkcdb/wDsNV0+OzeLT/+E68S2L3aWmn+GZP+JLo3&#10;2id5pfNv5MRNJ82z91u2LHsVPnevqbVP2c/hVrk8ct/8OPCd3OjrKHk0e23bl5X+Cu+s7O30yzS1&#10;tbeO0t4l2xwwxhVRfRVFAHj1j8GvFfjA+b418T/2TYt/zAvCUkluv+7JeNidv+2flV6R4L8A+Hfh&#10;3pf9n+G9GtNHtXO9xaxBWlbH3pG+87f7TZNdLRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQBx/wf/5JJ4I/7Adl/wCiErsK8U+Fnxv8FWHwt8HW8+uBZY9Hs4mH2ScjcsCA&#10;/wAFdV/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK&#10;8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C&#10;/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eB&#10;f+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/AMk5&#10;/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/&#10;APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz&#10;7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/&#10;ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/&#10;6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A&#10;/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv&#10;+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A&#10;0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/o&#10;Of8AknP/APEUUAf/2VBLAwQUAAYACAAAACEANhFnydwAAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBm90kkqIxm1KKeiqCrSDepsk0Cc3Ohuw2Sf+9oxe9PHi84b1v8tVsOzXS&#10;4FvHBuJFBIq4dFXLtYGP/cvdAygfkCvsHJOBC3lYFddXOWaVm/idxl2olZSwz9BAE0Kfae3Lhiz6&#10;heuJJTu6wWIQO9S6GnCSctvpJIqW2mLLstBgT5uGytPubA28Tjit7+PncXs6bi5f+/TtcxuTMbc3&#10;8/oJVKA5/B3DD76gQyFMB3fmyqvOgDwSflWyZfoo9mAgiZIUdJHr//TFNwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhABmUu8nDAAAApwEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDLCsIwEEX3&#10;gv8QZm/TdiEipm5EcCv6AUMyTaPNgySK/r0BQRQEdy5nhnvuYVbrmx3ZlWIy3gloqhoYOemVcVrA&#10;8bCdLYCljE7h6B0JuFOCdTedrPY0Yi6hNJiQWKG4JGDIOSw5T3Igi6nygVy59D5azGWMmgeUZ9TE&#10;27qe8/jOgO6DyXZKQNypFtjhHkrzb7bveyNp4+XFkstfKrixpbsAMWrKAiwpg89lW50CaeDfJZr/&#10;SDQvCf7x3u4BAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzCT0NzwDAAAECgAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA0qz9brkzAAC5MwAAFQAA&#10;AAAAAAAAAAAAAACkBQAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhAEI7dHXb&#10;PQAA2z0AABUAAAAAAAAAAAAAAAAAkDkAAGRycy9tZWRpYS9pbWFnZTIuanBlZ1BLAQItABQABgAI&#10;AAAAIQA2EWfJ3AAAAAUBAAAPAAAAAAAAAAAAAAAAAJ53AABkcnMvZG93bnJldi54bWxQSwECLQAU&#10;AAYACAAAACEAGZS7ycMAAACnAQAAGQAAAAAAAAAAAAAAAACneAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc1BLBQYAAAAABwAHAMABAACheQAAAAA=&#10;">
-[...1 lines deleted...]
-                  <v:imagedata o:title="" r:id="rId27"/>
+              <v:group w14:anchorId="49A12E72" id="Grupp 30" o:spid="_x0000_s1038" style="width:329.5pt;height:101.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="41846,12860" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMwk9Dc8AwAABAoAAA4AAABkcnMvZTJvRG9jLnhtbNxWUW/TMBB+R+I/&#10;WH7f0qRr6aK207SxadKAisEPcBwnsZbYxnaajl/P2Ym7dkUwJkCCh0RnO7589913Z8/PNk2N1kwb&#10;LsUCx8cjjJigMueiXODPn66OZhgZS0ROainYAj8wg8+Wr1/NO5WyRFayzplG4ESYtFMLXFmr0igy&#10;tGINMcdSMQGLhdQNsTDUZZRr0oH3po6S0WgadVLnSkvKjIHZy34RL73/omDUfigKwyyqFxiwWf/W&#10;/p25d7Sck7TURFWcDjDIC1A0hAv46dbVJbEEtZofuGo41dLIwh5T2USyKDhlPgaIJh49ieZay1b5&#10;WMq0K9WWJqD2CU8vdkvfr6+1ulMr3aMH81bSewO8RJ0q0911Ny77j1HWvZM55JO0VvrAN4VunAsI&#10;CW08vw9bftnGIgqTJ/HsZDqBNFBYi5PZZPZm0meAVpCmg320eru7c7tv6vMWkbT/qQc6AFvOFacp&#10;PANZYB2Q9XNRwS7baoYHJ82zfDRE37fqCPKqiOUZr7l98BoFfhwosV5x6nh2A+B1pRHPF3gcYyRI&#10;A1zCsvsrOo1PHSvhs34TcUH51CAhLyoiSnZuFOgbmAQHYUpr2VWM5MZNuyTue/HDPSBZzdUVr2uX&#10;O2cPIUOJPJHYd1jr5XspadswYft61KyG6KUwFVcGI52yJmMQpr7JPSCSGk0/Am5fecZqZmnlfl4A&#10;iGEeMrtd8IgfQbpwDKj1ZQJMRpPkNMhoOjrxDAUZAcPa2GsmG+QMgAwovbbJ+tY4vIArfOIQC+mI&#10;CyQ7VAPfANI1IOhoJvAJowNGf6lo7yqiGKBxbnfEkwTxOOpAFDXIJ/HlMXwYStv0df0DpextcINn&#10;8ewofYORK+h4Clr2aQ0FPx6BNn2xT8e/i2yS1mKf/X4GukAPuefIbrKNry/fYdxaJvMHEI6WkFro&#10;QXBogVFJ/RWjDg6ABTZfWuKKvr4RkCx3WgRDByMLBhEUti6wxag3L2x/qrRK87ICz7GXjpDn0CEL&#10;7uXziMJ3V6+Pf7BhjYPmVqFhJcl/2bB8VH+rYSXxOJ76QhpuJaGIoMLG2zPzDzctf5TCVcP3uuFa&#10;5O4yu2Ov3cfL2/IbAAAA//8DAFBLAwQKAAAAAAAAACEA0qz9brkzAAC5MwAAFQAAAGRycy9tZWRp&#10;YS9pbWFnZTEuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUE&#10;BAUKBwcGCAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJ&#10;BQUJFA0LDRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;/8AAEQgAzwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQ&#10;AAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYX&#10;GBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqS&#10;k5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz&#10;9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQE&#10;AAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKj&#10;pKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwD&#10;AQACEQMRAD8A9A8L/DOyj8F6HdxaPpcck1jbzb9V8P22qW77olbczQCG4X/vlq0LfT9N0v7O+sfD&#10;PwPdwXDeVb6hpu1bWZv7qytGyq3/AEyl2vXQeC/Fl34X8F+G08S6PJpNg+nW32fV4JPOs3Xyl27m&#10;Ubov+BfJ/t12GoaHFqEdxcWn2eN7uLZL5kazW97F/dni+7Kv/j/9161Mjj7ez+Hkf/IQ+Fcdp/tw&#10;aXbXS/8AkMlv/HauW+n/AAauJNj6P4bsJP7mpaWtq3/kVFqLw7oOu61rdxpHhjR7jVo7f5LhJp9s&#10;OmSjb+5a6P8ArItrbk27pdnyuleiRfs8+Opbf97qnhyB/wDnj5VxMv8A31lf/QaA94xNP+Ffw61S&#10;PfZeF/Dd/H/z0tbOCRf/AB3NWP8AhTfgeP8A5kvQ/wDwXxf4VyPjP4T6h4JWS88S+FLP7CvLa1o/&#10;76GH/ak+RZY/97bt/wBuqtnb3FnHG+ma5rFhH/D5GoSSR/8AfMhZaB8x3H/Cm/An/QlaH/4L4f8A&#10;4mj/AIU/4E/6EvQ//BfF/hWHpfxE1jw3JG+uyR61ovy+bexxrDdWy/8APRlX5JVX+Laqv/v17B9j&#10;oNDzv/hT/gT/AKEvQ/8AwXxf4Uf8Kf8AAn/Ql6H/AOC+L/CvQP7Oo/s6gDz/AP4U/wCBP+hL0P8A&#10;8F8X+FH/AAp/wJ/0Jeh/+C+L/Cu8/s/3qP7HQBw//Cn/AAJ/0Jeh/wDgvi/wo/4U/wCBP+hL0P8A&#10;8F8X+Fdx9jqP7G9AHF/8Kf8AAn/Ql6H/AOC+L/Cj/hT/AIE/6EvQ/wDwXxf4V2n2d6j+zvQBx/8A&#10;wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V2HlvR5b0Acf8A8Kf8Cf8AQl6H/wCC+L/Cj/hT&#10;/gT/AKEvQ/8AwXxf4V2FM5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63muC+NHx&#10;Ui+E/g/7bFZ/2truoTrY6LpEf3ry8f8A1a/7q/eb/YoA8r+Nml+Go9Ys/hv4F8H+H/8AhO9Zi864&#10;vf7PiaPQ7H7rXUvH3v8Anmtdh4T+AfgTwn4b0/Sk8P6fqX2SLY97qVus1xM38UjMwo+Dfwzl+H+j&#10;3l7rd5/a3jPXJft2u6p/z2nb7sa/3Y4vuqtdJ4s1y40+O30/TPL/ALa1BmS18z5lhVf9ZM3+yv8A&#10;4+/lpQZHD658N/B/iDWJNC0/wvo8Fpbsr6rewWcasn8S26tj7zfxN/An+/Vf4kfC/wAKR+G44rLw&#10;vo8F3cXUMKPBZxq33t3p/dWvRND0e38P6XHZW/meWm53eT5pJmb5mkZv4mZvvVl+LP3mqeF7f+/q&#10;LTP/AMAgdqAPdvDfwV+GGueG9L1P/hX3hf8A061huP8AkFQfxqG/uf7Van/DP3wz/wCifeGP/BVB&#10;/wDEVJ8Dbtrz4UeHfM/1lvC1o3/bGRov/ZK72sjU8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+&#10;8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfv&#10;hn/0T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z&#10;++Gf/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAP&#10;Pv8Ahn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iK&#10;P+Gfvhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ9+Gf/AEIHhv8A8FUH/wARRXoNFAHyF8EPG2ieNvhv&#10;o9vo15HrQt9Ohtr3RpnWaTcka7/Ibhmb5d3kS/N/dplr4A1C18X6R4d8Jahs8NeIfMm/1n7zSYk2&#10;tLJB/stu2qrfceSvlz4Z+B73w/Hp/iDwvqEkGu+RDNv+0fu5vut5cqr/AA7vut99PvrX2r+zv4ss&#10;/iB471PWxG9hq0OkRw3unyYXybl7mXz2Vf8AaMUbN/tVqB7n4Z8N6b4R0ez0nS7SOzsrZdkcMY6e&#10;/wDtN6tVDU/iJ4c0fxdpHhe+1e3t/EOql2stO3ZmmVEZ2baOi7Vb73pXVV4R8QvCujeHPjL8Kb3T&#10;tPt7O61XxHe3F7cJF89xJ/Zl0Nzv1+lZAe5/f+Vq+Ufin4Ai+Gni22TTU8rw3rfmNaxIMLZ3S8vC&#10;v92Nl+ZV/h8uSvrKvHf2ovs0Pw5s7ueWOD7Hq9pKkj9F+fY3/kN3oA8CvNHuPFFxb+HLL/j71Zmt&#10;3f73kwf8t5v+Ax/+PyR19KfY0j+RP3cafIlcP8E/Bb6fpcniXU4/L1LVlXyoZPvW1n96OP8A3m/1&#10;rf8AbNP4K9M8utTIy/sdR/Y62Ps9R/Z/84rI1Mv7HUf2Otj7P/nFH2f/ADigDD+x0fY62Ps9H2eg&#10;DD+x1H9jroPs9R/Z/wDOKAMP7HUf2Oug+z/5xUf2egDD+x1H/Z/vW59jo+x0AcvqElro+n3F7e3E&#10;dpYWkTTXE0/yqkSruZm/4DXzn8M47j4yeOLj4t6xbyQaaiyWPhDT5/8AljZ/dkvGX/npP/6BXQft&#10;EaxL8WPHln8HNKuJI9JhWPVPGN1B/Ba7sxWO7+9K3zN/sV3lvbxWdvHb28ccEESqkUMfyqir8qqt&#10;amRHqGoW+j6fcXt7J5FpbxNNK/8AcVa5vwvZ3FxJca7qcfkalqCrshk/5drVf9XD/vfxN/t1Hqkn&#10;/CWeJP7MT95pOkyrNe/3Zrr70UP+6v8ArW/2/LrpKACub1T/AEjxxpcX/PpY3Fw//A2RF/8AQXrp&#10;K5ez/wBI8aa5L/zxgtrdP++Wlb/0YlAHv37PNwH8J6van/l01adB/uuqTf8AtSvU2614p+zzceVr&#10;Hiuz7N9ku1/4Erxt/wCia9rbrWRothaWkpaBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB+Z&#10;HhvwfZXnhfR7h7e3k32cL7/LX+6tetfs/wB83w68ZR6+9tdnw9dr/Z2oahJua3hV9vlyb2/hWRUU&#10;/wAKLJXmuhyJZ+F9P09P+WKwonmf8BevWPgXHquqfY/7V8SaprthfaTM8un6rJHNDt81UX+AN91v&#10;71amR9n1wfjjwNd+JvHHgDWre5hgg8OahPd3CODulWS0lhAX/gUleMeD/itrnw20+zsri3l8UeHX&#10;vzp9nB5oW+s/vbVVnbbLGqpxvZWX++9elXH7SvhLT7M3GoQa5p+37yTaRO3/AI8isv8A49WRqes1&#10;4L8YNR074hfEzQfATAXdpo5XxFrKD5l3J8lpbt/vSSeay/3Iv9us/wAVftIanrVuLfwlpMukpKuf&#10;7W1hF3ov96KBSdzf9dGT/ceuS+Cenpbap4wvfMknnlnt7eW6nk8yaZli8ySRm/iZmnoA9w+2UfbK&#10;w/tH+c1J9ooA3PtlH2ysP7RUn2j/ADmgDc+2VJ9srn/tH+c1J9ooA3PtCUfaErD+2VJ9soA3PMSj&#10;zErD+2VJ9soA2Pko+Ssv7ZR9soA1PLSuD+OHxQsvgv8ADfVPFF3H9rnh22+n2X8V7eS/LFCv+833&#10;v9ius+2V8v8AjDUH+Mn7Slxb3H7zwv8ADVY/Kh/hm1iZdzSN/wBco/lX/brUC58G/Ad74H8L3Fxr&#10;tx9v8Ya5O2qa7e/xPdS/My/7q/dWuk8Wa5Loel/6JHHPqV3KtvZQyfdedvu7v9lV+Zv9iOtnmuO0&#10;eT/hKPEFxrr/APHhb+ZY6b/uq22eb/gTLtX/AGI/9ugyNTw/o8Xh/S7eySSSeRNzyzP96aVvmkkb&#10;/aZq0KKKACuX0P8A5GDxR/z0+3R/+iIttdRXL6f+78YeJIv7/wBmuP8AvqJk/wDadAHp3wPuPs/x&#10;KuIu11o7E/70U6f/AB6voTua+YPhzqEWnfFrwmryeXJffa7RE/v/ALhpf/aNfT/c1lIqOwtFFFBY&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAflB4X8SfbNP097j/WfZWmfy/m+7AzL93/dSvpj9&#10;n/XNP1TT5JbK48/+z9HtoZfL3L5Mrb3ZfmA+b5a+E/D/AI01Dw/Jp97p95cWF/abXt7qCTbIjKv3&#10;q+9Phn4w8YfEz4Z6fLqsdnaalqFrJsm+zyR+cq7V3f3d3zJuWtQM/wD4+JPB8X/LS41G51F/91Yp&#10;fm/76lSj4sSeX4PuP9vzP/HYJW/9lqTw3JLqnii8lljt44NDg/smLyJGaN5WZXlZd3+ysFV/ix/y&#10;L8cX9+Vk/NWX/wBmoMiPy/L+T+78ldZ8I/3eh6xL/wA/GsXP/jmyL/2nXL/8tP8AgVdR8J/+RD0+&#10;X/n4lubj/vu5lb/0GgcTuPMo+0f5zVfzKPMoNC59oo+0VT8yjzKALn2ipPtH+c1n+ZR5lZAaH2j/&#10;ADmj7R/nNU/Mo8ytQND7RR9orP8AMo8ygDU+0f5zR9o/zmsvzKk+0f5zWQGpHcfvPnr5f/ZfkfWP&#10;BfiDxLL+8uPEPiK/1F3/AItvm7F/9Br3jxRrH9j+E9cvX/5dLG4m/wC+Imb/ANlrxf8AZj09tP8A&#10;gH4PR/8AWTWrXDv/AH2eV23VqZyPQPFGoPo/hvWL1f8AWW9nNMn+8qsy1T8N6emj+G9Lsk/5d7WG&#10;H/vlV3VX+Jn/ACIesRf8/ES2/wD39lVP/Zq2JP8AWUCCiiq95qFvpdvJcXdxHaQJ9+aeRVX/AMeo&#10;AsVzcn+j/ECT/p40yN/++JWX/wBqV0FneW+oW8dxaXEdxA33JoJFZXrn9c/d+NPD7/8APa1u7f8A&#10;9Adf/QaAOf1DXGt/2lPgfpkX8Op3d9cf9cvszW0f/kSevu+vzo8J3n/CSfHDxJ4tT/jw8Ny2GjWT&#10;/wC0lyk07f8AfS1+i9KY4BRRRWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH5OfAv9nxPi&#10;ZcWep3ElxYeF7FY7i/1C6/1Mi/3V43N83y/7f3F/j2fYHjDxJ/wh3h+NNPtNmrX0a6doumfxQxfw&#10;7v8Aab/Wu3/xFYfh/wAZ6Z4T+Gfg+K48u7u/7OtnstC02Nm3ztAv7xv4pZP9pvu/7H36ND0e9uNU&#10;k8QeIJI5NauF2RQx/NHZRN/yzX/a/vN/wD/f1AueG9DXw3odvp6SefIm55Zv+e0rfNJJ/wACZq5/&#10;4of8eenp/flX/wBGwJ/7Urtea4b4mf8AHxoaf9N1/wDSy1/+JoMgkk+zxyS/3Pn/AO+a7j4b2/2P&#10;4d+G4v8AqHW7/wDfSq3/ALNXm/iS4+z+G9Yl/uWcz/8AkJq9c0O3+x6Hp9v/AM8bWGH/AL5VVoHE&#10;u80c0c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0APo8ymc0c0AcN8fNU/sf4H+PLr+5o&#10;tz/49Eyf+zVl/CPT/wCy/hX4PtE/5ZaTbf8AopW/9mrP/a0vHs/2e/GHk/6yaKG3T/gc6LXYaHZp&#10;p+h6faJ/q4bWGH/vlVWgzkY/xA/eaPp9v/z8atZQv/u+ert/6DWxWH40/eap4Tt/7+reb/36gnat&#10;ygRXvLy30uzuLu7kjgghVnleT7qKtZfh/R5fEF5HrusW/l/9A3T5/wDl2U/8tGX/AJ6N/wCOJ8lR&#10;6Xb/APCcahHqEv8AyL1pLvsof+f2Vf8Als3/AEzX/ln/AH/v/wBys/xJ44u7jxp4HstCuI7vSdQu&#10;rhLqaDa2/wApkTy93/bR2b/rnQBqR26aH44uLS3jjgtNWtWu/Jj+VUniZUkZf95WSo/Fn7vUPDdx&#10;/c1Hyf8AvuB1rk/CfijVfFF5peq6rH5En9tX+nRJ5e1UiaJtsf8A5CSus8efu9Dt7j/n3vrSb/yO&#10;qt/6FQBn3HhvT/DfhfXItMt/skdw1zqMvl7vnnf52b/vpa+0bC4F5Z29wv8Ay1jV/wAxmvkrUI/t&#10;Gn3kX9+KRP8AvpWr6d+Htx9s8A+Gp26zaZbSfnEppSHE6KiiiszQKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKAPjD4V+G9P0fwXod3b2/+l3GmW/m3U8jSSfNErbdzfdX/ZX5K7HmsL4f/wDJP/Df&#10;/YMtv/RS1u81qZBzXDfEj/kIaH/11j/9Hwf/ABNdzzXDfET/AJCmh/8AXWP/ANHpQBj+MP8AkU9Y&#10;/wBu1kT/AL6+X/2avdPL8v5f7nyV4f4oj8zR5Iv+es9vF/31Oi/+zV7hJ/rJP96gcRnNHNHNHNBo&#10;HNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQB4l+2B+8+Dcdkn+svta063/wDI+7/2&#10;WvUJP3ckiV5P+1ZJ9ot/hnpn/P8AeMLL/wAcV2rqNc+JFrb+JJPD+j28eu678rywx3kcMNqrM23z&#10;ZWJ2t8r/ACqrPQZyJPEH7zxx4Xi/5ZwxXtx+Soi/+jHqO4jfxxqkmkxfu9Ct5dmpTR/L9pb/AJ9V&#10;/wBn/no3/AK4vxJ4s1O48UXD3Gl3nhqTTNAuJr+6k8uZYYPNVpJIGU/vWZYtq7lWuos/FlvZ/CO4&#10;1DQreO0u7fR7m7tdLeRZGRot67m6M37xfmagRyfwz+IGp3FxH4X1iOT+1tWa/mR5Pljtol3JGqr/&#10;AHdy7dq13nwn8Fy+A/Ael6PeyR3F3aL87x/N/dX5W/4DWX4Ps7e48P6P411v7Rd6tY6dMn2qT5me&#10;Lc7bv9ptv3f+ulWPEHjz7R8O5NVsrj+zbt9qS+ZJHJJZbpWiZm6r95XVaAOf+JHijULP4meF9Eij&#10;jj0mFre+lfy1+dnleJm/2dv/ALUrrPHlv5ngvWNn+sS1aZP95Pn/APZaPGEb3Hw3uL24t4479LGG&#10;4fzI/m3JslZf++lrU1S3TUNLvIv+WdxBIn/fSstAFeORLiON/wDlnMqv/wB9V9DfBm4+0fCnwm39&#10;3ToU/wC+V2/0r5p8J3H2zwvo9w/8dnDv/wB7au6vor4CuH+Fejr/AM8nuYf++LmVf/ZaUhxPQaKK&#10;KzNAooooAKKKKACiiigAooooAKKKKACiiigAooooA+RPh/8A8k/8N/8AYMtv/RS1u814V4Lj8e2f&#10;hPQ3svFFnPB9ht/KhurNfkXyl2ruwa6i38YeO7P/AI+NH0vVv9uC88lv/HkFamR6bzXDfET/AJCm&#10;hp/y082P/wBHxf8A2dV/+FoaxH8lx4HvPM/6YXkckdZ9v/afiDXP7V1W3+yRw/8AHva+YrMny7V+&#10;78vyqz/7/mf7CUAXNYj8z+z4v7+p2Sf+TKV7RXjdx+81jw3F/f1i0/8AHG3t/wCOx17DzQOIc0c0&#10;c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHh37Qn+mfFD4H6f/AH/EU13/&#10;AN+ol/8AjlcPp+h6Vrl5H9t0+zu47vX98vmRqzOqwXszfN97+JK7T4ySfaP2jPgvaf8APv8A2nd/&#10;+QlWvP7fxBZeG/D+n6nqFxHaWiSzTPNJ/e/spFX/AMenoA6TS9Y0+38P3F34juLieC48G6Zp1x/y&#10;0mma5luFVfm+8zbv4q6jwP8AD+48P/ETVNTSTzPDz6Zbw27zyK29dqsyt/wLezV85+JPjx4Sk0uS&#10;yit9Qv8A/Q9FhR441jVGs1fzPvEN96T5aj0/9rDT9P0vWNP/AOEXkng1Oe3eV5NQ+Z1Rl3K3Hzbl&#10;XbQZH0h8QPGn9j+ILjT7jzJ9F/s6SF9PsfL8x98TN5is33dv3V/grm9QjuPhnqH9oWkkf9k3EsKJ&#10;NPtuJr2LckrKy/wtt3/+y15fof7TnhLxJo8eieILO80KCG1tLSLULW3juJNsXyyqzLhtrfw/3K6j&#10;wX8QNMvI7xLTULeTw9cNN5sMEayXTyvbPF5iq3zK26L/AGf9ZQB65rHxE0zXNP0/R/s9xBd+JLW9&#10;iihn27ofK3RN5vJ/5afL8tbnhe8/tDw3o93/AM9bOF//AB1a5+40Pw54P8P6P4t1OSS7/sGxkfzv&#10;L+aZrhldm25+80jf+RKsfC+8TUPh/ocqfu4/KZE/4CzL/wCy0AR+B/3fhu3t/wDn3lmt/wDviV1/&#10;9lr6L/Z7m8zwBJH/AM8tTvU/8js3/s1fOkdvrHh+81CK00v+1rS4upLu3eO4jj2b/mZW3f7X8S7q&#10;92/Zhtbqx+H+oW97LHPeJq900rx/d3Ptl/8AZ6UhxPYaKKKzNAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooA+MPA/wv0+88B+G7iLVNYtJJtMtXfyLzcvzRL/AAyBlrQk+F+oR/8AHp4ok/3L7T4p&#10;P/Reyug+Hf8AyTvwv/2CbT/0UtdDzWpkebSeA/Fdv/qrzQ7/AP66Rz27f+1KpyeH/Fsfyf8ACP2c&#10;/wDtwaou3/x5Fb/x2vVeaOaB8pxXhPwPd2eqR6xrclvJfwqyWtlabmhtt3ys25gN0jL8v3V2LXa8&#10;0c0c0Ggc0c0c0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQB8/fFS48z9qTwP&#10;/wBQ7wzqd3/33vX/ANp1wesafb3ngu4tLuPzIE0nUXdP9pbPToo2/wC/ldR8VLj/AIyU1CVP+XH4&#10;eXv/AH00r7f/AEKuk+Hfwz8NXFxqHiC70uO71b+0ZofOnkkkVPJbZHtiY7Pl8v8Au0Acfo/gv4f/&#10;AAn1jXIrjwvZ37vq1lpdkl1GszIzWaTStvkz8v32r0T4maXFp9no9vpmnxwRzXio/wBhs13fL8yq&#10;20fd/vVT0/wXZeONY8QXGp+Z/wAS/wAUtcReX/Hss4Itv/fLVoePPGF74b8YaHFF5klo8TTS2Ue3&#10;/Sd29Pm/3W8j/v5QZHm+ufDvwZ8WI7j7Poen6TrrtdzfYrW3/fXKrEjxNuXCq33P/In+/Xgfiz4L&#10;6n4T1CTUPDUl5aX6TyeVpcn/AB+Iu5VX5l/i2sm5Wr6M1Dw3Y6ho/wDaHhy4kjje1t/tGkWMkk14&#10;ksysq7pfvbfm/wArUklxZeOPtmmXsf8AZviF2b/SrH7s2y23RrPK33fmjf5l/wCedAHn/wCz38TN&#10;H8eaXrHw68W+Zaalqcq+U/8Aq/OZFRWX5s7ZN0Ve+eB7OLR7fWNMt4/IgsdTuIYk/wBltrr/AOOy&#10;V85/Hj4Hyx6PZ+JdFt7PTdd0+1m1HUtPtbj/AEjyvP3RyLt+VvKVtrMv/POvTP2Z/iRcfEzQ9cvd&#10;Q/5C0U9ul15f3XbyFTzP+BeX81AHslerfs+Rt/wjOuSn7kusTbP+AxxI3/jyvXlmk6bqXirUpNN8&#10;P2yXF3D8lxeN/wAetn/11b+Jv+mS/N/uV9EeD/DFv4N8O6fpFo8ksduvzzSD5pnLZeRv9pmYtSkO&#10;J0FFFFZmgUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfm54T+EfxNs/Cej3uheLI/IuLO3uEg&#10;+2Sx7PlVlXauxf8Ax6tj7R8e/Dcnz2/9rRo29/8AVSfL/d+USP8A+PV6Ro9vqGh/AfT38K6fHJrP&#10;9iW72trH915fKX3Fcv8AB/xp8SPEnizVNK8W+G7zw9B9jaaLUPLby0lXaqqu7cv+196tQOb/AOGg&#10;PiL4f8tNd8H/AHN29/sckP8Au/M0i/8AoNaGn/tcWnl/8TDwveRyeVvf7LJJJ8393/U7f/Hq9s0u&#10;PWLfULhLjVI7u0/gT7H5Mife/iU7W/75rg7f4qfDrxp4k/4R/wAzR9W1Z5ZLf7LPb/vPPT7yr5if&#10;7P8AeoAz9P8A2qPAlxJsuLi8sJE2/JJ5Tdf4dschb/x2ugvPj58PNLs5Lu98WWdhAnyf6dHLCzt9&#10;7aqsg3N/u1cvPg34M1iP974fjg3/AMEEkkf/AKLfbXx3rnhe0s/i5qD+FPh3qHiywsbyZL37DbtM&#10;1tErSwxQqylVVmaLzWb77+Z/doA+kP8AhfF74sk3+F/+Ef03Tf4JvEd5uuLn/dgicNEv/XVt/wDs&#10;Vj3n7RniPT7yS0tNL0Pxhdwtslh8OSXbbP8AZZvLdFb/AHpK+V7zw/490+OObWPh/rEEm35nn0u5&#10;2/7X+rkFV7fxhp+jySO1vqGjT/xzabeL5e7+98nl/N/vSNWQH15p/wC1Jd/2hZ2Wu/DPxJos93L5&#10;Nu/mRSRuzfdVWZkXc392u0j+OHhy3/5Ctnrnh7/sK6POsf8A39jDp/49Xw3p/wAULS41Sz1P+3NY&#10;nu9PZvs97PJ9q+zM3+y10VVv++q+gPDfxc8W6f8AY5bi80fxRaXFrbXaJBIsd15Vwu6BW2hPKaX7&#10;q7o9jv8AJvStQPozw3408P8AjCOR9C1zT9W2fO6WNxHIyf7yqdy1s81494w8N2Xizw3H4l8P+XBr&#10;qWq6jpGrwR7ZkbbvjVm+9tb7rK38FZ/hv9sDwPrlnZy3cdxps9xEszpJJA2z5d3/AD0Df+O0Ae48&#10;0c1w2n/HDwVqke9NY8iPb53+lWcsa7f97Zt/8eroNP8AGnhzWPksvEGl3cm1X2QXkbN83+zmgDZ5&#10;o5p/lv8AfpnNABzRzRzRzQB8xfEjfJ+0R8QP9jwHDCn/AG1n2f8As1esfD/ZJ4fuJU/5banfv/5O&#10;S14frmoan4k+MHxg8UaZZ293pOjWtppN7DJIyzTRW8qyztFxt3fuH+Vvv17R8I7hNQ+H+j3sX+rv&#10;vOu08z5W2yzu6/8AoVBkcvpfjyXw/rFvp8VvHPJr3inU0d5PupFDKkP/AH18yVY8SeOIpNc8QaPq&#10;vmSaY6rbxQ2O1ZoWVl3Tbm+7/e/7Z1c8H2+iSeF4/EuseXAljqeq3aXUm5Vh33kqt/vfdSsez1jR&#10;/iRcW9vqH/Etu768WaJ7G3/11r9mWVVnZv4vLbbuoAz7zS9Q8D6x9t0qSSTRUvGRE0qRpN6wStKy&#10;zt/D8sk6/N/zzqOTS7fx5b3H2Kzjj1q0WR73SLGNY7O5lW5lRm81j/dkfcv/AE0qvHca74Dkjsnj&#10;ju4Lu1mmfT47jdZussTJ5jMq/N80Kf8Afyuw+0eHPhX/AMTt5JP+JnZxppuhWse6b7qtIq8/N8yp&#10;uZtqJ/FQBc0fwP8A8I34s1TxHquoW8mmvottY3Hn/KqeUuJGbdhVX5a+R/hf/auj/GzXPB/gfVI7&#10;SDXpZLG1vZ90apF80sc3zDd8q/d+X569M8J+KPEH7WHiS8svM/sXRdPlV3tY5Fk2KzNtZVxtlk+X&#10;/Wt8ifwpu+eqeseB7T4d/twfDvRdNt/Ija50x3T5mbc+5ZGZm+Zmb+JqAP0d+HOjReGfCumaVapG&#10;sFpAkO9I9u9gvzSN/tM3zGuyqnYWa20W2rlZGoUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFAHyp8N9Ysv+ED8L2/2y38/wDsy2TZ5i7t3lLXW814d4D+PHwqk8H+H9M1PxJpdhfw6dbQyw6x&#10;G1q25IlX70qKrfNXsGj+INH8QW+/R9U0/Uo/79jcRzL/AOOk1qBo81z1x4H0L+3LPVYvD+j/AG+G&#10;Vpvtv2dY7hG/vKyj5mrpPLeP79c/4k0/Xby8s30y40v7IjK8trqVvJIzsrblZWVxtb/gNAGpHpdp&#10;HJHsj8v5v+WcjL/6DXn/AMA9DTR/A+oS/wDLfUNf1W+l/vfNeSov/jsaV6TzXHfC/wD5AeqJ/wAs&#10;013Vdn/gZLQB0niDxBp/hPQ7zWNVvI9N02xiaa4up/lVFWvkPxZ+2p8P9Y1iN/8AhU8niG0f501D&#10;Uo7SOZ4t23zFWRGba235dzLW5/wUY1y70/4R6HplvJJHBqGpt9o8v+Py4GdV/wC+vm/7Z18h+LLd&#10;LfxReRRf6jyrX7P/ANcvITy6yA/QD4f2fwc/aA8Lyaho/hvS4/s7+TdWsdmtjeWTN821vKw3+627&#10;a9cX8SP2Z9C8B2//AAkvhy8vLGPzbe3ukkk3NCrzp5cisuGZVmWBmWXd8n9yvnP9lvxpceC/jp4b&#10;eKTy7TWZf7JvU/hdZf8AVt/wGTY1ffnxgt1uPhP4wR/4NJuX/wCBJEzr/wCPLQB83/D/AOOGpyeB&#10;7PR9P0+3tL+x+0W8vmbrqZNkrr+6tYyNqqvy7p5IkroP2Y/h/wCGvih8I5NQ8UaXb67PDqNzp1vd&#10;XUn7xLWHakUatG+1V2/3W2V5Po9xb/8AFQRSyRyWkOtX9w9r5kcyw/6S/wC8aJgsEXzfdlu2Z/7s&#10;Ve+fsV7/APhS9w7/APLbXb+ZH+9vVmVlbdgbty/Nu2rQBc1D9jv4aXkm+00+80mT+/Y3n/xwNXm/&#10;jj4B2Xw/8UeB7T+3NY1bTfEOtR6dLDdXDboflZ/Uqy7V2/dr615rx79oH/kaPg//ANjdH/6IlrUD&#10;zfXPhv8A8I3qmzR/EGoWG+Xf/wAs1+b/ALZCNv8Ax6uk8NyeK9D1TS7fUvGGqT2GoTtbxXsEm5oZ&#10;2VmjWWKfzt0bbXVdrL89aHjT/kMR/wC9R4gt7iTwXJd2Ufn3emT2+qRQx/edreVZWVf9plV1oMju&#10;I7fxnZ/6rxZZ3+xfualo67n/AOBRSJ/6DUkfiDxxZ/63R/D+rbF/5ddQntWdv92SN1/8erU0/ULT&#10;WNPt9QsriOewu4lmt5o/uurfMrVLzQB85fDOO4t9D+On2u38i7ee7meHzPM2bvtXy7v4q6S38Wa7&#10;8I9P0Pw/p9vp/jCC3gV3tbGO5jvLaD70bT+WJl+bdtX5Vo8B6en/AAtj4ueGpf8AmJxR3Cf7r+ar&#10;f+j0ryv4b/Ey48P+F5NPuLiO08Q27zJe+fIqyPeKzL5jbvvfMtAHsGl6HcfED9nvQ7e3kjsLu+nh&#10;vkSeTau77Y03l7sf+y1sax8H7W30e3TR4/3ljasn2KP5fts/zLu3Mfl+8/y14v4H8aWWoeD/AId+&#10;brlvHH4Z1G5/tJJ7hWm+ZleCTyvvSttZ1+VW+f5K6zx58VNV8YSR6ZaW95YWF3uS30i1+XUtTX/p&#10;qyn9xH/e+b/ef+CgC54s+ImlaH8P7fwpFHZ6lJYxRw3t7PIzafZSq3+rXyyGnkX7vlL/AMC/uUfD&#10;v4L6x8SNUk1jxR9s+yXG13tbr/j6vVX7v2rb8sUf92Bfk/vf3K7D4P8A7Pcsl5Z6rrsdvPf2/wDx&#10;62UEe2z09f7sS8bm/wCmv/fOyvrDwv4Pt9Lt4/3dLmHynw/+z5ocXwr/AG7PFngqWPyLHWbOSW1j&#10;+6v3UuY9v/Ad61S8MSp8aP8AgpVcX1mfO0zQbqRvMT5l22cHkq3/AH+rQ/4KDHVfhJ8d/AfxI8Py&#10;fZL6bT5LdJvvL5sO5f8A0XPXif7KvxO8dfD2419/h34Ek8Z+K9Y8uJ9TkjluI7aNdzFdqYX5mbcz&#10;M1Zmh+vlFfBTfAP9qH47R7vHnjuPwZpMv39PtLja23/rnbYX/vqSvtzw1pdxovh/S7C6uzqF5aW0&#10;MEt40e1pmRQrSbedu7bmgDZooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAPBPAfwn0/xB&#10;8K/B/wBrs7e7jm0e0fZPGsi/NAn96uX8QfsZ/DzVLjzX8H6XBP8A89rW3+yyf99RbWr3P4P/APJJ&#10;PBH/AGA7L/0Qldb5aUAfH8n7J9xof/IueNPGnh7+4kGsSXEP/fM+9apyfDv4y+H/APkH/EDT9ajT&#10;+DxB4fjZv+/sDp/6DX2PJZpJVeTSYZP4KAPjj/hKPjLof/IQ8B+G/EMafx6PrEtrJ/3zPGV/8erY&#10;+B+oXGoeC7xNQ0+TSdTt9Yv0urKeRZJIWed5l3MuVb5ZU+7X1HceGbaT+CvIfFfwz8SeH/GGqa34&#10;U0+z1qw1ZIXvNPe8+yzRXMS7PMiZkKNujWNWVmX/AFdAHj37UnwjuPjJ8J7zSdPj8zWrGVb7T0k+&#10;XzpVVlaH/gUbOv8Av1+bdxrH+h2+n6t5lhrWjL9h/wBK/d+dArfLG27/AFU0X3fm+/X60XGua3o/&#10;/IY8D+KNN/vPBZrqEf8A31bPI3/jted+MPDfwU+KGseb4ls9Dn1r5U36lu0+6f8Auq27y3b/AIFQ&#10;B8Z/sj+D7j4mfGjR7uyjkk0nw9OuqahdeX+7Rk/1UP8AvM3/AI5X358XP+SV+NH/AOoPdv8A+QGr&#10;U8H+E9C8H6HHp/hrS7PTdJT50h02NVj/AN75fvN/tVzfx41hNH+EfiR3/d/a4PsKf9tmWJv/AB1n&#10;atQPA9P0PRPC/g/XPEFx5mpa1catqaaLZXUm6NLx55UjWCL7vmbv4trP/wABr2z4B6GnhvwnrGlJ&#10;/q7HWJrf/viCBd3/AI7Xlfw/+H/xF8D2cetp4D0fxDd3ytdpdSaxLDfQxTM0nkqssZSL/WfMqstX&#10;NP8Aix47+G95rH2j4T65Ppt9eNqL+XIs0kMrqqyLug8zcv7vcvyrQB9K8149+0B/yMnwj/7G6H/0&#10;U9c/Z/tqeDI5PK13S9Y8PT/3LqNV/wDRhRv/AB2qfjj4iaV8XNY8B3vhyTz9J0fX7S4uL2fbHvaV&#10;vKWOKL7zf6zczfcoA2PGn/IYj/3q6Tw3/wAedef+PPGmhWfiD7PLrFn56N88McnmMn+8q5210ng/&#10;x54a1CPyrfxBpck//PH7RGsn/fLENQc5c/4V/plvJJLpt5qmhb5WmdNK1CWGHc3zM3lZKf8AjtSR&#10;6H4ls/lsvHF5J/sarp9tdf8Aj0Yjb/x6ukj/AHke9P3kf9/+GiP/AFkdAHm/jz4f+PdD8UaP490z&#10;VPDc+p28DWlxDJb3Nut7B/dl5k/76X/pnXnfjDw3afEjXP7T17Q9HtPm3vDYxtI1y396WWQD/wAd&#10;Vf8Aaevpz4kSJH4P815NkaKzu8nyqi189+F/C+sfFC4jTT/tGm+Hn+/qH3bi9X/ph/dX/pr/AN8/&#10;36Czn9H8N2l5rn9meD/D+lx6tD8kt7HZxxw6fu/vMoDM3/TJf+BbK+nPg38A7Tw/5l3L5l/qVxt+&#10;1ahdf66b/wCJX+6q/JXafCv4N6f4X0u3tLSzjtIIfuJH/wChf71ez6ZpMNjHtWOsuY15SnonhyHT&#10;Y0VY8Ct2OPy6fRQByfjT4X+FviNLpr+KNAsddGmytNaLfRCRY3K7Wba3Fb2naXa6PZx2mn2cFjao&#10;PlhgjWONf+ArV6igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8E&#10;f9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACqN/pNjrFv8AZ9Qs7e+gbkw3UayL&#10;/wB8tmr1FAHm19+zv8O7yXzYvC9ppM3/AD20eSTT2/8AIDJXP3n7LvhTWrqz/tu/8Qa/pdrOtzFo&#10;mram01qJFGFZ+PMk25+67svtXtNFAGJJ4bt5P+WdZ9x4HtLj/lnXV0UAecap8L7LUI9ktvHPH/ck&#10;j3LXn+ofsn+BLy8+0S+D9D8/dv3/ANnxK3/jor6HpnlpQB43o/wP0rQ7f7Pp+n29jAv/ACxtY1jX&#10;/wAdxUmsfA/R9Yt9l9p9nfx/3Lq3WT/0IGvYPLo8ugD5n1D9lfw1HJustL/s2T+/ptxJZt/5CK1j&#10;3H7PeoWcn+ieKPEkH+x/aHnf+jEZq+r/ACU9Kj+yQv1SgD5Y/wCGd/7ckt08QahqniGCFt6Q6reS&#10;TQ7v+uXCf+O17J4T+Hdvpccf7uvQ/sMP9ypUjWPpQBXs7NLeP5Kt0UUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CvFPhZ8b/BVh8L&#10;fB1vPrgWWPR7OJh9knI3LAgP8FdV/wAL68C/9Bz/AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH&#10;/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7&#10;/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oO&#10;f+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKA&#10;PQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8&#10;L68C/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9&#10;Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wv&#10;rwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X&#10;14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8A&#10;yTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUUAf//ZUEsDBAoAAAAAAAAAIQBCO3R12z0AANs9AAAV&#10;AAAAZHJzL21lZGlhL2ltYWdlMi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMD&#10;AwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/&#10;2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQF&#10;BgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS&#10;0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4&#10;eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi&#10;4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREA&#10;AgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl&#10;8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP0&#10;9fb3+Pn6/9oADAMBAAIRAxEAPwD6Q+H/AMJ/A954D8N3Fx4P0OeebTLZ5ZJNPjZnZolZmbiug/4U&#10;34B/6Evw/wD+C+H/AAqx8N/+SdeF/wDsE2n/AKKWul5rUDkv+FN+Af8AoS/D/wD4L4f8KP8AhTfg&#10;H/oS/D//AIL4f8K24dXudW1S40zw7plxrt/btsuPLkWO1tm/uyzt8qt/srub/Yrcj+HPxAkj3tP4&#10;Ygf/AJ44uZv/ACL8v/oNAHEf8Kb8A/8AQl+H/wDwXw/4Uf8ACm/AP/Ql+H//AAXw/wCFb2tya34N&#10;XzPFGkfZNOUZbVtLdrm1T/rp8qvGv+0y7f8Abq9HIkkcbpJ5kbrvR4/mV1oA5P8A4U34B/6Evw//&#10;AOC+H/Cj/hTfgH/oS/D/AP4L4f8ACut5p9AHH/8ACm/AP/Ql+H//AAXw/wCFH/Cm/AP/AEJfh/8A&#10;8F8P+FdhRQByf/Cm/AX/AEJfh/8A8F8X+FH/AApvwF/0Jfh//wAF8X+FdZRQB8n/ALWHw/8AC+n6&#10;p8M9H0fw3pemyanrWy4exs442eLdFFtbaPu/va9wk+D/AIE8yT/ij9D/APBfF/hXlfx8/wCJx+0x&#10;8G9K/wCeLSXbp/21V/8A2hX0DzQBx3/Cn/An/Qn6H/4L4f8ACuL8B/C/wZqFx4suJfC+jyR/27cQ&#10;26SWcbKixKibV4+7uV69kj/1lef/AAj/ANI8HyXb/wDL9qd/cf8AfVy//wATQBY/4VH4H/6E/Q//&#10;AAXx/wDxNH/Co/A//Qn6H/4L4/8A4musooA5P/hUfgf/AKE/Q/8AwXx//E0f8Kj8D/8AQn6H/wCC&#10;+P8A+JrpNQ1C00fT7jUNQuI7SwtImmuLqeTbGir8zM1eJ3Hxg8Ya5cSaroVvp9pov37LS9Vt5PtF&#10;7F/ell3jyGb+FdrbP4qAPSP+FR+B/wDoT9D/APBfH/8AE1y/xE+F/gzT9Ds7u38L6PB5Op2m/wAu&#10;zjXerSqjK3H3fmruPBfiy08ceG9P1uxjkjguFbfDP/rIZVbbJG3+0rK61T+KEfmfD/XHT/ljB9o/&#10;74ZX/wDZaAOX8YeB/Ang/wAL6xrVx4T0Py9PtZLj/kHx/Oyr8q/d/ib5a5n9i/4U+HbqDwpJ4k8N&#10;6XrMmt2Gp3Dfb7OOYDE8HlldwP8ACr7f+ulN/aguNT1Twn4b8P6ZHJ5niTWIbR3j+b+FpY93+zuV&#10;Gb/rnXsngDT7Twn47+HFjajZaWkkmnRf7v2OVV/9FpWQHs3/AAz98M/+ifeGP/BVB/8AEUf8M/fD&#10;P/on3hj/AMFUH/xFeg0UAeff8M/fDP8A6J94Y/8ABVB/8RR/wz98M/8Aon3hj/wVQf8AxFeg0UAe&#10;ff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/x&#10;FH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8&#10;RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz98M/+ifeG&#10;P/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFeg0UAeff8M/fDP8A6J94Y/8ABVB/8RR/wz98M/8Aon3h&#10;j/wVQf8AxFeg0UAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz78M&#10;/wDoQPDf/gqg/wDiKK9BooA+ZPhv/wAk68L/APYJtP8A0UtX9Shvda1LTPDum3Elpf6szb7pPvWt&#10;snM8y/7XzIq/7UkdZnw3/wCSeeF/+wTaf+ilrs/hbHHJ8V9UaT79vocKxf7rzy7/AP0XHQB6l4c8&#10;PaZ4P0W30zS7eOzsLVNqog+mWb+8fVq82k/ah8JR2z6kbHxA/hRJfKbxUmlu2l/e2bvN+95e7/lr&#10;t2f7Ves3lrDqFrPbTx+ZBMrRun95Twa8N+McsDeGrT4IeBrS3j1TWdO+wPDCn7nRtIKiKW4k/u/u&#10;/kRf4noA91VkuowylXjZeO6sprwTxB4ZX4b+MINNs1C+HNXWSbT4egs7lPnlt1/6Zsv71V/h8qT/&#10;AGK9z0fS4dD0uz063/1FpBHbx7uW2ou1f5VwPx5jRfDeiTj/AF8Ou2Ri/wCBOY2/8hyPQBy3NHNR&#10;UVqBLzRzUVFAEvNHNHNHNAHzV4s/4nH7cHhe3/5Z6foXnf7n7q6b/wBqJX0LzXz1of8AxNP24PFk&#10;v+sj0/RVh/8AIVr/APHa+heaAIri4Szt5Lh/9XCjP/3z81cP8I7f7P8AC/wvv/jsY5n/AOB/P/7N&#10;W58QLz+y/AfiS7T/AJZaZcv/AOQmo8J2f9l+F9DtP+fext4f++YlWgDUoory/wAWahL8UNcvPCWm&#10;XEkHhqxbyfEWoQSbWuW/6B8TL/5Fb+BPk+8/yAHB/GTVNQ+KngfxBremXElp4M8PRNfWXl/8xy6t&#10;2V2kb+9aLtdV/vv8/wB1Eqx5iXEfmp/q3+dP+BV6p4k0O31DwXqmjxW8cFvNp01pFDHHtVFaJkVV&#10;WvD/AAPqH9qeB/D92/7ySbTrd3/3vKXd/wCPUGR6J8A7zy7zxxpX/LO31GG+RP8AZuIF3f8AkSJ6&#10;9I8UWf8AaHhfWLX/AFnnWcybP95WryP4P3H2P4ueILf/AJZ32hW1x/wKGd0b/wAdlSvcPL8z5H/j&#10;+Sg1Ob8J3n9oeE9HuP8AWedZwv8A+OrVzzPs/iTwfcf88dftP/H2aL/2pXP/AAzk/wCKH0uL/n3W&#10;S3/74lZP/Za1PEkn2PT7e7/599Rsrj/vm5iagD63ooorIAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigD5g+G//ACTzwv8A9gm0/wDRS1rW2uL4M8a6R4juH2aayNpmpOOkMcjK0Mzf&#10;7KyLtb/Zk31k/Df/AJJ54X/7BNp/6KWuguLeK4t5IpY454JlZHST5ldW+8rVqB7jqEN3Np92llOk&#10;F40bLBPIm9UbbwzLkbsGvCfh/wDCH4o/D2x1FrLxV4RvtW1Of7TqOs6hody91fS9mkYXQ+VV+RUX&#10;5UX7tS+GfFXiH4eRR2ltb/8ACT+HIiFjtnuBHfWaj/lmjP8ALNGvZWZXUcb3rsovj14f8vEul+JL&#10;ef8A54Po88jf99IrL/49WQHoGnefHYwJdyRy3YjXzXhXajtj5mVckgZryL4sa2viDxppHh23/eQa&#10;K/8AamoSfwpKVZLaH/e+d5f+2cf9+jXPi54h8QK9r4d0iTw9A33tW1jY0yf9crVWPzf9dWT/AHHr&#10;ntH0e30ez+z2/mSSOzTSzTyeZNNK33pJW/iZqANCimc0c1qA+iiisgCiiigD5r+D/wDxMP2qPjJq&#10;H+s8nbb/APjyL/7Qr6J5r52/Zj2ah8TPjRqqf8ttaaH/AMmbpv8A0GvonmtQOK+Mknl/C/xAn/Px&#10;Atuv/bSVE/8AZq6jy/L+X+58lcn8XP3nhvT7T/n71rTrf/gP2lHb/wBBqP4ieNLjw/8AY9H0SOO/&#10;8Watu/s+1k/1cKr/AKy6n/6Yxbv+Bv8AItAGf488Uahqmsf8Ib4XuPI1qaJZtS1SP5v7JtW/i/67&#10;S/8ALNf+B1seH/D+n+E9Ds9K0q3+yWFouyJPvf7TMzfxMzfMzVh6XZ6F8J/C8kup6xHBHNK1xqGt&#10;alIscl7dN96Rv9r+6q/cT5Frk9U+NGoax+68H6H5kH/Qa1yNre3/AN6KDiWX/gW1KAPXI/8AWR18&#10;1/DuP7H4X/s//oH3l3Y/9+rmVF/8dWuw+H/ijxRH8RLPR9Y1z+3bTU7G5uHSSzit/s0sLRf6ryx9&#10;1ll+6zNXP6fH9j8YePNP/wCeOvzTJ/uzRRTf+hSPQZGx4LuPsfxs8Lv/AM/2majY/wDfPlTL/wCi&#10;3r6Ar5v+0f2f8QPh/e/3NaW3f/dmgli/9CZK+kKDU4fwH/o9nrlp/wA+msXaf99S7/8A2pVzx5/y&#10;JesOn8EDTf8AfO1v/Zar+H/9H8YeMLf/AKfLe4/77gX/AOJq54wj+0eE9ciT+KxuP/RTUAfW8biS&#10;MOv8VSVleGLr+0PDOkXf/Pazhl/76RTWrWQBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFAHzB8N/wDknnhf/sE2n/opa6Hmue+G/wDyTzwv/wBgm0/9FLXQ81qAc0c0c0c0AHNHNHNH&#10;NABzRzRzRzQAc0c0c0c0AHNPj+/HTOarahef2fpd5d/8+8Ek3/fKs1AHyv8Asr+ONK8L+B/GHiXW&#10;5JIINT8Q+SnkW8lwzs0TTfdjBb+J69ok+Nnh/ULi3tPDUd5401KaJZvsWjxq3kxMqvullkKpF8rJ&#10;8rNv/wBivmv4FyfZ/gf4bu3/AHfneIr27/786NLXvn7Kenppf7N/w/t1/d79MWZ/9tnZn3f+PUAc&#10;n8YP2gPD+j2fht7iz1SDXbHWlmfw3PZst87JBL5aqq7lZWZk+ZWas/wfH8QNY+2amlnb+HtW1na+&#10;oa7rEfnXW1f9Xb21mp2xQxbvl81v9tk3V6J8RP8ATPip4Dt3/eR29nqd8kf9yX/R4lb/AHtsj/8A&#10;fytj/WfcoA8T8F6H8HPEnh/R9W+IfiyPUvH3lb72bXNckt7qynX5ZI4oldFgVW/urVj4iaP8N/D/&#10;AIH1zVfC/wAULj+0rS1kmtbX/hKIrpXl/h+WXezL/srVz4iRrJ8XNHSWPzNugXL/ALyP+9cwL/7L&#10;VeTS9Pk+/p9nJ/v26/4UAZ/wjvH1D4saXv1SPWoLS21q3t9XjjVVvYEuYEjm+X5fm2/w1oeJI/sf&#10;xk8WRf8AP3Z6dfJ/3y8Lf+ikqx4DjSP4yaWiR+XHFoF3sSP5VT9/brVj4oR/Y/jBo8v/AEENAuIf&#10;+BQ3KMv/AI7O9AHL+NLj+z9Ls9Q/6B+p2F3/AN8XMW7/AMdr6kk+/JXy38RLd7zwH4giT/WfYZnT&#10;/eVWZf8A0GvpjR9QTWNH0/UE/eR3drDcf99qrf8As1AHLx/6P8UNUT/n70q3m/74ldG/9Crc1CP7&#10;Rp9xF/fikT/vpax9c2WfxI0O4f8Adx3GnXcLv/uMj/8Axdbnh/Q9T+IHzWUkmk+Hv49X/wCW1z/s&#10;2yt/D/01b/gO/wC/QB6H4N+JQt/h54M0vSrI65rjaLZPPb/aPLitl8hfmnlw23d/Cu1nb+7W/wD8&#10;LF8QR/K3gyR5P+mGqW7Rn/d3FW/8drN0PwvpnhPQ49K0Kzj0mwh+4kEf/jzbs7m/2mrUj3+X8/8A&#10;rP8AvmsgJ/8AhbEcf/Hx4X8SW/8A25xzf+ipGqT/AIW/4ai/4+pNQsZP7l1pdzG3/ouqEclxJcSI&#10;9vHHAn3H8zcz/wDAdvy1JHcfvNiSf9+6ALy/GLwcZNkuuwWcn929je3b/wAiKta+l+M/D+sXH2fT&#10;9c0y/uNu7ybW8jkb/vlWNc1/pf2iTfJH9k2/Inzbv+BNms+88P6PrFv5V3o9ndxo33J7ONl3f8CF&#10;AHqdFeMR/D/wv5kiRaPHaSJt+e18y3X5v7rRlasf8IfYpHsiv9ctR/D5OuXqqn+7++20Aev0V5J/&#10;wj9xb/PF4o8SQT/35NQWT/x2RGT/AMdrkPiR4v8AFPgfT7OK38aXupa1qDtFpukQaRatdXsv91Xw&#10;FVV3fM235aAPoqisnw3/AGn/AGDpn9ttA2sfZo/tjWufJM+0eZsz/Du6VrUAFFFFABRRRQAUUUUA&#10;FFFFAHzB8N/+SeeF/wDsE2n/AKKWuh5rnvhv/wAk88L/APYJtP8A0UtdDzWoBzRzRzRzQAc0c0c0&#10;c0AHNHNHNHNABzRzRzRzQAc1z3xI1B9L+G/iy9T/AFlvo93N/wB8wO1dDzXBfHy8/s/4H+PLhP4N&#10;FuU/76iZP/ZqAPmPwP8A8Sv9nvwm/wDq9lr4nu/++LGWFf8A0KvpT4D2f9n/AAP+H9p/zx0KyT/y&#10;AtfN95/of7Oejv8A6vb4K8T3f/fc6Iv/AKFX1h4Ds/7P8B+G7T/njpNpD/3zAi0AcX4w/efGzw+n&#10;/PHw7dv/AN9XNuP/AGWvP/Cf/CpLiPWP+FgXGj2/jD+2L37U+pXDW91t89lg2tkN5fkqm3a1d54g&#10;/efHD/rj4ZX/AMfu2/8Ajdbkn7yPY/7yOgDyvxh4X+Dkeh6xreheNPL1qx0y4e1S18WNIz7VZ1hV&#10;ZZH+8y/drk/h/qEt5p+oRf2x/wAJLaWk8cNvq/7v/Sd0ETyf6sBflkkda2PGml2Vx8YLxJbO3kjT&#10;QLb5JLdW+Zrmf2/2auW9vFZ28cVvHHBAn3EjjVVT/vmgCx8P/wB58aP9zw3N/wCPXMH/AMTWh8cI&#10;/s/iT4f6h/0+Xdi//bW2Z1/8egqn8N/3nxgvP9jw6v8A49c//Y1sftAR+X4P0fUP+gfr9hN/wF5f&#10;Jb/x2WgDm7i3S8t7i3f/AFc0TQ/99Ltr0T4P+JLeP4J+C729k/5hlvabI42kkeVF8ry1VfmZt0f3&#10;Vrz+P7RJeR2lpbyX9/N/qoY9q/d2ruZmwsS/N8zM1fQHwL+Ddv8ADfw3pcV7ef2zrSLcPFdQfNb2&#10;avK0rQwcf9NNu777/wC78lABp/wvfxZqml6t4wt47S0sdz2ui+ZuZ2f5f9JZflb7v+qXcn953r1C&#10;4kt7eSOWWTy9i7E/ebV+bav3fu0SW6W8lxLcW8f31m3+X83yr/6FUckjxyR3HmRx2jqu/wAzdu/2&#10;dv8Ad+9WQEkcfmSRyyx+XIm5E/ebvl/ytSfZ08v/AFf8W/8Aef3qPM/gT95IjbHqvcSf2fH5v7vy&#10;PNZ7h55PuLQBYjkf7RInl+XGv3H8z79Rx28Ucklwn/Lba7/xb9vyrRHcfaLeOWL95HLt/wBn5W/i&#10;qP7Y8en+alnJ/cSGP733tvtQBJJJ9jt7iV/3+zc+z5V/4D2qTzHkj+SPy/l+TzP73+1VPzHk1Dzf&#10;tkcdpD+58mP5d8v+0zf+O7asXkkv7tIv422O/mKrJ/tfNndQBJb+bHbx+bJHJPt+d4/lXdVe3s3+&#10;zx/bZPtc6S+dv8v5Ub/Z/wB2pLi4S3jkll/dxp/H97/0HLVn+KPEmmeC9DvNb1PzI4F2psgj8ya5&#10;lb5Y4Yl+80jM21VoAp+PPFtj4P8AD8l9d28mpTyyx29lpkHzTXlyW/dQxL/e3f8AfH36s/Cf4b6h&#10;o+p3fjHxh5F1411ZVQpb/PDpNqP9XZwM3Pfc7fxv9Epvwr8B6tcal/wm3jSJI/ElwrJYaTHJ5kOh&#10;2rf8sV7NO3/LWX/gC/InPrlABRRRQAUUUUAFFFFABRRRQAUUUUAfMHw3/wCSeeF/+wTaf+ilroea&#10;574b/wDJPPC//YJtP/RS10PNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXl37Tl59j+A&#10;fjR/+e1rHb/99zon/s1eo8149+1xeJZ/APxBv/5bT2UP/k5E3/stAHhfjSPy/wBn+3i/6plN/wB9&#10;XN9AtfYlnH9ns7eL+5FGn/fKrXyX8QLf/i1f2T+54I8M2n/f7UF/+Jr6E+Lmuanpcfh/R9E1CTSd&#10;S1zVltPtscccjQwJE8srKsgK7tse37v/AC0oA5+8k+0fHDxA6fvPsmhadbv/ALDNPdS7f++Wroea&#10;8e+E/ix4/C9v9n0PxB4o124gh1HX9QsY1uG8+XcFaXc6tu2x/Kqr8iV1mofEjRI7O4t9Vt9c0KOa&#10;JoX/ALS0O7h2bl2/e8sr/wCPUAef6hrF7rnjS88V2nhfxJP4evtMtrey1CDS5Jo5lSWdmkXZuba3&#10;mJt3LUcnxE8P2cmy91D+zJP7mpW8tm3/AJFRa3Phv+0Rqun6Pb+F9K0PQ/FEfhuztrF9U03XGjjm&#10;+VlX5WgO1tsfzLWh8RPjB4g8aeD7jR3+H8n766tpnT+2IJI3WKdJZI23BfvLHtoAj+E9xFefFTWL&#10;i3kjng/4R22dHSTcrq9zL8y/9811Hx8t3uPg34sdP9Zb2f2tP96Flm/9p1wf7Pel3Gl+NPEEVxHH&#10;BP8A2TbzPBB80cPm3l5N5a/7K+Ztr2TxZpf9ueE9c0x/+XuxuLf/AL7iZf8A2agDxu80+01S4t71&#10;4/38Kt5U0cjRsivt/u4rY+EfhOy8UXnjCLULzVPP0/UYUt3tdQkt/wBw9sjruWMhW+Zn+ZlZ65vw&#10;PqH9qeC/D92/7ySaxt3f/e8pd3/j1dh8E7j7P8TPGFp/z96ZYXf/AHw08bf+yUAegR+B9Qs/+Qf4&#10;48SaTs/59LiPb/wJWQq3/fNWI9P8d2fyWnxEvJP9u+s45m/8eO2ukqnrGqW+h6Xcahcf6uFfuR/M&#10;zt91Y1/2mb5VoAf4Mb4sa/oE+q/8JJ4UktLe/uLT/iY6dJb7/Kk8vdvVyvzN/s10nk/F/S/Md/CH&#10;he+3Nl307VJVkdv722RFX/x6vlr9sfxtqXhj4a+C/glpn+keJdWaPUNchg+ZvMmlZ47f/gUz/wDk&#10;OOvtz4I/D+7+F/wp8M+GL7ULjUr6xs1W6ubu4aZmlOWdVZiflVm2r/sgVkBwv/CWfEDTzu1P4T6p&#10;JB/f0rVLK4b/AL4aRP8A0Kqf/C4P7PuJP7V8H+NNN+7/AKK+j+ds/wBr90W3V9D0UAfOknx88BSX&#10;FumoaxcaLsl3p/aunz2q7v7v72MVuW/xY8CahJvt/Fmhz7P+ed5E2zd+Py17W8aSDa43Vg6t8P8A&#10;wxrk5m1Dw7pd7O33p5rONpP++sZoA4qTxhoVvod5rb65Z/2TaRNNcXsdwskcKqvzfMpNU/hn4X1L&#10;xdqkHjvxTbyWY27vD+hTglrCF/8Al4n/AOnqVfvf88lOz+/XQr8BPhx/bFpqo8D6Al/ay+dDOmnx&#10;qyN2b7v3q9CoAKKKKACiiigAooooAKKKKACiiigAooooA+YPhv8A8k88L/8AYJtP/RS10PNc98N/&#10;+SeeF/8AsE2n/opa6HmtQDmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgA5rwr9tiRI/gPcI/7v&#10;fqdl/wCOsz/+y17rzXzt+3ZI/wDwpvT4U/5baxCn/kC4b/2WgDm/iJb/APEvksv7n/CE6d/31cs9&#10;esfFy4S38cfDuV/9XDeajM//AAGxevN/iJH5niSS3/v+MvC1p/36gWX/ANmrpP2oNU/sf+w71P8A&#10;WQ2etOn+81jsX/x6SgDn/gfH4t8D+D7O90LT9H1a01zTrK7lh1K8lt5oZ1g2Nt2xurKy7K9It/ih&#10;47t5P3vgPT5/+vXxJt/9CgFHh/S/7D8P6Xpn/PjZw2//AHwqr/7LWjzQB85eE7fU4/FmsRaxpcek&#10;3+nwLaSpHcLM1y01zcXnnMy/xbZ0Wu15rOk/efEjx4//AE+WiflZxf8AxVaPNBkX/hH/AMlI8YP/&#10;AHNO05P/AB64avXPMS3/AHsskccCfO7yfKqKv3mavC/A/jDSvB/jDxxe6rceXvi0q3t4I42kuLmV&#10;luG8uKJfmZv92qel+OL34maxJrHirwX4gu/BELSJZeH7GS2mWaWKVkaa8XzlZm3L/qvmT/foNTj/&#10;AIf+LH0/T9D0S40PWILC4urmx0rWpLdfsN75TSuvlNnc37tflbb89emfD+4TS/jJbyyyeRHd6Bdo&#10;7yfKqeTPBLub/gLPVP42eNPCnxIuPA9jqvh/xAmk6ffXFxew32j3MKwr9jdI/miB/iZPutXByeE/&#10;hlqmoWf2Lx5JYQQt8+n32qNJG8TMrNHtnO5d21KAPrCTXIbiSzt9Kjk12+vv+PWy07bI03+1u3bV&#10;j/vMzbK7O28FWXw10C7+IPxBvY7i40SCS+Wyg/48tPwn/LPdjzJv4fNb/gKpXwB+zHb28HjDxhpi&#10;3l5aazE2+31PR9QktZHUMyt80RG5dzI1a/7UHxX8df2Pb/Dq98aXniix1Bo7h7KeziW4Ta37qNpY&#10;8NLub+9/zzrID0L9i/wjqf7Q37Q/iP4y+J4/MtNPumltUk+ZftbrtijX/Zgh/wDadfo1Xxz+zj8V&#10;NO+BPwx0fwhrHgzWLQWil7rU9J8vUIZp3+aSRlQiX/yG1fQPhX4//DvxlcC00zxfp325v+XK9l+y&#10;3X/fqXa//jtAHotFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfLHwv1C01D4f8A&#10;hdLS4t7uRNJtt6QSLIyful/u11nlvH9+vkv4V/BdPGHgPT9bu9UjjjvoI3tIZ9HsbhkiT5Pml8lX&#10;bcy7vvfJXYR/CfxXo/8AyCvFEcfzb9kdxqFn/wAB+W5kT/yHWoH0DzRzXg0cfxb0f7moXF/Hu3v/&#10;AMTC0uv+A7ZbWBv/ACJVPUPjZ478FyWaa7pf/Hw3ko8+hz7Xlb7sfm2k9wqt/wBs6APoXmjmvBrf&#10;9qi3s5Nmp6Xp8cm3/oKNZtu/3byCD/0Kus0f9oTQtYj3ppesSf7djHFqC/8AkpJJQB6bzRzXFf8A&#10;C6PBUcmy78QR6TJu2bNVt5bFv/IqLXQaP4o0TxBHv0zXNP1L5tn+i3kc3/oJNAGrzRzT/LeP78dM&#10;5oAOa+bv26NQis/hv4bhlkjjjm1re/mfL8q20/8A8VX0jzXy18dNnjD9qj4f+H7v9/Yae1lN5Mn3&#10;d0ks80jf982SLQBJ4k1C01zxho93ZXFvf2l98T9O8q6gkWSN1h0xfusuVb7tdZ+0B4bl8WePPhfp&#10;iSRpafbLu7vfM/jgiWB2X/gTKlcH4s0dPDf7UHhfw5pUdvYeHn1G08Tvp8Ee1UvJVuLaRl/hVWWP&#10;cy7fv16J8aPElp4X+JHw/uLiO8u5JrXVYbeysbdpri5lK2+2OJV/i/8AHKAOskk/1jv+7/jd64+z&#10;1zW/iZJJaeBPLg0lG2XHi6+j3Wqf3ls4uPtMn+1/qk/vv9ytDS/hXqvxAkjvfiB5dppO7fF4OtZN&#10;0P8AstfSr/r2/wCmS/uv9+vRPFnjDw/8N/D/APaGt3lvpOk2+2GJPL++38MMUS/Mzf3VVaAOLt/2&#10;Z/BXl77iPWLvVpm33Gtf2xcx3lzL/eZo3Vf935fkrx/xZ4Xt7jWLjQvhl4o8Qatq1vLsvb2+uIrr&#10;SdM/vLLK0ZeWT/plE2/+86V2nijxBr3xI0+4u/EFxJ8Pfh6i/PZSXC2+oXsX3f8ASZVP+jRt/wA8&#10;lbf/AHn/AIK2LjXPC/w78L6f5X2ew0X5YdPtdNj3eczfdjgijy0rN/s0Ac/8P/C/hLwn4svIn1iz&#10;1nx95Uf226upI1vPKZdyrFF/yyj2/wAK/wDAq5v4T+OPDkfh+4sn8QaXHdpq2o/uZLyNW2teSsrb&#10;c/7Valx4T13WNH8cP4l+D9xrUfiFvtGmp9osprqz22aQR+arSK0Um6Pd8rfJXSeH/iZ8L7Pwfoei&#10;a39jn+w2dvY3U0+jtNapKiqki+b5ZX5ZF2/3KANC3uEuI99vJHPH/fgk3L/47ReWcV5Hsu7eOeP+&#10;5PGrf+hV5n+0J8P9M8J65b3dpo/hfTdN1D9zZQabp62948qLuk3MsLf+Ostangv4f6V8QPhvef8A&#10;CJa5qFp43sYlhuPL1S+hs0nb5l/dSO38P/j9AHi/xQ0Pw/4D+PGn3uq6XbyeF9Qg86W18vbGnysj&#10;bVXH8So1Yfwj8N6Z408Uax4r1u8k8PaFp7b7d/tjQtDK3zRRrKxLfKtaHxE8B+IPFH9n293400/X&#10;Z7e6+yJ9u1CJlRn+Vm8+OBE27l/iaug1j9juXwXo+n3fivxxo9hJNKyJp/2e5mWZtu5o1aP59397&#10;bHWQFfxZ8bLLw/JJb+FPGnijXbv7iJPHbTW+7/ekh3tXplnpfjDxZ4b0+7vdQ8P6tHdwRzPZeIPD&#10;7KyMy/MrbZP/AGWo/hX4PuLOO4TwZ4b8H6tPabUuntdQube8Tdu27vtNsH+bb/e2VHefHy00u48r&#10;UPDeqeWkrQvdabJFeWqMrbW/eq4X71agaGl2/wAQ/Bf/ACL8cek7P4PDniie3h/8BZ4Xg/8AHa7P&#10;SP2pvjb4U+XUPCZ8UQL/AM94LZZv+/ttNt/8g1mSePLfT/8AkJ6H4k0n/r60O72/99Roy1n/APC0&#10;NM1y4j0rwpJH4l8S3HyW+lx7o2T+9JPuA8qFf4mb/gPzUAes+Hv+CiHhRdcsNH8aeC/FngnUr5tk&#10;Dyae11byfNt+V0Af7x/551754T+NXgPx5J5Og+LNLv7v/nz+0iO4/wC/TYcf9818dePPhnF4H8D6&#10;fqF7cf214o1DxJo/9oavJHt+7crthiX/AJZQr/Cv/A2+atjWPD+ma5H5Oq6XZ38f/T1brJ/6EKyA&#10;+56K+FNH0+98L/8AIteJPEHhvZ9yGx1CSS3/AO/Eu+L/AMdrbuP2mPiZ8MLjS7vVrfT/AIheHprq&#10;O0ukjt10/UofMfZHIjKfIk+Y7dm1P9+gD7QormPAvjfS/iJ4XsfEGiTtNp92G4kj8uSJw2145EPK&#10;SIysrL/eBrp6ACiiigAooooAKKKKACiiigAooooA+HP2f/8Akifgv/sHL/6E1egVwfwD/wCSJ+C/&#10;+wev/oTV3lagFc/8RLNLzwH4gif+CxmmR/4kZF3xt/vKyo1dBWH43/5EfxJ/2DLn/wBFNQBuaHcP&#10;qFnZy3H7zzoI3dJPu8qrVn/ED4Z+D9Yt/NvfCehzz7f9dJp8Xmf99Y3Vc8J/8g/S/wDr2h/9BWtj&#10;xZ/x5/8AAaAPnO4+H+lafqHlaZcaposf9zTdYuYV/wC+Vk2/+O0ax8P08N6XceI3jj8YWmnr9ovd&#10;L8QWdtcSTWq/NL5E6xrKsir8y7mff9yuk1D/AJDFdpo9nFqFncWkv+ouImhf/dK7WoALP4R+EpLO&#10;3u9E/tDSYJole3fR9Yu7VdrruVlVZNv/AI7Vj/hX+sWf/IM+IHiSD5diJffZr5f/ACLDu/8AHqr/&#10;AAP1CXUPhP4biuP+PvT4G0u6/vebbM1u3/ouu95oA4r+z/iNZ/8AHv4k8P6t/salo8tu3/fUU/8A&#10;7LXg/iy312P9rDwfqHiC30uCe4n06FE0q4kmj2rFfru/eIrbvmr6t5r5y+OmzS/jx8N9Tf8A1b3l&#10;h8/+7cvE3/pTQBoeJPB8XjT9qS8tH1C8027tPCllfWV7Y+X50MqX0q7v3iMrf6z7u2suz+Kmk+G/&#10;2iLey8R/ESz1rTdG0W7hfVJ7OO3WyuppYP8AR5ZYv3W7y4t38Nc/+05cXeh/tCeC0+0XFppviTRZ&#10;tL1B7WRoZHihn85oVZcMu7citt/grqNP+KGlfDfwXeRaJpdnYabY2s0yafaxrHG+xWbb/tbttAHc&#10;eJP2gNKuNQ/4R/wF9j8b+KHiWbZa3i/YbKJvuzXM652r/srud6x9D8Bzf25H4m8UahJ4o8WbdkV7&#10;PH5dvZK3/LOzg5WJf9r77/xPXien+B7vxJ8XPhvqtxqkmm+IdZvLhLrUNDjitVhg+xyy+TEuwrt3&#10;fxMrO9e2eJPhXrGqR3Hh+y+NElpd7V821urOy+2bW/h3RGN13L/F9/8Au0AY/wARNYl8aR3HhLwv&#10;o9x4s1aG6tpr+G18tbeyiinSVlllkITzGWPasW7fXQfD/wAF6fH8bLjxBp/w7vPBkCaLJC/26zij&#10;j+1POjboPLd0VvLX5mXbVPxB8I/iRb+B7fwv4fuPC+k6baSrNF/Y323TWf725Zf9Zu3btzfMr7/4&#10;6PhvpfxA+F/9oPqvhvWPEsdwsaJDY65BNDDt3fMsU7q+5t396gDY0/8AaU0fUPEFvpieG/EEck06&#10;26f6PH5yMzbdzQb96r/e+WuT/aI8H2Xh/XLPxW+sR6T9olW3ihtdLXd56qzNJ58bx/M3/TVv92j4&#10;gSXfijxBJqd7cfEjwvA6xp9ik0Oe6t4dq7d0TWk+1f7zbt1dZZ/FTwJ/wh//AAjV38RJIL/7L9k/&#10;tTWY2tbzcy7fM/fxqu7/AIDWQB4D8QRfFj4Z6h4f0/XLi/12xiWGXV9c0uKZfNdmaNtuXib5fl+9&#10;v/vV5n4D+LD/AA/8YSWmseKLi70W0lmt7iytNPj2vLu2blVtkq7W/uxtvrH8L/FDw14D8cfuvHms&#10;eJbTTp5IZbXTZIvLvW+Zf9VJdu0q7vmXyo13/wANeqftAW93pf8AZfiv/hLNU0KwmWO3isoLORW8&#10;1lZ9zNHJGytt/wCerVqBzfx08D2/hPXLPXdP/wCEb0nTbhlS3tfsa/aHvPmdm2+RMrfKu77q7K7T&#10;wvrFp8ZPh3eaPd6ho+u+LLGDfK99o7eTbTvu8qTypAP7v3l20fCfxJo/xM8D3nhyXULzxDf2MX+k&#10;ahrmnxTfNLv8tl5kRtv91mZ/71eT6frCfBPx5/Zl3401CSDS51fULXTdPWGO5+XdtZZZ1T5lb70S&#10;/wC7QBJ4T+IEvwb8cXGlarrlnHpNjKyara6Vp8Xzy7fl2/uYG+Xd95d1dZ8bPBemW9vp/jvTNQ0f&#10;w9pLrC//ACC9s008rZjk3LGzbm3fdZVrvPHHhPUPipp+h6x4a8Qf2FA8HnbJ7No5Jlfa0bMy7ZYm&#10;X+7XPyeINd8D2/8AwgVvqn/CxvH2p7riKG+j/wBF0y1bavnXjMWby933VZt8r/ItAGf4H+OlxJod&#10;v4Z0+8vPG/xCm3PEk9n9lhSJm/108q5VYYv4m++/3FSvRND0PT/hfoeseJfEuuR3epTRfaNa8SX3&#10;7veqfdjVf+WUK/8ALOJf/H2qv4P8F+HPgf4X1jU728t455v9O13xBdRxw+cw/ibb8qxr92OJfuV5&#10;X4g8caf401zT9b8Z3Emk6FDKs3h3wdJG0l9et/yzvJ7WMF2b/nnFt+T77fN9wA3LjS7j42XkeseK&#10;tPkg8Jwtv0jwxdfK03928vF/56f884v4P977kd58J9C0Ozku9P1zWPCcEK73eDVG+yp/vLPvRaz/&#10;ABB8UNbk1CPT7ezj8Lz3H+qh1KNtQ1qb/ai0u2JZf96dlrQ0P4D+K/Gl5b6hqtn9k2NvTVPHHl6l&#10;eJ/tQaXERa23/AmZ6AOHk8WeJbeP7X4c1iz8Z6FC3+lavrFmuk6fCv8AE32/esTN/wBco2rY8P6H&#10;4l+JF5Z3dpZyeLILeeO4t0gt20vw6kqNujklupR9ovlVvm2xR7Hr6A8P/AvwvpeoW+p6rHceMNai&#10;/wBVqHiOT7U0P/XCLAig/wC2Ua12niDxBpnhfR7jWNY1CPTdNtF3y3U8m1UX/wCK/urWQGf+yPpd&#10;5o/w11i31TUI9T1L/hJtWa6vEi8pJpftkm5kTJ2ru6V7nXl37Pel3ul/DWCbUrSfTbrUr++1U2t2&#10;myaGO4upZo1kX+FvLkTK/wAJ4r1GgAooooAKKKKACiiigAooooAKKKKAPiD4B/8AJE/Bf/YPX/0J&#10;q7yvP/2f/wDkifgv/sHL/wChNXoFagFYfjf/AJEfxJ/2DLn/ANFNW5WH43/5EfxJ/wBgy5/9FNQB&#10;seE/+Qfpf/XtD/6CtbHiz/jz/wCA1j+E/wDkH6X/ANe0P/oK1seLP+PP/gNAHi+of8hiu48N/crh&#10;9Q/5DFdxoH+roMjD/wCJr8M/FGqanp+j3niHw1rkv2u6stN8trqyvNqq0yqxXdHKqpuXdvR/n/jr&#10;Q/4Xp4Ut/k1P+2PD0n/UY0e7t1/768sp/wCPV1FHmPH9yg1Keh/Ezwf4k+TSvFmh38n9yDUImk/7&#10;5zurzP8Aa08J3uqeA9P13TP+PvSZ9+/+FFdkaNv91ZooK9A1jwfoXiT5NV0PS9S/6+rOOb/0IGpL&#10;f9nP4eahpd4i+H/7N86Jkf8Asq8ns1dW+VtyxSBW/wC+aAPM/jB4DT9qj4T+F/EfhTULew12xlXU&#10;dPe63eWku3ZPay7csvzfK3+3HXzv448L/ED4f6po+hanH4bu/EOrN5NvotrrG6Z938TK0YVV/wB5&#10;q9ovPg3p/wAM9QvIvC/iTxZpNpdtvuLWDWJPLfb8vpu3f7X3q5vWPhfpV5Z7LK3jjv8AzWme6uo2&#10;umuWb7yzsx3y7tv97en31oAy/gnH4j+H+saHe+O9D8QRwaC1x9gstK0tb7YssTRKrTrNuZVVvl/d&#10;11vgv4H+CvjxJ408ZXv9sQXep+Jr/ZM/7uTbGyRqrQTxsqsvl7fu1neB73x/dx6gnh+w1jWbHSZV&#10;t7h/scmtWKN/zziuottxuX+JWWXb/FXWfs//ABQ8OeG/CeqaZ4n1zS/DfiF/EOqXNxp+pXDWbJ5t&#10;y7oypOEbaysm3ctAEcf7Jcuj/P4a+IGsaL/cTy2jVP8AwGkgqT/hV/xw0P8A5BXxQjv40+4l9cSf&#10;+14bn/0KvdNL1zTNcj36fqlnfxv/AM+txHN/6CTVzy3j+/HQB4H/AG5+0b4f+/p+j67Gn/POO2kb&#10;/wAdmtv/AEGuf0vR/iX+0JqGsS67rFx4esNPum064tZ/NhhhnRVZo4rO2uhu+Vvmnnmf+4qJX05X&#10;k/h/XH8D+NPiJoj6fcalqV3ef8JJpWn2vlrNqcE0UUUixeYVXdFNG/mfN8iSRvQB5XqH7GesRyb7&#10;LxZp93829Pt1nOrf99STTr/47WX/AMM9/Fjwv8mmXFvPH/c03WJIf/HVFsv/AI9X0B/wnnjiz/4/&#10;fhXqEkf/AFDdcsrhv++ZHjo/4XIlv/yE/A/jjTf9uTQ2ul/76tnkoA8Dt9Q+PfguPZ9j8UeQnz+X&#10;B5d5H/3you2aiT9qDx74fkj/ALet4/Mh/wCgx4fWNv8Avpntf/HVr3j/AIaE+H8fyXuuSaL/ANhj&#10;T7uz/wDRsarW5pfxc8Fa5+60/wAaeH7uR/4I9UiZv++d+6gD5z1z9tzxHJ4fuF0rS9Hu9Wm/cpdW&#10;sdzJ9m3f8tmiUOjbdv3fO+/XefCP4qeCtH8HyXHw/s/EHxC1LUP9O1fXbq3+x+dP/FJfXk+2KLb9&#10;3au7Yn3UrL/aE8L6J4o8WWezw/pfiSTSfDOp6/b6f9jjuFubxJ7eKJmWPDT7VkfbFu2V2nw/0fwv&#10;4kvPCdx4m0PXPFFprP8AyBdQ1y4spNN3eU0y+Vp1s5igXy4327o2/wBp6yA4fxJb+IP2iLzT0eS8&#10;8Q6bYzrcRaR4Lk+z6T56/da51acBZWX+7BG2yvVPA/7Ndxp8cj6rqlv4eguP+PjT/B3mQzXP/Xzq&#10;kubqf/gLRV7xHGkcccSR+XGi7FSP5VSuX8SfEjQvDeoR6VLcSalrrrvi0XSrdry+f/tlHllX/aba&#10;lAFzwf4D8OfD+zktfDmj2eixv/rfssf7yZv70svLyt/vNVjxJ4o0fwfp/wDaGu6pZ6TafcWa6kWP&#10;e391f7zf7K1RsPC3xK8dnc8dn8NtJf8A56eXqGrOv+7zbwf+Ra7XwX8EfCngvU/7WWzk1nxB/Fru&#10;uSNeX3/AZX/1a/7MYVfagDz6x1zxj46z/wAIf4XksbFv+Y74tjktIf8Aeitf9fL/AMC8pf8Aarr/&#10;AAr8CbK01ez13xXqlz438QWj+bazXqLDZ2Tf3ra1X5Eb/bbc/wDt16tRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQB+ffgrSfib4E8H6PLpnwz1TVvD13ZxXaQQ3EE2xniUs0TROz7ZfvbWj+Vqu3H7Q&#10;Fv4fk8rxR4P8SeGn/i+3WbRr/wCRAlfY/wAH/wDkkngj/sB2X/ohK6z7/wArUAfEGj/HjwJrn+q8&#10;QRx/9d45F/8AHtu3/wAeqxrHiD/hPLe40Lw1cR3dpcRNDqGtR/vLe2iddrRxfwyzMrfd/g++39x/&#10;qXxH8GPAHi1nfWPBeg6lIw5mn06FpP8Avvburjbj9kzwFGn/ABJP7c8L/wDYH1u5jj/79M7R/wDj&#10;tAHEaPbpZ/Z7df8AVwqqJ/ur8taHiz/jz/4DWnJ+zRr2nybtF+J+qJHj/V6xpdpef+PIkTU24/Z3&#10;8W65sh1v4nyfYB99NH0OCzmdf+urvLt/75oA8KvI3/tiu00D/V16fa/sf/CtYx9u0K81m6xl7rUt&#10;Xu5pn9/9bj/vkU+4/ZJ8D2//ACBLzxJ4Yf103XLll/74naRP/Ha05gOJorevP2afFFn/AMgf4nXM&#10;kf8ADDr+j291/wCPReQ1Y918Kvi5pIBSz8H+JI1/54Xlzp8j/wDAXjmX/wAep3Ahrs9H/wCQfJ/u&#10;15/JonxNt/kl+Fd5J/00tNcsZF/8iSI3/jtdBp6/EyS3kt7T4XyWkjpt87WPEFpDCn/fjzm/8drI&#10;DyT4qXlvp9xcXd3cR2lpDueWaeTaqL/earXwl/Z91z4zfZ9V177Z4X8Cv8yQ/Nb6lqy/o1tA3/f1&#10;v9ivXPBf7NM914qtvE3xGvbHxFfWknm2Gh2NuV02zl/hmbzMtPIv8LNtVP4UDc19C0AZHhvw3pXg&#10;/RbTR9F0+DSdKs4/Kt7O0jWOKNR/dVas6hpdlq1v5V7aW95D/cnjWRf1q9RQB5rrH7N/wp8Qb21D&#10;4b+FriR/vSf2PAsn/fSoGrnJ/wBkH4bR/wDILtNc8PSf39H8QX9sv/fCzbP/AB2vbaKAPArj9lm7&#10;s8/2L8U/GFp/sal9i1CP/wAiQb//AB6uO8afsp+N/FGnW9rf+J/CHi2C3l863GseH57WaFum6Ke3&#10;ut0Tf7SrX1dRQB8N3H7LPxR8P/8AIPtJNn/Uv/ETUI//ACFeQOn/AI9WZceC/jR4b+d7f4iRp/00&#10;t9C1xf8AyG8ctfe9FAH5+XHxI+JHh+P/AImdxsj/AOpg+H+s2P8A5FgMyVz958ZNK1j91rfh/wCF&#10;/iH++kniCK3k/wC/V9ap/wChV+kdUdQ0my1aHyr2zt76P+5PGsg/WgD8/vA9n4f+Gcfiz4m/2X4b&#10;sLuazhtLXw/4RuIJFhgWX5VaVdqNJLJIm5vuIkcdb/wDsNV0+OzeLT/+E68S2L3aWmn+GZP+JLo3&#10;2id5pfNv5MRNJ82z91u2LHsVPnevqbVP2c/hVrk8ct/8OPCd3OjrKHk0e23bl5X+Cu+s7O30yzS1&#10;tbeO0t4l2xwwxhVRfRVFAHj1j8GvFfjA+b418T/2TYt/zAvCUkluv+7JeNidv+2flV6R4L8A+Hfh&#10;3pf9n+G9GtNHtXO9xaxBWlbH3pG+87f7TZNdLRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQBx/wf/5JJ4I/7Adl/wCiErsK8U+Fnxv8FWHwt8HW8+uBZY9Hs4mH2ScjcsCA&#10;/wAFdV/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK&#10;8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C&#10;/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eB&#10;f+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/AMk5&#10;/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/&#10;APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz&#10;7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/&#10;ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/&#10;6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/AIX14F/6Dn/knP8A&#10;/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igD0GivPv&#10;+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A&#10;0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/o&#10;Of8AknP/APEUUAf/2VBLAwQUAAYACAAAACEANhFnydwAAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBm90kkqIxm1KKeiqCrSDepsk0Cc3Ohuw2Sf+9oxe9PHi84b1v8tVsOzXS&#10;4FvHBuJFBIq4dFXLtYGP/cvdAygfkCvsHJOBC3lYFddXOWaVm/idxl2olZSwz9BAE0Kfae3Lhiz6&#10;heuJJTu6wWIQO9S6GnCSctvpJIqW2mLLstBgT5uGytPubA28Tjit7+PncXs6bi5f+/TtcxuTMbc3&#10;8/oJVKA5/B3DD76gQyFMB3fmyqvOgDwSflWyZfoo9mAgiZIUdJHr//TFNwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhABmUu8nDAAAApwEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDLCsIwEEX3&#10;gv8QZm/TdiEipm5EcCv6AUMyTaPNgySK/r0BQRQEdy5nhnvuYVbrmx3ZlWIy3gloqhoYOemVcVrA&#10;8bCdLYCljE7h6B0JuFOCdTedrPY0Yi6hNJiQWKG4JGDIOSw5T3Igi6nygVy59D5azGWMmgeUZ9TE&#10;27qe8/jOgO6DyXZKQNypFtjhHkrzb7bveyNp4+XFkstfKrixpbsAMWrKAiwpg89lW50CaeDfJZr/&#10;SDQvCf7x3u4BAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzCT0NzwDAAAECgAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA0qz9brkzAAC5MwAAFQAA&#10;AAAAAAAAAAAAAACkBQAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhAEI7dHXb&#10;PQAA2z0AABUAAAAAAAAAAAAAAAAAkDkAAGRycy9tZWRpYS9pbWFnZTIuanBlZ1BLAQItABQABgAI&#10;AAAAIQA2EWfJ3AAAAAUBAAAPAAAAAAAAAAAAAAAAAJ53AABkcnMvZG93bnJldi54bWxQSwECLQAU&#10;AAYACAAAACEAGZS7ycMAAACnAQAAGQAAAAAAAAAAAAAAAACneAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc1BLBQYAAAAABwAHAMABAACheQAAAAA=&#10;">
+                <v:shape id="Picture 919" o:spid="_x0000_s1039" type="#_x0000_t75" style="position:absolute;width:20529;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvSvvnxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReim5SoYboKkEolJ6MetDbI/tMotm3IbtN0n/fFYQeh5n5hllvR9OInjpXW1YQzyMQ&#10;xIXVNZcKTsfPWQLCeWSNjWVS8EsOtpvJyxpTbQfOqT/4UgQIuxQVVN63qZSuqMigm9uWOHhX2xn0&#10;QXal1B0OAW4a+R5FH9JgzWGhwpZ2FRX3w49RkDVvSX2+XS/9ZX9Kkvu3zJemV+p1OmYrEJ5G/x9+&#10;tr+0gkUMjy/hB8jNHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvSvvnxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:imagedata r:id="rId27" o:title=""/>
                 </v:shape>
-                <v:rect id="Rectangle 920" style="position:absolute;left:20527;top:11631;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1040" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDm15WMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sYIxaSuIv5Bj20UbG+P7GsSzL4N2TVJ++m7BcHjMDO/YRarwdSio9ZVlhVMJxEI&#10;4tzqigsF59P+ZQ7CeWSNtWVS8EMOVsvR0wJTbXv+oC7zhQgQdikqKL1vUildXpJBN7ENcfC+bWvQ&#10;B9kWUrfYB7ipZRxFr9JgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcxi+P8SfoBc/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm15WMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:rect id="Rectangle 920" o:spid="_x0000_s1040" style="position:absolute;left:20527;top:11631;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDm15WMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sYIxaSuIv5Bj20UbG+P7GsSzL4N2TVJ++m7BcHjMDO/YRarwdSio9ZVlhVMJxEI&#10;4tzqigsF59P+ZQ7CeWSNtWVS8EMOVsvR0wJTbXv+oC7zhQgQdikqKL1vUildXpJBN7ENcfC+bWvQ&#10;B9kWUrfYB7ipZRxFr9JgxWGhxIY2JeXX7GYUHObN+vNof/ui3n0dLu+XZHtKvFLP42H9BsLT4B/h&#10;e/uoFcxi+P8SfoBc/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm15WMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6049906E" w14:textId="77777777">
+                      <w:p w14:paraId="6049906E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
-                <v:shape id="Picture 922" style="position:absolute;left:21316;width:20530;height:12604;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1041" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwJXQFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8grems0fkBKzSikooXipFcTbM/tMYrNvY3Yb02/fLRR6HGbmN0yxnkwnRhpca1lBEsUg&#10;iCurW64VHD42T88gnEfW2FkmBd/kYL2aPRSYa3vndxr3vhYBwi5HBY33fS6lqxoy6CLbEwfvYgeD&#10;PsihlnrAe4CbTqZxvJAGWw4LDfb02lD1uf8yCk4uWxzfiBLasSvPbZ9eb9NWqfnj9LIE4Wny/+G/&#10;dqkVZBn8fgk/QK5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALAldAXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId28"/>
+                <v:shape id="Picture 922" o:spid="_x0000_s1041" type="#_x0000_t75" style="position:absolute;left:21316;width:20530;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwJXQFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8grems0fkBKzSikooXipFcTbM/tMYrNvY3Yb02/fLRR6HGbmN0yxnkwnRhpca1lBEsUg&#10;iCurW64VHD42T88gnEfW2FkmBd/kYL2aPRSYa3vndxr3vhYBwi5HBY33fS6lqxoy6CLbEwfvYgeD&#10;PsihlnrAe4CbTqZxvJAGWw4LDfb02lD1uf8yCk4uWxzfiBLasSvPbZ9eb9NWqfnj9LIE4Wny/+G/&#10;dqkVZBn8fgk/QK5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALAldAXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId28" o:title=""/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="18494464" w14:textId="77777777"/>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="4DD16B4C" w14:textId="77777777">
+    <w:p w14:paraId="18494464" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="4DD16B4C" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00CF7113" w:rsidRDefault="00AB0F9B" w14:paraId="760E1A92" w14:textId="23E76FC3">
+    <w:p w14:paraId="760E1A92" w14:textId="23E76FC3" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00CF7113">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07131EDE" wp14:editId="0393D6B6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>557530</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-273685</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4114686" cy="4156710"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="34" name="Bildobjekt 34" descr="ResMed Lumis 100 VPAP ST Ventilator | CPAPEUROPA.COM"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1851,51 +1856,51 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="002978F9">
         <w:t xml:space="preserve">tarta behandling </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="161E5CAF" w14:textId="13A48E3C">
+    <w:p w14:paraId="161E5CAF" w14:textId="13A48E3C" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B768E27" wp14:editId="6CD0E7C3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3643630</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1303020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1190625" cy="45719"/>
                 <wp:effectExtent l="38100" t="38100" r="28575" b="88265"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Rak pilkoppling 37"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
@@ -1915,51 +1920,51 @@
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:oned="t" filled="f" o:spt="32" path="m,l21600,21600e" w14:anchorId="748669F8">
                 <v:path fillok="f" arrowok="t" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Rak pilkoppling 37" style="position:absolute;margin-left:286.9pt;margin-top:102.6pt;width:93.75pt;height:3.6pt;flip:x;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#005c90 [3044]" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+tSD9wwEAANkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO1DAQvCPxD5bvTJIRu7DRZPYwy+OA&#10;YLXAB3iddmLJL7WbSebvsZ2ZLAIkBOLScuyu6q7qzu52toYdAaP2ruPNpuYMnPS9dkPHv355++I1&#10;Z5GE64XxDjp+gshv98+f7abQwtaP3vSALJG42E6h4yNRaKsqyhGsiBsfwKVH5dEKSp84VD2KKbFb&#10;U23r+rqaPPYBvYQY0+3d8sj3hV8pkPRJqQjETMdTb1QilviYY7XfiXZAEUYtz22If+jCCu1S0ZXq&#10;TpBg31D/QmW1RB+9oo30tvJKaQlFQ1LT1D+p+TyKAEVLMieG1ab4/2jlx+PB3WOyYQqxjeEes4pZ&#10;oWXK6PA+zbToSp2yudh2Wm2DmZhMl01zU19vrziT6e3l1avmJttaLTSZLmCkd+Aty4eOR0Khh5EO&#10;3rk0II9LCXH8EGkBXgAZbFyOJLR543pGp5C2iFALNxg418kp1VP/5UQnAwv8ARTTfe6zKCmrBQeD&#10;7CjSUggpwVGzMqXsDFPamBVY/xl4zs9QKGv3N+AVUSp7RyvYaufxd9VpvrSslvyLA4vubMGj709l&#10;ssWatD9lJuddzwv643eBP/2R++8AAAD//wMAUEsDBBQABgAIAAAAIQB8kuOz4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqBOXJhDiVPwIUS5ItNCzG2+TiNhObacNb89y&#10;guPOzs58Wy4n07Mj+tA5KyGdJcDQ1k53tpHwsXm+ugEWorJa9c6ihG8MsKzOz0pVaHey73hcx4ZR&#10;iA2FktDGOBSch7pFo8LMDWhpt3feqEijb7j26kThpuciSTJuVGepoVUDPrZYf61HQxj7l0P6eptt&#10;H7ZP49un2OSHVe2lvLyY7u+ARZzinxl+8ekGKmLaudHqwHoJi3xO6FGCSBYCGDnyLJ0D25GSimvg&#10;Vcn//1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP61IP3DAQAA2QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHyS47PiAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAHQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E9438E4" wp14:editId="77576A14">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2414905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -1985,51 +1990,51 @@
                         <a:ln>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:shape id="Rak pilkoppling 35" style="position:absolute;margin-left:190.15pt;margin-top:1.35pt;width:.75pt;height:21.2pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="#005c90 [3044]" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnjS8gvQEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QRu2KjpvvQBV4Q&#10;rGD5AK8zTiz5Jntokr9n7LYpAoQE4mXiy5yZM8cnu/vZGnaEmLR3Hd9uas7ASd9rN3T869O7V284&#10;SyhcL4x30PEFEr/fv3yxm0ILjR+96SEyKuJSO4WOj4ihraokR7AibXwAR5fKRyuQtnGo+igmqm5N&#10;1dT1bTX52IfoJaREpw+nS74v9ZUCiZ+USoDMdJy4YYmxxOccq/1OtEMUYdTyTEP8AwsrtKOma6kH&#10;gYJ9i/qXUlbL6JNXuJHeVl4pLaHMQNNs65+m+TKKAGUWEieFVab0/8rKj8eDe4wkwxRSm8JjzFPM&#10;Ktr8JX5sLmItq1gwI5N0eHfT3HAm6aK5vWteFymrKzTEhO/BW5YXHU8YhR5GPHjn6FF83Ba5xPFD&#10;QmpOwAsg9zUuRxTavHU9wyWQczBq4QYD+ckoPadUV85lhYuBE/wzKKZ7YnlqU+wEBxPZUZARhJTg&#10;cLtWouwMU9qYFVgXfn8EnvMzFIrV/ga8Ikpn73AFW+18/F13nC+U1Sn/osBp7izBs++X8ppFGvJM&#10;0ers72zKH/cFfv0L998BAAD//wMAUEsDBBQABgAIAAAAIQDY/Ldf3AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJO4QBSyqcqf1GNpuXBzkyWJiNeR7bbm7TEnOI5mNPNN&#10;vYpmEidyfrSMkC8yEMSt7UbuEd73rzclCB80d3qyTAjf5GHVXF7Uuursmd/otAu9SCXsK40whDBX&#10;Uvp2IKP9ws7Eyfu0zuiQpOtl5/Q5lZtJFll2J40eOS0Meqangdqv3dEgPG43Zv384SIp9bL0cW8L&#10;bjeI11dx/QAiUAx/YfjFT+jQJKaDPXLnxYSgykylKEJxDyL5qszTlQPC8jYH2dTy/4HmBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKeNLyC9AQAAzQMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANj8t1/cAAAACAEAAA8AAAAAAAAAAAAAAAAAFwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;" w14:anchorId="2CB046C2">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AF3384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F8D66A4" wp14:editId="1EA798A4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2024380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionV>
@@ -2044,722 +2049,722 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="400050" cy="335915"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="5CB7D3DD" w14:textId="77777777">
+                          <w:p w14:paraId="5CB7D3DD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                             <w:r>
                               <w:t xml:space="preserve">ON </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6F8D66A4">
+              <v:shapetype w14:anchorId="6F8D66A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 2" style="position:absolute;left:0;text-align:left;margin-left:159.4pt;margin-top:2.05pt;width:31.5pt;height:26.45pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1042" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkmPSyEQIAAPwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry+luGm2vQ3zg0Ca1CF5eLS6HTrDDgq9Blvy6STnTFkJtba7kn//tn1z&#10;w5kPwtbCgFUlPyrPb9evX616V6gZtGBqhYxArC96V/I2BFdkmZet6oSfgFOWgg1gJwK5uMtqFD2h&#10;dyab5fl11gPWDkEq7+nv/SnI1wm/aZQMX5rGq8BMyam3kE5MZxXPbL0SxQ6Fa7Uc2xD/0EUntKWi&#10;Z6h7EQTbo/4LqtMSwUMTJhK6DJpGS5VmoGmm+R/TPLbCqTQLkePdmSb//2Dl58Oj+4osDO9goAWm&#10;Ibx7APnDMwubVtidukOEvlWipsLTSFnWO1+MVyPVvvARpOo/QU1LFvsACWhosIus0JyM0GkBxzPp&#10;aghM0s95nucLikgKXV0tltNFqiCK58sOffigoGPRKDnSThO4ODz4EJsRxXNKrOXB6HqrjUkO7qqN&#10;QXYQtP9t+kb039KMZX3Jl4vZIiFbiPeTNDodSJ9GdyW/oUbzUTGRjPe2TilBaHOyqRNjR3YiISdq&#10;wlANTNclv46lI1kV1EeiC+EkR3o+ZLSAvzjrSYol9z/3AhVn5qMlypfT+TxqNznzxdsZOXgZqS4j&#10;wkqCKnng7GRuQtJ7pMPCHa2m0Ym2l07Glkliic3xOUQNX/op6+XRrp8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCYMy2k3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/dToNAFITvTXyHzTHxxtgF+wMi&#10;h0ZNNN629gEOcApE9ixht4W+veuVvZzMZOabfDubXp15dJ0VhHgRgWKpbN1Jg3D4/nhMQTlPUlNv&#10;hREu7GBb3N7klNV2kh2f975RoURcRgit90OmtataNuQWdmAJ3tGOhnyQY6PrkaZQbnr9FEUbbaiT&#10;sNDSwO8tVz/7k0E4fk0P6+ep/PSHZLfavFGXlPaCeH83v76A8jz7/zD84Qd0KAJTaU9SO9UjLOM0&#10;oHuEVQwq+Ms0DrpEWCcR6CLX1weKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkmPSy&#10;EQIAAPwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCY&#10;My2k3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+              <v:shape id="Textruta 2" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:159.4pt;margin-top:2.05pt;width:31.5pt;height:26.45pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkmPSyEQIAAPwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry+luGm2vQ3zg0Ca1CF5eLS6HTrDDgq9Blvy6STnTFkJtba7kn//tn1z&#10;w5kPwtbCgFUlPyrPb9evX616V6gZtGBqhYxArC96V/I2BFdkmZet6oSfgFOWgg1gJwK5uMtqFD2h&#10;dyab5fl11gPWDkEq7+nv/SnI1wm/aZQMX5rGq8BMyam3kE5MZxXPbL0SxQ6Fa7Uc2xD/0EUntKWi&#10;Z6h7EQTbo/4LqtMSwUMTJhK6DJpGS5VmoGmm+R/TPLbCqTQLkePdmSb//2Dl58Oj+4osDO9goAWm&#10;Ibx7APnDMwubVtidukOEvlWipsLTSFnWO1+MVyPVvvARpOo/QU1LFvsACWhosIus0JyM0GkBxzPp&#10;aghM0s95nucLikgKXV0tltNFqiCK58sOffigoGPRKDnSThO4ODz4EJsRxXNKrOXB6HqrjUkO7qqN&#10;QXYQtP9t+kb039KMZX3Jl4vZIiFbiPeTNDodSJ9GdyW/oUbzUTGRjPe2TilBaHOyqRNjR3YiISdq&#10;wlANTNclv46lI1kV1EeiC+EkR3o+ZLSAvzjrSYol9z/3AhVn5qMlypfT+TxqNznzxdsZOXgZqS4j&#10;wkqCKnng7GRuQtJ7pMPCHa2m0Ym2l07Glkliic3xOUQNX/op6+XRrp8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCYMy2k3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/dToNAFITvTXyHzTHxxtgF+wMi&#10;h0ZNNN629gEOcApE9ixht4W+veuVvZzMZOabfDubXp15dJ0VhHgRgWKpbN1Jg3D4/nhMQTlPUlNv&#10;hREu7GBb3N7klNV2kh2f975RoURcRgit90OmtataNuQWdmAJ3tGOhnyQY6PrkaZQbnr9FEUbbaiT&#10;sNDSwO8tVz/7k0E4fk0P6+ep/PSHZLfavFGXlPaCeH83v76A8jz7/zD84Qd0KAJTaU9SO9UjLOM0&#10;oHuEVQwq+Ms0DrpEWCcR6CLX1weKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkmPSy&#10;EQIAAPwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCY&#10;My2k3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="5CB7D3DD" w14:textId="77777777">
+                    <w:p w14:paraId="5CB7D3DD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
                       <w:r>
                         <w:t xml:space="preserve">ON </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="25D672FA" w14:textId="77777777"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00C41C62" w14:paraId="07BD2F41" w14:textId="2AF14CAB">
+    <w:p w14:paraId="25D672FA" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="2F05ACA6" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="07BD2F41" w14:textId="2AF14CAB" w:rsidR="00AB0F9B" w:rsidRDefault="00C41C62" w:rsidP="00AB0F9B">
       <w:r w:rsidRPr="00AF3384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59A0B019" wp14:editId="41CC7B91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4808220</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>247650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1781175" cy="714375"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="36" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1781175" cy="714375"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00AF3384" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00C41C62" w14:paraId="2B99F795" w14:textId="6D661C86">
+                          <w:p w14:paraId="2B99F795" w14:textId="6D661C86" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>HÅLL INNE I 3 SEKUNDER</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:378.6pt;margin-top:19.5pt;width:140.25pt;height:56.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnHPnKDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpd2o6WrpUoS0&#10;XKSFD3Adp7FwPGbsNilfz9jJdgu8IfJgzWTGZ2bOHK9v+9awk0KvwZY8n0w5U1ZCpe2h5N++7l6t&#10;OPNB2EoYsKrkZ+X57ebli3XnCjWDBkylkBGI9UXnSt6E4Ios87JRrfATcMpSsAZsRSAXD1mFoiP0&#10;1mSz6fRN1gFWDkEq7+nv/RDkm4Rf10qGz3XtVWCm5NRbSCemcx/PbLMWxQGFa7Qc2xD/0EUrtKWi&#10;F6h7EQQ7ov4LqtUSwUMdJhLaDOpaS5VmoGny6R/TPDbCqTQLkePdhSb//2Dlp9Oj+4Is9G+hpwWm&#10;Ibx7APndMwvbRtiDukOErlGiosJ5pCzrnC/Gq5FqX/gIsu8+QkVLFscACaivsY2s0JyM0GkB5wvp&#10;qg9MxpLLVZ4vF5xJii3z+WuyYwlRPN126MN7BS2LRsmRlprQxenBhyH1KSUW82B0tdPGJAcP+61B&#10;dhIkgF36RvTf0oxlXclvFrNFQrYQ7ydttDqQQI1uS76axm+QTGTjna1SShDaDDY1bexIT2Rk4Cb0&#10;+57piqaLdyNbe6jOxBfCoEd6P2Q0gD8560iLJfc/jgIVZ+aDJc5v8vk8ijc588VyRg5eR/bXEWEl&#10;QZU8cDaY25AEH+mwcEe7qXWi7bmTsWXSWCJ+fA9RxNd+ynp+tZtfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAJOrZzd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoil2+iydU0n&#10;QAJx3dgDuI3XVjRJ1WRr9/Z4J7jZ8qff35/vJtuJCw2h9U7DfJaAIFd507paw/H743kNIkR0Bjvv&#10;SMOVAuyK+7scM+NHt6fLIdaCQ1zIUEMTY59JGaqGLIaZ78nx7eQHi5HXoZZmwJHDbScXSbKSFlvH&#10;Hxrs6b2h6udwthpOX+NTuhnLz3hU+5fVG7aq9FetHx+m1y2ISFP8g+Gmz+pQsFPpz84E0WlQqVow&#10;qmG54U43IFkqBaLkKZ2nIItc/u9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnHPnK&#10;DwIAAP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAk&#10;6tnN3wAAAAsBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" w14:anchorId="59A0B019">
+              <v:shape w14:anchorId="59A0B019" id="_x0000_s1043" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:378.6pt;margin-top:19.5pt;width:140.25pt;height:56.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnHPnKDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpd2o6WrpUoS0&#10;XKSFD3Adp7FwPGbsNilfz9jJdgu8IfJgzWTGZ2bOHK9v+9awk0KvwZY8n0w5U1ZCpe2h5N++7l6t&#10;OPNB2EoYsKrkZ+X57ebli3XnCjWDBkylkBGI9UXnSt6E4Ios87JRrfATcMpSsAZsRSAXD1mFoiP0&#10;1mSz6fRN1gFWDkEq7+nv/RDkm4Rf10qGz3XtVWCm5NRbSCemcx/PbLMWxQGFa7Qc2xD/0EUrtKWi&#10;F6h7EQQ7ov4LqtUSwUMdJhLaDOpaS5VmoGny6R/TPDbCqTQLkePdhSb//2Dlp9Oj+4Is9G+hpwWm&#10;Ibx7APndMwvbRtiDukOErlGiosJ5pCzrnC/Gq5FqX/gIsu8+QkVLFscACaivsY2s0JyM0GkB5wvp&#10;qg9MxpLLVZ4vF5xJii3z+WuyYwlRPN126MN7BS2LRsmRlprQxenBhyH1KSUW82B0tdPGJAcP+61B&#10;dhIkgF36RvTf0oxlXclvFrNFQrYQ7ydttDqQQI1uS76axm+QTGTjna1SShDaDDY1bexIT2Rk4Cb0&#10;+57piqaLdyNbe6jOxBfCoEd6P2Q0gD8560iLJfc/jgIVZ+aDJc5v8vk8ijc588VyRg5eR/bXEWEl&#10;QZU8cDaY25AEH+mwcEe7qXWi7bmTsWXSWCJ+fA9RxNd+ynp+tZtfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAJOrZzd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoil2+iydU0n&#10;QAJx3dgDuI3XVjRJ1WRr9/Z4J7jZ8qff35/vJtuJCw2h9U7DfJaAIFd507paw/H743kNIkR0Bjvv&#10;SMOVAuyK+7scM+NHt6fLIdaCQ1zIUEMTY59JGaqGLIaZ78nx7eQHi5HXoZZmwJHDbScXSbKSFlvH&#10;Hxrs6b2h6udwthpOX+NTuhnLz3hU+5fVG7aq9FetHx+m1y2ISFP8g+Gmz+pQsFPpz84E0WlQqVow&#10;qmG54U43IFkqBaLkKZ2nIItc/u9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnHPnK&#10;DwIAAP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAk&#10;6tnN3wAAAAsBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00AF3384" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00C41C62" w14:paraId="2B99F795" w14:textId="6D661C86">
+                    <w:p w14:paraId="2B99F795" w14:textId="6D661C86" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
                       <w:pPr>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>HÅLL INNE I 3 SEKUNDER</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="7FCA8702" w14:textId="77777777"/>
-[...5 lines deleted...]
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00AB0F9B" w:rsidRDefault="00AB0F9B" w14:paraId="6CAC9BC1" w14:textId="77777777">
+    <w:p w14:paraId="7FCA8702" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="17AA52FD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="7C3E5FBD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="7FEBDFD3" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="16F69FC2" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="0E5BA3EE" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="6CAC9BC1" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="34E02117" w14:textId="77777777">
+    <w:p w14:paraId="34E02117" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Tryck och håll ned ratten och Hem-knappen i </w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRE SEKUNDER</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="15625171" w14:textId="77777777">
+    <w:p w14:paraId="15625171" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Välj ”inställningar” genom att trycka på ratten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="77DB069B" w14:textId="53524091">
+    <w:p w14:paraId="77DB069B" w14:textId="53524091" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t>Funktion ”ST” (spontan/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0032291D">
         <w:t>tidinställd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve">) = </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Alternativ Funktion ”CPAP”</w:t>
+        <w:t>) = Bipap Alternativ Funktion ”CPAP”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="28996F1B" w14:textId="77777777">
+    <w:p w14:paraId="28996F1B" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Vrid ratten för att markera den inställning som ska justeras, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0032291D">
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve"> IPAP/EPAP och tryck sedan på ratten. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="21482FF5" w14:textId="1583D3EB">
+    <w:p w14:paraId="21482FF5" w14:textId="1583D3EB" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t>IPAP 10 cm H20 (Start inställning)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="696498FA" w14:textId="3E848D64">
+    <w:p w14:paraId="696498FA" w14:textId="3E848D64" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">EPAP </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve"> cm H20 (Start inställning)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="534D99E4" w14:textId="77777777">
+    <w:p w14:paraId="534D99E4" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Vrid på ratten för att justera inställning och tryck på ratten för att spara ändringen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="6315AF52" w14:textId="3B1FF04B">
+    <w:p w14:paraId="6315AF52" w14:textId="3B1FF04B" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0032291D">
         <w:t>iBR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve"> ska vara ”av”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="51F3C16B" w14:textId="77777777">
+    <w:p w14:paraId="51F3C16B" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">Ti Min 0,2 sek. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="0F4FFD8A" w14:textId="568AA3E5">
+    <w:p w14:paraId="0F4FFD8A" w14:textId="568AA3E5" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
-        <w:t xml:space="preserve">Stigtid 150-200 </w:t>
+        <w:t xml:space="preserve">Stigtid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0BF4">
+        <w:t>150-200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0BF4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>msek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="0ABE5E8B" w14:textId="65116698">
+    <w:p w14:paraId="0ABE5E8B" w14:textId="65116698" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
-        <w:t xml:space="preserve">Stigtid 150-200 </w:t>
+        <w:t xml:space="preserve">Stigtid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0BF4">
+        <w:t>150-200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0BF4">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>msek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="443DB1F1" w14:textId="1197F930">
+    <w:p w14:paraId="443DB1F1" w14:textId="1197F930" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">Trigger-medel. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="0DE05447" w14:textId="31466236">
+    <w:p w14:paraId="0DE05447" w14:textId="31466236" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>Cykel-medel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="720DE695" w14:textId="5302CED4">
+    <w:p w14:paraId="720DE695" w14:textId="5302CED4" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>Mask-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>helmask</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FD0BF4" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="1A53C436" w14:textId="0D6B2CDA">
+    <w:p w14:paraId="1A53C436" w14:textId="0D6B2CDA" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>STARTA GENOM ATT TRYCKA PÅ ”ON” KNAPPEN ÖVERST!!!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="1A9B1C9E" w14:textId="77777777"/>
-    <w:p w:rsidRPr="0032291D" w:rsidR="00AB0F9B" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="4BA59A70" w14:textId="77777777">
+    <w:p w14:paraId="1A9B1C9E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62"/>
+    <w:p w14:paraId="4BA59A70" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:r w:rsidRPr="00C41C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Låg </w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Låg saturation:</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve"> Höj EPAP 0,5-1 cm H20 i taget. (IPAP höjs också motsvarande)</w:t>
+        <w:t xml:space="preserve"> Höj EPAP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0032291D">
+        <w:t>0,5-1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0032291D">
+        <w:t xml:space="preserve"> cm H20 i taget. (IPAP höjs också motsvarande)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008765B5" w:rsidR="008765B5" w:rsidP="00C41C62" w:rsidRDefault="00AB0F9B" w14:paraId="46FC12B1" w14:textId="783F7594">
+    <w:p w14:paraId="46FC12B1" w14:textId="783F7594" w:rsidR="008765B5" w:rsidRPr="008765B5" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:r w:rsidRPr="00C41C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Högt CO2:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Höj IPAP med 2 cm H20 i taget. Max 25 cm H20. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="008765B5" w:rsidR="008765B5" w:rsidSect="00B96AFF">
+    <w:sectPr w:rsidR="008765B5" w:rsidRPr="008765B5" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId30"/>
       <w:footerReference w:type="even" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:footerReference w:type="first" r:id="rId34"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="55EC0175" w14:textId="77777777">
+    <w:p w14:paraId="55EC0175" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="6A23BFDA" w14:textId="77777777">
+    <w:p w14:paraId="6A23BFDA" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="7D3D4FD1" w14:textId="77777777">
+    <w:p w14:paraId="7D3D4FD1" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="202AFF24">
+      <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -2792,196 +2797,196 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="0293D7EC" w14:textId="77777777"/>
+    <w:p w14:paraId="0293D7EC" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="3560E874" w14:textId="77777777">
+    <w:p w14:paraId="3560E874" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B50380" w:rsidRDefault="00B50380" w14:paraId="7C319E2A" w14:textId="77777777">
+    <w:p w14:paraId="7C319E2A" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1044" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="008569C6" w14:paraId="058CDD4D" w14:textId="0FD65030">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3063,1939 +3068,1940 @@
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1045" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="dC5eWarTauQ78p" int2:id="9D0hibVL">
-      <int2:state int2:type="AugLoop_Text_Critique" int2:value="Rejected"/>
+      <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71CA22D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="210655B4"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5058,260 +5064,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="562565002">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1497114209">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1953826680">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="932008083">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1513061060">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1363508453">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1162157488">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="197402758">
@@ -5335,71 +5341,70 @@
   <w:num w:numId="14" w16cid:durableId="783771700">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1973092805">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1427849847">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="660085806">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="435566979">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="617682400">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="306470151">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -5519,50 +5524,51 @@
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004C1B94"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="005670DA"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
@@ -5741,50 +5747,51 @@
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C41C62"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00C97D21"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4853"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7113"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
@@ -5835,168 +5842,168 @@
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6021,75 +6028,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6124,57 +6131,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6232,727 +6239,727 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D67C88"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:right="0"/>
     </w:pPr>
@@ -7019,609 +7026,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7630,94 +7637,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7726,496 +7733,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -8282,129 +8289,129 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2706819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="102304878">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8536,51 +8543,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2022392848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R71b69c5aeea140ff" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId32" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8872,53 +8879,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>639</Words>
+  <Characters>3922</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4552</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>BIPAP NIV på MÄVA</dc:title>
   <dc:subject/>
   <dc:creator>Gunilla Cederbom</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>9</revision>
+  <revision>10</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>