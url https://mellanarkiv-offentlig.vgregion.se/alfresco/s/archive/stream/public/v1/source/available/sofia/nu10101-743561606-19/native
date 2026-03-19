--- v1 (2026-01-10)
+++ v2 (2026-03-19)
@@ -68,373 +68,206 @@
     <w:p w14:paraId="47D990C0" w14:textId="5F284C07" w:rsidR="002678B4" w:rsidRDefault="00C97D21" w:rsidP="002678B4">
       <w:bookmarkStart w:id="3" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="4" w:name="_Toc106874289"/>
       <w:r>
         <w:t xml:space="preserve">Inga justeringar i denna version. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B03EF5" w14:textId="2AF3037D" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2525DEAA" w14:textId="74640B79" w:rsidR="008B40F8" w:rsidRDefault="008B40F8" w:rsidP="008B40F8">
       <w:bookmarkStart w:id="5" w:name="_Toc100327187"/>
       <w:bookmarkStart w:id="6" w:name="_Toc106874290"/>
       <w:r>
-        <w:t xml:space="preserve">Bi Level Positive </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bi Level Positive Airway Pressure</w:t>
+      </w:r>
       <w:r w:rsidR="008765B5" w:rsidRPr="008765B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>(BIPAP)</w:t>
       </w:r>
       <w:r>
         <w:t>, kallas också för Non Invasiv Ventilatorbehandling</w:t>
       </w:r>
       <w:r w:rsidR="008765B5" w:rsidRPr="008765B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>(NIV) och</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> är ett sätt att hjälpa patienten med ventilationen icke-</w:t>
-[...7 lines deleted...]
-        <w:t>, d</w:t>
+        <w:t xml:space="preserve"> är ett sätt att hjälpa patienten med ventilationen icke-invasivt, d</w:t>
       </w:r>
       <w:r w:rsidR="008765B5">
         <w:t>et vill säga</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ventilationsunderstöd med mask och inte intubering.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="70B2A54A" w14:textId="61205A8D" w:rsidR="009A32ED" w:rsidRDefault="002678B4" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>Inled</w:t>
       </w:r>
       <w:r w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107BEA0B" w14:textId="0817D04F" w:rsidR="009A32ED" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:r>
-        <w:t>Trycket i luftvägen varieras mellan en lägre nivå EPAP (</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> vilket ger en ökad hjärtminutvolym.</w:t>
+        <w:t>Trycket i luftvägen varieras mellan en lägre nivå EPAP (Expiratory Positive Airway Pressure, motsvarar CPAP-nivå) och en högre nivå IPAP (Inspiratory Positive Airway Pressure). Detta leder på samma sätt som vid CPAP-behandling till ökad lungvolym och dessutom till en ökad ventilation då apparaten ger tryckunderstöd till patienten i samband med inandning med ökade tidalvolymer som följd. Både CPAP och NIV ger också cirkulatoriskt gynnsamma effekter för patienten med minskad preload (minskat venöst återflöde till hjärtat) på grund av ökat intrathorakalt tryck, samt att systemblodtrycket sänks vilket också reducerar afterload vilket ger en ökad hjärtminutvolym.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149F12AF" w14:textId="6F039233" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5"/>
     <w:p w14:paraId="07C3B085" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:r>
-        <w:t xml:space="preserve">Akut ventilationssvikt kännetecknas av en </w:t>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Akut ventilationssvikt kännetecknas av en inkompenserad respiratorisk acidos där pH &lt;7,35 och pCO2 är högt, &gt;6,0 kPa. Patienten orkar inte andas så mycket som krävs för att upprätthålla ett normalt pH och oftast föreligger också en hypoxi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770CA789" w14:textId="31D76741" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5"/>
     <w:p w14:paraId="2FA10766" w14:textId="66EEA415" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indikationer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA0DAAC" w14:textId="0691E035" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Patient med akut respiratorisk svikt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F1BBC5" w14:textId="25530987" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Artärblodgas</w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Artärblodgas visar pH&lt;7,35 och pCO2 &gt;6,0 kPa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BD52C0" w14:textId="7DA14353" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Andningsfrekvens &gt;30/minut ökar indikationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721C75F3" w14:textId="2EA0CBB4" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vanlig akutbehandling har inte gett tillräcklig effekt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E5E230" w14:textId="69B3784D" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Huvudindikation är akut försämring av KOL, även neuromuskulära sjukdomar, </w:t>
-[...15 lines deleted...]
-        <w:t>) med koldioxidretention.</w:t>
+        <w:t>Huvudindikation är akut försämring av KOL, även neuromuskulära sjukdomar, hypoventilation på grund av extrem övervikt (Pickwick) med koldioxidretention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C19A2AD" w14:textId="69B57FF4" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontraindikationer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AE0BA1" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Obehandlad pneumothorax.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B011042" w14:textId="41EEE9FD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Oklart subkutant emfysem (luft subkutant, känns som en knastrighet under fingrarna).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FAA7DA" w14:textId="05935439" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0012C2DD" w14:textId="0CAC3F10" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Relativa kontraindikationer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02A70BB7" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Hypovolemi</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Hypovolemi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D79270C" w14:textId="202D7D77" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Illamående och kräkningar (aspirationsrisk).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDBE0B7" w14:textId="0C330544" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Emfysem (undvik höga tryck).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D487F6F" w14:textId="1C5DBCAD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sänkt medvetandegrad.</w:t>
       </w:r>
@@ -447,261 +280,213 @@
         <w:t>Hypotension</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C609B3D" w14:textId="7130292E" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FA8C87D" w14:textId="08A708C9" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Förberedelse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729BE392" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Artärblodgas</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Artärblodgas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617652EC" w14:textId="6E55D036" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Lungröntgen (vid misstanke om pneumothorax)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13581475" w14:textId="6D21A5A5" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kontrollera POX, andningsfrekvens, puls och blodtryck</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3515957C" w14:textId="3EDC98DD" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Patienten i halvsittande ställning, ca </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> graders lutning</w:t>
+        <w:t>Patienten i halvsittande ställning, ca 30-45 graders lutning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B08AD16" w14:textId="2FE11BBF" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F23079" w14:textId="4E6A52D9" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Uppkoppling </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F54720" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Koppla upp maskinen. Anslut eventuell syrgas via separat syrgasadapter som monteras mellan maskin och slang. Mål-POX ca </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Koppla upp maskinen. Anslut eventuell syrgas via separat syrgasadapter som monteras mellan maskin och slang. Mål-POX ca 90-92%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B46DBD" w14:textId="0A382A59" w:rsidR="004A09DA" w:rsidRDefault="004A09DA" w:rsidP="004A09DA">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>90-92</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Koppla ihop slang med ansiktsmask som finns i storlek S, M,</w:t>
+      </w:r>
+      <w:r w:rsidR="00631278">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t>%.</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">L. En adapter ligger löst inuti masken för </w:t>
+      </w:r>
+      <w:r w:rsidR="00007C50">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00631278">
+        <w:t>hopkopplingen</w:t>
+      </w:r>
       <w:r>
-        <w:t>Använd en ventilerad mask märkt F1-4 (finns ett hål där för utandningsluften).</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>​​</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2A5E34" w14:textId="65DFFE6C" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vanliga startinställningar är </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IPAP 10 cm H20 och EPAP 4 cm H20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736CB66C" w14:textId="77777777" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Starta på låga tryck för att vänja patienten. IPAP justeras uppåt med 2 cm H20 i taget vid otillfredsställande effekt på ventilationen, dvs kvarstående högt pCO2. EPAP justeras uppåt med </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> cm H20.</w:t>
+        <w:t>Starta på låga tryck för att vänja patienten. IPAP justeras uppåt med 2 cm H20 i taget vid otillfredsställande effekt på ventilationen, dvs kvarstående högt pCO2. EPAP justeras uppåt med 0,5-1 cm H20 i taget vid hypoxi, men då måste man samtidigt höja IPAP i motsvarande grad så att det blir en differens mellan IPAP och EPAP på 6-10 cm H20.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C9F3CA7" w14:textId="07AB6A89" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Inställningar avseende backupfrekvens, Ti (inandningstid), stigtid, trigger och cykel är förinställda. Kan förstås justeras men skall återställas sedan när patienten inte längre skall använda maskinen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740A422C" w14:textId="6D692D5E" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Befuktare finns på avdelningen, avsedd för längre tids användning och behövs i normalfallet inte för några timmars behandling. (Vid användning av </w:t>
-[...23 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t>Befuktare finns på avdelningen, avsedd för längre tids användning och behövs i normalfallet inte för några timmars behandling. (Vid användning av befuktare, fyll på med vatten upp till markeringen för högsta vattennivå. Fuktighetsnivå kan ställas in på ”Av” eller mellan 1 och 8, där 1 är den lägsta fuktighetsinställningen och 8 den högsta. Befuktaren är tänkt som en engångsartikel för en patient, även om den egentligen är diskbar.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FE4EE7" w14:textId="1525F985" w:rsidR="008765B5" w:rsidRDefault="008765B5" w:rsidP="008765B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57F56354" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Montering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5900529F" w14:textId="7D26E392" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A35EC" wp14:editId="03136ADE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A35EC" wp14:editId="03136ADE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>728980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3716020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1962150" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Rak koppling 25"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1962150" cy="981075"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -709,66 +494,66 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:line id="Rak koppling 25" style="position:absolute;flip:x;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="57.4pt,292.6pt" to="211.9pt,369.85pt" w14:anchorId="14F59400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUVhUWvgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM5CVYziFB0kPR&#10;Bn18AEMtLQIklyAZS/77LClbDtoCRYteFiK5M7szu9rcTtawPYSo0XW8WdWcgZPYa7fr+I/vDx+u&#10;OYtJuF4YdNDxA0R+u33/bjP6FtY4oOkhMCJxsR19x4eUfFtVUQ5gRVyhB0ePCoMViY5hV/VBjMRu&#10;TbWu68tqxND7gBJipNv7+ZFvC79SINMXpSIkZjpOvaUSQ4nPOVbbjWh3QfhBy2Mb4h+6sEI7KrpQ&#10;3Ysk2EvQv1BZLQNGVGkl0VaolJZQNJCapv5JzbdBeChayJzoF5vi/6OVn/d37imQDaOPbfRPIauY&#10;VLBMGe0/0kyLLuqUTcW2w2IbTIlJumxuLtfNBbkr6e3muqmvLrKv1cyT+XyI6RHQsvzRcaNdliVa&#10;sf8U05x6SsnXxuUY0ej+QRtTDnkh4M4Ethc0yjQ1xxJvsqhgRlZnJeUrHQzMrF9BMd3njkv1smRn&#10;TiEluHTiNY6yM0xRBwuw/jPwmJ+hUBbwb8ALolRGlxaw1Q7D76qfrVBz/smBWXe24Bn7Q5lxsYY2&#10;qQznuPV5Vd+eC/z8b25fAQAA//8DAFBLAwQUAAYACAAAACEAh1mA7uIAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTpKVtGqdCSK0Qt4ZKiJsTO3HUeB3Fbpry9SwnOM7O&#10;aOZttptsx0Y9+NahgPksAqaxcqrFRsDpY/+0BuaDRCU7h1rATXvY5fd3mUyVu+JRj0VoGJWgT6UA&#10;E0Kfcu4ro630M9drJK92g5WB5NBwNcgrlduOx1H0zK1skRaM7PWr0dW5uFgB+7K+fX0fPt/i+hCb&#10;83tyOo5FJMTjw/SyBRb0FP7C8ItP6JATU+kuqDzrSM8XhB4ELNfLGBglFnFCl1LAKtmsgOcZ//9D&#10;/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUVhUWvgEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCHWYDu4gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AF768BE" wp14:editId="207A0D4E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AF768BE" wp14:editId="207A0D4E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3009900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2209800</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1962150" cy="981075"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Rak koppling 26"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1962150" cy="981075"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -776,66 +561,66 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:line id="Rak koppling 26" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="237pt,174pt" to="391.5pt,251.25pt" w14:anchorId="12415828" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUVhUWvgEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IM5CVYziFB0kPR&#10;Bn18AEMtLQIklyAZS/77LClbDtoCRYteFiK5M7szu9rcTtawPYSo0XW8WdWcgZPYa7fr+I/vDx+u&#10;OYtJuF4YdNDxA0R+u33/bjP6FtY4oOkhMCJxsR19x4eUfFtVUQ5gRVyhB0ePCoMViY5hV/VBjMRu&#10;TbWu68tqxND7gBJipNv7+ZFvC79SINMXpSIkZjpOvaUSQ4nPOVbbjWh3QfhBy2Mb4h+6sEI7KrpQ&#10;3Ysk2EvQv1BZLQNGVGkl0VaolJZQNJCapv5JzbdBeChayJzoF5vi/6OVn/d37imQDaOPbfRPIauY&#10;VLBMGe0/0kyLLuqUTcW2w2IbTIlJumxuLtfNBbkr6e3muqmvLrKv1cyT+XyI6RHQsvzRcaNdliVa&#10;sf8U05x6SsnXxuUY0ej+QRtTDnkh4M4Ethc0yjQ1xxJvsqhgRlZnJeUrHQzMrF9BMd3njkv1smRn&#10;TiEluHTiNY6yM0xRBwuw/jPwmJ+hUBbwb8ALolRGlxaw1Q7D76qfrVBz/smBWXe24Bn7Q5lxsYY2&#10;qQznuPV5Vd+eC/z8b25fAQAA//8DAFBLAwQUAAYACAAAACEAl2mmr+IAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhNktIoxKkQUivEraES4ubEzo8ar6PYTVOenuUEtxnt&#10;aPabfLvYgc1m8r1DCY8rAcxg7XSPrYTjx+4hBeaDQq0Gh0bC1XjYFrc3ucq0u+DBzGVoGZWgz5SE&#10;LoQx49zXnbHKr9xokG6Nm6wKZKeW60ldqNwOPBLiiVvVI33o1GheO1OfyrOVsKua69f3/vMtavZR&#10;d3qPj4e5FFLe3y0vz8CCWcJfGH7xCR0KYqrcGbVng4Rkk9CWICFOUhKU2KQxiUrCWkRr4EXO/28o&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUVhUWvgEAAOMDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXaaav4gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="055D305F" wp14:editId="6315677A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="055D305F" wp14:editId="6315677A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354329</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4533900" cy="4695825"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Grupp 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4533900" cy="4695825"/>
                           <a:chOff x="0" y="0"/>
@@ -1330,51 +1115,51 @@
                                   <w:sz w:val="2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="055D305F" id="Grupp 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:41.65pt;margin-top:27.9pt;width:357pt;height:369.75pt;z-index:251659264" coordsize="42044,40313" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKJcQSCDBAAAyBwAAA4AAABkcnMvZTJvRG9jLnhtbOxZXW/bNhR9H7D/&#10;IOi9sb7sWkLsomjWoEC3Bev2A2iKsoRKokbSsbNfv0NSkq04WZsg1WqjDzZISaTuPffynEvq8s2u&#10;Kp1bJmTB64XrX3iuw2rK06JeL9y//nz/au46UpE6JSWv2cK9Y9J9s/z5p8ttk7CA57xMmXAwSS2T&#10;bbNwc6WaZDKRNGcVkRe8YTVuZlxURKEr1pNUkC1mr8pJ4HmzyZaLtBGcMilx9credJdm/ixjVP2e&#10;ZZIpp1y4sE2Zf2H+V/p/srwkyVqQJi9oawZ5hhUVKWq8tJ/qiijibERxNFVVUMElz9QF5dWEZ1lB&#10;mfEB3vjePW+uBd80xpd1sl03PUyA9h5Oz56W/nZ7LZpPzY2w1qP5kdPPErhMts06Obyv+2v7sLPa&#10;/spTxJNsFDeO7zJR6SngkrMz+N71+LKdciguRtMwjD2EgeJeNIun82BqI0BzhOloHM1/6UYGXhS1&#10;47zQD/WoCUnsS42hrWHLy6agCX4tWGgdgfXlpMIotRHMbSepvmqOiojPm+YV4toQVayKslB3JkeB&#10;jzaqvr0pqMZZd4DrjXCKFDi4Tk0qQIm7+qVOGL/W7nVP2TFE+2Qi49T8XU7qNXsrG6Q3Fh0m6C4J&#10;wbc5I6nUlzVGw1lMd2DHqiya90VZ6tDpdusxVsi9DHsANJu9V5xuKlYruxwFK+E8r2VeNNJ1RMKq&#10;FYOX4kNqDCKJFPQP2A3j0FaCKZrrZgYj2usIbH/DWLw3UrsjkaxfzD+Acpx/gTcNYptFfjDzokEW&#10;AWEh1TXjlaMbMBlWmtQmtx+lthd2dY9oi2uugetA1la1eMNIzT8gNNnhid4Rok9as59y0jBYo6fd&#10;5860yx2NHHKi1Nkz1261z3ULW9pV/R+JMhigO18Fs0YUDA+ofX8WthHulnvoIQp6qePWS2FNkrIe&#10;gm+vgAOsydZ1tVvtWhRWPL1DwgiOkIJ6oFVo5Fz84zpb8P7ClX9viF7r5YcaQdIi0TVE11h1DVJT&#10;DF24ynVs852yYrJpRLHOMbNvUqbmb0GMWWHSRptmrUCC6A7y4vR46nWXazctT0VgcmA8ZJgz4KlA&#10;ezUWTwX+NHiUq8KRuEqHEL+TkUwwzlAyI89UBGeXisarsVLRpqEfRnNTf5Ck4/F7smlKtr742mvi&#10;6cgmagCbP3vZjGw1oNkZ8jqebAZT348t4XRwH8rmsNB9PtZPkE1TlBol3+vWD/Xst5/PrPKxZTni&#10;rNlZyqep9MbirL18PsJbBxL6TXnr1CTUP9p2Rp7hobPT0PaEYcxtZzCL41a6O1IfaOg0NlCftIb6&#10;D+w9I9/sCEYX0XA+QxFtqvYO70MR/R/2nkZEzUbih4g+cHL0XBGdHYmob0A+O9IypcH4IvoIcfUi&#10;ehbE1R9kHFT/kMP2uGiE6h9HTDgUC+N41mpTR1oRONWcl8Um/i+gD0+t+41qfc+UpW375seqfn/A&#10;cJgiJlgjaZtNkcjzYcpA1/Yp8lLl7FNTpF8p3+vBqvkchM9l5sC+/bSnv8cd9s1B7P4D5PJfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAnn0WiKM/AACjPwAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y&#10;/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwKDAwLCgsL&#10;DQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgAzwFRAwEiAAIR&#10;AQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAAB&#10;fQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeo&#10;qaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMB&#10;AQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYS&#10;QVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNU&#10;VVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5&#10;usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A+iPh/wDC&#10;fwVeeA/DdxceD9DuJ5tMtnd5NPjZnZolZm6V0H/Cn/An/Ql6H/4L4v8ACrnw3/5J54X/AOwTaf8A&#10;opa6HmtQOS/4U/4E/wChL0P/AMF8X+FH/Cn/AAJ/0Jeh/wDgvi/wrbh1K81rVLjTfDumXGu39u+y&#10;48uRY7W2b+7LO3yq3+yu5v8AYroI/hj49kj3PceG4H/54/6TN/5F+X/0GgDw74S/CHwf4+/aw8UR&#10;f8IvpD+GvBegW9pLZCzj+zzaheN5u5027WZYY/8AyJX1B/wz98M/+ifeGP8AwVQf/EV5l8E/DOo/&#10;s7nxpceOIBJL4m1+bWbjxFp2ZrOFHVUihl4DxLGqBdzLt5+9X0PDKl1GksTq8bDcrLyrKayA4X/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iK+U/ip4D8F/Ej9ozTPBHhvwnoem+GvBKrqfiS5sdPhj+030i/6&#10;NYsygblVf3rrX0x+0X8aYPgb8MtR15IPt+uzsmn6Lpaffv8AUJcrBCvP975j/sg14z8F/hvcfDPw&#10;PHaancf2l4o1CeTVNd1T+K5vpvmlb/dX7q/7FAGh/wAKf8Cf9CXof/gvi/wo/wCFP+BP+hL0P/wX&#10;xf4V1vNHNagcl/wp/wACf9CXof8A4L4v8KP+FP8AgT/oS9D/APBfF/hXW80c0Acl/wAKf8Cf9CXo&#10;f/gvi/wo/wCFP+BP+hL0P/wXxf4V1vNHNAHJf8Kf8Cf9CXof/gvi/wAKP+FP+BP+hL0P/wAF8X+F&#10;dbzRzQByX/Cn/An/AEJeh/8Agvi/wo/4U/4E/wChL0P/AMF8X+FdbzRzQByX/Cn/AAJ/0Jeh/wDg&#10;vi/wo/4U/wCBP+hL0P8A8F8X+FdbzRzQByX/AAp/wJ/0Jeh/+C+L/Cj/AIU/4E/6EvQ//BfF/hXW&#10;80c0Acl/wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V1vNHNAHJf8Kf8Cf8AQl6H/wCC+L/C&#10;sfxZ4H+F/gfw3qniDW/C/h+00nTIGuLiaTT4vkVfw+9/dr0XmvJLrQf+GkvjxZeAcfaPAPgmWHVv&#10;FL/8s72++9aaf/ur/rXWgDZ/ZP8A2a9F1rQtS+JHjrwZpcWo+K3W407w9cWUbQ6Pp4/494/Lxt8x&#10;lO5278e9e/8A/DP3wz/6J94Y/wDBVB/8RXoNFZAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM&#10;/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EV8oN4&#10;A8G+Pf2qvG72HhfR7fwp4L0630BbWCzRbe51Gb99PIyBcM0Uexa+yPiP43svhr4C8Q+KtTfy7DRr&#10;Ga+lz3WNS2P+Bba+WP2Z/Dd7ofwn0/UNY/5GHxJPN4i1WST732q7bzdv/AVZFoA6T/hT/gT/AKEv&#10;Q/8AwXxf4UV2FFagc38N/wDknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX/AGvm&#10;RV/2pI6ofDf/AJJ54X/7BNp/6KWuy+FsccnxX1RpPv2+hwrF/uvcS7//AEXHQB6n4a8O6Z4R0m00&#10;rS7SOys7ddscMfH1P+03q1Z+p/ETw5o/i7SPC99q9vb+IdVLtZaduzNMqIzs20dF2q33vSuqrwj4&#10;heFdG8OfGX4U3unafb2d1qviO9uL24SL57iT+zLobnfr9KyA9z+/8rV534dtx8PvGieHYjt8OasJ&#10;LjSosYWznT5pbdP+mbKfMRR93y5f4dlekVw3xQxHD4UuF+WeHxDZeV/wNmib/wAhyPQB3NFFFABR&#10;RRQAV598Wvjh4N+B+h2+q+L9Yj02O6dorO2jjaa4vJcbvLhiQFpG9lr0GqNxplreT2809pDNNbPv&#10;gaSMM0TYxuUn7vHpQB8KaD411f8AaB/agvdZ8X+H9Q8L2Pg/SoLzwz4c1Xasyfa3kRr6dMnbMypt&#10;Vf4Vr3vmuB8VR/Zv25/E+Ol14DsJW/4BfSr/AOzV33NABzRzRzRzWoBzRzRzRzQAc0c0c0c0AHNH&#10;NeXfHz48aZ8E/De/93d+IbtW/s/T/wD2pL/0zX/x+uX/AGZ/2kIvi5p/9ia7JHB4vt13/u/3cd7E&#10;v/LRV/vL/EtAHvPNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHDfGj4kf8Kr+H95rFvb/b9ama&#10;Ox0jT4/vXt9M2yCNf+Bfe/2K9e/Zr+Df/CkPhZYaHdXK3/iS7d9T13Ue95qEx3zSf7u75V/2UFeJ&#10;/C/Rf+F7/tN3muzfv/BnwwdrOy/553WuSr++k/2vIjbb/vSV9i1kAUUUUAFFFFABRRRQAUUUUAfL&#10;v7eLNr/g/wCH/gX7RcQQeLvFtlYXsMD7fOs0WSaaNv8AZ/dpXRx7I/kT93Gn3UrifjrqH/CYftef&#10;Dzw+gD2/hDQ73xDdY/gnuWW2g3f8BWRq7fmgB9FFFagc38M/9I+Hfhfyv3n/ABKrb/V/N/yyWtWH&#10;Wl8FeNNI8Qz/ACaa6NpmpP8AwwxSOrRTN/srIu0/7MlfPXg/xg9n4T0NNT+D+qSRpZ26JqGjyW0z&#10;OvlL+8/duj/N/drY/wCFyeBI7f7PqEnjDwvHMrI8OpWd75O3oytuEibaAPveuD8ceBrvxN448Aa1&#10;b3MMEHhzUJ7u4Rwd0qyWksIC/wDApK+efhr+03oHhCzg0rTvGGl+MtDijzFbXuqRW+qW0f8AdVpd&#10;iyr/AHUba6/33r22w/aK8K6lb+bFb63I+3d5cGlyzf8Aj0QZf/HqyA9Vrz/Vpx4q+I+l6RbkPaeH&#10;n/tO/kx8v2h42S3h/wB7a7yt6Yj/AL9YXhH4oal8cPDNnq/gQR6X4cvvM8rxBqAVpmCOyN5Frz82&#10;5esu3b/ceu/8L+F7LwhpCWFj5jIXaaWad/MmuJGOXkkb+Jm9aAN6iiigAooooAKKKKAPkTxpJ9o/&#10;bo1z/p38A2iN/wACvpWrvea85lk/tX9tL4t3PWPT9A0XTx/vN5sxX/x6vRuaADmjmjmqWsaxp/h/&#10;T5NQ1O8t7Cwh+/dXUixxp/31WoF3mjmvPpPixcah8+ieF9Q1K0/gvb64jsY5v9pVky+3/ejWj/hZ&#10;mtxx/vfA9x5n/TDVLZv/AELbQB6DzXnXxw+Nmj/BPwn/AGhe+Xd6tcbk0/T/ADPmmb+8392Nf4mq&#10;SP4sXEcf+l+C9cj/AOuElpN/6DOK838WeG/h/wCNPihpfjXxBpfiiOe0iVH0+60uWa1dk/1bN5e9&#10;V2/3V+R6APG7z4P674w+F/jT4u/EOSSTVrix87SrKT5disyqsjL/AArtb92v/A6y/h38C9T8WfBO&#10;z8d+D7i4g8Z6NqNw6JBJta5iTay7f+mi/wDj/wByvoz9oT4qeFNc+CfjCytNYj+33FnsitZ45beR&#10;281PurIitVP9iO8t/wDhScdv9ot/tf8Aadz+58xfM/h/h+9WQHQfs5/tAWnxk0OSy1Dy7DxZp6f6&#10;bZfd85V+Xzol/wDQl/gr2HmvLrz9nPw5J8YLP4h2/wBs02/h3PLa2v7uG5n+75jbf9n7y/x16jzW&#10;oBzRzRzRzQAc0c0c0c0AHNct8VPHkXwz+G/iTxXcf8wmxkuET+/L92Nf+BSMldTzXkvxisR8RviV&#10;8KPhgv7y31jWv7Z1WP8A6cbD98yt/stJsSgD3b9lH4YzfCf4D+FNGvhjWbi3/tPVpCPme+uWM0+7&#10;/gT7f+AV7FRRWQBRRRQAUUUUAeOfE7xh8ZPC/iknwd8O9D8aeGPIQ/Pr/wBgv/My29dskZj2+nzV&#10;ykX7V3iXS8w+JfgD8TNNuF+//ZVnBqkP/AZYpq+jqKAPDPAvxw8e/Ebxpp1rY/B3XfDXhHc32/Wv&#10;FtxDYzKu1tvkWql3f5tn3tnWvc6K8H/bL+I994C+Dd3pugv/AMVb4snTw3oqL977RcnYZP8AtnHv&#10;f8KAPG/gjqX/AAsbxt8T/io37yDxHrTadpUh/wCgdY/6PGy/7LSb2r17msLwH4Psvh34L0Pwvpn/&#10;AB4aTZx2kX+3sX5m/wCBN81bvNagPooooA8r8B/D+7k8B+G5bTxRqlpv0y2fZPHBcRpuiX5fmjDb&#10;f+BVsSeF/Ftv/qtY0e/j/uXVnNbt/wB9JIy/+O15vJ4P+Isfwj8Nt4M8SSfa306y2Wskka7P3Tbt&#10;rMP9pK5fXPip8aPh34Xs31jS4579LyaG4upLeO4V4liRo/8AV4/2/moA9Q1jwXqeoR7NY8B6Hrsf&#10;8fkXEUjf98zxp/6FXH3nwf8ABnmSPcfDPWNFkf782lW8n8P+1aSNXYeE/jRcXmh+D7vVdP3z69LJ&#10;aP8AYY2byZ1bau5cn5dv3q9Z5oA8/wD2C/EFv4fuPiX8MopLiODQ9W/tbSkuo5I5PsN4u/7sgDfL&#10;Ms9fX1fDeveOtK8C/tFfDz4gafqlvcWNxPJ4K8SeTIreTHO+62kl/u7bhdv/AG0r7krIAooooAKK&#10;KKACiiqOpahDpOn3d7cv5cFtG00rf7Krk0AfFPw98SLc/Gb4769NZahMl54rXTIrm1t2mj22dskP&#10;8OT97f8Aw16LJ8QPDlvHuu9Uj03Z9/8AtKOS1VP97zQtfI/w38WeKND+Hej63o/jS3g1bxlqd3rK&#10;aFJp8d18007uzfLmX7rJ8qrvf92i16xqHgvxL48jt5fFHhfVPFMabXSHUryDT7VG/vLZrIf/ACLu&#10;egDvNQ+KF3rn7rwfp/2uP/oNalG0dn/2yXh5/wDgO1P9use38L/aNQj1PW7i48Q6sn+qur7bth/6&#10;4RL8kX/AV3/7dcn/AMIPrEdxsl+DdvJB/ftdctGk/wC+GK/+hVof8Ifb28cf/Fu/FFpJ/GlpcR7U&#10;/wC/d3WoHaVLzXDXGj2tn5af2f48tP8ArnHqEip/3yXqneXmiW9xHp9x408SaLPcfJF9uka13t/s&#10;tcwBd3/AqAOs8QeLNE8Jxx/2neRwTzf6q1j3SXE3+7EuWb/vmuXk+Imt6p/yB/Df2SP/AJ7axceW&#10;3/fqLc3/AH0y1zdv8K/EvhOSS40qTT/FHnfO91fSNa6hN/vS/Okv/jtSf8JBquj/APIT8L65af7c&#10;dn9qj/76gL0AZ/xck8a6x8M/EEVxcafPA8C77Kx0+VpH+ZflVmkP/oNcv8C/A+sXHw7j83S9Dk/0&#10;qb9zrmjs038P/LXerf8AjtegW/xc8P2//HxeSWn/AF9Wc0Lf+REFXI/jZ4Xk+5qkc8n9yCOSRv8A&#10;x0GgDPjjl8L/AD3vhu802BP+XrwjrFyuz/a8jK/+O7q7zQ/7V1DS7fUNC8eaxPYXC74nuvIvI9v/&#10;AG0j3/73zb64O4+ID+KNQ+xWUlv4egfb/wATTxHHJax/N/zyikCtK3/fK16x4L8P2Xh/w3Z2Wn3H&#10;2+BNzvdeYrNNK7M8kjbfl+ZmoArx6549s/8Al88P6tH/ANN7OW1b/vqOR1/8dq5H8SNds/8AkIeC&#10;5JP9vStQim/8dlEbVqeXR9n/AM4oApx/GTw/H/yE49U0L/sJaXKsf/f1Qyf+PV0mh+LNC8Uf8gfW&#10;NP1L/YtbiORv++VO6sP7H/drD1jwXomufPqGj2d/J/fnt1Zv++sbqAPTea4j9naxHjb9qb4oeLpD&#10;vtPC1haeErD+75r/AOk3e3/gTQrXKyaHd+E7eS70TxBqmix26tK8E9w15Z7R8zbopSfl/wB1lr0z&#10;9gXSZ4/2ebPxLfc6n4x1O98SXTYx/wAfE7bMf7PlomKyA+k6KKKACiiigAooooAKKKKACvio69/w&#10;v/8AaS1Txcj+d4M+H3m6DobfejudTf8A4/bpf9xf3StXpH7Wnxf1bQdN0z4b+CJ8fETxirW9rMg/&#10;5BVl0nvpP7oVflX/AGzWb8P/AAPpXw38F6P4X0SPy9N0yBYYvM+8/wDekb/aZvmagDoeaOaOaOa1&#10;AfRRRQBzfw7/AOSd+F/+wTbf+iFrcjvLeTy0S4jk85fl/ebt9c/8P7dLj4Z+G4pf3kc2j2yOn+y0&#10;Cq1SWfgPR7PVNL1C3jkgn0+Bbe3TzG8vylV1Vdv/AG0oA3I7eKP7kccfzb/3carUvNHNHNAHlXxc&#10;8P8AgTxJ4b8UeDL280vQtZ1yz/13ywzeb9+Kbd/syKjV7h+yf8WJvjF8DPD+u3z5123DaZq6f3L6&#10;D93N/wB9Mu//AIHX59/tqbP+FyR/9gy3/wDZqf8AsZfH/wAVfBzx1rPh/Q/B95460zxDF/akuk6d&#10;cLHeQS264lkgWT5ZWaNk3Rbt/wC7rID9ZKK81+D/AMevBnxx025n8Mao731k/lX+k3sbQX9hJ/dn&#10;gb5kP/jtelUAFFFFABXln7T0eqzfs6fExNDwNVbw7fiL/vw+cf7W3Nep1zPxKvF0z4d+J7tkEiW+&#10;l3UxRu+2JjQB8ZfBu38JeD/hXZ/FC40u302P+wreG1m+zqtwmnRRKka/7UkrfN/t+ZGlcP8AD/8A&#10;aE8YfEj44eG7WW4j0nw9cXUyf2Raxqy+UsErL5srAszblT7u1K3P2nLe60f4X/DvwJomn3F/Pdzw&#10;28Wn2Me6SZba23Ku3+7u2NXJ/C/9nP4geH9Us/EGoaf9g1K33Pbw2OsQRtDuVk+ZmhkVm2t/DWoH&#10;cftWfETxR4H1TwnF4c1y40mO7iuXuPIjjbfsaJV3eYh/vPXi9v8AtIfE63/5mjzP+u+n2zf+0xXs&#10;njT4R6x40ks5fEHhfxJq0lorJE8fii2bZv27vvBP7tcnefs56fH9/wAL/ECD/r1vNPul/wDQ6AOb&#10;t/2sPiRb/fvNHu/+u+l//EuK6jw/+2Bd3nmWXjjwvZ6tpM3yO+mx/wDoUEpKy/8AfVY9x+z/AKVH&#10;JseTx5Yf9d/D/wBoX/vqJDVOz/Z/0fWLz7FZfEDyL/8AgstV0eS1mf8A3VkdGb/gK0AeqaH/AMKX&#10;8YSRv4a8UXHgy/f/AJdbHVJdNb/vxL+6b/gK12Efwv8AFdvHu0r4gfb4Nvyf2ro8Vx/49AY6+V/F&#10;H7P/AI48N+Ykuh/27aJ/y20r99/5CbD/APjr15/5kvhu42eZeaFOn8HmS2bf+y0AfdH/AAifxNt5&#10;P+Qp4Tu4/wDppb3du3/ob1oR+G/Hskex/wDhH4P9uOS7k/8AHdi/+hV8P2/xA8Sxx7LfxZrn/bPW&#10;J/8A4uq+oeLNb1SPZqHiDWLuP+5Pqk7L/wCPPQB9wXnh/wAd2ceyW38P67H/ABpHcS2bP/wGRJF/&#10;8erl7zw3aWdx5uofD/WNFn/5/dDjVv8Ax60k3/8AjtfKfh/4meKPD/8AyBPFmqWkafwR6g00f/fM&#10;hZf/AB2vSPD/AO1p8QNH8tL3+y9dj/6erf7PJ/31EQv/AI7QB7Zo+qWV5cfZNH+IEkF//wBA/wAQ&#10;RxyN/wB8yCOf/wAeroJLzxbof/IQ8P2+rQf89tHuNsn/AH6lx/6Mrc8J+INP+KHwz0fxBrGl2cdp&#10;fWf2uW1vttxHCvzbvmYf7P8AdrPt/B8Vvpdvqvw/1iOCCZfOisvtDXGk3q/3ep8r/eib/gD0ASeH&#10;/FGn+JPtCWkknn2//HxazxtDcQ7v70TYZa1JI65fVLf/AITTw/H4j0e3ksPFGmNIiQz/AOsSVG/e&#10;2cu37ytt2/8Aft1rc0PWLfxBo9nqdp/qLuBZk8z721l3baAPO/2jNYfw38C/HF7F/r/7Mkt4v+us&#10;37pf/RlfZPws8Jp4E+GfhTw5EnlppOlWtiE/65xKn/stfGX7Rln/AGx4f8H+H/8AoPeMNH050/vr&#10;9pV2/wDRdfe9ZAFFFFABRRRQAUUUUAFcd8VPiZonwf8AAGueLtfn8jS9JtmuJdp+Z26JGv8AtM2F&#10;Hua7GvjH4meIv+Glvjwmhwfv/hn8OLxZtQf/AJY6tri/6uH/AGo7bdub/boAh+CPhHV5m1f4j+NI&#10;/wDi4Pi5luLqOT5v7Ms/vW1jF/dWNfvf7derc0c0c1qAc0c0c0c0APooooA5v4b/APJPPC//AGCb&#10;T/0UtdDzXPfDf/knnhf/ALBNp/6KWuh5oAOaOaOaOaAOW8afCvwp8RPLfxHodvqUkK7IppNyyIv9&#10;3cpDV4v4t+Ffhr9nfx38M/iL4cjuLBNP8U21jqSPcNJH9ju1e2kb5v8AakSvpHmuC+Pngt/iB8F/&#10;GGhRf8fdxp0j2v8AsTxfvYm/76jSgD0n44fs7/8ACeapb+N/Bd+PBvxW0lD/AGb4hgTK3Kr/AMut&#10;4n/LaBvukN93+Gtb9n343p8ZvDuoRanp58PeNvD9z/Z3iLQJDuayulz8y/3opPvRt/Eprc+BHj5P&#10;in8GvBni1W8x9X0q3uZW/wCmuweYP++99ePftKafL8EfiFonx+0WKQWdj5eleNbWD/l80l22rcbf&#10;4pLZ23/7uayA+oaKp2V5b6lZwXVrLHPbTossUyfMrqRkMKuUAFcF8eH8v4O+Lz/f0+SP/vr5f613&#10;tea/tF36aP8AA3xpfSn93aadJcP/ALqYZv5UAePeG7OLXPGmueKJf3kkMsmjaf5n3YYIm/fsv/XW&#10;ZX3f7EcddbzXNfC+zls/h34bSX/XzWcdxL/11m/eyf8Aj0ldLzWoBzRzRzRzQAc1S1zQ9M8SWf2L&#10;WNPt9StP+eN1Gsi/+PZq7zRzQBw0nwj0+z/5Amsa54e/uQ2t551v/wB+pxIv/fO2q9x8P/Fckflf&#10;8JZp+pQfwJquhxyf99eXIi/+O16DzRzQB41efA/U9Qk33Gn/AA7n/wBuTw3Lu/8AR1R2/wCz28cn&#10;m/8AFH28if8ALGDwnG0f/fTTFq9p5o5oA8S8QfCu7vLfytb+H/hfxRAi7Em0eRbW4T/dWUDb/wAB&#10;mrzPxB8F/Akf+tk8SfD2f+5qtu0lr/39YMn/AJGr655o5oA8S8N/27ofwj/4RfSrfS/FlhDpM2nW&#10;uoabqCws+6JlVmVsp/F/DJXj/wAB/EHiX4H+NNP0XxLp+oaL4a1Zlt7j7VH/AKLDPt/d3CyrlF+b&#10;5W+b/wBAr6k1T4V+FNUuPtf9jx2F+/8Ay+6VI1ncf99RFWb/AIFWHqHhfxR4Xjkl0/UJPGGmp/rd&#10;L1KONb7b/wBMpVCpK3+zKvz/AN+gDQt9ml/EjUEik8y017To9RR4/mXz4WWGRl/3o5IP+/dY/gv/&#10;AIldxrmj/cj0/U5kiT/plLtuI/8A0bWH/Zen6f8A2X448KRyeRaRTTPpcG5YbmJ9qz7Yv+WU6+X/&#10;ALPzx7GrY+0Rf8LAvLi0k8y01bSbTUYnj+6+xnRm/wC+WgoAx/iR/pnxU+A9p/f8bwTf9+rad6+2&#10;r7ULbS7C4vryeOC0to2mmmk4VFVcszfhXw549k+z/Fv4CXDfcXxpHD/33bTqtezftq6pd6p8P9A+&#10;Gum3Hkan8RdbtvD3mJ95LNj5t5J/35jdf+2lZAcz4PvPi9+1NpzeL9H8cS/CX4fXbsdAs9P0uC71&#10;LULdWYLd3DzqVjWT7yxqv3cVs/2j+0T8GHkF/YaZ8c/Da9LnTdmk65Gv+1E37if/AICytX0Po+k2&#10;nh7R7LS7CBLWxsoUt7eFPupGi7VX8FFaFAHzxo/7cnwtkvF0/wAV3+pfDbWgdjaf4006XTW3f9dW&#10;HlN/31XrOj/FvwN4ggEml+M/D+pRt0e11SCQf+OvW5rGh6br9m9rqlhb6laN96C7gWZD/wABYGvM&#10;dY/ZD+CWvTyS33wr8JySP9900uGP/wBBUUAdXrnxn8AeF7d5dX8b+HtMjXq91qkEf/oT1xfgz9rH&#10;4dfEvxxaeFvBmoX/AIrnmMhl1LStPnmsLXYrN+9utvlqW2lV+brVzQf2Svgx4YuPP034WeFLedR8&#10;sjaXDI3/AI8prufEOtaF8MPBeqaxefZ9J0LR7SS7nMcapHHEi7mO0Y7CgD52/bE/abl+H9jN4A8C&#10;yS3fxF1SFfOmsUMx0KzfhrqXB+VtufLX+981eO/DvxR8KvAfhfT/AA/o/iTxBoUdoux3kkuVaaV/&#10;mkmZfnTczfM1anwX8F+JfEmj6x8SNQ1j+xfEnjy8bXLiyns47hYYG+W0h6q/yw7P4q7jVPCfijy/&#10;9Is/D/iWP/nj5clvI/8Au+Z5if8AfTLQBX0/xhp+of8AIK+KFnP/AAIl9HaSfN+UbV0lvceKJI99&#10;rceH9Wj/AIHjjlt/975lMi15f4g8L+FNY8D65qdvodvaXdva3O9PL+zzW06K25WVcfMrV6xp/wAL&#10;/CWoWdvLL4b0+Ofyl/fwW628m7b97dHtatQI/wDhINdt5P8ASPC/mfP9+x1CKT5f722QR1JH44ij&#10;/wCPvR9csPvf6zT2mX/vqIvWfqHw/tNP/wCQZrHiDSdn3Eg1SWRf++ZS61zd5/wlGl+Z9k8WST/7&#10;GpafBN/49GI2oA7T/hYGj/8AUQ/8FF3/APGaK8//AOEk8cf9BzR//BO3/wAfooA9A+G//JPPC/8A&#10;2CbT/wBFLXQ81z3w3/5J54X/AOwTaf8Aopa6HmgA5o5o5o5oAOafTOaOaAOe/Yf1D/hH9H+Ifw0l&#10;f954O8SXAtF/6cbv/SYP/Rjr+FfRmvaJY+KNC1DRtSgS706/gktbmB/uvE6lWX/vk18m+GtQ/wCF&#10;d/tneH71vk03x/oEujSyfdX7dZv50O7/AGmhZ1WvsWsgPnH9jfWNQ8OaL4o+EGu3D3Gs/DjUf7Og&#10;nm+9c6VIvmWM3/fv5P8AtnX0dXzT4+/4tj+2l4A8T/6jSfHmj3HhS9f+D7ZC32m0Zv8AaZfPRa+l&#10;qACvK/2oNO/tj9n/AMcab/z/AGnNaf8Af1lT/wBmr1SuK+M1n/aHwk8Yxfx/2Vcun++kTOv/AI8t&#10;AHmvlpb/ALpP9XD8if7q/LS80kdwl5HHcJ/q5lV/++vmpea1AOaOaOaOaADmuC+MHxs8NfBfQ473&#10;XriR7u43fYtLtdrXFyy/3f7q/wB5m+Suo8WeKNP8F+G9U8QarJ5Gm6dA1xcP/FtX+Ff9pvurX5T/&#10;ABE8Ya38cPiZ5t3JJ/aWuXWxE8zctlZr92Nf9lVoA+gP+GoPir8ZLy4fw5cWfgjw0jMn2q1t1uJn&#10;/wBlZZB8zf7qqlcPrn7QHijT7iS00rxp4k1qRPkfULrVJI4d3+zFFt3Vc+Ilxb+D/AcelaZ/okc2&#10;2xt0j+XZF96T/wAdWvF/9X8iVkB7J4T/AGwPin4XvI3l1i38S2n8dlqtvu+X/ZlX51/8er7E+B/7&#10;SHhr42W/2S38zRfEsK77jRbqRWk2/wAUkTfdlX/x/wDvJX5sc1Pp+oXuj6hb6hpl5JYalaSrNa3s&#10;HyyQyr91loA/XnmjmvMv2e/jRafGzwHHqD+XBrtjttNVtf7k+3/WL/sy/eX/AL4/gr03mtQDmjmj&#10;mjmgDzqO3/4R/wCIGuaen7u01CKPWbdP4UlZvKuV/wC+lRv+2lcH9o1PQ9Q0O10yzt7uS0utT0OL&#10;7VceTDCreVdwbtoLN+5/hX/nnXpHjyP7P4s8H3v/ACzd7vTn/wC2sXmr/wCPQV5v401C90/x5HpW&#10;n6fHf3eoX1lqcXn3Hkwp5UE8Um5sH/nmn3VoAw/jJZ6n4b0/wf411XXJL6fw94r0nUXhgjW3s4Yv&#10;tKpIyryzfLJ95mevorxQD4z/AG6/BOnMQ9r4M8JXussn9ye8mW2j/wDIccleC/ET4R6x8QPhv4o0&#10;/WNYk1bVruxm/s+1td1vZ206ruj+VSPNbcv3pa9c/Y2a5+JXiLW/jHLc289rr+gaPo8UCyFri2ub&#10;NZUvY5Vx8n75vl/vLhqyA+r6KKKACiiigAr5J/a011/iv4+8O/A7TZPM02Qx6/4xkT+DT4mzBat/&#10;tTyL/wB8xmvoX4qfErRfg/4A1vxhr8wg0zS4GmcdGlboka/7TNtVfrXzD+z/AOEtY07Q9X8X+LY/&#10;+K28aXjazqu/71qp/wBRa/7sUfy0AeoeWkce1I/LjT5ESP7tLzRzRzWoHj3xEj+z3HxMRP8AVzaP&#10;DcP/ANdWgnRm/wC+Y0r2fR/+PO3/AOuS/wDoNeMfEj/j8+In/YCt/wD0G4r2zS/+PeP/AHVoAy9Y&#10;/wCWlcHrH/LT/gVd5rH/AC0rg9Y/5af8CoMjE5oo5ooA7/4b/wDJPPC//YJtP/RS10PNc98N/wDk&#10;nnhf/sE2n/opa6Hmg1DmjmjmjmgA5o5o5rjvjBJ4lj+HeqP4Pjkk8Q7Y/s/l/e+8u7b/AMBoA5v9&#10;pTQ9Qvfhv/wkWhR+Z4k8HXkHiTTdn3nltm3yR/8AAo9619Y+AfGmn/ETwXofifSJfP03WLOK+t2/&#10;2HUMP51+Z3/DQHxl8F/utd0v7XH9x01LT9u//vlRXuP/AATb+LyXmk+I/hdfj7JPo8smraLbP/0D&#10;5pWLwrn/AJ5TMf8AgMsdZAe1ftoeEb3xJ8AdZ1XR8/8ACQ+FJYvFGlOnUT2bedj/AIFGsif8Dr1n&#10;wL4usvH/AIJ0DxNp53WGsWMF/Af9iRFdf/Qq1b60h1Gzntp0EkEyNFIh6MrAhhXz/wDsG3Usf7Ou&#10;n6HLIHPhvVdS0FX/ANi3vJUj/wDHdlAH0VXlH7T3xOs/hF8DfFfiC6jFxN9kks7Kz/iuruYeXDCv&#10;+8zV6TqOoW+k2c97eXEdpaW8bSyzzSBI0UDJZmPRa+K7vxRL+1R8SrfxlskT4T+EHmfw2k8e3+2d&#10;R2sjahtb/ljH92L676APS/A8j3Hgvw3K/wDrH0y2d/8AeaBK2ea574d/8k/8L7/+gTbf+ilroea1&#10;AOaOaOaOaAPlr9vzxo+l+B/D/he3k2f2zeNc3H/XC32sq/8AfyRP+/dfH/wDs01T4maxev8A8uNn&#10;si/4Eyr/APF17x/wUAvHk+Knhe3f/Vw6LvT/AIHO+7/0XXh/7M9wv/CWeKIn/wBY8Sv/AN8yt/8A&#10;FVkB1HxwuH/tTQ7f/lmkU03/AI8i15pzXp/x0t/9M0O7/wCWe2aH/wBAavMOaADmjmjmjmgD1P8A&#10;Zn+Jj/C/4uaXdyyeXoupsul6kn8PlO37uT/gMmxv9zzK/TD/AFdfj3JH5kcif31r9UPg34sfxx8J&#10;/CeuyyeZPfadC9x/11Vdkn/jyvQB2PNHNHNHNagcd8VI/L8L2+of9AzUbS7/AOA+eqSf+Q5HrzP4&#10;of2hZ/EjwPLp+n/b53W7R4PtCw/NEqsu52/h/ePu+89eofFyT/i2+uJ/z2iW3T/ellRF/wDHmrzP&#10;4sf2nJ8SPAaaVp/9pT2n2++eOS4WFU/dJErMzZ+X97821WoA1I/B934g/e+K9Q+3wff/ALJsd0Ni&#10;n/XX+Of/AIE2z/YrkPCfxQT9nP4oan4s8L2lzrnwt1fa/iuz0m3ZrfTLkbUF9bbflf5f9akddfH4&#10;LuNc/e+K7z+1o/v/ANmQbodPT/eX70//AG1bZ/sVY/4TRLz/AIl/hTT49dkh/cvNH+70+2/h2tLg&#10;q3+7ErUAfYHhbxZo/jjw/Ya74f1O31XRr2NZbe9tZFkjmQ9w1bdfmevh3xp8AfFFxqvw48XxaHPf&#10;Wt7q2peHjZ7tFmaHyj8sG/dFu8zZuVt+6voLTf2qPil4VRI/GfwUvNXK8NqPgjVIbyFv9ryJSki1&#10;kB9XUV8w3H7bv2mPytH+DHxMvtS/59brSobOMf70sk22uG8TN8Yf2g1ez8X3lv8AC3wNJ/r9C8O3&#10;n2jVr+P/AJ5z3mAsS/3ljWgBfHniaL9qb42JYWciXfws+Ht4sssyHfDrGtL91f7rR227/vuvWOay&#10;vC/hjSvBnh+z0LQrC30rSrKLyoLaCPaqLWrzWoBzRzRzRzQB478TP+Pz4if9gK2/9BuK9t0//j3j&#10;/wByvE/iZ/x+fED/ALAtr/6DcV7ZZ/6v/gNAGXrH/LSuD1j/AJaf8CrvNY/5aVwesf8ALT/gVBkY&#10;nNFHNFAHDeE/jxrvhPwnodvqej3EFpDY26I99o9zCrqsS7W82N3Vv97y67DR/wBqDRNQ+SW3s5JP&#10;+nXVIt3/AHzOIGr6k+FegWl58J/Be+P72iWX/ohKTxB8EPCXiSOT+0PD+l327/nvZxs38qyNTxCz&#10;+MHh+8j3v/aFpH/fk0+SSP8A76iDr/49Wxp/jzw1rEmy08QaXPJ/c+2RrJ/3yxDVoax+xX8PLyTz&#10;bTR5NJn/AL+lXktu3/jp21yesfsZ3fl7NM8ca5HH/BDqvlahH/3zIKAO8/5Z7v8AlnTOa8WuP2X/&#10;AIl+G5N+lap4fv8A/rnb3Olyf+Szhapyaf8AG3wv/rdD1S7jT+PTdUtr5f8AvmePf/49QB7heafb&#10;6hHsuLeOeP8AuTxq1eVfGHwVf6D/AMI/8QvAenRp4z8F3DXlvZQx+X/admVxd2bbf70f3f8AbrmJ&#10;Pjx4o8N/Jruh3lp/f/tXw/PCv/f2B5F/8drY0f8Aag0S8k2PHp8kn/Trqkat/wB83IgatQPrX4b/&#10;ABO0L4rfDvSvGPhy5+26TqNv9oi8sfvEb+KNlzxIrZUr/eFfM3wN+NXhX9mn4D6dF8QLy403xtr2&#10;p6jqx8JQW7Taw8tzeSSLH9lHzq21k+9tWvOoLrXPCviHX7v4W+M7j4e6F4mb7Rq9lfeH5NQhtrlv&#10;vXVm8RZI5GX7275P467n4P8Ahf4W/DuPZ4f1TS7/AMQ3Hz3utalcRtql7K3zNJK0mH+Zv4ayAh8R&#10;Wnj39qe4if4g2kngb4aIyyxeBoZ915qePmVtQlX7q/8ATBf+B16Vrn2fQ/B+ofZ447S0sdOm8qGC&#10;PbGipE21VVf92tSP95HvT95H/f8A4a5f4oSPH8O/Emz+OzZH/wB1vlkb/vlnrUDU8J2b6f4T0O3f&#10;78Njbw/98xKtavNP8tI/kT/Vp9ymc0AHNHNHNHNAHxN/wUE0d4/FngvWP+WdxY3Fpv8A9pJVf/0G&#10;Svlf4R6wnhv4wW6S/u4NQ3W//ffzL/48tfoZ+2Z8P38afBe8vbSPzL/w9OuqIkf3vKVWSdf+/bbv&#10;+2dfmX4ot5Y/s+oW8nlyQsvzx/8AfStWQRPpz4uaO+qeD7iVI/MnsWW7T/dX5ZP/AB1q8M5r3/4d&#10;+MLf4geE7fUP3fnuvk3UH9yX+Jf+BV4v4s8Lv4P1y40//l0/11q/9+L/AOx+7QBkc0c0c0c0AHNf&#10;on+xncPcfs9+H9//ACxur2FP91bl/wD4qvzs5r9L/wBl/wAPy+F/gH4PtbiPy55rVr50/wCuzNKv&#10;/jsiUAeo80c0c0c1qByXxUk/4pO3i/57anp0P/fV5E3/ALLXk/xM1C7s/i54HfT9PuNTv/sd+6Qx&#10;yLGu35FbczfKq7mSvVPip/yL+l/9hrTv/SlK8v8Aip/aEfxI8Dy6ZpcmrXaRXb/u5FjVFXYrbmb7&#10;qt5iL/FQBsSeF7jXI5LjxbqEc9oi730i0kaGxRf+mrNhp/8AgW1P9ipLfxRd65HHaeD7O3+wJ8ia&#10;vdR+XYov/TBVw0//AAHan+3Udv4Pl1ySO48V3EerSI29NLg3Lp8P/AW+adv9qX/vhK7COgDyf+x3&#10;t9P+Kl7cahcatdpZrp3226kX+C282RVVQFiXdP8AdWvpCP8A1deB2f8ApHwb8Sam3/MWW/1H/gLs&#10;/l/+Q1SvfeaADmjmjmjmgA5o5o5o5oAOaOaOaOaAPHvih/x8fED/ALAlp/7cV7hZ14f8UP8Aj88e&#10;f9gmy/8AQp69wt6AMfWP+WlcHrH/AC0/4FXeax/y0rg9Y/5af8CoMjE5oo5ooA+rvg//AMkk8Ef9&#10;gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CsjUKKKKAI/JT0qCTT4ZP8AlnVuigDMk8P2kn/LOuS1&#10;/wCDPhPxLHIupaBp+ob/APn6s45P/QhXoFFAHzxrH7Ffw3vJPNtND/smf/ntpVxNat/444WuT1j9&#10;jO48vZpXjzxBBH/BDqUkWoQ/98ypX1nRQB8OXH7LfxI8PyebpWseG7//ALc59Lk/76tHC/8AjtY+&#10;ueE/jRp+j6hp934f1S/guIJLd/7K1yC8V96sv3bmPf8Axf3q++PLSons4pOqUAfOHgfWH8QeC9D1&#10;CWPy57ixheWOT7yS7VWRf++t9bPNZum2H9ga94n0IkImn6rM8SD/AJ4T7blP/Rrr/wBs60ua1AOa&#10;OaOaOaAEkjSSORJY/MjZdjpJ8yup+8tfmP8AtIfA+X4N+OLjT0t5JPC+p7ptKm/h8r+K3b/ai/8A&#10;QPLev055rmviJ8O9C+KnhO48P+ILfz7Cb50eP5ZIZV+7JE38LLQB+R/gfxhqHwj8SfaEjku9JuPk&#10;uIf76/3v95a+jLy30L4ueF45bK8jkj+/b3Uf+stpf7rL/wChLXF/HD9mvxL8I7i4/tOz/trw0zfu&#10;tatY/wB3/s+av/LJv/HP9uvG9Lj1vwnqH9oeHNQkgk/2JPv/AOy38LVkB2GuaHqHhe8+yanb+RJ/&#10;BN/yxm/3X/8AZaoc1rx/HzxRJZ/ZNV8N6fq0b/f8yNlV/wDgHK1n6H4b8UfGjxBHonhfwnb2l3N9&#10;9LHzPkX+9KzOViX/AGvkoA6z4J/Dt/jB8VNL8LxfvLDd9r1WaP7sNmn+s/4E33V/66V+pkcaRxxp&#10;FH5caLsRI/uoq/dWvJ/2b/2e9K/Z/wDBcllFJHf67fbZtS1D++y/djX/AKZr/D/33XrPNagHNHNH&#10;NHNAHJfFSP8A4pezf/njq2nP/wCTkS/+zVyfiT93448N/wC3Z36f+PW7V1nxY/d+A9QlT/ljPaTf&#10;983kTVy/ij/kfPD6f3LO/f8A8et1oA1eawvHmqS6X4P1SW3/AOPt4vs9r/13l/dR/wDj0iVY1zxB&#10;p/hu3jl1C48vzm2RQxxtJNM392KJcszf7tZ+n6PrHijVNP1DWLf+ydNsZ1uLXSPlkuHlXd5ck7L8&#10;q7d25Yl3fP8AeegyLHizS4tD+F+qaZb/AOotNJ+zp/upFtX/ANBr13mvKviJ/wAiH4g/685K9YoN&#10;RnNHNHNHNABzRzRzRzQAc0c0c0c0AeNfFD/j88cf9gzTv/Rste6W/wDrJa8L+KH/ACEPGn/Xhpn/&#10;AKNlr3S3+/J/wKgDH1j/AJaVwesf8tP+BV3msf8ALSuD1j/lp/wKgyMTmijmigD6u+D/APySTwR/&#10;2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKKKACiiigAooooAKKKKAPEvilp/9h/Ez&#10;TNRP/Hpr1i1i/wD18wbpY/8AvqN5v+/dZ3NepeO/Blp448Oy6dPPJaXCutxa3tuMyW06HKSLz/47&#10;/EpK15dP4X8eaRhLvw3b64q/8vGiXkal/wDa8qfZt/3fMegBOaOayrjxB/Zf/IV0fXNG/vvfaXK0&#10;f/f2MOn/AI9RpfizRNYk2afrGn3cn9yC4jaT/vnO6tQNXmjmn+W8dM5oASSNJI5Ef95G67HST5le&#10;vJ/Fn7Kfws8YXElxceF49Mu3+d5tKkks9/8AwGMhf/Ha9Z5o5oA8K0/9if4VafcedLpeqX/+xdap&#10;L5f/AI7tr2Dwv4P0HwPpf9meH9Hs9GsP+eNjbrGr/wC0397/AIFWrzRzQAc0c0c0c0AHNHNHNHNA&#10;HHfFT954Tjsv+WmoX1paJ/wKdGb/AMdjeuD8Sf21rHxIki0eOzjjtNMjhl1C6+ZbZppWdtsS481t&#10;safxKldx40k/tDxh4X0xP+XdbnVJf+AqsMf/AI9O/wD37ql4T/Z9v/iJY6h4y0/xr4g8N3GrXk3l&#10;QWPkyWvkQt5ETeVIh+8sW771AFTw/wCD7Lw/cSXvmSanq0y7JdUvv3lw6/3V6LEv+yqqlbvNVrz4&#10;D/F3R/8AkH+NPD+ux/3NY0dreT/vqCT/ANlrHuNL+Luh/wDIQ+Hen61Gn8eh64u7/vmdE/8AQqAD&#10;x5by3HgfXEij8yT7HNsT+/tXd/7LXplneRahZ293byeZBcRLNE8f3XVl3K1eP3HxMuNH/wCQ74H8&#10;YaFt++8mjtdR/wDfUBesPw/8XPDWlyfYvDnxA0ewg3fJoviCNo1hZvm2xbzG8S/7PzJ/doA+geaO&#10;a8+0/wAeeI7iPzU0vQ9ag/v6VqjL/wCOtGV/8erQj+JH2f8A5CHhfXLT/bgjiul/8hOW/wDHaAOx&#10;5o5rko/ip4U8zZcaxHpsn9zUreW1/wDRqLXQafrGn6xHv0/ULO/j/wCnW4jk/wDQSaALvNHNP8t4&#10;/v1n65rmn+G9Lk1DU7iO0tE+Tf8AeZ2b7qqq/MzN/Cq0AeV/Ez/kKeMP+vPSv/R717hb/wCslrwf&#10;xZJd6ppfiDW7uz/s37d9git7KT5pkiinXa0u35VZvM+6v3K94t/9ZLQBj6x/y0rg9Y/5af8AAq7z&#10;WP8AlpXB6x/y0/4FQZGJzRRzRQB9XfB//kkngj/sB2X/AKISuwrj/g//AMkk8Ef9gOy/9EJXYVka&#10;hRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWLrng/QPE3y6xoenaqP+n6zjm/9CBraooA82uPgB4M5&#10;On2l5oT/APUK1Ce3T/v0r7P/AB2sq4+B2p2x/wCJV43vMY+5rGnwXS/99RiJv/Hq9eooA8LuPh78&#10;QNPztt/D+uR/9MbiWzk/75dJF/8AHqyLj/hINL/5CXgvXIP9u1jjvl/8gOzf+O19F0UAfMn/AAnn&#10;h+OTyrjVI9Nn/wCeOpRtZyf98yha3LeRLyPzbeSOeP8Avx/Mv/jte7XNnFeQPDcRxzRt95HTctcd&#10;qHwR8C6k/mt4X0+0n/57afH9kk/77i2tQB53zRzXVXHwFso/n0rxP4g03+5G94t5H/5HR2/8erKu&#10;vhL41sRmy1/RNY/6Z3+nvat/33G7L/5DoAyuaOabcaD420s4u/CD3aL/AMttG1CGb/x2XyWrKutX&#10;1tYium+CPEl/qQ+SK1ms/s0e7/anchFX+82561A4HXNUl/tzxprFv+8ntFh0bT0/vyqu7b/wK4n2&#10;/wDbOvrXwX4bi8IeEdH0KI+Ymn2kNoH/AL+xFXdXkXwq/Z1vdBh0y/8AGWsx6rqVvctqH9n6arRW&#10;iXTStL5jO3zzsrt8u7av+xXvdZAM8tKje3ik6x1PRQBUk0u3k6x1ha58PNB8SReVqWl2d/H/AM87&#10;u3jmX/x4GuoooA8H1j9jj4WarJ5qeELPTbj/AJ7aV5ljJ/31Ey1gXn7H6af/AMi/488YaL/dSTUF&#10;vo/++J0f/wBCr6XooA+TLz4D/FvR/wDkH+OND12D/njrGhtC3/fUEgX/AMdrj9Y+GfxAt5N+sfCf&#10;w34h/wCm2h6pGsn/AHzPGjf+PV9weWlJ5KN1SgD4Ik1R/Df/AB++E/iR4P2fx2kdzcW6f9+pJk/8&#10;do0f4keBLzWI7u98cR3+rQ/Jbp4guFtZLbd97bFIke1m/ibbvr7wk0u3k6x1jaz4F0TX7fytQ0uz&#10;v4/+ed1brMv/AI8DQB8meMLy31TwfcS2lxHdxvPafPBIsi/8fMX93Ne0W8b/ALyptQ/ZL+Ft5cfa&#10;E8EaPBPu3+Za2627buv/ACzxU3/DNfhf/n3vNn/YUu//AI5QByfiTULfT7eS4u7iO0gT7008nlr/&#10;AN9NXl9x4o/4SCSRPD+l6h4h/wCm1rb7bf8A7/yFUb/gO6vo7TP2e/BGn3Edwvh+znuE+5Ndbrh0&#10;/wCBSFq7a38L2Vv/AMs46APjP7H4w/6Ee8/8GFt/8XRX2n/YNj/zySijmAw/g/8A8kk8Ef8AYDsv&#10;/RCV2FeKfCz43+CrD4W+DrefXAssej2cTD7JORuWBAf4K6r/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP&#10;/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn&#10;/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP/JOf/wCIooA//9lQSwMECgAAAAAAAAAh&#10;ANsFwT5BPgAAQT4AABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBgAGAA&#10;AP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQV&#10;FRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMBIgACEQEDEQH/xAAfAAABBQEBAQEB&#10;AQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEH&#10;InEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFla&#10;Y2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbH&#10;yMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJ&#10;IzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1&#10;dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY&#10;2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APoj4f8Awn8FXngPw3cXHg/Q7iebTLZ3&#10;eTT42Z2aJWZuldB/wp/wJ/0Jeh/+C+L/AAq58N/+SeeF/wDsE2n/AKKWuh5rUDkv+FP+BP8AoS9D&#10;/wDBfF/hR/wp/wACf9CXof8A4L4v8K24dSvNa1S403w7plxrt/bvsuPLkWO1tm/uyzt8qt/srub/&#10;AGK6CP4Y+PZI9z3HhuB/+eP+kzf+Rfl/9BoA4T/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4&#10;v8K3ta/t7wTGJfE+keRpqjLatpbtc2qf9dflWSJf9rbt/wBur0ciSRxuknmRuu9Hj+ZXoA5P/hT/&#10;AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8AhT/gT/oS9D/8F8X+FH/Cn/An/Ql6&#10;H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63mjmgDkv+FP+BP8A&#10;oS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8AgT/oS9D/APBfF/hR/wAKf8Cf9CXo&#10;f/gvi/wrreaOaAOS/wCFP+BP+hL0P/wXxf4Uf8Kf8Cf9CXof/gvi/wAK63mjmgDkv+FP+BP+hL0P&#10;/wAF8X+FH/Cn/An/AEJeh/8Agvi/wrreaOaAOS/4U/4E/wChL0P/AMF8X+FcF4V+EfhDxh+1/o+h&#10;Q+F9Hj0Pwz4Zn1bUrVLOPyZ7q5lWGBZVxtbasbste1c1y/7GVp/wkni34z+PW/eR6n4k/sayf/p2&#10;sIliG328xpKyA2v2jv2YvB3ib4G+MrTw14V0bRvEMOnSXWnXlhp8Mcy3EP71F3Ko+80YU8960fgr&#10;4B+F3xY+Evg/xhH8P/C//E60y3u3j/sqD5JGQb1+5/C2+vdpI1kjKMN6N96vnf8AYNdrP4Cf2E//&#10;ADL3iHWNHQf3Fivpdq/98sKAPTP+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPP&#10;v+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4i&#10;uG+Mnhz4KfA/wDf+KvEXgLw39jtyI4LWDR7dpryd+I4Il2fNIzcLXvVfF+vMnxm/av8AFmoanJJf&#10;+Hvhx9m0zRbKT/j3h1OWLzbm42fxSKrIqt/DQBznwj+Adjcf2p4w8d+F9Hg8SeIWWZPD8FnH9j0O&#10;2X/VWsS42+Zt++38T16R/wAKf8Cf9CXof/gvi/wrreaOa1A5L/hT/gT/AKEvQ/8AwXxf4Uf8Kf8A&#10;An/Ql6H/AOC+L/Cut5o5oA5L/hT/AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8A&#10;hT/gT/oS9D/8F8X+FH/Cn/An/Ql6H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBC&#10;Xof/AIL4v8K63mjmgDkv+FP+BP8AoS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8A&#10;gT/oS9D/APBfF/hRXYUUAc38N/8Aknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX&#10;/a+ZFX/akjqh8N/+SeeF/wDsE2n/AKKWuy+FsccnxX1RpPv2+hwrF/uvcS7/AP0XHQB6n4a8O6Z4&#10;R0m00rS7SOys7ddscMfH1P8AtN6tXA6x+0p4B0XUL2CfVbyS10+dra91O10u5m0+zlHDLLdLGYl2&#10;/wAXzfL/ABYr1ivCfidNpHws+Gdl8N/BWlR3Ou+IIp9L0PRSWlH7zJmuJ92T5MXmO7s3+7/HWQHt&#10;0M0V9bpLE6TQSLuVl+ZWU14L4j8Mr8OPGEGm2a7fDmrrJNYQ4wtncp88tuv92Nl/eqv8PlSf7Few&#10;+A/C6+CPA/h/w7HO90mk6fBYLNJ95/KjVN3/AI7XJfHqNB4Z0SUf6+HXbIxf8Cfy2/8AIbvQBx/N&#10;HNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXFeNPHCeD/Gnhe3vdQt9N0K7gv3vX&#10;n2/eiWLy/m+996T+H79drzXmXxE/syP4yfCv+0/L+9qf2Xz/ALvn+RF5f/Av7tAHYeF/HmheNPti&#10;aPqkd3PabftEPltHNDu+7uWQBtv/AAGt3mvPvEG3/hfng/7P/wAf/wDY+o/2h/e+zbovK3f9tvu1&#10;6DzQBleLPEEXhPwnrmuy/wCr0yxuLt/+2UTP/wCy10P7FnhOXwf+zB8P4LpNl9fWH9rXXq0t0zXD&#10;f+ja8W/a0uJf+FD65pVp/wAfevT2mgRf3t1zcpF/6Cz19maPpkOh6TZabbDbBZwR28S/7KKFX9BW&#10;QF+vnP8AYnx/wjHxQC/c/wCFi69t/wC/619GV85fsK/6Z8JPEepn7up+Mteu1/3WvpVH/oNAH0bR&#10;RRQAUUUUAZHifxFZ+EPDWr67qMghsNLtJby4f+7HGhdj/wB8rXx/+y/p97/wqe38R6rH5eteL765&#10;8T3vmfe3XcrPGv8AwGPZXe/t1a/NqHw80L4ZafLs1X4harFoz7PvJYp+9vJP+/a7P+2la9nZxafZ&#10;29pbx+XBbxLDEn9xVXaq/wDfNAEvNHNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABz&#10;RzRzRzQA+iiigDz/AOH/AIst7P4f+G0uNP1SDZplt8/9nySR/wCqX/nnura0v4neH/DPj7Q9abVL&#10;eO1mVtJv0n3QsiyOrRSbXx92Rdrf7MleW+B7fxRZ+C/D72muap5f9nW7okklpdL/AKpdq7ZLZGVf&#10;9nzK6C48QeMI7eS3u/7P1aB4mR0vtHkjV938LNBPOu3/ALZ0AfZsu/ZJ5f39vy7/ALtfO/gj4a/F&#10;7wrr2seI7seB9e8U6o+yfV7u4vFZIVbKW8SCMrFCv91fvt87fNXJ/Dv45eJ/AUsel6rp+n6r4XRV&#10;SA/2pJDeWf8Asr9qhhWWJccbm3L/AH3r2PT/ANozwtqFsZYYdYlkVc+Ra6XLct/5B3q3/AWrID0X&#10;Rv7R/sm0OrC3TUvLX7StnuaHzP4tm4A7a8n+LGtLr/jTSPDtrh4NHb+1NQk/hWUqyW0P+98zyn/r&#10;nH/frjvEv7WlprQew0UyeDBLui/tLxbZPazf70FrIo3f78jIv+y9c34TvLiOz8nRPEnh/wASeazS&#10;y3XmM01zK3+sklaOR9zN/u0Aeg80c1z39seILf8A4+PD8c/+3a6gv/tREo/4TDy/+PvQ9YtP9v7G&#10;sy/+QnetQOh5o5rC/wCE88P/AHJdUjtJP7l9HJb/APowLWpZ6xp+qf8AHlqFvd/9cLhZP/QTQBZ5&#10;o5p/lvTOaADmjmjmjmgA5o5o5o5oAOa5b4iW/hK30O41jxhb2cmm2MTI91dW/meSrsqt90FvmbZ9&#10;2up5ryb9rCTy/wBn/wAWf7cUKf8AkdKAOk+Fdv4HvNHuNb8D/Z57C+l2S6gnmtJMyfLtZpfn+Wu1&#10;5rxL9jOPy/2f9Hf+/eXb/wDkVl/9lr23mgDyr4wW/wDwkHxM+Bfhr76X3jKG+lT/AKZWcEtx/wCh&#10;bK+06+OzH/an7Znwftfvx6doutap/wACKxQL/wCjK+xKyA5/x54kTwf4H8Qa/L8kemadcXz/APbO&#10;Nn/9lry79ifw3L4X/ZZ+HFvcR7Lu70xdTn/66XLNcN/6Nql+3PrUmkfss+PIreTZearax6Nb/wB5&#10;nupkt9v/AJEr2jwvosPhfwzpGjw/LBp1nDZoP9lEVF/9BoA1qKKKACiivDP2sPjBqHwx+Haab4bx&#10;P488VT/2N4dtgeftEn3rj/dhTMrfSgDyKw1f/hdf7TXi/wAcL+/8N+C4m8J6G/8AC91u339wn/At&#10;kW7/AKZ16lzXLfDP4f6f8K/Aeh+F9P8A3kGnwbHmk+9NK3zSTN/tMzO1dTzWoBzRzRzRzQAc0c0c&#10;0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAD6KKKAPK/Af/Ih+G/8AsGW3/opak0vxpoWs&#10;apcafZapb3d/C0iS2scn7xGT71R+A/8AkQ/Df/YMtv8A0UtEln4a0vVJHlt9PtNSuFbe/lrHM6v8&#10;rfNw1AHQeZVO80PT7z/j40+znk/6aW6s38qI7e0uNP8AslvJ+48ryf3Em5tu3b97muL8WfDO71Tw&#10;/wCH7TTNYuIL/RrpZorqeRm3r827cv8AE3zUAdhHo8VvHst5Lywj/uWt5LCv/fKuFrL1DwHpmqfP&#10;dx293Jt2b77T7S6bb/d3SQl//Hqj+Hel63ofheO0128+136Syfvv9nd8tR6xrniDQ9Y1B4tHk1bS&#10;fsqzW/kSKsiSr/rF+bFAEcfw/is/+PLy7D+D/Qbi9sfl/ur5VyEX/v3Vj+z/ABHZ/wDHvrmsR/8A&#10;cQtrpf8AdVZ7Xd/5Eot/HHmXEcVxo+oWnnXi2i+ZGv8AEu5ZG/urXU80Ac9H4g8Z2f37yO7j3fOl&#10;1of/AI7utrpv++vLrPvPEH2j/kMeE/C9/wD33+0SWsn+6v2u1Rf/ACJXY80c0Actp+saTJ/qvC/i&#10;C0+X538P6hHeL/uqtpcszf8AfurFx400rS/+Pjxh4g0LZt+TxBp8ka7v7u6eAf8AjrVqXmj2Wof8&#10;fdnbz/8AXe3Vv/QhUdvo9vZ/8eUlxpv/AF43ktv/AOi3FAFjS/Fkuqf8gzxp4X13Y2zZ8u7/AHf3&#10;Ux/9BrY/tDxLb/63Q7O7/wBu11Bl/wDHZIx/6FXJ6h4TtNU/4+5Pt+z7n9pWdtef+jYWb/x6suP4&#10;d2Vn89lb6fabfufYftent/vf6Ncou7/gNAHoH/CWXEf/AB9+G9Yg/wCuEcNwv/kOQt/47R/wnmhR&#10;/wDHxeSWH/X9ZzW//oxAtcP/AGPrtnH/AKJrGuQfLsXy9Yjul/3tt3bMzf8Afyubj+InxD8N6pJp&#10;mq3FnfzzbfsXl6Wskky/xboorndF/vbdlAHP/FT9oDxL8K/jBp+py3mn678NruL7OkOmyRyMjfek&#10;ZuS3nL95f4HSus/ak8QWXiD9mPWNV0q4jv8ATb77I9vdR/ddWnSpNcj1r4ieG7zTPEvhPw35d2ux&#10;0+2StMn91tyx/K3+6zV8f/EDR/Efwf0vVPBWqx/a9J1No7iyvY5JPLTYys23ov8AssrL/t1kB9ef&#10;sr6pZeG/2a9H1PU7iOwsLf7XcXF1P8qovnv81Zfwn/aA8UfGT4wagmhaPH/wrm0iaGW6uvlk3fwy&#10;bv7zf88v7lfMfge38Z/GTw/pfgrT5LyPwno3769SO4VY3ZpWbd82F3fN8q/8Dr608F3F38N/D9no&#10;WiaXeWmm26/Ik+lxXHzfxMzQXIZmb+9toA6/wb/pH7c/h/d/y7+Ab10/4HfRD/2Wvryvh74V+LJt&#10;U/bV8KXF1F5Et34P1OxT/R54d+y5gl/5agf7f3d1fcNAHzd+1n/xVnjD4IeAEG9tb8YQ6pcJ/wBO&#10;1hG1zJ/495dfSNfMfwpuB8dP2nPFfxKizN4U8H20nhHw9N/BcXJZX1C4X/Z3LHEG/wCmZr6coAKK&#10;K5jxx480D4Z+Gb3xF4m1e10PRbJd093eSbUT/Z/2m9FWgC54s8W6R4D8Nal4g16+h03R9Nga5u7y&#10;c4SONR8zGvkL4ctqvxq8fXnxn8T2cljHcQNY+ENFu+G0/TG+9cOv8M8/3m/up8lV9Wvdc/a68QWm&#10;t+ItPufD3wg0ydbjSPDd+my41yUf6u8vF/hhX70cX/Amr2LmgA5o5o5o5rUA5o5o5o5oAOaOaOaO&#10;aADmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgB9FFFAHlfgP8A5EPw3/2DLb/0UtfM/wC2hvj8&#10;WeH3T93/AKG3+r/3mr6Y8B/8iH4b/wCwZbf+ilrl/jB8D9K+LkdnLd3lxpt/aKyRXUG1vlb+Flag&#10;D4b0/wAYa7pf/HprF5B/1zuGroNP+OHjvS/+PfxJef8AbSTdXrGqfsV6rH/yD/FFnP8A7F3btH/6&#10;CWrk9U/ZL+IGn/8AHvb6fqUf/TC8VW/8iYrIA0f9rDx7pckf2i8t9SjRvnSe3Xc//AlFfaml6h/a&#10;ml2d75fl/aIlm2f71fn3rHwT8e6PHJ9r8J6p5f8Afgt/OX/yHmv0A8PxvH4f0tHj8uRLWP5P+ArW&#10;oGjzRzXLXFn4l/4WBb3cN5b/APCL/Y2SW1/5aeb/AAtVPS/EniWPR9Uu9V8P+XPaQRzW9rBJuaZt&#10;u6Rf++qAO15o5ripPiI+l+F/7Y1DR9Q8z7ZNb/ZYLfdIipKyqzJk/wAK1cuPiRoOnx6X/aF59gn1&#10;CKGaKGT/AKa/dX/x2gDqeaOazrfXNPvNYvNMivI5L+0VXlh/iTdWjzQAc1jeJPFmj+D7OO41jULe&#10;wjf5Ikk/1kzf3VX7zVj+KNQ8Qa5rH/CKeDJLeDWngW4vdWvo2kt9Mgbcqtt/5ayNt/dr/wADajQ/&#10;2b7fS5Ptt7rn9u66/wDrdU1jS4rqZ/8Ad8wnav8AsrQBl/8ACcJ4k/1WuafoVg//ADzvIpL5/wBS&#10;kX/jz/7lbGhx6Jp8ciafcWf75t8rx3CySTN/eZmJZm/3q0JPg/NJ/rbjw/dp/wA85/Dcf/ssgrPk&#10;+B6SeZv0fwXPH/2C5Ldv/HXNAGxHXP8AxE+H+lfETwvcaVrcflwffiuvutbMv/LRWaq//Ci0t45N&#10;ngvw35n/AE46pc2rf+i6x/EHwr8Nf2fJaa7o/iDw1H8r/aoNQnurVGX7reapdf8Av6q0AHh/WPDn&#10;gPw/b6F4P0/+0oLf/ltHJthdv4maVvvN/uq1WP7Y8S6p/wAvlnpsf9y1t/Mb/vqTP/oNc/b/AA/8&#10;URx+b4a8UaH4vtE+4l9+5m/7+xZX/wAdo+0eONHk2XvgPUJP9vTbiC4X+atQA+51i4+HHxr+EHjX&#10;WNYkk0201qTSL26u/JjjtoryB4tzMqqqr5ipX0V+078TtL1HwfD4T0T4t+EfA19rVwsF/qV/qca3&#10;UOnn/XtbLu/1+35V3cc181ah4sfWNPuNM1j4f+JLuwmXZLa3WjtJG/6law9H8N6FpdvcReH/AIH3&#10;iecvzpJocUKv/wAClNAH2r8OviB8FPhb4H0fwz4b8eeELLQtJthb28f9t233V6sx3/MzNlmb3qv4&#10;k/bW+Bvhc7Ln4maHdz/88NKuPt0zf8AgDGvkrw38O/AlneR6h4r8J29jdp9y1n8N+XZw/wDAlRll&#10;/wB5m2/7FeueE7PwlHH/AMU1b6HH/wBgqOJW/wDIdZAautftqeIPGEf2f4V/DPWNT3fd13xdG2l6&#10;ev8AtKjZml/75WvItQ+H/irxl4ot/EvxSv7jx9rNnJ9o0+CxuI7XT9Mb/phZyxlGb/alZmr2ySP+&#10;/Uf2f/OK1A5uPxxqFn/x8apqlp/2FdDW4X/v7aELWxo/jTUNU+Sy1Dwvrsn9y1vJLeb/AL5YO1WJ&#10;LOsvVPDen6pHsvbO3u/+u8ayf+hUAdB/wkmsW/8Ax9+E7z7v/LjeQTf+hOjVJ/wnmn2//H3Z6xYb&#10;P+e+lz7f++owy15P4g8N63of/Ew8OeIPEEcEK/vdCg1D93Mv/TDzUk2t/s/cetDS/EHjOSzt72y1&#10;i8u7S4VZonn0+yul2t/1yeBv/HaAPTLfx54avJNkWuaf5m/ZskuFjbd/uthq3LeRLyPfbyRzx/34&#10;/mX/AMdrx+T4geI449mq6fo9/Hv+f7VZ3tn8v/Ao50/8erPt/FHh+8kje48B6f5/zO76Hqlk0n/o&#10;cD/+O0Ae480c15FH4g0Kzj3/APFceHkSL/nnezRp/wB8+clXLfx5pUkkiWnxUs45E2p5OsR2ysn/&#10;AH0IWoA9R5o5rlrPUPEtxHvtLjw/rUe7/ln5sP8A6CZFqT/hINdt/ku/C8knzffsdQik+X/dk8ug&#10;DpeaOa5r/hOLeP8A4+9H1yw+9/rNPkmX/vqLfUkfxE8LyfI+uWdpJt37LqRrdv8AyIq0AdDzRzUV&#10;nqFpqEe+0uLe7j/6YSLJ/wCg5qx5fl/foAZzRzRzRzQA+iiigDyvwH/yIfhv/sGW3/opa6Hmue8B&#10;/wDIh+G/+wZbf+ilroeaADmjmjms7XI9Qk0e8TSpLeDUnib7O9180aN/tUAaPNHNePeH/wDhcHhv&#10;UJH1iPS/FFg7f8utwsMif7u7FeuRyeZHG3l+XvX7kn3koAl5o5o5o5oAT/WffrPvND0/ULfyrizt&#10;5I027Ekj+5t+7WjzRzQBlW/hvTLfXLjW4rOOPUrhdkt1/E61q80c1S1y8/s/R9Qu/wDnjBI6f7yq&#10;22gDY+H9un9hyan/AMt9TnkuHf8A2fuRL/37VK6XmqWh6f8A2Xo+n2X/AD72scP/AHyqrV3mgA5o&#10;5o5o5oAOaOaOaOaAMbVPBfh/XJPN1DQ9Pu5/+ez26+Z/3196s/8A4VfoUfmfZ49QtN//AD66pdx/&#10;+1K1PEHizQvCce/W9c0/Sf8Ar+vI4f8A0Iise3+Lnge8/wBV4w0OT/t8j2/zoAI/hnpUf37zXJP9&#10;iTWLnb/6GKP+FX6FH/x6f2hYT/8APa11Sfd/wLc7K3/AlrqLe4i1C3juLS4jngb7k0EiyK//AAJa&#10;l5oA4qTwf4g0/wD5B/iSO/j/AOeOsWa7v+/sWz/0Fqw9Y0O4uPn13wPHqX/T1pXl3jf+PBJf++Vr&#10;1HmjmgDyLT49KuLj7Jo/iDUNJu0/5h88jM3/AH4uQW/75rUkvPEGj/Pd29vrton33sY2huv+/TEq&#10;3/AWWu81TR9P8QWf2fU7O3v4P7l1Gsi/+PVx+oaO/ge4t5be4kn8PTSrC8M8jSNp7N8sbKzfM0bN&#10;8u1vuf7tAGhpeqWmuafHe2VxHPaTfceP/vll/wBlv7y1JJHXNx/8U/442J+7sNeikd0/hS8iVWZv&#10;+2sf3v8ArnXUUAZ9xb1zfhf/AIleuaxo/wDywdl1G1T+4srMsq/9/F3f9tK6y4jrk9U/0Pxh4fuP&#10;+e32ixf/AIFF5q/+PRUAdBbx3usapcWWn3EdpHbxK9xdSR+Y25922NVyPm+XczVJeeB9VuI9j6hp&#10;epR/3L7T/wD2ZXP/AKDVzwX/AMhPxJ/19Q/+iErqeaAPMpPh/cW8m9PDelySf39KvGt2/wDQE/8A&#10;Qqp3mh3Hl7Liz8UQR/3PMXUI/wDx4zV6zzRzQB8/Xng/wz5m+WTR4J92/wD4mWhrZybv96PyG3VJ&#10;p/g/XbPUPtGi+KLiSw2sj2trrlztT/ai8zzlX/dbdXvn+xWXeeE9F1D57jR9Pnk/v/Z493/fWN1A&#10;Hmf2jxxp/wBzUNUk+X5fPt7G+X/e+XyHqx/wsDxRb+Yl7Hpc8f8A0/aXe2v/AH0y+eldpJ8P9H/5&#10;dPtlj/163kqr/wB8sSv/AI7WXbx3ej65/ZV9cfa5PK+0Wt15e1pot21lZV+Xcrf3aAMePT08QW8d&#10;7L8N9L1KC4VXS60q8tpN6/3v3ghaiT+ydL/1uj+NPDXzb3eD7XJH/wCQnkSu0+F//Il6H/1wWug1&#10;j/V0AeV2/jTR45I0t/iZJaSfM/k6xHArf+RY0f8A8eroNPvPEdxHv0/WPD+ux7fv/Z5I2f8Au/NH&#10;I6/+O1X8Qf6RHIkv7yP/AJ5yfMteX654P0K4k3vo+n+Z/wA9I7dY2/76XDUAeyfaPHH/AD5+H/8A&#10;wIuf/jdFeB/8Ifov/QPj/wC/kn+NFAHqHgP/AJEPw3/2DLb/ANFLXQ81z3gP/kQ/Df8A2DLb/wBF&#10;LXQ80AHNHNHNHNABzRzWV4k8QWXhPQ7zVtQk8u0tIvOby/vVl/Dv4iaV8TPD/wDbGleZ5HmtC6Tx&#10;7W3L/wDtUAdTzRzRzRzQAc0c0c0c0AHNZXiT/kDyI/8Aq3lt0l/3WnRW/wDHa1eayvFkfmeF9U2f&#10;8+sj/wDfK7qAPSJP9ZTOaSOT7RHHKn8a7/8Avql5oAOaOaOaOaADmviL9oT9sjVdU1iTwp8NJJII&#10;3l+yf2vB/wAfF7L91lg/55R/9Nfv16x+2p8UH8D/AAvj0KyuJINW8SM1vvj+VktV2tK3/AtyL/20&#10;r4v/AGf9HTWPFmsa68fmQafEtpa/7zfeZf8AgK0AdRceH9P+Hej/ANt67/xUvii4b5JrrdJ+9b5v&#10;l3Z+Vf4m+/Xn+seJNT1yTfe6hJJ/0xjk8uNP91V+WvaLj4R+I/jR44jt9Mj+yaLp8SpcapP/AKlG&#10;b5pNv95tuz5a+oPB/wAE/Bngvw/HpkWh2d/Jt/0i6urdZJJm/vfNnbQB8D+A/iJ4l+Geqf2h4X1y&#10;40mTd88PmeZbzf7MsTfK1ffH7Pf7SGmfGyzk0+7jj0nxZaRb7jT/ADP3cy/89oN38P8AeX76V5f8&#10;aP2X9E8QafJqHhK3t9F1aH53tY/lhuf9nrtVq+R9L1TWPA/iS31Cykk03XdMn86J/uskq/wt/wCg&#10;tWQH6280c1y3wv8AiJp/xU8B6X4l0/8Adx3cX72H+KGdflkjb/daup5rUA5qlrmlprmj6hpkv+ru&#10;4JIf++l2q1XeaOaAPItc1B7zwXoeuv8A6+0urS7l/wCBMsUv/jsj12kclcnqml/bPCfjDR0/1kMt&#10;/DEn13Sx/wDoxK2ND1BNQ0ezvf8AlncQR3H/AH0qtQBsSVx/jT/R7fT7v/n01G0m/wCAtKqN/wCO&#10;yVJJ8RLTUJJLfw5Z3Hii7R9jvY7VtUb/AGrpvk/753P/ALFcv4k8H63rmn6pd+Jdc8uNIJJrfS9N&#10;kaO1tmRd6s0vyvPtZd3zfJQB6h4L/wCQh4k/6/If/REVdTzXHfDe8fUI9Yu3/dyXEtvM8f8AcZrO&#10;Bv8A2aux5oAOaOaOaOaADmjmjmjmgA5rkvFH/I2aH/163P8A6FBXW81yXij/AJGzQ/8Ar1uf/QoK&#10;AND4X/8AIj6H/wBecddBrH+r/wCA1z/wv/5Efw//ANeMP/oFdBrH+r/4DQBwesVw+qf/ABVdxrFc&#10;Pqn/AMVQZGRzRRzRQB2/gP8A5EPw3/2DLb/0UtdDzXPeA/8AkQ/Df/YMtv8A0UtdDzQahzRzRzXz&#10;V8fPh/8AEjWPHkmseHJLj+zUgjSL7LceWyN/F8uRQB9Eappdprmn3Gn6hbx3dpcLslhk+661T8L+&#10;F9K8H6XHpmj2cdhaIzPsj/vNXx3/AMLE+MHguTyri41D5P4LqPzP/Qq7D4Z/tKeM9Q8YaXpXiCzj&#10;u7S7lWF3js/LkTd/F8tAH1bzRzRzRzQAc0c0c0c0AHNUtYj8zR9QT+/azJ/461XeapaxJ5ej6g/9&#10;y1mf/wAdagDsNDk8zQ9Lf+/awv8A+OrV3mqWhx+Xoelp/ctYU/8AHVq7zQAc0c0c1z2ueMItLvP7&#10;Psrf+1ta27/sUcm1YVb+Kdv+WS/+P/3UoA+F/wBtzWLvxJ8dJNKtI5LuTTNOt7S3hj+ZnldfNbb/&#10;AN/ErvP2Z/2Y9V8N+D4/+Ez/ANB+0Ttdtp8En759yqqrK38P3f4fnr0D4kfAO98UXFx4g0TWLfSf&#10;G93eLcXWrx+ZGqKsWxYYtuWVfuf79cHJ8N/j7o//AB6fEC3v/wDrpeM3/oyM0AfTFvb2ml2cdpZW&#10;8dpaQrsihgj2qlZ+oaolvHvevi/XP2iPih4L1i40q98QaXqc9u2yXZbxTR7v7u5QK9U8L/EjU/En&#10;gfT9T1iSP7fcKzv5Eflrt3Mq9zQB6R4g8WeX9ySvlP4+aXb3GqR67b/6yb5Lj/e/hau88QeMP9Z+&#10;8ryvxZrn9sW9xb/6yPa1AHsH7Bfjx9P8Ua54MuJP9E1CD+0bVP8ApvFtWT/vqNk/7919s81+YX7P&#10;euP4f+OHge7T93v1OO3b/dm3RN/6Mr9PeayAOaOaOaOa1A4qSNI/GniCJ/8AVzLbXH/fUTRN/wCi&#10;q8r8B+G7LXPB9nqHibUJNStLRWh+y30iw6fCsTMi/ulwrfKv3pd1eoXlx/xVHii4/wCeK28P/fEG&#10;/wD9qV5X8O/B+iW/g+z1jxHcfb/s7SO76rcL9jtmVmXcsXCL937zLv8A9ugDsLPxx/akcdv4S0eT&#10;Wo0+RL3/AI9dNT/dlYfN/wBslasPx54XuLzwvql34r1yS7j8iTZp+m7rWz83b+7XqXlbd93c3/AK&#10;3I/GGp+JPk8L6f8A6J/0GtVjaG1/7ZRcPP8A+Op/t1h+NPCelafodxe+INQk13WplaGymvpFX/SX&#10;+WNbaBcJE27Zt2/P/t0AemfD/wA3/iefaP8AX/aofN/3vscG6ut5rkvh/wCbH/biXEnmT/bIfNf/&#10;AGvscG7/AMerreaADmjmjmjmgA5o5o5o5oAOa5LxZ/yNGh/9e11/6FBXW81yXjD/AJGTR/8Arzu/&#10;/QoKAND4Z/8AIj+H/wDrxh/9BWug1j/V/wDAaw/hv/yJfh//AK8Yf/QVrc1j/V/8BoA4PWK4fVP/&#10;AIqu41iuH1T/AOKoMjI5oo5ooA7PwX+z/wCLf+ED8N3uj+MLyCO40y2lS1urfzI03RK2374+X/gN&#10;SXHgf4saP/0B9ajT/ejb/wBAVf8Ax6vpz4RxrJ8J/BX/AGArL/0QldRJp8Mn/LOsjU+K7jxB410f&#10;/kK+A7yT/ppYyLMv/kPfVP8A4XBolvJs1O31DSX/AOn63aP/AOy/8dr7Yn8P2kv/ACzrLvPA9ldx&#10;7Xjjkj/uP92jmA+U7fxp4U1yP/kKafP/ANd/l/8ARgFbFnb6fJHvtI7N40+48G1v/Qa9g1z9nfwf&#10;rHz3Hh/T5JP78dusbf8AfS4auH1T9j/w1JJvsf7Q02T+/a3kn/s+6jmAxOaOaiuP2a/Fel/8gfxx&#10;qEf9xL6NZl/8dK/+g1j3Hw/+Leh/ck0PXY/+mm6Fv5Bf/Hq05gN3mjmuOuNc8caP/wAhX4f3kn+3&#10;psizf+Oruaq//C4NHs5Nmq2eqaLJ/wBP1m0dMDueayvFEjx+G9U2f6x4GhT/AHn+Rf8Ax5qz9P8A&#10;iJ4a1T/j31yz/wC2knl/+hYq54guEvPD95LaSRz+Sq3CeRIrf6pll/8AZaAPSI40t444k/1aLs/7&#10;5qO4uIrO3kuLiSOCCJd7zSSbVRf7zNXH/wDCwL3XPMuPDWjx6lpm75NQvrz7PHN/tRKqMzL/ALXy&#10;1z8esf254g2eLY5LC78//iW6XP8ANZ/L91lb7s8n+99z+FKAOguPEGoeKPk0qSTSdJf7+qSR7biZ&#10;f+mCt91f+mrf8BT+OpNPs7TQ7P7PZR+RHu3v/Ezt/EzM3zM3+01SXF5/G9eX6h8XL2z0+PWLvwve&#10;Wnh52VPts9xGtwis2xZGg+8q/wDAt/8AsUAd5rniCy0PT7i91C8jtLS3XfLNPJtVFr5L+KH7Qmt/&#10;FDUJPDXgeO4g02b5JbqP5Zrlf4v+uUdXPjp4f8UfEDxpb276pHH4XRd6J91YWX5W3L/E392q+n2+&#10;leB9L+xaZH5f/PWaT/WTN/eZqAPN/GngPT/Afg+3R5PtetXc6o83/LOFVVmZV/8Aiq6T/hIE0fw/&#10;p9kkn+pgjT/x2uP+JGsPrmoafF/rI0Zn/wC+ttV7i4e4k+egCxqGsS6hJ/0zrLvLj7PbyO/91tlV&#10;7zWIrf5Iv38n/jtYdxcPcSb5ZPMrIDqPhPbvefFTwXbxf6x9atNn/f8AWv1Yk/1lfnn+xn4Dl8Wf&#10;GS31V4/9A8PRNfSv/D5rqyRL/wCPO3/bOv0J5oAOaOaOaOa1A4K4/eap4w/67/8AtnBXlfw/8P6F&#10;o/gfS9b8Uah9ve0Vk87VZF+z20qsyt5UXCbt38W1nr1iOPzPEHihP794v/j1tBXlfw70fw14f8F6&#10;P4l1C4/eQxfJe6xcbvszbm3LFu+Vfm/urvegDrI/EGu+KP8AkBWf9k2D/wDMX1iNvMf/AGorXhm/&#10;3pdv+49Y/jjw/wCH/CfhvUNQ1W8+367dxNFa6hqtwrXTzt/q1g6LF82z5YlWtSPXPEHiz/kCWf8A&#10;Yumv/wAxfVbf98//AFwtWw3/AAKXb/uPWH4kj8OeE47yy/ea74w1aL7Jvuv9IvH8790vmtjbBDub&#10;/ZSgD1jwHv8AtHiDzf8AWfbo9/8AvfZoN1dTzXJfDu3e3j1iJ5PPkhvI03/39ttAu6ut5oAOaOaO&#10;aOaADmjmjmjmgA5rjvGH/IwaP/153f8A6FBXY81x3jT/AJGDS/8Arzu//aVAGx8O/wDkT/D/AP14&#10;wf8AoK1uax/q/wDgNY/w/wD+RP0P/rwg/wDRS1sax/q/+A0AcHrFcPqn/wAVXcaxXD6p/wDFUGRk&#10;c0Uc0UAfa3wf/wCSSeCP+wHZf+iErsK4/wCD/wDySTwR/wBgOy/9EJXYVkahRRRQAUzy6fRQAzy0&#10;qKSxhk6oKsUUAZkmh2kn/LOs+88GWNzHtaPMf9yujooA8n8Qfs++DtZ3ve+H9Lkz96R7ZFb/AL7X&#10;DV8wap8F/D/izWNQuNCkuPDWhW881pbvY3DSSXuxmSST52ZVj3K+1VWvS/GOpJ8RvGeuf29cpc2O&#10;n6jNp+n6NJJ+5TyfkaRos/NIzb/mb+D7tZn/AAhdpp/73w/J/YV3/cg/493/AOusX3f++dr0AV7e&#10;PVfBen29v5f9taLbxLCnkR+XdQqq7V+VfllX/d2v/v1sSR6Z4o0fY8dvqWm3a7/70brUeh64+oSX&#10;Fpd2/wBg1a02/aLX7y7W+7JE38UbVn3Ef/CJ65Hdxfu9J1OdYbqH+GGd/ljmX/eb5W/7ZvWoHJ+K&#10;NQ1XwHb3Gn+Z9vt5opP7Kup/mbzVXd9nlb+Jv7rfxpXzf4o1yx1Twnve81jVvEsyxvdJPcT7kl3K&#10;0m6LhFVf7u2vrz4kaP8A254L1S3/AOW6RNcW7/3JYvnX/wBBr4z8QeNPMj+ST79AHQeJPGH7yT95&#10;Xm+seIJbyT5P9XVeP+0PEmoR2lpbyXd3M2yK1gjZmdv92vpj4R/sf/8AHvqvjuT/AG10WCT/ANGs&#10;v/oK0AfJeqapFpdvJcS+ZJ/sR/NI9XPh/wDEzwPqlnJZa3b/ANm3c25He++aF1/2WX7tfXnxc/Yj&#10;8OeNLiTU/Cl5/wAIvqT/AH7WSNpLF2/3fvRf8B/74r5v8SfsN/Ei3uJE/wCEfs9Wj/5+tN1CP5/+&#10;/hVv/HaAOb1zwHpn/HxoniTS57T/AJ43V5GrJ/wL+KvP5JLu81y30TRI49d1a7lWGKGxk85XZvlV&#10;flWvZPC//BPfx3rF5H/aGn6foUH8c99qCyN/3zFuavsT4D/sv+EvgXH9rso/7W8QuuxtUnjVdm77&#10;yxLz5S/+P1kBofs3/Bv/AIUn8N7fSruSOfXb5vteq3Uf3XnZdvlr/sxL8q16jzRzRzWoBzRzRzRz&#10;QBxVv+78YeJE/wCnq3f/AL6tol/9lrx/4f2fhrwv4P0vXdYuJJLtGkht31KT7RIku5v3dtEo/wDQ&#10;V316xql4mn+JPFl3/wAs7eC3d/8AeSBnb/x1krh/h38P9M8J6Xp9wkcl3qzwLvvb6TzJk3/M0a7v&#10;9Uu5vurQBc8zxF4w/wCenhPSX/3W1KZf1WD/AMef/cqSTw/p+h3nhvR9Ms47SOW+a+uP4pJvJiZ9&#10;0rNlmbds+Zq6iOsez/4mHji4f/lnp9iqf9tZm3N/47ElAHWeB/8AWeIP+wiv/pNBXU81y/gf/WeI&#10;P+wj/wC0IK6jmgA5o5o5o5oAOaOaOaOaADmuK8cf8hzS/wDrwvf/AGlXa81xXjz/AJDGn/8AXje/&#10;+0qAOg8B/wDIp6J/142//opa2NY/1f8AwGsvwP8A8ivof/Xjb/8Aopa1NY/1f/AaAOD1iuH1T/4q&#10;u41iuH1T/wCKoMjI5oo5ooA+1vg//wAkk8Ef9gOy/wDRCV2Fcf8AB/8A5JJ4I/7Adl/6ISuwrI1C&#10;iiigAooooAKKKwvFHizSPBeky6lrOoR2Fmg+/Ic72/uqv3mb/ZWgDdrx/wCKn7Quj+BZLjTNMCa5&#10;4gT5Gto5NsNs2P8Als/8P+6vzcV514q+MXif4rSXFl4ajk8L+F0O241Cd/LuJl/3v+WS/wCyvz/7&#10;aV5brknhzR9L/srR7f7XPu/e6pJ8v/fNAHN+KP8AitNY1DVdYjt57u+l86XyLdYV3dPl2/N/D95m&#10;3V0nw38WXej6pb+H9TuJL+wu/k0+6nk3SQyr83ks38Ssq/K3/AK4/WNYstDs/td7cRwQf+PP/srX&#10;B6H481Dxp8QPD+n6Zb+RaJqNu/8A00fbKrbm/u/KtagfUnjCP7HZx67F/wAfek/vn/24P+Wsf/fP&#10;zf78dWPFEdvqHhvULd5P3c1rJsf/AIDuVqy/HHiyy0vQ9Q+0Sfu/Ik+T/gLV5Na+IfE/xCfT/DHh&#10;jT7y/wBSlgjt38uNljh+VVaSVmXaqr/tUAdj4g+LFpb+G7e4eT9/cWqu/wDvMu5q+d/hv+z34r+J&#10;moeb9nk0XRfvvqF9Gyrt/wCmS/eavsHTf+Cf+nSahG3iHxpf6rp0SKiWdtZx2+7C/wATMXz+Vewy&#10;/B7VrGPbpviKCSNFCRQ32nrwo+6u6Jk/9BouB5D8M/g34a+Fdns0ez8y/ddkuoT/ADXE3/Av4V/2&#10;Vruea0rzwT4w08ZfSrDUo/8Apxv9rf8AfEqKv/j1Y9wb/TzjUNA1iwKfff7G00f/AH1FvWgCbmjm&#10;s638QaVcSeVFqFv5/wDzxkkVZP8AvlsNWpQAzmjmjmjmgA5o5o5o5oAOaOaOazvEGqf2H4f1DUP+&#10;WlvBJMn+8q/Kv/fVAHmeuXH9oeH9clX/AJjmptaJ/wBcmlW3/wDRcbtWxWPcWf2O88N6P/rP7PtW&#10;uJf97b5K/wDjzTtW3oOm6r4u1B9P8O6f/aVxE+ye5eTy7O2/66y4Pzf7K7moMiDUNQt9Ls5Lu9uI&#10;7S0hXe888m1Uqn4D/wBM0+41X/lpqd01x5f8SRfKkSt/2zjRq9j0/wDZl0O4s/8AiqfL8V37/e+1&#10;x/6LD/1yg5Vf95tz/wC3WRqn7HfgS4k32Wl3Gkyf39KvJbf/ANBO2lzGpx+n6hL4X1S8uHt5J9Nv&#10;try+RH5kkMoXZu2/eZWVU+78/wC7rct/Hnhy4k2JrFnHJ/cnk8lv++ZMVTvP2W9b0v8A5AnxA8QW&#10;n9xL7y7yP/x4Bqx9Q+E/xb0uPYmqeG/EMH9y+s5LVn/797lpgegW8iXke+3kjnj/AL8fzL/47S81&#10;4teeG/Gelyb9T+E8c/8A028P6hFu/wDZGqnJ8RLfQ/k1C38ceF/+v63nkh/8eEi0Ae680c149o/x&#10;gstQk2WXjzR7uT/nhqVvGsn/AI6Y66yz8Ya3JHv/ALP0vUo/79jeNH/6EjL/AOPUAdrzXDePLhP7&#10;cs4kk/eQ6Zdu6fxIreVtZv8AvmrF54s1W8j+z2WlyabO/wB+9upIpo4V/wBlVJZm/wB7alZdxp8W&#10;n6PqmzzJJ5opHlup/mkmba3zM1AHaeC/+RX0P/rwt/8A0Utamsf6v/gNZ/g//kX9H/687f8A9FLW&#10;hrH+r/4DQBwesVw+qf8AxVdxrFef65cRWf8Ax8XEcH3v9ZIq/wDoVBkUOaKpf2xp/wD0ELP/AMCI&#10;/wDGigD7j+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKwfFHizSfBul&#10;S6nrOoR6bYxD5pJm4LH+FR1Zv9la+ePF3xd8T/Fb7RaeHPM8L+E0+W41Cf8Ad3Ey/wC//wAs1/2V&#10;+f8A20oA9D+J3x+03wjM+jaHAfEPiXcYzbQf6m2b/pq4/i/2F+b/AHeteG68s97fR6/8RNTk1LUt&#10;v+j6TB8qov8AdVV+WNf8u9ZH/CSaV4Lt/sXhePzJ/uPqk8fzf9slri9Y1iKzjuNQ1O88v+N5p5K1&#10;A6DxB4wvfEHl2/7u001P9VZQfLGn/wAVXl/jD4kWXhvzLe08u/v/AO5/yzT/AHmrm9U8ca3481SP&#10;QvClneTyXbeTElrHuuJv++furX1T+z7+wnZaD9n134jiPU9S+/FocfzW8H/XVv8Alq3+z9z/AH6A&#10;PBfg7+zb44/aO1SPWNQeTSvDW/5tWuo/vr/dtov4v977lfZsX7IvgrR/C9hp/hsXOg6tYl2i1pAJ&#10;biZnXbJ5+7h1b+78u3+DZXt9vbxWsCRRRpHGi7FVBgKo7VYrID5k8P8A7HUkniS31Lxd4n/t2xt5&#10;VlTTbWz+zxzMrbl8xmdm2/7K19N0UUAFFFFABRRRQBR1LR7DVofJv7K3vYv7lzEsg/8AHq5a6+Dv&#10;hS4Z2h0v+zXfq+mzyW3/AI7GwWu3ooA8yuvgz5Of7P8AEeow/wCxexw3S/8AoAf/AMerIuPhj4ts&#10;v+Pe40fVk/2/Ns2/9qLXslFAHg9xpPiXT/8Aj78Mah5f9+xkiul/8dcP/wCO1kXHiCys5Nl7JJps&#10;n9zUreS1/wDRgFfR9R/f+VqAPALe4ivI99vJHcR/34JFZf8Ax2uX8eah9svNH8O2tvcX2pX1yty+&#10;n2MbTTeRD8+5lX7qtIqLubalfQWqfDTwtrEm+78Pae8n/PZLdVk/77XDVc8O+D9C8KxzjSNJtdN8&#10;/a0r28aq0uOhZvvN/wACoA8Y8I/s73Ws61ea14wupILe4EapodjJtKRJnas84O5vmZ22xbV/2nr3&#10;TS9LstDsILHT7SCxsrddkVtbxrHGi/7KrWhRQAUUUUAM8tKjkt0kqeigCpJpdvJ1jqnceG7SX/ln&#10;WvRQB554g+C/hfxJHs1PQ9Pv/wDrvZxyf+hCvP8AVP2O/h/cSb7TR5NJf+/pV5Nat/464WvoOigD&#10;5cvP2V9V0/8A5AXxA8SWH9xL6SK8j/8AIiBv/Hqw9U+DfxYs7e4t7fxB4f1qCaJof9O0+W1k+Zdv&#10;/LMla+vPLSkaFG7UAfMml2/j3Q7O3tH8J6fP9nijh3x6wy79q7f4rarFxZ/EPWPki8P6PYf7c+qS&#10;Sf8AjqwD/wBCr6M+wQ/886elnFH0SgD5oj/Z/wBd8QfP4g8QXE8b/wDLlpX+hw/99KTK3/fytzR/&#10;2W/Cln8//CP6f5n9+S3WRv8AvpstX0B5aUUAeL/8M5+Gf+gHp/8A4Bp/hRXtdFAHH/B//kkngj/s&#10;B2X/AKISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/AAV0/wDwvvwHHHu/tzj/AK85/wD4&#10;igD0SvJ/iZ8e9M8Ezvo+lJ/wkHidvkWygP7uFv8Apq652/7v3q8W8d/tYQ/EK+l0Twlq/wDYWjfd&#10;m1aSOVbiZDwTHtQtEp/77/3K89b4qeEvBMUtn4buPNvl+WbVJreTcG/i2qwoA6/xG89/qEfiD4iX&#10;8mpal1tdFg+VYV/uqv3VX/x/+89cp4g8YXviDy4n8u0sE/1VlB8saf8AxVcZceOtLu55JptSLu/z&#10;tJJFIzf+g15z4x+NUDPNp+iyiIL8kl3Ijbx/u8VqZHa+LPHmn+F4/K/4+7/+G1j/APZv7tZ3wv8A&#10;gn49/ab1z7RF/oGhQtsl1OeNltYf7yxL/wAtW/y1dZ+z58C/BGrLaeJviN4g8y0mKy2+jQRzs03+&#10;1PKqf+Or/wB9V9s6X8ZvhxoenQ2mn6pFY6fbJtjt4LCZI419FVY+KyNRPgz+z/4T+CGkC30Kz+0a&#10;jKu251a6Aa4m/wCBfwr/ALK16hXn3/C+vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFef&#10;f8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6D&#10;n/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBB&#10;z/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQ&#10;B6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo&#10;/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/&#10;wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf&#10;+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP&#10;/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAH&#10;oNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/&#10;AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C&#10;+vAv/Qc/8k5//iKKAP/ZUEsDBAoAAAAAAAAAIQCVKK5UXUAAAF1AAAAVAAAAZHJzL21lZGlhL2lt&#10;YWdlMy5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoH&#10;BwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkU&#10;DQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAAR&#10;CADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgED&#10;AwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRol&#10;JicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWW&#10;l5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3&#10;+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3&#10;AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaan&#10;qKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIR&#10;AxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvhn/0T7wx/4KoP/iK0&#10;fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EVa1b4j&#10;L/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4kSYk8vwxa8f8e3mXM3/kTav/AKDQ&#10;BB/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEUsnxE1Pwyf8AisdE/sqxxltZ0+c3&#10;dkn/AF1OxXiX/aZdv+1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/0T7wx/wCCqD/4ij/hn74Z/wDR&#10;PvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+Ir0GigDz7/hn&#10;74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvDH/gqg/8AiKP+&#10;Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+CqD/AOIr0Gig&#10;Dz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0T7wx/wCCqD/4&#10;ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+&#10;Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvD&#10;H/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+&#10;CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0&#10;T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf&#10;/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8A&#10;hn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gf&#10;vhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaK&#10;APPv+Gffhn/0IHhv/wAFUH/xFFeg0UAcf8H/APkkngj/ALAdl/6ISq/xG1S+kOmeHtHuHtdV1qRo&#10;/tkfLWdsi5nmX/aAKIv+3IlWPg//AMkk8Ef9gOy/9EJVeP8AefGi43f8u+gR+V/21uX8z/0UlAG5&#10;4d8O2HhfSYNN02BbazgXCoo/76Zm6szN8xZvvfjXJ+Jvjv4R8La9d6NPcahqOp2Sh72HR9Mub77E&#10;jDKtP5KMI+P71ekV57r1jcfDLQ9W1DwP4K/4SHVdUv3v7yzt7yO1aeZ0+aZnlOP4EXaKAOr8NeJt&#10;I8a6Baavot9b6ppV7HvguoDujkWuO8O24+H3jRPDsR2+HNWElxpUWMLZzp80tun/AEzZT5iKPu+X&#10;L/DsrH/ZjtLW3+HN08V2J7+71i/u9TtUt2t1sLyWdnmtfKf5l8pm2/7X3/466f4pfu4vCk6nbPD4&#10;hsvK/wCBs0Tf+Q5HoA7miiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCVm+PLg+E/E&#10;+ieLSoXToQ+m6pJjHkwTMpSZv9lJUTP91ZJGrS+D/wDySTwR/wBgOy/9EJXT3VrDf28lvPGk0Eyl&#10;JInTcrqRgqaALNeNf2X8UPBPiLX10J9I8X6Jqd7Le2f9t6lPa3GmvJ96H5YpVkhVvu/c2g7a3LPR&#10;vEvw5Bg0WA+KfDi/6qxnuFivbNR0jikf5ZY1/hWRlZf779K0f+FqW0ceLjw54ogn/wCeH9iTyf8A&#10;j8YZP/HqAKfwf+Ht58P9H1iTWr+LUvEGu6pNrGoz2qNHB58iInlxKxLeWqxoq7vSpNWnHir4j6Xp&#10;FuQ9p4ef+07+THy/aHjZLeH/AHtrvK3piP8Av1HNrXjDxa32fR9Jl8KWTfe1bWNjXAX/AKZWys3z&#10;f7UrL/uPXTeF/C9l4Q0hLCx8xkLtNLNO/mTXEjHLySN/EzetAG9RRRQAUUUUAFUtQ1C20uznur24&#10;js7WFS8txcSBI0UfxMx4WvOvHXxstPDuqzaB4ftD4o8VJ/rbG2fy4LPP3Wup+Vi/3fmdsfKhrzG/&#10;8O3/AIzvE1Hx1qEfiW4ibfb6Ykfl6XZt/D5UG4+a3/TWXc39zZQB22p/tCPrEhh8BaIfEMX/AEGt&#10;Rlaz03/tk+xpJ/8Atmm3/bqj/wALO+Jv/Pn4Qk/7a3a/+yGoeaOaAItU+M3jzQ9Plvb+w8H29vFt&#10;+f8AtC778BdggLMxboq1U0P4z/FXV45JW8GeHdMg3fuvt2qXKzTL/e8pYCyf8C+ak1zw3pnii3jt&#10;9Vs47uOGVbiL94yskq/dkVlIZW+asv8A4VvoX9zUP/Bxd/8Ax6gDq/8AhavxP/6F/wAIf+DW7/8A&#10;kWj/AIW18Tv+hc8If+Di7/8AkWuU/wCFd6P/AASaxH/1z1y9/wDj1H/Cv9P/AINQ1yP/ALjl3/8A&#10;HKAOsj+LnxL/AIvDfhMf9xi7/wDkWp4/i18Q/wCPwx4XP+5rlz/8i1xn/Cv7L/oKeIP/AAeXP/xd&#10;H/CB2/8A0HPEH/g4n/xoAj1b9sq48O6xbaff6Fouo3EjSJJDpOut5kJT7zv58EaKu75fvbv7u+r8&#10;f7aVp/y18N28f/XPxJZN/wChMKqf8IOn/QweJP8AwcSUf8IW/wDB4o8Sf+DDd/6EhoAvyftpaVHH&#10;I6+HPM2L9yPxBpu7/wAenFZmj/t16frK7h4E1SxT/p+1vSYe+P8An6zUn/CDy/8AQ0eIP/AiJv8A&#10;2nUf/CBv/wBDRrn/AH8tm/8AaFAGn/w2hZ/9ChJ/4Uelf/JNJJ+2lZQLvfwhPt9E8QaUzf8AfK3J&#10;asn/AIV+/wD0Mmsf9+7Rv/bapI/A93byb7fxRqlvJ/f+z2O7/wBJqAO1/wCF+eJtSjSXTvhxcJAV&#10;H/IY1e3tZt38W1E835f9rdUw+N3i7+L4eW//AGz8QJ/8ZFcR/wAIvrH/AEOmqf8AgHZf/GKP+EX1&#10;v/odNQ/8A7T/AON0Ad3/AMLy8UdG+Hh/4BrkB/oKP+F7+If4/hxef9s9YtG/9nFcJ/wjfiD/AKHS&#10;8/8ABfaf/EUf8I/4j/6HST/tppdt/gKAO8/4X3rvb4b6o/8A3FLH/wCPUn/C/te/6JfrP/g00/8A&#10;+P1wn9h+KP8AocI/+2mjxf8AxYo/sfxV/wBDZb/+Cdf/AI5QB3H/AA0Frv8A0S/XP/Bpp/8A8fp8&#10;fx+1uT/mmGu/+DDTv/kiuAuNP8UWdvJLL4s0+OCFWd3n0faqKvzMzN54ryvw3Jrv7Rkkd3rFx9k+&#10;G1jPJ9n+w+Zat4pZGbbMy53RWn+zu/ev/s0AfZvgfx1Y/EHRf7Q09Lm0dLiS1ubK+Xyri1mQ/NHI&#10;mT83TvyuGWuur408N6fafCfxpF/whv2jQtNs3j1HWrKC8ka1ufN2xLG0UhK7vLV23ff/AHcdfZdA&#10;BRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUAFFFF&#10;ABRRRQAVDMjSRuquY3Zfvf3a+e/2mv2xNK/Zp8QaHpeoeHLzWn1S2kuEe3uI4dmxlXb83+9Xj3/D&#10;1jw7/wBCBqn/AIMIf/iaAMObx58UP2H/AItXf/CZXd/44+HHiO+a4bVHw8gkf70i/wAMcy4+aL7r&#10;/wANfQMnxU1H41WEd14W1F9C8EzbkGrW77L/AFLHDLF/z7R/7bfvf7uz79fIXjv9ujw58XLy8i8b&#10;eD9Q1PQvmSy0KDUI47eHt50vG6Wb+633E/hTd89eT/Bv9oi4+B/jC8l0SO8u/BF3Pvl0i+kVpNv9&#10;5WX5fMX+9/H/ABUAfo5o/h/T/D+nx6fplnHYWifchj/vN95m/vN/eZqufZ/84o8P6pb+JND0/VbS&#10;O4jtL6BbiJLqNoZNrLldyt8ytWP8QPGll8O/C9xrF7HJdyblt7XT4P8AXXt0/wAsUMX+0zf/ABdA&#10;Ffxp400T4f6X/aGt3n2SN28m3hj/AHk1zL/zziiX5mauHj8QfEPxp8+maXb+DNNb7k2q/vr51/ve&#10;Vyq/7rK1Y9vZzeF9Ys/Efiu3k8WfFHWdyabpNj8y2S/eaG23fLFGv/LSdq0LjS7vWI/tHjDxRJ5c&#10;33NI8OXjWNin+z5/+vuW/wBqL5P9igDQj+H/AItk+e48eahJJ9/93btGv/kN1qveaH490eOR7LxJ&#10;Jdyf9NI4rpf+/Ugjb/vm4qv/AMIH8PP49Ds4P7k0moapG3/f1ox/481aEfhfW9D8uXwfrlxf71Z0&#10;8P8AiO4W6huVX732a8Us27/gTf7SJWoGHpfxU8YWdxHaaxZ6HPJ5vkpNH59nG8v/ADz+ZXaKT/pl&#10;Kq7/AOHfXUR/Ey7t/wDkIeE9Uj/27G4gul/9DVv/AB2q/wDxKvipo946W/2DVrfdY3tlfR/vrZvv&#10;Nb3K5+aP+L/x9X3fPXN+G9QuLO8uNC1DzPtdvu8p55N0jqu3dGzfxMu5Pm/jSSN/43oA7iP4seGv&#10;+Xu8uNJ/7CWnz2//AI8ybf8Ax6tzS/Emj+IP+QZrGn6l/sWtxHI3/jpNcf5j1l6h4b0rWP8Aj90u&#10;zu5P78lurN/31jdQB6x5b0VwfwzvLu38Qax4f+2XF/ptpZ293F9qkaSS2Z2dPJ3N8zLtj3Lu+5Xp&#10;H2egChzRzVv7P/nFH2f/ADigCpzRzVv7P/nFR/Z6AIOaOan+z0fZ6AIOaOaf5dHl0AM5o5p/l15X&#10;8ZPEmq6pqGn/AA68KXn2TxLrkTTXuoR/M2k6Z92W4/66N/qo/wDb/wBygDn/ABBcP+0J4svPDVlJ&#10;JH8NtDn8nXb2D5f7ZvE/5cYm/wCeK/8ALVv43+SvTPEGsJ4fs7O00+3jkv7j/R9Pso/lj+VfvNt+&#10;7Gq/eqPQ9H0T4Z+D7fT9Pjj03QtJtdiR/wBxV+8zf3mb/wAfeq/huzuLy4uNd1OPy7++XZFDJ/y5&#10;Wv3o4f8Ae/ik/wBv/coAx/FHh/8As/4d6pZJcSXd/qG1Li6k+9czyyorN/8AEr/AlfVPgjVDrng3&#10;Q9Qf55Lmyhlb/eKDd+tfNXjD95b6Xb/89tTtv/HG83/2nXuvwRuPM+HOnwk5+ySz2n02Tuq/+O7a&#10;yA76iiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAoo&#10;ooAKKKKAOB+KU3hbQ/D8ms+JNDtNdkhZbezt5rNJ555XbCQxbh95m/8Aiq8d0b4Z6VNfz674g8P6&#10;HJrVwmxLW10+L7Hp8XXyYl2Dd/tSt87/AOwuxK7f4qXD6r8WPDmmt/x76TplzqYX+EzyssEbf8Bj&#10;8/8A7+VD/rI9n+r/ANuOgDwf9oj4qeAvgnpf2K08L6Hq3i+7X/RdP/s+Jlh3fdkl2j7v91f464/9&#10;nP8AZfuLjWP+Fh/Eu3jn1q4l+12uiyW6xxws3zLJLEoC7v7sX8FdB8P/ANnPR/hn481Dxh4z1yTx&#10;h4huLyR9NeeNpJP+ujLyzSf+OJXtH/CYS6hb3D6VZ293IkrQpDdXi2s00q/eVYpBu/7620AdZ5le&#10;D+KPGmjyeNNc8a+ILyODw14L87TtIhkkVftV8q7ruaJW+9J/ywj/AO2ld3JqWv6xNPBpOoRpfW8r&#10;I2n3WltZXE0oXLRxNKXTd/st96vnzVLf/hE9Lk1DRNQ1SSPT4mhvY544/wC0tMieXdJJtYFJY2mb&#10;94yqr7/vUAbml/ETw5pcd5quseKNDk8Q6yqvqV1HeR3EdtF96Oxi2k7o4l/hX/Wy+Y7f3H8r8QeP&#10;Pib8WNQuF+H/AIb8SWmiu2z7bHbtDeXP8O6W6fHlL/0yib5K1LzVLTR7i31PU9Hs9dsLja8uqaPt&#10;03UPKf5VmWWIKkvzfeWVf+B1HZyRXn2hLfxJrnkJKyPaz3jWsif7Mqx7a1A8/wBc/Z/+JGj28mp6&#10;3b2em7fnebUfECrN/M/+hVufC/4qeOPhPeSJrf8AxPfCD+XNcQ/bGuJNu75biCXbu3L/AA/xp/44&#10;/UaX8P38Wap/Znhez0+fXXgkuPtV1/pHkqi/xMxLbmbYq/8AXT/YrPjjsrfS49V1DULyeDb86XUn&#10;y/N8u3yowFZtzbdu2gD6M8Uahbx2+n/EvR7j7d9kgh/tWaD5V1PR5fu3G1f+WkXzt/sPHIn3aj+L&#10;mnvZx6f4l0/95PaMrv5f/LZfm2/99Kzxf9tI/wC5XP8AwD0fW/A/w3uLXxXoeoWnhr7Vc2+nwzxr&#10;9qezudm2Not+5V8zftVl3/vK6Twfb3eofBv+yr2OSO/0+C405/P+95tszJGzdfm/do1AFi3uIri3&#10;jlik8yCZVdH/AL6t8ytVfWNUi0fT5LuWOSTbt2Qx/NJMzfLHGv8AtMzbVrH+H9x9o8H6f/0x8y3/&#10;AOApKyL/AOOrXUeC9LTxB48kuLj95aeHoo3iT+F7yVWbd/2yj+7/ANdKAOw+Hfg+Xwvof+m+XJrV&#10;9L9r1B4/u+a3y+Wv+zEqoq11Hl1H5lSeZWQEfl0eXUnmUeZQBH5dHl1J5lHmUAV/Lo8urFFAFfy6&#10;PLqxR5dAHJ/ETxppnwz8F6p4j1XzJLSxi+SGP/WXMrfLHCv+0zNtWuH+EfgvUPD+n6h4g8S+XJ4z&#10;8SSrfau8f3Yf+eNqv/TOBfl/36y9QuP+FyfGT/nv4M8B3WxP+eeoa1t+Zv8AaW2Vtv8AvyV3nijX&#10;JdH0/wD0SPz9Su5Vt7KGT7ryt/E3+yq/M3+xHWoGXqEn/CUeJP7P/wBZpOkyrNdf3Zrr70cP+7F9&#10;5v8Ab8uugrP0PR4tD0u3sopJJNm53mk+9NK3zSSN/tM3zVoUAc/rn+keKPD9v/zxW5u/++VWJf8A&#10;0bXr3wFuP+JX4hszz5Ops4H+zJFE3/oW+vHdQkS38YRyy/6tNMkf/vmVWb/2SrP7C+sX+qaP4nvN&#10;WAS81a8bUBH/AHP388ZX/gO1F3e1ZAfV1FFFABRRRQAUUUUAFFFFAHH/AAf/AOSSeCP+wHZf+iEr&#10;sK4/4P8A/JJPBH/YDsv/AEQldhQAUUVyuq/ETw7ot49rc6oiXMfyNEkbyNu4wnyg/Nz9373NAHVV&#10;Q1XWLLRbN7rUbyGwtU+9NPIEX8zXll/8S/EXiDw+H0LTLSxkvrGe7spprlpJtsRwy+V5YHmc/d3f&#10;LWZqFrJ/omq22r6prEtvFHren218+6N7UJslj+XG+TbK/wB75v3lAHP+MPFD3HxW8UazYaVcarp1&#10;lothF9sstrI6CW4d/L3MPN+aT+GqN5/buueH9Q1W31SSwjt59lxp9rHHJIlttVvOWXB3Ntbd/wCO&#10;VYt9UuPB/jDUIbeSS70XyodRsk+9Hc2LL+9ji/3fM3L/ANc46px3D+D/ABhcW9v+/tEgW+0/y/u3&#10;Vm3yywr/ANs5E2/9s6AG6h4YsY1n/wCEfto7XX7WzW4ikt/m/tKz/wCWjR/3Zl3P/vVduIrXXJpJ&#10;LhI9a1GKy+0QXEkS+Zq2n/e8tv8AptF95W/+L+TI1SSXw/rFv/ZknmSaf/xMdImj/jtn+fb/ALv8&#10;P+5JHVLW9Vi0jX7fVtHfEFpLFqdls/gtbnmSP/gMm9a1Al8Sa5/amhyTS3Ek8+n/AGeGe6j+9c2b&#10;t/ol1/10ik+Xd/00rzP4ka4+j+ONL1i7jjn1aFfs2tQx/wCrvf4JG/3Z7dvmroPFGqRW/iDXNM0z&#10;/UPBe2/kyfwWrqs0f/fLfdrk/Hm/xJeafcfZ5II5ooXfz/lZIooERpG/u7mX5aAPK/DciSW+qeH3&#10;8z7Iks32dJPmZIpFZWX/AMdStjS9Pstc0PS7vULO3u53s4X3zxrI33V/vCufvI00v+0NQe4jgnvl&#10;a2tfM+VUVvvSN/sqvzVqWfiS4+xxpo/h+8v9NhVYYrrzI4d6r8u5VkIZqAPRPhHJF4X+KHh99Pt4&#10;7SPUGk064SCNY96tEzru2/3ZI0ri/i5bppeseILK3j/dxeJJNifw7dzTMv8A3yz13HwL2eIPFFx4&#10;j1O3uNF0nwtE13dfbtqt5rxOqt1PyrHvbdXnfjSR/EFvJrt7HceW+ozavcWsEix3HlS712qzAqrL&#10;HJ/Ev/LOgD6A+H/h+y8N/C/VIrK3jtI3urBHSPd/rfIg3N/301dZ4b/1njB/+Wf9tXv/AI6qK3/j&#10;yvXL+D/EmhR/DvQ9Tt9Q1jUtCmvF1a61TUtP8uRIkVdqssabfl8tFrc8N+bb/De4vbiPy7u+gu9U&#10;lT+JGm3zbf8AyJtoA4f4V/8AIl27/wB+e4f/AMitXpHwjj/4k+uXf/LS71i5/wC+YtsK/wDoqvP/&#10;AIXx/wDFD6Xv/j85/wDvqd69A+Ef/JO9Ll/5+GuLv/v7PK//ALNQZHceZR5lR+ZR5lBqWPMo8yq/&#10;mUeZQBY8yjzKr+ZR5lAFjzKPMqv5lSeZQBY8yuD+OHji4+H/AMI/FGu2P/ISt7PybL/r6lZY4v8A&#10;x6Su08yvH/2nP9M8J+E9K/6CfivSrd0/vqJfNb/0XWQHSfDfwXb/AA78D6P4ftP+XGBfNeT7007f&#10;NLI395mkZ2qvp/8AxPPFGqanL/qNPZtLsk/ubdrTyf7zN8v/AGzrrP8AWSf77VyfgP8AeeF47jzP&#10;M+1z3Nxv/wB+d2X/AMdrUDoKKKKAOb8QRv8A8JJpeyTy5Lizu7ZH/uf6p93/AI7W38BZ7Lwf8UNG&#10;8H2/O7wzO6v/ANcZ7cf+Pea7VkeKP3eoeH7j+5fND/33A6/+hVhfB28fWP2trzU0fNppNivhtf7v&#10;nvHLdTf+gwrQB9oUUUVkAUUUUAFFFFABRRRQBwnwz1O00T4K+EL29njt7S30GyeWZ/uqvkJzVPW/&#10;igrfYrXRIJftV1draPcajZyxQ22VZ/mVtrM21eFWvDvC+h2uofCfwJcW9p5kF9oqq3mSOzR3MUWW&#10;bax2+Yq79v8A1z2V6BJcHxB4Uj1a3/f3c0UV3FH/AHLy0b95H/wKNf8AyHQAT32r+MtcuLfULiO7&#10;22Fz/ZsOnedZx/aYpWRmb95u3fc/3Kr6B/oenXP9mGR/KaPxJZWwkZmuYmXbcw7mO5m+/wD9/I6l&#10;1jUPL1D+09K/eedKuuab5f8Ay2+VUu4f95l+b/tpWXqGppBqcF1osnmB5W1nSNny70fm5tf97dvZ&#10;f/sKALem6g+n6heWlp/pd3p8v9vaR5f3b+zl/wBfGv8AtMrP/wADqX+1IrP91pUkd39hZtZ0X+Fb&#10;m1l/19r/AL37z5f+ukf9yufvNYikuI/7HuPIj8/+0dCmk+VYW+9La/7Pzb/l/uSf7FYeoaxFefbJ&#10;bf8A4lsHntdxf9Qm6X5pFZf+ebfP/sfvKAJP+Ekt7i3uItP/AOXe+mvtC/24Gb9/at/d/vL/APYV&#10;lyaw95HZxWknmfZF+0aQ8ny74m/1lu3+7u2/7H7v+5XP6XJceKLO4/sezuJLu4vJrtH/AOXe2lWV&#10;l3ea2F2/wttrsNL+Gf2i8uLjW5PvtvitbG4kWNG+60m7j5mrUDm7zxRFp9vb6el5bySaT++svL+9&#10;tdm8y1b/AL6fav8A8RWh/wAI3ruoXlmlpo/9kx26sjvfbWj27kKr8u7c3y16Jp+j2Wj2cdpaW8cc&#10;EP3P4m3f3t396rvNAHk3ijwPLo8lnd3GqSTyazrFpaXsMEaxx+Q7MrKrcv8Aw/3qy/iZ8H5ZNP1T&#10;VdE/4mV2kSzf2XfSTtI7Iv8AyynjkVlZl/hbcm/+5XonxE/49/Df/Yfsv/Zq6HmgD5C/4Z/uNYjj&#10;8R2niTT7uS7g+0WV1dafPdQpu/1W7zJjtXd8rfL8j/8AAN/P/wBj+Lbe8ktLvUJLu/h+eXT45IrG&#10;6T/aVWRklX+6yybK+lNU0e7+H+sXmoafZ3GpeE75muLrT7H5rjT7pv8AWXUC/wASt/y0i/8AHKju&#10;PC/hf4oaXbvZXFnqUCf8+vlTfN/e8id0aBv+uTVkB8z3Goarp8dwlxqGsWFpcLGl1Zalo7SR3PlM&#10;zx7pYPlZVZt3/oVbngvR9Y+NEkllaSW8fhN9v9q67BbzrsiZtvkwLJjzZJfurtr3Cz/Zz8L6fcR3&#10;Gq2d5fwJ9+11K4jt7V9v97dPJ/6LrYk8YRSeZo/ge3t9W1KFmS3mtY/L0vRt3ys25gfNk2/xffet&#10;QI9f0u31CSz+HmmWcdpaOsFzrsMH+rsrGPaILPev3pJdvzf3v3jV1njCTy/CeuP/AHLGb/0U1R+D&#10;/CcXg/R/siXEl/fzN9ovdQk/1l7O33pG6/8AAV/gqPx5J5fgvXH/AOnWSgDg/A8n2P4f6XL/AM8b&#10;Pzv/AEJq9I+G9v8AY/h34Xt/7mmW2/8A3jErNXk9v/ofwb3/ANzQmf8A8gM1e2aXH9j0vT7f/njB&#10;Gn/fKqtBkXKl5qKig1JeaOaiorICXmjmoqK1Al5pPMqOigCTzK8j+OEn2z4gfBvTX/j8RTXf/fmz&#10;dv8A2avWK8j+Ikn2z9oj4V2n/PvY6xff+Qoov/ZqAPTLiT7PbyS/88VZ/wDvn5q5vwHH9n8D+H0/&#10;1f8AoMLun+8u5v8A0KtDxpcfY/B+uS+Z5eyxuPn/AO2TVXjuLfw/4bt5buTy4LS1jR/4m+VVXaq/&#10;xNu+7QAa5rH9l28aRR/a9Su38m1tfu+c3/sqr95mrL1jw3L4f8P3Gt/bLi7120/0u4m8yTy5lXmS&#10;FYs7Vj2/drPj8WaZ4X8P3njvW5Ptf2idbSJLXbM1srSrEtuvO3d5n+s/2/8Acrk4/DfxDvLyNb24&#10;uI9NuNf1W4vX+0Lt+wtFstu/+r2/w0AeieNP3el292n/AC731tNv/wBnzVVm/wC+Wo+Hnhex8D+K&#10;NH/s/wAwfa/ELX1xJPJuZ5Z9yN/wH95tWs/VLj+0PhP9o8v/AJhkNxs/3FV//Za6D7R5eoaXcf3N&#10;Tspv/JlKAPqOiiisgCiiigAooooAKKKKAPlf4Z6nb3ngDw1ZxSfYLXU7G0e1nk/5h+qwxJ97/Zl2&#10;/wDoz+/VmO8h0y3u4vLk020vp/36eZ82k6mjfK3+6zfL/wDt1xfhfXLe88H+G7fUPsemzzaPaQ3S&#10;SSeXHeRJEvl3ETfwzKuz/Ox66PQNB8T+Ko5L2w0SfVYLhWtP7QkkjjtdQUfKskqs275f7yr89agM&#10;k8QS2dneWVx/oEaTrcfJ839mXXzfN/1xl3P83/TSRG/2M+O4l1i8j0/T7OTVp7tvtEtlo8nmNbS7&#10;v+PiKX7sS7m/i2/+h16r4d/ZzWCa0fX9Y/ta3h3brCO38uN/7sbS7i7Rr/davXtP0ew0jzP7PsLa&#10;y8w7n8iNY931wKyA+fdB+D/ibxFc3d1Ns8N2jsr+TqNstxJNOv8Ay22K4WP/AL6+avRtD+A/hnSx&#10;BcajBJrmrIyu99fSMd7Kcj5M7du7+GvTKKAPlz4byfaPCccv/Pa+1F3/AN5r6eul5rkvhP8A8iHZ&#10;/wDXzf8A/pdPXW81qAc0c0c0c0Act8QP9X4a/wCw/af+zV0PNZXjTQ7jXPD8kWn+XHqVvLDd2Uk/&#10;3fPiZXjVv9ltu1v+ulcPZ/tEeB5PMTUNQuPD13CzQ3FrqtnLH5MqNtkjZthT5WX+9QB6bzXNa58P&#10;/DniC4+13uj28l2/37qDdDN/31Gwaq+l/FjwVrnl/YvFmhzyP91I9QjVv++WIauot7i3vI99vcRz&#10;x/34JFb/ANBoA4+P4R+Eo5N8ulyXf+xdXk8y/wDfLOVrrLOzt9Pt47e0t47SBPuQwRrHGn/AVqx5&#10;b0vNABzXNfET/kQ9c/69f/Zlrpea5r4kf8iHrn/Xr/7MtAHmeof8kb2f39HhT/vqJV/9mr3yT93J&#10;srweT958L9Hi/wCe0GnQ/nLAte8Sf6yT/eoAZzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQA+v&#10;H9Yk+2ftUaGn/QP8H3Uz/wCw0tyi/wDsteu814F4o/0j48fEiVJP+PTwLbWn/ApZZW/9BoA9E+JG&#10;sWX/AAh+uWX2y3kuPIjSWH7QvmIssqJuZc7lX5qrx6pZapHqHivU7iOPQtGWSa3T+5sXc1xKv97b&#10;/q1/ufP/AB14HJ4T0rT9Y8JxWmn26R3esaVDcQ/8s3WXdNK21vlVm+T5l/gruPBfhfU9Q8SXmmW+&#10;of214B8TLqt9e3UEbLG7SysiruYfeVdm3/2egCT4R/Df/iV3Flqdxcan4Bms7K40r7VJ5O+fzfNb&#10;5VJ2t5nytXpHxAt4viBo/iDwPZah9k1aazjd3kjby0VpUbbuX/Z+8v8Ackrg/Gl5b6pJH8P9M8vT&#10;Z9GlhfTUk3TSXLQxOzfKo2q25U27vvvVj4b+PNKs9U1y98SyXFh4ht7NvtT3Um5ngh37pJVVQsUm&#10;2L5l/j8ugDqPB+l+X8M49H8zzPs9rcad50n8flM8W7/x2pLe8+0eC9PvU/59ba4/752P/wCy1Y8D&#10;6hb6hHqktvJ5lo+oyXETyfL8sypMv/jslZenx/8AFu7i3/5aW9rc2/8AwJGcf+y0AfZdFVbGb7ZY&#10;W8v/AD1iV/zWrVZAFFFFABRRRQAUUUUAeR/Ar4aeHtD+GPhu7TT1ur3UNKtJZ7q9xNI+6BPl3N91&#10;f9la9XjjWKMKo2Itcp8H/wDkkngj/sB2X/ohK7CgAooooAKKKKAPlj4Z2/2fwfHF/cvtRT/yenrq&#10;ea4mf4d6fYeKvFdl9o1TTbuLWJ7l/sOpzwK8VwzXEbbFfZt/ebfu/wDLOSuI+KmueMPh39j/AOEf&#10;1y8v98FzdyprHlTR7YVRvLXbCG/i3ferUD23mjmvArf4sfE3T/LS40vw3rX7qOb9xJLbs/m79u3d&#10;8q7fLfdurQt/2gPFFnHv1X4V65JGi/PNo9xHeR7v7vyj/wBCoA9t5rivEHgO7k1S41PQtQt7Ce72&#10;vdWV9G0lvMyrt8z5SGVtq7W/v1x8f7WHgq3k2axb+IPD0iKrumpaXIv3v93NdRpfx8+HWsfJb+MN&#10;L8zcqfv5Gh+Zv4f3gFAHP6p8O9VvP+Qh4P8AC+tf9c7hVb/yLB/7NXL3Hwf0S3kjeX4V3lpIn3H0&#10;eSL/ANpTK3/jte6af4g0rWPn0/VNPvvm2f6LcRyf+gk1qeW9AHzf/wAIvpWj+X5WqePPDWz/AJ6X&#10;F8q/+REdasWeqahH8mm/GS4kk3f6nVY7K4b/AHfmRGr6I8x4/uVXvLO01CPZd29vdx/3J41k/wDQ&#10;qAPG7fVPibHHvtPEHhfWo93/AC30uWH5f96KQ1X1yPx340t/7M1u40fRdJdl+0f2V5sk0yr823dI&#10;Aq16ZcfC/wAH3km9/Delxyf34LdYW/76TFU5PhPoUf8Ax6XGsWH/AF66pPt/75kdloA5PXLdPL0P&#10;SrePy5LjUbSG3hj/ALscqSyf8BWON69d5rnvD/gfSvDd5Je2/wBou9SdfJ+231w1xNt+9tVm+6v+&#10;7XQ80AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXz1qn7z4sfGy7T/AFaWOh2P/Am+8v8A&#10;49X0LzXzdJJ/xVnx0uP7+v6Vbp/wC2iegDPjj+2eOPAdp/yzm1a2R/8AdTSoG/8AZq6y3+Fd38P/&#10;AA/4g0+K8j/sl9OttOspr68WH7TulRmj/uxfxr/t+ZXH6f8A2rqGuaHqumaXqEGxr19Pe+s2haad&#10;dN2xbVkwzfNbV6RqkdxqHw38F6V4l1C4sNdu2jmeae38xvNRW3ebuwsXyyJ8zfcegDzvUPsmsXFx&#10;pXiC3jsPEMP+jxahJG1nb3LL5EKwy7ULy/Kr7Za1PBcen654guPDXjWO4tNWu7OTS3/drbtetKqq&#10;zNEqbvlWR1WVm+f/AL4rHvNU+2faNC8YeZYakkWyLWvMVpoVZZZVWe6bO5W81F/dfcq5p+qXvg+8&#10;kl8QaP5k+g2c+qae8EixrNFFE7xRq2zdPH8qNu3fK/8A3xWQHefCPxRb65qnjC0tLOSxtNMvI7G3&#10;h+98sKtb7v8Aebyq1NY8N6rHpesWlleW8Gm3f2ibf5bfaId+5pFX+H733WqTw/rlvqnijT3/ANHg&#10;v77QIbu40+D7yN5u7cy/e/5a/LurpNUklks/slvH5l9fbre1hj+88rfKv/xTf7FagfQ3hOTzvCmj&#10;yr/HZwv/AOQ1rZqho2nLo+k2Fgp3JawJCG/3V2/0q/WQBRRRQAUUUUAFFFFAHH/B/wD5JJ4I/wCw&#10;HZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFAHCeNvhhY+LriHUEvLjSNZhQxx6ha7dz&#10;R5z5ciMCsiZ7MPl/h2k5r5n+Nng/xR/xONCXVNHu5LGCC4tb2Szlt5kaZZU3fLI67dqurLt+evtC&#10;T/V187fG7QdXXXrjVLHR7jV7O7sYbeX7D5bSQtFK5VtjEblZZf4aAPAPD8eq3mqR6Zex29hdpBaW&#10;8V1BcNMr/LcJ5n3FZfmb7tc38J5Lvwv8QLfSvFHxAs/EOi3FnNL9int5V3si7vMbcn8O1/4q7DT9&#10;U+x+LPtEun6hb/ZFtHeGezkjm/18q/KrAbvvfw15fqGj6Zb+MNP1D+3I9Ngt7O9hdNYs57OTdLE6&#10;qv7xNv3m/vVqB9WaXHomn6f5WmSW89o6q/kyXm6Pay7lb94TVPVPh34P8QRxy6h4L0u785d7vHZx&#10;N/F8vzLhq8b1SOLXPC8lvpl5p+rT+VaJssbyKZvkidW+VTu+81cf4Xs/Evh/xB8O4nj1SwjSzt4b&#10;hP3ir/r0+Vv4aAPQPi58J/g/8O9Dt9Y1DQ7jSfOn8m3exuJ4/wB6ys33VLbfu/3a5/wv8O9K1zR4&#10;9T+HnjjxhJaQ7reX7DeLIttK3zbdknls1dZp+oS+NPGHhfw/4g8vWtFu7O5llsr6NZFeVFTa3zDd&#10;u+avXPCfgPw54Lt7iLw/pdvpsE0v2mVIPu+avy7upoA8nj8B/F3R9P8AtGn/ABQjuI/KVEh8Qaeu&#10;5G/2vv8AzUR+LPjXpf2h/wCz/CfiW3SVU3wXHksnzbW3bnT5ty16R8VPh3F8UPCcmiS6hcaTvnju&#10;EuoI9zbk/Kuf+Dfwbvfhfb6xaan4kk8UWl80bxJdRt+52bv7xagDn4/jp440v59b+E+qeR5uzztN&#10;uPtCov8Ae+VG/wDQqLf9rTwlH5aaxo/iDw9I6s7pfWf3FX+9zu/8dr1C38N2+h6fqD6Pp9naXc0U&#10;mxIP3Mbtt+X7p+X7tef+B/FHxI1zxBJp/jPwP/ZNg9qz/bYLhbiHzU+6u1ty/NQBqaX+0Z8N9Yjj&#10;2eKLeDfF52y6jkh2L/tbhtrsNL8aeH9Y/wCQf4g0u7+Xf+4vI2ba341h6x4D8D6xHI+seF9Pk+Xf&#10;K8+nqv3V3MzMor5/8SfCe71zULiXRfhHJB4Xu2juIn/tCKPUn+X721nPlK33trb3/wBygD648t/v&#10;0zmvjbxB4f8A+ETuI1i8J+MPB+/99LewapdzbGX/AGIpArf99VY8N+ONdj1yzt7T4oeLILB9zyza&#10;xpe5Ub+FV89GaVd3/wC3QB9g80c14lpeufEuS383SvGHhPxhBDu3pdae1vJ833d3lOdv/fNU4/j5&#10;440v7YmsfD+3k+ySrby/YdUjjZ5WXO5Vbd8u35loA955o5rxaz/ak0eT5NQ8L+ILD5tm+O3juFf+&#10;83ykfL/tVuaf+0h8PNQkjR9cksJHbYsd9Zyx7/0Py0Aem80c1z2l/Ejwlrnl/YvFGjz7/kRI7yNW&#10;f/gLENXQW8iXEfmxSefG/wDHH8y0ALzXy9byPJH8YH/jm8b3EP8A36sWZf8A0GvqD5I/v/u4/wCO&#10;vkvwfcXviDw/Hqdx5cFh468dXE0XkbvtFtlvKZW3ZVllt1df9h6APcPiB4gsvCeoeG9T1DzPsmmR&#10;X98/l/M22KzZfl/7+Vy/xI8QeH/Gn9j6fqHmabJcact3a3s8jNGks2zy4ZYo/wDWr8vzV2HjDR7H&#10;xR4w0fStQj8y0m0zU/tEPmbf3TfZ0b/0KvJ7jx54U+IGoSRfZ/smhW/k2Nlq9rGsckMEW9ZPNZst&#10;5beYm1V+fZ89AFfULiXR7iPw54ts7ye3tFb7Fq/yyXFsqsieZEufKWHbA7fNVzQ/D/jO38N6paeH&#10;PLu/3Fumm6hBtZfIlni81lnkAZmZY3aRf4Kj0/T9Q0+TT/DniD7Hd+D9TXzre6+aO1hXynlaaDcR&#10;93zd0nm/98VcvPiZquqW9n4K+HklxP5MWy412ePy2+b5mk6fulZm+Vtu9/4U/jrIC54svLL4f/GS&#10;81DRPM8S+LNei+zvotr83k7IkEa/7O5l3f7Cf7Pz19W/CrwbHoum22oagiT+JLiCM3t197YxXc0M&#10;X92NW/u/e/iryL4H/Bu08Fx/aE/0vVrj/j61Cf8A1j/xbe+1d38P/fW9q+kNH0/7PHQBsU+iigAo&#10;oooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKKKACs&#10;zUNLS8j+etOigDyDx58F9E8YW+zUNP8AP+VkSSORo5EVv9pSGrxfVP2a9Q0f5NC8aeKNNj/54yXi&#10;3Uf/AHzKD/6FX2I8aydap3Glwyf8s6APg/WPgX4w+/LJ4T8S/wDYV8PrDJ/39i+auf8A+EH8S+H/&#10;APmR7iDZ/H4V8UT2/wD5ClJWv0AuPC9vJ/yzrLuPA9vJ/wAs6APhfS/Flx4X1izvdSk8eabHbt86&#10;aro8GoLtb70azxoGXd/s13nhP4ufDySOS3TXNHsJHuvOSGOOWxb738St/Ft/2q+lLz4d28n/ACzr&#10;m9c+C+maxHIl7p9vdx/3J7dZP/QgaAOP0fxhFrEkf2eO3u43bZvsbyKb/gW1Tu210H/LPf5fl1xe&#10;sfsn+EriTemh29pJ/fsfMt2/8hkVhyfs56nof/IC8YeJNJ/2PtnnR/8AfMgP/oVAHqPNVpI/9Mt5&#10;fLuJJHRof3f+rT+Lcy7q8zk8L/FvQ/8Aj08Wafq0afwarpe1v++o2NYdxJ410/xJb67qvw70vVtS&#10;h+5qGlahJDJtVdv3ZMK1AHqnjj/kT9Y/69WR/wDdb5W/8droP+WmyvD/ABZ8eIo/D95Za34T1zw9&#10;JfRfZ4nnjWSHc/y7dynbXQSfEC48aW94kXmeF7CFmhukn2rqD7v9nlYFZf4vmetQPF9Q/aM+JvxU&#10;8YahZfCm3s7TRbS8ktEvbq3WRplT700rSfKqs33V+9Xpnwb+LmofEDVNU8D/ABD0eztPGGmRfaGS&#10;ONZLW9g+75iq2fmXd81cH4s+LmhfDvR49E8NWdvaQQrsihtY9ted/s/+JNQ8eftMeH75P3klpa3b&#10;3Tx/MqQNEyfN/wBtGSgD6E8eWelfDPxhoesW/l6TptxuhuvvLGi7lRv91f3qNt/6Z1n+D/HGmeJP&#10;2gLO30z7R5f9k3Du88fls7J8u7a3zr8sv8SrUn7VEjx+H9H2yeXGku//AFm3/lvbr6r/AAt/erzv&#10;9nfZJ8bLNIv+XfSbtH8v5VRmZPl2/Lt+7/zzi/3P46APqi80PTdQ/wCPvT7O7/6728bf+hCvO9Y8&#10;L6Pb/FDS9PTS7f7BNp1xcNayR+ZHuVWXdtbO35a9R5rz7X/+SwaH/wBge7/9moA83k+GfhTVPEFx&#10;FcaHZ+X9z9xuh/8ARZFdZ8P/AIf+GtQ0e4t7rR7f+0tMvLjS3vbX/RZnVG3RszRbfmaNk3VXs/8A&#10;kZLj/froLjS9Y0fXLzVfD9xp/wDxMFj+26fqXmeW8qLtWZWj+ZW2/K3ytv8ALjoA0P8AhXcUcfla&#10;f4g8SabvXZsg1SSZU/4DPvWvA/B95pmj/A/wW+p2cmpW9j4ku7RIY7hoZPtTLKsTeauGi+b+KvdL&#10;fxZ4rt5I0uPB8d3/ALelaxG3/jkqR/8AoVeJ6po76XZ+OPBniXw34k0nQtT1P+3NC1SCzjmkhnba&#10;+393IV+Vl+X5qANTwf4ol8H+PNU1DXfElx4htLTwze6ilrJuZrZfPiZoVlclm+7t+b/nnXWXGn+B&#10;/Dfwn8P2ktvcQedatNpVrBtmvklmX5mi6L8v95l2pXz/AGfgvWNPk/t3W/Fn2DyYpLd0ks4m32r/&#10;ACtHLyVbdu+6teoeB/hPqHji4+0arHcQaa6qn2W6/wCPq9Vfu+f/AM8o/wC7Av8AwL+5QBXs4/EH&#10;xkk0/T7eT7B4X09Vhi8j95Cmz5fl3D/SZvl/1rL5Sfwpur6Q+F/wfsvD+nx29pb+XHu3v/Ezs33m&#10;Zm+Zm/2mrqPA/wAO4tPt40S3jSNFVEjj+VUWvVNP0tLOP/V1kBT0fw/DZxx/u63I4/Lo8un0AFFF&#10;FABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFF&#10;FFABRRRQAUUUUAFMp9FADPLqP7OlT0UAVJLNJP8AlnVeTR4ZP+WdadU9Q1C30qzkuru4jtbSFd0s&#10;00irGi/3mZqAMyTw3byf8s64nx1qfhjwTbo+qXObuVd0Fnbx+ZcTf7q/3f8Aab5a4b4pftORafaX&#10;Efh6VLG1Vfn1q6T5tv8Aeiib/wBCk/4Cj15R4J+Gvjb47TSahE9x4a8NXTb59f1DdJeah/1yRvmb&#10;/Zdvk/upQB578VPFj658RI9QiuI7S7TcmlaX5i3Cw7V+ZmX7jK23958v/A6k1Dwv4o+Klnp//CFa&#10;HqH9mw/I+rx27NbwwOqO1uv8UvlSb9u3dX2z4L/Z78B+CfD8mk2/h+01KO4ZXu7nVY1uprph0aRn&#10;B3GvQVt0ijjVE2Iq7VT+FaAPz5uP2V/hvceH/wCz/EeqaxBqzsry6hPJJp8m7+6qyJt216h8G/gv&#10;4M+D+l3kXhK38+S+ZXutUnuPtFxc7fu7pf7v+ytfW8lrHJHsdN6f3P4a5fU/hX4U1STzbjw/p/n/&#10;APPeC3WGT/vtMNQB8mfHy40/UNc8J6JqEnlwTNJNL5cjLI6qyMqr5fzbmaL+GsvS7PxH4T8SR63p&#10;XgOT+zYYlt7XT47iK1kSDa279033W8xt23d/vV9b6X8HfC+h6xJq1ppedWeJYftt1I9xMkS/8s0e&#10;Qsyr838Natx4Pt5P+WdAHy//AML0t7P/AJDfg/xZov8Aff8As/7VH/31EWrDk+KnhfXPiJp+sJrF&#10;vaWFvp1zab76RbeR5fvf6psMv/Aq+pLj4f28n/LOsu4+F9vJJv8ALoA+U7Pxpp/9uSXaW+qSWDt8&#10;l1Hpdy0f/fWyu8s/iR4UvJNieINPjk/54zyeTJ/3zJhq9w/4Vfb/APPOs/VPhHaahHsuLeOeP+5J&#10;GrL/AOPUcwHD6XIlxcRvFJHPHu+/HJuWuL/aA1y3t9U0+yt/9P1aZV8rT7WRWmf/AGv9lf7zN8ld&#10;xefs1+GpJN//AAj+nxyf9M7dV/8AQQK2PC/wP0zQ/wDjy0+3tN/3/IjVd/8AvbaAPG/h38G7vVNQ&#10;t9V8QeXd36fPbwx/8e9l/u7vvN/01b/gOyvpzwn4Hi0+OP8Ad1ueH/CcWnx/6uuot7dY6AI7OzS3&#10;j+SrdFFABRRRQAUUUUAFFFFABRRRQAUUUUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdb&#10;z64Flj0eziYfZJyNywID/BXVf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8A&#10;EUf8L68C/wDQc/8AJOf/AOIoA0/HXj/Tvh7oxu78ySTyt5drZRczXMvXav5/M33Vr5F8d/FbxL8V&#10;vFEGi6fZya7qztvtdF07/j3tv+mjO2F/7ay/8BRK534ofGpPil4ygj03Ulhn1i5/s6wknik8uxtQ&#10;2SWXbydq+a23737tP4K+jfhRrfwn+EPh1dL0nWN9xOFmu9Snsp2ub2Q9ZJG8v8l6LQBm/Cv9k200&#10;27t9f+IFxH4l1xW82LT+Tp9m3srf61v9pv8Avmvo+vPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7&#10;7y6PLSuB/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA77y0pPJT0rgv8AhfXgX/oOf+Sc&#10;/wD8RR/wvrwL/wBBz/yTn/8AiKAO6+xpR9jSuF/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAO+8un159/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yT&#10;n/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DR&#10;Xn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF&#10;9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrw&#10;L/0HP/JOf/4iigD/2VBLAwQKAAAAAAAAACEA/VRb6fwuAAD8LgAAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTQuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcG&#10;CAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0L&#10;DRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgA&#10;zwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A+6Phb8CfhxqHww8I3d14E8OT3Fxo9nNLNJpcJZ2aBCWb5a6r/hn74Z/9E+8Mf+CqD/4itH4P&#10;/wDJJPBH/YDsv/RCV2FAHn3/AAz98M/+ifeGP/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFWtW+Iy/2&#10;pcaR4d0248S6rbtsuEt3WO1tm/uzzt8qt/srvf8A2aZv+I8mH8vwxa8f8e/mXM3/AJF2r/6DQBB/&#10;wz98M/8Aon3hj/wVQf8AxFH/AAz98M/+ifeGP/BVB/8AEUsnxE1Pwyf+Kx0T+yrHGW1nT5zd2Sf9&#10;dTsV4l/2mXb/ALVdzDKl1GksTq8bDcrLyrKaAOF/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/&#10;ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/&#10;9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8&#10;+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/&#10;AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQa&#10;KAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+Cq&#10;D/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gq&#10;g/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7w&#10;x/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaheVLeMvK4RF6sx2igDhP8Ahn74Z/8ARPvDH/gq&#10;g/8AiKP+Gfvhn/0T7wx/4KoP/iK6+LxFpU8nlRanZyyf3EuFZv51pUAeff8ADP3wz/6J94Y/8FUH&#10;/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB&#10;/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOif&#10;eGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz78M/+hA8N/wDgqg/+Ior0GigDj/g/&#10;/wAkk8Ef9gOy/wDRCVX+I2qX0h0zw9o9w9rqutSNH9sj5aztkXM8y/7QBRF/25Eqx8H/APkkngj/&#10;ALAdl/6ISq8f7z40XG7/AJd9Aj8r/trcv5n/AKKSgDe8O+HbDwvpNvpumwJbWcC4VFH4szN1ZmPz&#10;Fm+9+OaxPHHxR8OfDu+0Cz1zUPs11r19Hp+nwpG0jTSuwVfug7V3MmWb5RvrpdU1S00PS7zUL+4j&#10;tbG0ia4uJ5OFSNFyzN/wEV8teOrmLxJouj+O9Vu7ePUtY8UaClhZyTp5mn6YmoRPGrc/LJJ/rZP+&#10;+P4KAPrH7/ytXnfh23Hw+8aJ4diO3w5qwkuNKixhbOdPmlt0/wCmbKfMRR93y5f4dlehQXEVzCkk&#10;TpIjfddDkVxnxS/dxeFJ1O2eHxDZeV/wNmib/wAhyPQB3NFFFABRRRQAUUVVnvILf5ZbiOMt93zH&#10;C0AWqKjjkWT5l5qSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKjkkSOPc33K8N+J3x8js&#10;9+l+GHjnuPuS6hncqf8AXL+83+1QB3HxG+LWlfD+38r/AI/dWdf3VnH/AA/7T/3Vr5l8TeM9a8ba&#10;h5upXkk+9vktY/8AVp/sqtYlxcS3lxJcXEkk88zb3eT5mdq0PDmv3XhXW7TVLL/X27bl8z7r/wB5&#10;aALEngPxFHb/AGh/D+oJB/f+xyf4Vp+Efil4i8EzJHa3kk9orYeyutzR/wDxS/8AAa+qfB/iyy8a&#10;aDb6pYv+7kHzR/xRN3Vq5v4lfCTTvHVnJcRIllrKr+6ukG3f/syf3hQBqfD/AOImm/EHS/tFr+4u&#10;4eLizkPzxN/7Mv8AtV19fFXh/XNU+G/i77QkckNzZSNFPbP/ABr3javsfR9Ut9c0u01C0fzILiNZ&#10;Ub1U0AXqKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCVm+PLg+E/E+ieLSoXToQ+m6pJ&#10;jHkwTMpSZv8AZSVEz/dWSRq0vg//AMkk8Ef9gOy/9EJXT3VrDf28lvPGk0EylJInTcrqRgqaAIr6&#10;yg1a0ntLu3ju7WdGilhmjDRupGGVlP3lrynx9+zH4I8Wabp8Gm+GPDeizW+p2V9LLHo8P76KGdXk&#10;hO0D5ZFXb+Nbdno3iX4cgwaLAfFPhxf9VYz3CxXtmo6RxSP8ssa/wrIysv8AffpWj/wtS2jjxceH&#10;PFEE/wDzw/sSeT/x+MMn/j1AHU6ZpVnoenwWGmWdvY2NuuyK1tYljjRf7qquAtcdq048VfEfS9It&#10;yHtPDz/2nfyY+X7Q8bJbw/7213lb0xH/AH6jm1rxh4tb7Po+ky+FLJvvatrGxrgL/wBMrZWb5v8A&#10;alZf9x66fwt4WsfCGjrYWPmMhdppZpn8ya4kY5eSRv4mb1oA3aKKKACvGPiZ44Nx44t/CC6tJoOm&#10;pbJc3+oQyeXJNK7MsVqkv/LJtsbuzff/ANXtr2evDPCVxaeINP1jXb6P7WniTUZruJH/AOfVP3MH&#10;/kONG/7aUASR/DPwf99/D9nJI/8Ay2k3STP/ALTSsS7f8Cao7j4b+D7e3+Twvo/mP/HJZxyN/wCP&#10;AtUmn+F9P0u883TJLjSY/m/0WORvs7/9svu/987ay9U1TxLpcmy4s7fWrSH791pv7uT/AL9SEr/5&#10;EoAryfDPw19+Lw/pcf8A1wt1j/8AQcVH/wAIPpln/wAe9vcWn/XrqFzD/wCgyCpNL8WWWqXH2eK4&#10;uIL/AG7/ALLdRtHJ/wB8t97/AIDW5HqD/wAcfmUAY9vZX+nybrLxJ4ksXX7v/E0a4X/vm5WRaqXH&#10;i74h6xdT6LpPiyCO0hfbea0+kJ9qg7+XF8/lNJ/eZo/lrT8Qap5dnHFp/wDyEr6X7PapJ91G2szS&#10;N/sqq7q0NL0O30PS7eyt/wDVw/8ALST7zs3zMzf7TN8zUAeX3Gj674fvJLuL+3PPf/W6h/alzcXE&#10;3+00scg/758vYn9yvQ9D8ReN9L0GTVLvxRbwWkMTSvH4gtEuFSILu8zzYvIP/fVL4g8UaV4Pjt5d&#10;Tkk8ybd9nsoI/MuLpl+8sUS/M3+033E/irQ+Hfh+7+KukaN4r8RR/YNFufLvrDw5w25fvQyXUv8A&#10;y0b7jLGvyJ/t0AdJ8JdQ8W69p2oal4kaP7JczI+mKbQ2k3kBeXki3tt3N91Wbdt+9z8o9HoooAKK&#10;KKACiiigAooooAKyte8QWHhnTJb/AFK5jtbWHq8h/RfVq574hfE/S/h/Z4uH+1ak65is4/vN/tN/&#10;dWvlzxl411TxzqX2rUZ9+z/VWsf+rhX/AGVoA634nfGrUPG3mWWn+Zp2jf3P+Wk3+9/8TXmvNHNH&#10;NABzRzRzRzQB2vwr+I03gLXi0pkfSrjal1D/AO1F/wBpa+t7O8h1C2juLeRJ4JVV0kTlXU18J817&#10;L8Bfid/Y9zH4b1WT/QZW/wBCmk/5Ysf+Wf8Aut/DQBX/AGltAjsPFlhqUcez+0IGSX/eT5d3/fLJ&#10;Xon7OOrNqHw/+zO+TY3MkK/7hw6/+hV55+0l4kt9U8TWemW8m/8As+JvN2f89X2/L/3ytdv+zTp7&#10;2/gm7u3xi6vG2/7qqq/+hZoA9hooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBgOy/9EJXYVx/w&#10;f/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKAOH+MGt3Gi/D/VPscnl6lequnWfPzCedxCjf8BL7&#10;vwrlLezi0+zs7K3j8u0tII7eJP7iou1f/QatfFG8/tbx54b0VR+506KXWbj/AHuYIP8A0ZM3/bOq&#10;skn8H+sk/uUAS81z1xI8dxI8X7v/AK51sXkjx2dw7/3aw5K1AJLh5Pv/APff8VYcmhyx3Elxp+qX&#10;lhI7b3ST/SIXb/dkzt/4Cy1qeZ/A9SR/vJKAM/T7O7/tT+0NTuI550iaK3SCNo40VtvmN8xLbm2p&#10;Vfx544u/CfheS4spI/t9xLHaWvnx+YqM7fe2/wAW1Vdv+2dbmqSJbx15P481S3vPHmn2l3+803Q7&#10;Vr66T++0u75f+/cbr/28UAV/C+/xJJeeH3+2T+LPEN1DY3WrXUiyXDwS7mkXoPKWK3jdvKX5a+2L&#10;Ozh060gtbeMQW8KLFGifdRV4Va+Vf2QdBm8T+Lda8ZXsf/HvuSPP/Pefa7f98xLH/wB/K+taykAU&#10;UUUAFFFFABRRRQAV4t8T/j1b6J5mm+HZI7u++7Lefehh/wB3+81era9olv4j0ufTrp50gmXa3kSN&#10;G3/fQryHV/2YdPk+bStXuLQ/wx3UayL/AOO4oA8BvLy41S8ku7u4knnmbe80nzM9Qc16VrH7Pvi3&#10;S/nt7e31KP8A6dZNrf8AfLYrhNY8P6r4fk26lp95Y/8AXeNlWgChzRzRzRzQAc0c0c0c0AHNHNHN&#10;HNAG34P8J3vjzxBHptpJ+/m+eWaST7i/xN/tV9keH9DtfDeiWml2Y2W9rEET/GvifR9UutE1S3v7&#10;KTyLu3bfE9fXnw68dWvj7QIr6L91dJ8l1bf88pP/AIn0oA6+iiigAooooAKKKKACiiigDj/g/wD8&#10;kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACiiigDwe1um1bxt4vv2/dz/2&#10;j/Z2z+KGKCJVRf8AZ3NI8q/7MlbPlrH9ytP4veCdNm0DWvFMBn0rxDp+nTTRalYyFJG8qNnVZF5W&#10;Vcj7rq1cppdxqen6Hby63JHqV3tXfNY27R/Kyr8zRM5+b+9toAuapJ/o8af32X/x35qxOav3GoW+&#10;oRxy29xHPGm7/V/wf71ZdxI8fl7I/M/8drUCSSNJPv0Wcflyb6r/ANoJH/rY5I6uf6u330AY+qah&#10;FJebHk8uNPnleT+BVr5v1zXH1yz1C+l/dya5O1xL/eS1+V//AB2GOCvUPiZqHmeH7i0T/X6tOtin&#10;97a25pm/79q9amkfB/TLjxx4X0r95cXeoS/aNQjf5o4bWHbLPt4+60nkRf8AbSgD6A+Avgt/Afwu&#10;0izuYhBf3CfbryPH3JZfnK/8BXan/AK9HoorIAooooAKKKKACiivLfjz44bwz4TNlaybL/Ui0Kv/&#10;ABJH/G3/ALL+NAEngv4vW/i3x5q+ip5YtEObCT/nts4k/wDihXp1fCmk6nPoup2l/ZvsureRZYm+&#10;lfaHhPxHb+KvDthq1vwlzHu2/wB1ujL/AN9UAbdUdR0+11izktL2CO6tJV2vDMm5Xq9RQB86/Eb9&#10;nu4sDLf+GPMu4fvvp7/6xP8Arm38X+7Xi0kb28kkUsflyI2x0k+Vkr7zrhPH3wk0Xx9GZZY/sOqb&#10;fkvIPvf8C/vUAfInNHNdF4z+HmteBbzytSt/3Dt+6vU+aF/8/wB2ud5oAOaOaOaOaADmum+Hvje6&#10;8A+II7+3+eB/lurb/ntH/wDFf3a5nmr/AIf8P6h4o1SPT9Mt/Pu5v++UX+8391aAPtnRtYtfEGmW&#10;9/ZSCa1uF3o/qKvVyHw28Cr8PPDo077XJdzO/mzOeI9567F/hWuvoAKKKKACiiigAooooA4/4P8A&#10;/JJPBH/YDsv/AEQldhXH/B//AJJJ4I/7Adl/6ISuwoAKKKKACiiigAooooA4v4yT+R8JfGb/APUH&#10;u0/OJlrkNQj8u32f3FVK6X46P/xaXxP/ALVps/4CzKDWNrkf7ySgDg9Qs4bi4kf/AFc6fcmj+Vqr&#10;x3F7b/I/+nx/3/uyf/EtVy4/1n/AqjrUCPT9c0zVLy4sre8t57u0+S4tY5P3kP8AvL96rmsbJNPk&#10;T/Zrj/FHh+y8Uax4fsri3/0t7ppvtUG6O4hgiVmbbKuGXczItXNQ0/xH4fkjSK4/4SjTU/fPDdbb&#10;e8RV/uy8JL/wJV/36APL/iJo+u654ouNM8NSeZqWmWa+U/mbdk8u2WT/AIEsap/38pvw9+M3xF+F&#10;PjSTWPGvhT+1YPsP2S4vfMWGSGBGaRmjb7m5v4t33/Lj+dK7b4V28slnqniC9j8u/wBQna4dP7jP&#10;8+3/AICrIv8A2zrZ0HQX+JvxJ0/Qmj36Np/l6rq5/hdQ37iFv+usi7j/ALMclAH1Jp14moWFtdxx&#10;yRpcRrKqTIVfkZ+Zf4Wq9RRWQBRRRQAUUUUAFeDftPaHdXEOjavFHvtbfzIpn/ubtrK3/jte81Bc&#10;W8dzbvFKiSRuu1kcZVqAPhDmvrj4K6DdeG/h7YW96hjnlaS4ML9U3tuC1r6f8OPDOl6gL200Wzhu&#10;lbckgjGU/wB3+7XT0AFFFFABRRRQBT1HT7XV7OS0vYI7q0lXa8MiblavAviJ+z1LZmS/8MeZPD99&#10;9Pf/AFif9c2/i/3a+iaKAPgySN7eSSKWOSORG2OknyslM5r678ffCXRfH8RlmT7Fqe35L2D730b+&#10;8teI6f8As/8AiS48Tf2bd7ILFPnfUoxuR1/2f9r/AGaAOQ8G+CdS8dat9j05MD/lrM/+rhX+81fV&#10;ngX4f6b4B0v7LZpvmfme6kH7yVv/AIn/AGa0PDHhXTPCGkx6dpsAggUZZv4nb+8zd2rcoAKKKKAC&#10;iiigAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiiigAooooAK&#10;KKKAMzxBodr4m0DUNHvRvtb62ktpR32Ou1v0NeP6HeXd54f8jUv+QzpMsmmX7/35Y/8Alp/uyrsl&#10;/wC2le514hrEf2f4keOIk+5N9guP+BGBkb/x2JKAOfuP9ZUdWLz/AI+DVetQMvQ/9M8capK//LjZ&#10;w26f70jM7f8AjsaVY8aah5fhu8T/AFcl3Ktokn9xX+WT/wAd31X8Jyf8TjxQ/wD0/Qp/3zbRf/FV&#10;l+PLj/Q9PiT/AKebj/vmJ1/9qUASfbItH8H27P8AJH5H2iX/AIF8/wD7NXrf7NXh1dN+HNrrsxEm&#10;q+JlXWLlv7iyIpih6dI49i/7wf1r548cagl59n0dP44Gmf8A3UX5f/Hq+nP2fdQi1T4HeA5oT/q9&#10;Htrdx/ckjQRSJ/wFldfwpSA9HooorMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooA4/4P/wDJJPBH/YDsv/RCV2Fcf8H/APkkngj/ALAdl/6ISuwoAKKK&#10;KACiiigAooooAK8Lu/8ATPHfje76R/2hDaI//XKzgb/0KZ66f49X2o6T4AkvbG6uLGCG8tftk1q5&#10;jlS2MqrIVbqvUZK/w5rhfAdmln4P+TzPLuNRvZt8kjSM/wC/ZFZmYlm+VaAI7yP/AEiq8lXLz/WV&#10;TkrUDD8N/wCj654oX+/dQzf99QIv/tOsPxpJ5n2f/Ysb3/2StzR4/M8UeKP920/9FNWP40t3jt7O&#10;4/2bu3/76iZv/adAHJ+W95JZ3Esf7+aK93f8BiXav/AVr379nW+/sO5u/DL/AOourODXLD/dkVUu&#10;V/4DMu//ALeK8Rt4/M+x/wCxBd/+PRNt/wDRb16Ol+3hjS/B/i2L/mBrC91/t2Mkax3P/fK7Jf8A&#10;t3oA+nKK4jxF8XPCfhe8lsrvV459TT7+n6dG11cg/wC1FEGZf+BV5lr37UU0kn2fQtC8uQ/dfVJN&#10;0n/fiDd/49IlZAfQlZOueJtF8MW32jV9Vs9Kg/56XlwsK/8AjxFfNk1x8UfHxzdXd5Y2jH7nm/2d&#10;CPokTee3/ApGpun/ALO9l/rdQ1Dy7t/49Nt44/8Ax5gWajlA9L1j9qLwPpfyWUuoa6//AFDbNtv/&#10;AH3JsT/x6uTuP2uHkk26f4LuLg/9PWoJG3/jiPS6f8G9H0//AFVxcSSf3544pG/8eQ1sR+B/L+RN&#10;YvI/+uccX/xFAHP/APDUniX+HwXb/wDgZP8A/GKwdW+OV/4i1CN9ek1Tw/axL+60/QJHjZ2b/lpL&#10;O21m+78qqu3/AH/4O+/4Qd/+gxef9+4v/iK5e88Npp/xM0N5biS/+Vf9ft2/8tf4VULQBzcnifV9&#10;Ykkl0rVNcgtE+RH1LxJLHI//AAFXFP8A7S8X/wDQbk/8Ki5/+OV7T/Z9r/z52/8A37X/AAo/suy/&#10;587f/wAB1/woA8T/ALQ8Yfxa5J/4VFz/APHKt2ev6lp95brr2qaxHYyyrC11Y+KJ28hm+VWZd5+X&#10;dXrn9l2X/QPt/wDwHX/CmXnhvStQs7i1uNPt/IuImhf/AEdV+Vvl9KAMz7ddfDXUrPWX1bVNQ8Ps&#10;32fVoNRvJLr7NEWxHdLvYsvlt/rP9iTd/BXt1fPnhu4lk0uTT9Q/0uexaTTr1JPmWZV+Xc3+9GyN&#10;WNrHirVPBeoR+GtE1/xJ5kNnHNao8dpcRpE24J9+Auyrt2/6zdQB9OUVz/gvWL7XPCuk32pW6Wmp&#10;z20b3VsjqywylfmXIJ/iroKACiiigAooooAKKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv&#10;/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooAKKKKACiiigDJ8SaFa+KPD+p6ReDfaahbSW8o/wBl&#10;1214DpOpXXwp0vS/CXjS3+wR2/8Ao1l4g+9p+oZbO5pf+WEjf88pf+Au9fSlUtR0+11iyns722iv&#10;LWdNksFxGHjdT/CynhhQB4Lqkbxyf89I/wC/HWf5iVueIvgPq3hVZLnwDeRyWGdz+GNVkbyP+3af&#10;lof91t6c/wAFcXH4wt7fVI9K8QWdx4a1n/ny1iPy9/8A1yl5SVf91q1AseG4/tHjDxIn+zZf+gvR&#10;8SNPf/hC9UuEj/5B7faH8v7237sn/jsj1oeE9n/CWeJH8v8Ad+VZf6v7v3Za1PFEifY7jR3j8z7c&#10;q/aP91l27aAPC9Q1h7PS7y7SOT5ImhSGD725127V/wB2P5f9+Suk1Dw3capb2cWsaheX+yKNJbWC&#10;8lt7NNy7fJWKJ13L8235tzvWf4D8Ly3niyPT7j95BoLedcf7cqt+5b/gTLu/7d69YvNDstQk82W3&#10;/eP9545GXf8A722gDk7Ozt5PB+h+H9Kt49Nj1adbTZa/LsiVmaVv+/av81euaP4f0zw/H5Wmafb2&#10;Ef8A0zj+b/gTfeauD0u4tNP8cSXF3HJHBp9isVlDBbs29pW/eMu0fwqqLW5qnji4t7fzfs9vpMH/&#10;AD9arcKv/jqn/wBmoA7Cqeoaxp+l/wDH9eW9p/13kVWrzeTxJe+IP+PT+1NdR/8An1j+x2v/AH9b&#10;bu/76arFn4X1378X9j6Lv/54RyXU3/fTbFoA7D/hNNH/AILyST/ct5W/9BSj/hNNH/5+LiP/ALc5&#10;f/iK5+PwPqsn+t8SXn/bC3gj/wDZDUn/AAg+oR/c8SapH/10jtm/9p0AdBH4w0ST5P7Ut4/+u8nl&#10;/wDoWK5vXLiG4+Inh97eSOePavzxybl/5a/3aJPC/iCP7muW93/sX2nq3/ot1rD1TR9T0/8A0u98&#10;P6Pfxwq0zvayNbybVXczfvE/9moA9Yory+z1yL7PHLb2fii03qrokdvK33vm9WWrH/CUXH/PTxR/&#10;4K//ALXQB6RRXncfih/47zxR/wCCtv8A4zR/wlH/AFEPEEf/AF00eT/4xQBoaxb/ANn+NI5U/wCP&#10;fU7X5/8ArrD/APa5P/IdU/Hlw/8Awi9nss9Pu5E1G2t2fUreOaOGKaVYvM+YH7rSJuqvceKNM+0R&#10;3Fxeaxd3CbkTz9PnVU3fe2qsIWuf8YeIE8UaPeaZpnmeXbtb3eoTSW8kOyJJ1eOP94BuZmj/AO+P&#10;MoA9j+Evw11XwHqWt3F9PpsUF+sO2w0m28qFJU3BpfuqNzKY1+7/AMs69QoorIAooooAKKKKACii&#10;igAooooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKK&#10;KACiiigAooooAKy9c8P6V4n0+TTtX0+11Syf79tdRLJGf+AtWpRQB85WfgTTfAHxV1/SvD8txp1j&#10;NpNhffZpLh5o0lMt0jbd7Equ2NPlrW1TT3uLiO4uP9Yi7HePa3y/ptqP4i6pF4b+MxvdTk+waZqO&#10;h21laXtwrJA86XNwzQ+b91X2yJtVm+b+GjxBcf8AEvkR/wCNlR/900Ac/caxp/h/VLi9vbi3sLTU&#10;1V98m1dksXyxr/37/wDRdSR+ILjVP+QPo95f/wDTaf8A0WH/AL6k+Zv+ArWXqGoWMce+3j/0u0lW&#10;4R/L3b2T+Hd/tfOteoR/2f8A2fHqCRxyQPEsyfu1+dW+Za1A5O38L67qn/H7rEdhH/zx0qP5v+/s&#10;mf8Ax1VrU0/4f6Jpdx9rezjnu0/5er6Rrib/AL6kztrP1TxYnhvT45ZZJPnbZFBBtaSZv7sS/wAV&#10;cneW+seKP3uuySeR/BpEcitCn/XXbjzW/wDHKAO4vPiBoVvcSW9pJJrV2n34dNja42f7zL8i/wDA&#10;mqnJ40124/49PD9vaR/39SvFVv8AvmIP/wChVjx3FxZxxxRR+XGn3Ejt1VU/75qT+0Lv/MbUAXJN&#10;c8YSf8vGhwf7H2eWT/2otH9seMI/+XzR5P8AtzlX/wBrGvM7jxZrF5/xO7LUPLnuLxrHStI+9bzK&#10;jMrNL/vbXbzVb5E/8f6zVPiBaaXeR2Xl/a9SeLzk0+x/eTOv3d23+Ff9pmVKAOkj8WeJbf8A4+NH&#10;0u//AOvW8aNv++ZE2/8Aj1Y/ij4kWWoSR+H723uNCu75W+0PdbWVLX7sjK0ZZWb+Fa5OT4uahp/j&#10;jT/D+q+G/sEeoKv2Wb7Ysjbm3fKyqP8AZ/hrpNL1iW3+Ikdw/lxyJpjbP+/q/wDxVAHaR/EDwl/B&#10;rFnHH/1020f8Jx4Vk/5mDS//AAMjX+tSf8JhN/0z/wDHqjk8SJJ9+3t5P+ukdAFiPxR4ak+5rmny&#10;f9vkf+NWI9U0eT7moWcn/XO4j/xrDk8QafHJHFLZ6X5kzMkSSRrufau5tv8AwGsfVPFHgqzuI01C&#10;z8NxzzbtnnxxfPtlWJu3/PSRFoA7S8uLKSOPZcRyf9c5FauD8SbPtHjDyv3mzTLTf/vbpWqvJceD&#10;PFkkcWn6f4fn2RedstbeJm2t/F8o+7VPR7O30/wX40itLeOCNL64+SP5V+7FQB9Z0UUVkAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQBS1DTrbV7OezvbaK8tZl2SwXEYkjdf7rK3DV8rfEvw+3gvxk+n&#10;+C5bhdC0tbeXVdJkEl1bpLM3yRwdXg2xq8rLuZP3kfyV9bV8m/FfxFF8Ofil4wv9e8KapeaVqT2t&#10;7BrVrAz2+1LaOGRXZflXayfxNQBy0niyKO32PbyRyfN/rI9q/d2/ersI/HH2fwnoej6Z5epas9rH&#10;NKkcn7m2VvmXzW/h+99379ZcnxE8Px/63w34gtP+2m3/ANBmrHk1T4X3kkjy+F7yOR23u/2f5nb+&#10;98shrUDtNL0uKzuPtt3ef2lqTrse6k+XYv8AzziX+Ff8tWrzXmUcfwkkk/5BeoRyf9M7edv/AEHN&#10;WPsfwvk+5JrFp/1zju1/9koA9F5qtqFm+oafeWiXElpJcRND50H+sTcu3cv+1XDx6X8PI/kt/GGq&#10;abJ/fnvJ4/8A0YBWxp/g/UryPzfDnjiPUo/7k/lzf+PrlqAObs7y70fVI3vbzT9Ck0+BtLt0vtPn&#10;a1eJJW2zRSq4RfNXZuXc2zy6r+G9Di1DxBqlle6hZ3+pX27VrfV9KvFka22ssS7dw/2tu3dsdY9l&#10;dZJp/j3Q5PtEsdnq0D7ke1g/dsn3drdGaqdv40tNHuJPtvhu40meb/WvHbq2/wD3tvzf+O0AR/2H&#10;qGueINDuNQ0e3gn0aeR5dQ8xfLmVomT9wvL/ADfI3zbdn+3W5b6fFJ482fvP+QY3/LT/AKbrRp/j&#10;zQtQk2Rahbxyf3JP3bf98thqk0+4ST4gR7JPv6TJ/wCjUoA6D+x4f+ekn/fyj+x4v+ekn+fwrR5o&#10;5oA5LUPhvpmqahHe3F5qn2uFt9vP9s/49m+Xc0XHy/d2/wC5XP6h+z/4X1SONHk1COOFmdEjkVv3&#10;rbfMk+ZC25tu5m/v/PXpvNRXHm/Z5PK8vz9vy+Z8y7v9qgDy/Q/hHafDvVJNQ0y8vJI3i8l0/d+X&#10;t3blXaqDaqszsv8A10kqTT5Li88P+MIreSOO7mvLlE8z7u7aqru/4FXeafHqvmSJqcmnyQbfk+yx&#10;yK3/AALcTXD+H7f95rlon8esXEKf8ClVaAPp/wAC+Ko/G3hPS9bjj8gXcf72BvvQyqSkkf8AwF1d&#10;fwrpK8E+A/ijy9U8aaOkn7u012R1T+550EUrf+RGevd45PMj3VkBJRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFAHH/B/wD5JJ4I/wCwHZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABVLULODUbOa1uI47iCZDFJDIm5XVvlKsvpV2igD5/8AFfwX1PQ7P/iivEmsaN9nZXt9&#10;Purxrqx2r/yz2uGdV2/d2t8lcBqn/CzdL/4+Lezu/wDrnqEbf+hWgr67khST7wrE1Dwvb3n/ACzo&#10;A+O7jxh4zj+S48Nxz/8AgJJ/6FGtV/8AhNNb/wCWvguOT/uH2Lf+1BX1ZcfDe0k/5Z1Tk+F9p/zz&#10;oA+W5PHEv/LXwPJ/2z0+Nf8Ax5Lqse88QaJcSebceB/EEEn/AD2sY1kZP+/hLf8AkSvrST4V2n/P&#10;Oq8nwjtP+edAHzPp/wARItP8v7J4o8QaLH/c1zT51jT/AIEyTr/48tdpofxI8Qapb/6J/YfjCD+P&#10;+zbhWb/vmJ3/APRa16xcfB+3/wCedcX4o/Zv0fWJPNuNLt5J/wDnt5a+Z/3196gDm7zxR4U1CT7P&#10;rvhOSwk/j2RrJ/46pD/+O0eG9P0STxpHF4Sk8yBNOkmlhk3K0LNKn8LANVe8+EfijQ49mleJNYgg&#10;T/l1urj7db/9+rkPXH/2PqGl+MNPl8WyWem2F2rWP9tabb/YfJlb5o1l+fZtb7u5dvz+XQB755d7&#10;H9+z/wDIlR+Zd/8APpJ/38WuPt/AcUnyWPjS4/7Z3kjf+gz1cj+Getx/6rxZqEn/AG0n/wDjxrUD&#10;pPtEv/PncVl6pb3t5JG9veappuxfuQW8Uiv/ALX7xGb/AMerP/4QPxbH9zxZcf8Aj3/swNH/AAjf&#10;ji3/ANV4o8z/AK6eX/8AGDQBoafHqGn+Y9xeXmpfL8iT2ccexv8AejArD8J6Pqul6hrEv9j3mpX8&#10;15NcWT+Wsdr+9+bczMf4fu/d/wB2tCOz+Idv/wAxy3k/79f/ABgVx/xU8WfEXw34bt7d9Us4JNWu&#10;l06KaCOPzE3qzM3T+FY3oA3PgXcRR+MPFiW9x9rjTUVt3uv4bmdIk8+T/v4zr/2zr6o0+TzLeOvm&#10;P9nvwenhvS7O0t45PIhT/lp8zOzfMzN/tM1fT9mnl26CsgLFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/BXVf8L68C/9&#10;Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf&#10;+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8A&#10;iKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/&#10;AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/&#10;AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0H&#10;P/JOf/4igD0GmVwP/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB33lpUcluklcL/AML6&#10;8C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHZSaPbyf8s6wtX8CafqtvJFcW8c8bpseOSNWV6yv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igDy3xR+yn4XvLiR7fw/pcf8A1zs41/pXHyfsp6Zb&#10;yb4tPjjk/wCme6P/ANBIr39/jx4Dk663/wCSc/8A8RTP+F4eAP8AoN/+Sdx/8RQB8/8A/DN9xb/8&#10;e95qkH/XPVLlf/QZKP8AhS/ii3/49/FHiSD/AGI9Yuf/AGZzX0B/wuvwD/0G/wDyTuP/AIiov+F1&#10;fD3/AKDf/knP/wDG6APAP+Fb+Pbf5IvGniSP/rpcRyf+jIzWx4f+D+saprFvqHiDWNQ127t0ZLd7&#10;6RdsO7721Ywq7m/vbd9eyf8AC5Ph5/0Gf/JOf/4ipI/jP8Po/wDmN/8Akncf/EUAbHg/wmml28f7&#10;uuwrz5Pjx4Dj6a3/AOSc/wD8RT/+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9e&#10;Bf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C&#10;/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8A&#10;knP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5&#10;/wD4iigD/9lQSwMECgAAAAAAAAAhAMkIdK81OAAANTgAABUAAABkcnMvbWVkaWEvaW1hZ2U1Lmpw&#10;ZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwM&#10;CwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMB&#10;IgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUE&#10;BAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOk&#10;paanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAf&#10;AQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQF&#10;ITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdI&#10;SUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1&#10;tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APuj&#10;4W/An4cah8MPCN3deBPDk9xcaPZzSzSaXCWdmgQlm+Wuq/4Z++Gf/RPvDH/gqg/+IrR+D/8AySTw&#10;R/2A7L/0QldhQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RVrVviMv9qXGkeHd&#10;NuPEuq27bLhLd1jtbZv7s87fKrf7K73/ANmmb/iPJh/L8MWvH/Hv5lzN/wCRdq/+g0AQf8M/fDP/&#10;AKJ94Y/8FUH/AMRR/wAM/fDP/on3hj/wVQf/ABFLJ8RNT8Mn/isdE/sqxxltZ0+c3dkn/XU7FeJf&#10;9pl2/wC1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD&#10;/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH&#10;/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/&#10;AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvh&#10;n/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn&#10;/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/&#10;AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/&#10;+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPv&#10;DH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gffhn/&#10;ANCB4b/8FUH/AMRRXoNFAHH/AAf/AOSSeCP+wHZf+iEqv8RtUvpDpnh7R7h7XVdakaP7ZHy1nbIu&#10;Z5l/2gCiL/tyJVj4P/8AJJPBH/YDsv8A0QlV4/3nxouN3/LvoEflf9tbl/M/9FJQBveHfDth4X0m&#10;303TYEtrOBcKij8WZm6szH5izfe/HNedWH7THhXWLf7Vp2l+K9Ss2ZkS6tPDF9LDJtYq211iw3zL&#10;Xrkn+rr5h+HOl/GT4b/A3TLlrXQLVdBsXll8L30cj3VzGjO77rqOTZHIy/dXy3Xn5vYA+mYXS6tU&#10;bZiORfuuuOvqtef+HbcfD7xonh2I7fDmrCS40qLGFs50+aW3T/pmynzEUfd8uX+HZXW+DvE1l408&#10;K6P4gsDmx1azhvrfd97y5UDrn/vqsH4pfu4vCk6nbPD4hsvK/wCBs0Tf+Q5HoA7miiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACis/VNUstB0+e/v7uOxsLeNpZ&#10;7mZ1WONV6szGvgT4l/GLxr+2x48l+HPwo+0aV4HtZVbUtcbdH56h/wDWSMuCkfy/JH95+v8AuAH6&#10;F0Vh+FdEn8N+GNL0q61S41m4sraO3l1C92+dcsq7TI+3HzNW5QAUUUUAFFFFABRRRQAUUUUAFFFF&#10;AHH/AAf/AOSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJgmZSkzf7KSomf7qySNWl8H/8A&#10;kkngj/sB2X/ohK6e6tYb+3kt540mgmUpJE6bldSMFTQA+SIXEbxMcIy7fl4NeE/8Kw+KyeE5/Ai+&#10;MtJn8NzRPaf8JFdW88mspZvkbfveU0207fNLf7WzNdnZ6N4l+HIMGiwHxT4cX/VWM9wsV7ZqOkcU&#10;j/LLGv8ACsjKy/336Voj4qW0YxceHPFEM/8Azx/sSeT/AMfjDJ/49QB0nh3w/Z+FfD+maLpsXk2G&#10;nW0dpbx/3I41Cqv5KK5PVpx4q+I+l6RbkPaeHn/tO/kx8v2h42S3h/3trvK3piP+/Uc2teMPFrfZ&#10;9H0mXwpZN97VtY2NcBf+mVsrN83+1Ky/7j103hfwvZeENISwsfMZC7TSzTv5k1xIxy8kjfxM3rQB&#10;vUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUMknlxu3Xb/c5NTU&#10;UAfk1+11+1trHxq8SXHhe1jvPD/gnT7rypdPf9zdXjI3zNOrfd/2Ym+7/FXd/Cf/AIKAeBfgv4Rg&#10;8PeGPhbc2thF88k0msRtNcSfxSSP5XzNX0D+1l+xvZfGeGXxV4TWPR/iDZgPG+dkWoBfurJ/dk/u&#10;yf8AfXbbyX7Kn7Q2jeK9aPw4+J/hvS9D+Itk/wBnWW60+KH+0GH8LLj5Zv8Ax1/4KAOd/wCHrek/&#10;9E7vP/BxH/8AG69G/Z8/b10/49/E6z8GW3g+40aS4t5rj7VJqEcyp5a7tu1UFfSv/CC+G/8AoX9L&#10;/wDAKL/4mprHwvoulzfaLHSNPtZx/wAtobZI2/76UUAa9FFFABRRRQAUUUUAFFFFABRRRQBx/wAH&#10;/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFFFABRRWH4u8Uaf4L8L6pr2qyeRp2m&#10;20l3cPj5giIWOPegDcqGS4jh+/Iif7z4r470jxRrP7RMmoat4y0+Ox8P2N41ppvh2G4doXZNvmTX&#10;PTz5FY+WP4F8uT/frbj+FfgyP/mU9H/7aWcbf0oA+npNa05PvX9un1nX/Gmf8JLpCfe1Sz/G4T/G&#10;vmT/AIVn4N/6FPQ//BXB/wDEUf8ACrvBX/Qn+H//AAVwf/EUAfTX/CVaL/0GNP8A/AlP8arzeOvD&#10;dv8A67xBpcf/AF0vYh/7NXzjH8N/B8f3fCfh+P8A7hcH/wARViPwP4at/ueG9Hj/AOuenxL/AOyU&#10;Ae7yfFjwRb/63xh4fi/39UgX/wBnpln8WvA+oXaWlp4z0C7u2+7BDqkDyH/gIevF4/Dejx/c0fT/&#10;APwDj/wrx/XP2e7vULfVNMi/4R+70m71GTVE+1W88MySu2/5vKO1tv3Vb+5QB9vN4v0GL7+t6en+&#10;/dx//FVUl+JHhO3/ANb4o0eP/rpqES/+zV8OR/sxv/zz8Px/9tNQ/wDjwqv/AMMt3v8A0ENHj/2I&#10;/t3/AMfoA+2m+Nnw8jk2N488MCT+6dYtt3/odSSfGPwHH97xp4fH/cUg/wDi6+HY/wBktI7z7X9o&#10;0P7X/wA9vsd20n/fTXNakf7M9x/0GNL/APBfct/7c0AfYcnx0+Hsf/M6aGf9y9jP9a53Wv2rvhBo&#10;dwlrdeP9IN3I/lLa28hnmLdf9VGGb/x2vl7/AIZjeT7+saX/AOCuVv8A0K6r0D4Z/CPR/hn9ouLT&#10;/S9WuF2Pe/Z1j2L/AM84lX7q/wB75t7/AMT0Ae4n9pL4b/weJUk/64WlxJ/6DGa4Xxx+2n4S8OXH&#10;2XQtH1/xRebN2+DS7uG1T/elaE/+Oq1L5j/89KPMf/npQBwv/DZPiS8k3Rafp+nR/wDPGTQ9WuW/&#10;76WNP/Qa1NP/AGyNUsxu1DwvJrMf8X9j6fqEM3/AUlg2v/38Wum8x/8AnpR5j/8APStbAdNo/wC1&#10;F4N1jTY7v7F4nsZG+9a3Xhy9WVP97bEV/wDHqreJP2tfAHg/T/t2t/8ACQabY+akPnT+H71V3ucK&#10;v+qrD5rxb4sR/wDCSfHD4T+HJf3lpDLd65cQ/wALtCv7rd/wKsgPpI/tNeF/4NI8WSD+8nhu9/8A&#10;jdLH+0n4ak/5gfiz/wAJu7X/ANkrleaOaAOqP7R+if8ALLw34sk/7g7r/wChEVm/8NSeFF1S4stR&#10;0nxJokFvGk11qF9pbfZrVX3eW0rIzeWrbW+ZlC8fMRWPzXyt448YXt58VNc0zT/HkngTUobpri1e&#10;SP8A0O9lVvsywzy4Kqu22+Xd8n7ygD9IrG9t9Vs4Lu0uI7u1nVZYpoZA8bqeQysPvLXgf7T37Iui&#10;ftB2UGpWVzH4e8aWpX7PrSR/fUf8s5duC23+FvvLXh/wP+PmpfDLxRP4f1jR5NFu0fztV8MQfNbz&#10;J1a+0xOdrfxSW6/I6/PF82+vqf4tfFB/DfgvS9U8PXFndSau/wDot6372FIVgkuJJ1RSPN/cxPtX&#10;dyxjoA7bwnosvhrwvpml3Op3Wsz2NtHbvqF8Vaa5ZV2+Y2P4mrcrwfS7rxfqml2l3/wse8RLmCOZ&#10;U/suyVtrpn+4fWrnleKv+imap/4L9P8A/jBoA9sorxCS38R/x/EjXJP+udvp6/8AttVeSz13/oon&#10;iT/ySX/22oA93orwT+y9Yk+98QPFH/gRaL/7QrI+Gfj3xNa/FL+zLrXLzWvDd3q1zo0MepeU0qyw&#10;23nNMssaLxuSRNlAH0lRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7&#10;L/0QldhQAUUUUAFeG/tfanHb/CH+ypZDBDrepWthNIh2skCv587L/wBsYJK9yr5J/bo1N7xfDehW&#10;8h897W9l8tJNv72byrKL8f8AS3xQBF8F9LfS/hX4XSXzJJ7izW+uHkk3M8twzTNub+Jv3n3q7Xmo&#10;o7eKzjjt4v8AUQosKf7q/KtS81qAc0c0c0c0AHNHNHNHNAFLVNUtNH0+S9vbiOC0h++8lcn/AMLc&#10;0T+G31ST/tzb/wBmIqn8ZLz934ftP+e11JM//AIvl/8AHpK+U9H+2/ED+1NVvdU1CDZPJ/zEJ4YU&#10;i81ooo4ooCNzfL/tO7yUAfWn/C4NE/589U/8A1/+LqP/AIXRokf/ADD9Y/8AAdf/AIuvl/8A4Vnd&#10;yfej8Sf+Vn/4uj/hU8v/AD7+JP8Ayst/7UoA+oP+F2aJ/wBA/WP/AAHj/wDi6P8Ahcmlf9AvWP8A&#10;wHj/APjlfL//AAqeX/nn4g/8B9Xb/wBqVueF/wBn+XxBHJLLqGoWEELbNl1HqEcj/wC6sk4+WgD6&#10;I/4XBpn8el6xs/694/8A4uukvPGGhafodvrd7rFnYaTcbfKvb64WGN933V+bHzV8p+JPh+nwz8We&#10;D00+8kkk1O+ZHf7Rc7tqbGkXbJI6t8rPXpHjj4Dy/GT4d+A0i1z+xbvTImuE8y3aaN/OVdzbVdfm&#10;X+GgD3iORLiOOWKSOSN13o8fzK6t/FUvNZXhfw/F4X8N6XolvJJPBp9rHaJNP/rHVF27mrV5oAOa&#10;OaOaOaADmvGpP+Jp+1xH/wBQbwj/AOPTT17LzXjXw/8A+Jh+0p8VL3/n0s9M07/yFvb/ANBoA9l5&#10;o5o5o5oASP8A1lfEeueB9b+InjjXLvT5LfyHlWHfPHKy/PLLN95UK/8ALX+KvtiS4+zxyS/88VZ/&#10;++fmr5z+E+j3eoeH9QuIpPLjuLxf9ZI33kggRv8Ax5XoA4/UPg/4zj0fT9HvdU0/zNPlW40XVLWO&#10;5mm0za25o1ljB/dsy/Krfcf51r0zwfceJf7H/sTXbiO722OqJpWn2NnJCsN9LbN5i7X+bbLtmaNV&#10;+RPMkT+5s6zT9LuLOP5Ljy5P+mcjbf8Avliay/iZqj+H5PD+u2//AB92P2m4T+6+y2lZVagD6A0e&#10;zWz8N6PE9v8A6QlnGj+Z/BtVVqTy0/551jyR3FxZ2fm6heeZ5W9/L2r97/dFV/7Hik/1slxP/wBd&#10;LiT/ABrIDoPLT/nnUcf2eSTYnl+Z/c+XdWXb28VnH5UX7uOo5LO0k+d7ePzP7/3W/wC+qANiSzST&#10;/pnXH2mqWuoeL/C91aQfZzaeMJrGX7q75RbXEUjfL/e3V1Gn3CRxx2nmSSSIvyPJ8zPtrz/w/wDu&#10;7i3l/u/Ehv8Ax6dk/wDZqAPquiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCV2Fcf8H/+SSeC&#10;P+wHZf8AohK7CgAooooAK+Mvj5cDxR+01o+mj/V2cumWr/xL+7W6v5P/AEG1/wDIdfZtfD8M/wDw&#10;k/7TWv37Df8AZrvVrjd93/VfZdOj/wDRM1AHrXNHNHNHNagHNHNHNHNABzRzRzRzQB4t8dNQ8vXN&#10;PRP+XTTprj82X/43Xjf7L+h2mqaHp73F59n339pNF5n/AC2lTbN5P/jteiftCah5dx4suP8Anx0X&#10;Yn+95Tv/AO1K5v8AZv0t45PCdu8fl/6dNM6f9cbN0/8AZqAPpiPT6P7OrpI7P93UclnQBy8lnVOS&#10;OukuLese8joA+f8A4wSfaPip4Tt/9ZHY6df3zp/EjeUyq3/jtfSGj2/2PR9Pt/8Anjaxp/3yqrXz&#10;X4w/4mnx41CL/n00CO3R/wDamnRdv/kSvpy4kis45JZZI4IIVZ3eSTaqKv8AEzUAS80c15Nqn7Qm&#10;lSXklp4c0+48QyJ/y2j3R2//AAHajyt/vLHs/wBuqdv8aNdkuI4n0vw/HO/3LWfULmzmf/d822G7&#10;/vmgD2XmjmuK8N/FDT9Y1CPStTs7jw9rU3+qtb7a0dz/ANcJVykv+79//YrteaADmvGvgP8A8TDx&#10;58ZNT/57eJPs6P8A7MMW3/2avZI/vx/71eL/ALLf+meE/Fmp/wDQQ8U6jNv/ANncqrQB7TzRzRzR&#10;zQBheNLj7H4L8QXH/PHTrl//ACE1eZ/Ce38vwf8A6vy5Hvr3f/wG5dP/AGnXoHxM/wCRD1xP+e0C&#10;w/8AfbKn/s1cP8L5PM8B6Oz/ALyeVZLh0j+Ztzyu+7/x6gDrI68/+Nl55mj2cKf6vyr35/8At2Zf&#10;/Zq9I0+3eSSR3/d+S2zZ/n/erzf9oCTy7PS0/wCmF7/48qr/AOzUAfRH/PP/AGFqOSTy6sSf6ys+&#10;4/4+I/8AdoAkooooAks/+Qpb/wC7J/6DXD6XJ5en3Ev934jRv/5Uol/9mruLP/kKW/8Auyf+y153&#10;5n2fwf4kuP8Anj41ab/vnUomrID67ooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8A&#10;kkngj/sB2X/ohK7CgAooooATpXwb8B5H1zxRrmsP+8d9Otn/AHn+s3XdzdXbf+OyJX2b8SNU/sP4&#10;eeKNS8zyvsel3Vxv/u7Imb+lfGX7K+j6hpfhfxB/acf+lpqMNp+8uPtDbYbOBNu7A+VWZ/l20Ae2&#10;80c0c0c1qAc0c0c0c0AHNHNHNHNAHy1+0RceZ4b+Ikv/AD2lW0T/AMhRV0n7O9n9o8QaO6f8sbXU&#10;7j/vqeBFauP+OEn2jwfcP/rPt3iSFNn99WvM7f8Avla9M/Zfs/M1S3f/AJ46Bb/+Rp3b/wBpUAfR&#10;kdv+7qvJb1seX+7qvcR0Ac3eR1zeodq6zUI65fVKAPm/Q/8AicftAeMHT/n+0yx/75ZG/wDaddB4&#10;kvNV/aE+IknhXRZPL8L6fK3mv83l3LI37yaXb83lq3yqv8b/APfaed6Prkun+JPiRrcUn79NYuPs&#10;8if3kiuPLb/vqRK+iP2Q/D9vpfgPUL1I/wB5cXS2+/8Ai8pIldf/AB6V6yA7Tw38C/B/h/T47eXT&#10;/wC2pE++9980e7/ZiXCL/wB80eKPgf4f1jS7i30y3j0mR1/1Pl+dYzf7Mtqx2Mv+0u1/7r16LzRz&#10;QB8XXHhOXw3/AGho9xb3E+hQ+Z9q0We4aaSyaHa0vkS/e+VWSeNv44v9pPn9c+Ffii71S3vNE1O8&#10;+36lpnlul7/Fe2cm7ypv975XVv8Abj3/AMdXPiRGmn/FizuE/wCW39mTS/7bebcW7f8AfUcm3/tn&#10;Xmfwrk/sv4kWemJ/y6f2toz/APXKGeKWD/vla1A94uLj7PbyS/8APFWf/vn5q8j/AGS7fy/gXodx&#10;/wA/c93d/wDfc7//ABNekeNLz+z/AAX4gu/+eOnXM3/fMTNXF/s12f2P4B+B0/v6d53/AH2zP/7N&#10;QB6bzRzRzRzQBxXxcuEt/h/eb/3e+e0Tf/28xVx/w38WRR/D/wAN29lpeoalImmWyS/YbOTy93lL&#10;u+Zgqfe/2q3P2hJP+LZ3if35V/8AHVd//addh4fjePw/pcT/AOsSzhT/AL5iWgDl7PVPEH7z7P4P&#10;1D523/6VeW0P/tQ15/8AGyTU5I9LTU9Lj03fBMkSfbFm37pYF/hA/vV9AR14n+0Ro9x4g8UeF9Mt&#10;PLjn+yzTfvPu/JPAzf8Ajq0Aeyf25eySXCfZ7f5G2f8AHw3+y3p/tUWeoS3lxcebHHHJC2z5JNy/&#10;dVvQf3qz9Dk+2afHcf8APZ2epNL/AOPjUH/6bt/6CtAG55lHmVHRQBoaXH5l5v8A7it/49try/UJ&#10;P+Lb+OH/AOeOv3s3/fF8rf8AsteiaX/yHE/64Sf+hJXmesSf8Wr+JH/X9rD/APfMrt/7LWQH2XRU&#10;UUnmIjf3lqWgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiii&#10;gDzP9o68e1+BfjTyv9Zcae1n/wB/sRf+1K8I+C8af8InqF2kf/H3rupzf7+25eJW/wC+Y0r2X9qC&#10;8SP4XpaP/wAv2s6Zb/leRSfyjNePfA+N4/hH4Xd5PM+0WzXf/AZZXlX/ANGUAdzzRzRzRzWoBzRz&#10;RzRzQAc0nmeX8/8AcpeaztcuPseh6pcf88bWZ/8AvlWoA+U/i5J5fhPwGj/6y41Zbt/+AQSzNX05&#10;8A9Hi0/wXpbrbxxzvAqO/wDE6qzbV/8AHq+W/jBI8lx4D0//AJ42t3N/wL7MsS/+jK+wPhXss/De&#10;lp/0wWgD0jy/3dU7iP8Ad1Y+2J5dU7y8Ty6yAw9Q7Vyeqf6z/gddRqF5XF+ILzy7e4l/uKz/APfN&#10;agfIfw3s5vEHhvxZNbx+fPNPqeoon9/yoldf/Qq+mP2Y/ElpZx6p4XeT955/2uy/6bL5S7lX/tj5&#10;Ev8A20k/uPXj/wCx/p/+j6fcP+8jeC9m/wCAtOif+y1qeIPB934L8QR6ZZfuLtPn0KaeRoY72BGZ&#10;1tfNX5ormDc/lsvz7P7670oA+yeaikkS3jkllkjjjRWd3f5VRV+8zV8t6H+1ZqGnx/YtVk8u/h+S&#10;WHWNLk+0J/vPbPtb/e8td9c/48/aIl8QWckV3cRz2n3/ACZ7f7Dp/wDstLEztLc/7rMif7FZAdh4&#10;o8aW/iDxx/bDyeXYJ5d8skny7LG3V1gZv7vmySTz/wC5HHXL/s9+b4o8cah4gePy49t3qP8AuNeT&#10;qsS/9+4HavL/ALZqvxAkjsre3vLu01OffK8ny3Wsy/xKvTbH/eb7iJ/s19WfDfwOngPw3HZPJHPq&#10;Vw32i9mg+VXlZVXav/TNVVFX/YjrUCv8bLz+z/g344uP7mj3P/j0TL/7NUnwfs/7P+E/gu3/ALmj&#10;23/j0St/7NXP/tOXn2P4B+OH/wCnFU/76lRf/Zq7zwnZ/wBn+E9Dt/8AnjY26f8AfMSrQBq80c0c&#10;0c0AeTftMSN/wrfyov8AXvLNs/4DZ3DVuR/8JLJ/rbiz0nZ/yzsbP7Qyf8Ckf/2nXL/tOXEsfhPS&#10;/Kj8yT7U37v5m3/Ls/h+b/lpVOP4gan5kiS29nBJ/wBM9Qkt2/79XI2/+RKAO0+x6xJ9/wAaXn+5&#10;5dtD/wC0xXm/xEkfw38QPDep3txeatJNazWiefcK2zfPAm77g/56V2lv4ofy997JeRx/359PZof+&#10;+oC61538VLi08QeIPC8tpeafJHFPHvmtZPub7mBfm43LQB9IeH7fSo/D+l/6H5k72sfyR7v7q1n3&#10;Hh+WO4uHis7zy5pWfZBJIuz9RWp4b0//AIp/T38u8/1Eab4Nu19q7a0Psb/89NQ/z+NZAYcej3H8&#10;dvqkf/bxJ/8AXqT+z3j/AOgp/wB/N3/stbH2dv8An41D/v3/APZUeXL/AM/l5/37agDP8Pxy2+uR&#10;vL9skjdfJ/f7f4mX2Fed/PcfBvxRcPH+8vl1i7VJPvfPLOy/+O16p5ktv873lxJ97YkkbLvbbu21&#10;5ldeJtS8VeBtIXTbOO/8UeJrNVstPjk8uN5ZIt8jbmztjVd7M1AH1T4P1BNW8J6Heo4dLmygmVk6&#10;HdGprbrzf4A6TrHh/wCF2jaVrVhcabNY+bb29rdSRtKlsJG8hX2My7lj2L97tXpFABRRRQAUUUUA&#10;cf8AB/8A5JJ4I/7Adl/6ISuwrj/g/wD8kk8Ef9gOy/8ARCV2FABRRRQB4N+17qX2D4f6JsOf+Jys&#10;v/fm2uJv/QohXE/C+zTT/hn4Tt4v9XDo9ps/78JWn+3Nqz2PgjSIU7Lqd3/37064H/tSrOj2aafo&#10;+n2kX+rt7WGFP91VULQBd5o5o5o5rUA5o5o5o5oAOa57x5J9n8D+IH/6cZk/76Xb/wCzV0PNcl8U&#10;JPL+H+uf7cSp/wB9Mq0AfLfxQ+2yePNLltNPuNTj0/SW82G1jZm+e5T22r8sT/er1TQ/2oNK0O3t&#10;4rvwv4oj8lVT/jzj/h/7aCuP0P4gar4f+JniC30fw3/wkt2+nWm//iYLa7FVpW/iBX/lpXUXHxU8&#10;YSff+F95/wBs9ctm/pQB0n/DZHg//lrZ+IIP+umnq3/oLmo5P2yPh/J8jXmqQf8AXTS5f8K4u4+I&#10;niOT7/wz8Qf9sLy2k/8AZxWXceONVuPv/DfxRHG//TOCT/0GSgD0ST9qz4dSff8AEnkf9dLOX/4i&#10;svWP2jPh5qGl3iW/ii3nkeCREhjjk3OzKyqvzIK8zvPFD/fl8B+KI/8AuFrJ/wCgk1n3HjjSrOP7&#10;RqHhvWLCNPnd7rQ5FVP95sGgD1T9kfT3s/Bfht3/ANZ/YW9/+2tyzf8Aste6a54f0/xRpcmmarZx&#10;39hN9+Gf+8v3WX+JW/usteb/AAD0/wCx+G9D/wCxb07/AMf8169Z5oA8i8QfAu41CPyrfWLPVrRf&#10;9Va+JtPW8aH/AHZ1KP8A99bqw9P/AGZ0jvPNl/4RvTf+m2m6O0k3/AWnkZV/75r3nmjmgDmvCfgP&#10;R/BfmS2Uck9/cIqXGoXUnmXEyr/Du/hX/ZXaldLzRzRzQB49+1pceX8B9cT/AJ+J7SH/AL6nSvXL&#10;eP7Pbxxf88VVP++flrxv9rD958L9PtP+fvX9Oh/76l3f+y17RJ9+T/eoAXmjmjmjmgDxb9oyOW4k&#10;8H2lvJ5ElxqKojyR+Yqbrm1XdtyN33qsSW/iuzj2XGn6P4hg/wCnW4ks5P8AvmQOn/j1R/HiTzPF&#10;ngO3/wBXvvN6fu2b7tzbv/D/ANc61JNQl/5+I/8AwDn/AMKAOb+2aFZyb9T0PWPC8n8c0dmzR/8A&#10;f20LL/31WP4wvNM8QaXcW+n+JP7d0mG1mm1Kb93MsMSq21WZk3KzMvy7q7T+3HkkjRLy38x28lP9&#10;avzf3fuV5f4w8Np4g8cSW9xJ5F/d6jaWjvaybWmiWJXZW3Day7vmbctAHtHwz+GdpJ8O/Dct7ca5&#10;BqU2nQvcSQa5ex/vWVWb7s22uo/4V3FH/qvEniyP/uOTt/6ETXP/ANl3ejxx/YvFniiO0Rdn7y3s&#10;pFT/AIC0NEesXsfz/wDCcaxJ/wBdNLsm/wDQQKAOg/4QfUI/9V448UR/9vkUn/oyE1oaXoeoaXHI&#10;kviTVNS3N8j33lbk/wBn93Gtcv8A25qtxJ/o/jSOOP8AuT+H1Zv/AB2cVJJqniO3+54o0uf/AK7+&#10;H5V/9BuaADxpHrfhezt9bTxJcSJDqNsjpPbxMsMUs6xM3/AfMrz/AFDwvp/gPxh4HS0uLzUvEN34&#10;m05Ld55Nq6ZY/bk89YFX/VRs0nlN/f8AM2fdrtPFFv4g8UeC9ct7jWPC93YTWciSw/Y7mGT7vy/N&#10;5x2tu+61Yej+F30+PQ9Yvbz+1ta1DxFo6S3v8KRLfRbYYuTtVf8A0OsgPtuiiigAooooAKKKKAOP&#10;+D//ACSTwR/2A7L/ANEJXYVx/wAH/wDkkngj/sB2X/ohK7CgAooooA+U/wBuy4WTR9Dtf7+n6o/5&#10;pBD/AO166Xy/s/7r+58n/fNcd+3VI0l14Tt47ae6+0Wd3C72+39wpubD94+WHy11MmqRSXEn+9QB&#10;Z5o5ql/aEVSfbIq1As80c1W+2RUfaEoAs81x3xc3/wDCv9QRP4mt0/8AI6V1n2hKx/GGjv4k8N3m&#10;n29xHHO/lvE8n3dyMrru/wBn5aAPmv4X27yfFDx5K/8AyxitLdP+/St/6FXrPNcVrnwLuNc1iTUn&#10;s/EGi38yqlxN4f1iKPztvyru+b/ZqvH8D7u3+54g+JEH+3/aEU1AEnxY/tD/AIRu3t7LXLfw9BcX&#10;Sw3t7PHuZINrtJt5HzfL93+P7lYXwW8Pr4fv/EEWm6p/a3h6ZLea1muo/JvPm3rtniUlI2XbtZV+&#10;/wDfrdk+C9xcR7Ljx58RPL/uT6fFMv8A6JNWLf4Py6f5n2T4qeKLDzn3v5/htW3t/ebbGu6gDsea&#10;5b4qSPH8M/Fj/wDUMuf/AB6JlqP/AIV3qsf/ADWy4j/6+vC6r/6FWfqnwz1XxJp9xpWp/GjR59Ju&#10;18m6T+x1hm8pvvbW3igD1j4Tx+Xo+n/7GgaOn/ktu/8AZq73mua8H29vH/aEtlHJHpv+j29k8nys&#10;8UMCxK3zfw/LXS80AHNHNHNHNABzRzRzRzQB4t+1B+88P+B7f/nt4u07/wAdZq9ok+/J/vV43+0Z&#10;+81T4T2//Pbxhaf+Oq1ey80AHNHNHNHNAHiXx0vIrP4geA7iWTy47eVpn/4Dub/2Ws/T9c1DxJb2&#10;+p63HJaeHtQZktYYLho40+bYq3LKNzbmX5WVtlanxUt31D4yeC7RI7OSR4pH2X0fmQ/LFdN8y5H9&#10;2us8N+D4tPt9Yi1Cz0vyNQl3/YrWNvs6ReUqbdrY+9tdm+WgDyPwf4Pe3+KHiBLfy4NC8pbuKykk&#10;ZY3Ys3zL/ut8v+55ddB8P9Hi8UfETUL20t5I/sOotd2/935IFi3N/veZXpGj+C9E8PxyJaWf+uXY&#10;808jTSOv93cxLbf9msPwHbp/wsCzS3j8uObXdVd0j+XeqW2xV/76agDvLy31OST/AI/I45P78dn8&#10;v/odc3qHhd7OOS4e8t5Nnz7I9PZmf/ZXmvQLis+SgDw/WNU8QSSXiWXhe4k37U095/Mh3t/F5/z/&#10;ALpf7tcneeNPHun6pJ9n8Pyf2bu3oklnK03lfIzL3+b5XX/tpX0zzUUlxZWflvd3FvBG/wBx55FX&#10;/wBCoA8b0/XNQ1j4L+NLvVbOS0v/AOzrhJU+zyW/97b9773y1cvNY/4Rfw/peofvJ7TTNR07UbiH&#10;/plDcxPI3+9tr0zxxJDefDPxZ9k8u787TLhE8jbJvbb/ALOay/iJZ2//AArO8tPLjj+0eTb/ALv5&#10;fvyotAH1fHIJBuWpK87+CPi7/hLPhv4bvWfzJH0+Hf8A7yrtb/x5a9ErIAooooAKKKKAOP8Ag/8A&#10;8kk8Ef8AYDsv/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooA+dP2xfAes+KPCdnrGh2lxqV3pkVz&#10;by21rGzy+XL5brIqr8zbZoIN23+AyV4PZ/tEeCryON5fElnYTv8Afhut0MkLfxRtuA+ZW+Wv0Drw&#10;rx5+yB8PPHXiK912azm0rUL2Tzr3+zfK8u6l7yOksbgN/eZdu7+LNAHgtv8AGTwlef6rxRo8n/b5&#10;Gv8A6Ea1Lf4iaJef6rXNPn/653kbf1rhv2kv2ZNE+FM/hebSriO7sNUuZ7SdNS0uzk2MImlj2skK&#10;/wDPN68ck+Genyffs9Dkj/7BbL/6LmWtQPqyPxRb3H+qvI5P+ucitVyPWHr4/wD+FX6f/Bo+hxx/&#10;9M/tsLf+jzRH8N4reT91p8cH+3Brl3H/AOhI1AH2J/bD0f25Xx/H4TvbeT91J4kg/wBuDxQzL/3y&#10;0IqxHZ+ILeT91rnjiD/rnqlpMv8A48VoA+vP7c/6aVJ/bn/TSvkePVPFtvJsTxh4wj/66aXZXC/+&#10;jqsf8Jh41t/kTxxqH/b14T8z/wAejzQB9af25R/bn/TSvk//AIWZ41t5Nn/CaaHJJ/0/eG72P/0F&#10;KsR/GTxnb/I/iDwHPJ/cnkubdv8Ax4CgD6s/tx/+elSf25/00r5bt/jZ41/59/A93/sQeIPLb/x6&#10;tS3+MHjj7/8Awhel3f8A14+JIGoA+lP7Y/6aUf2x7V89x/GTxh9+b4X6xJH/AH7XUIJv8Kk/4Xpq&#10;sf8Ax8fDfxhB/wBc7eOT/wBBegD6E/tij+2K+e/+GjNPj/4+PC/jC0/66aPI3/oJNSf8NOeD4/8A&#10;j4/ti0/676Pcr/7JQB9Cf2wlSf2olfP8f7Tnw8k+/wCJI4P+u9vPH/6ElXLf9oz4e3H3PGmj/wDb&#10;S42t/wCPUAanxw1Bbzx58H7f/qYmm/74iWvZP7QSvl+Pxhb/ABg+MHhu70TzJ/D3hZbi4l1Dy2WO&#10;a6lXYsa7q9o/tj2oA7j+0Eo/tCKuL/tipP7Y9qDI4f4sSJJ8aPB7+XcSRwwf8sLiSGT/AFV7826M&#10;My/9811Fn4guPL8201iSSBPvx6rbrcRp/wBt7Ynb/wACWvH/AI2W/wDbnjzw/vuPskCxR75vLVtm&#10;2K9ZW+YH+7WfqmoeK/A8kb3cn9pSQwQzSp8zXFt5v+qh/eP5vmMrI21bhf8AWVkan0Rb+KLj7P5t&#10;xpckkH/P7pUi30P/AJD+b/x2sf4VyfbPGmh3CeZ5bz61cfvI2X5WliRfvf71eX2fxQis9QjfxBp9&#10;xYSO3zzSR7Zn/wB1mML/APfM0tdx4f8AHH2iTS9dtLzy5Egmt7fUJPKmW5gdkdflkkhZpF8tF3f9&#10;9fNWoHtlxWfJXJx/EzVbj5/tlvd/9dNLZv8A0XdNViPx5qcn37Ozn/7hd9H/AOgh6AOgrDvPFGhe&#10;ZJb6h+88lvuT2cjLu/4EhWo/+FgPH/rdP0//AMnY/wD0K1qSP4oWUf37PT4/+4pt/wDRka0ASeJN&#10;Uit/hf4g1DQpI7RIbG4mt5rWPy9jKrfMvA/irn/iZriRx6Xp6f8ALHdqNx/uxf6v/vqRkrU8SfEy&#10;HUPC+qWmmafp89/cQNDEl1qlk0Ls397dIPlrm7yz0+3t9U1XVdQjv4LRf7R1fULWTdCnlfNBYwN/&#10;F83zN/tf79AHpH7Jdw9v8O9Hsv8An386H/vmd1r6Tr5w/Zn0e70fwno9vdx+XdpBvlT+5K/zsv8A&#10;301fRkf+rrIB9FFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFF&#10;FABRRRQB5/8AE74e6P8AEbw/JpWvafHqVizrL5cm5WRh92RWUhlZf7ytXzprH7I+iRySfYtQ8QWn&#10;/XPWJZP/AEZur7IeNZOtU5NLik/5Z0AfD9x+yncR/wDHv4o8QR/9dPs0n/oUNZ9x+zH4gj/49/GF&#10;x/230uBv/QdtfdEmh2//ADzqOTw3b/8APOgD4LuP2e/Gtv8A6nxJp8//AF30eRf/AEGeqcnwT+Id&#10;v9y48P3f/bO5h/8Aiq+/JPC9vJ/yzqvJ4Pt/+edAH59yfCv4h2//ADB9Hn/64apKv/oUFU5PA/j2&#10;3+/4P8z/AK9dUib/ANC21+hEngu3k/5Z1Xk8B28n/LOjmA/PeTR/Ftv/AK3wXrH/AGwktpP/AEGa&#10;qckmsW//AB8eF/EkH/cLkk/9F7q/QiT4d28n/LOq8nw3t/8AnnRzAfnfcahZR/8AH7peoQf9fWh3&#10;P/xusu41DwZJJvu49Ljk/wCnqzWNv/HkFfoxJ8M4v+edU7j4XxSf8s6OYD87/wDihLiTekmh+Z/0&#10;zuI4/wD0EitS30vRJPntLz/wF1SVf/QZK+5Lz4J6Zef63T7ef/rpbq39K5+8/Zj8KXn+t8L6PJ/1&#10;00+L/CjmA+S49Llj/wCPfWNcg/656pPt/wDHiak8vWI/ueKNcj/2PtEcn/oxDX0pcfsj+CpP+ZT0&#10;+P8A64W/l/8AoOKy7j9kPwv/AMsdPvIP+uGoXcf/AKDJWnMB4H/xPbj/AJmi8k/672dtJ/7TFWJN&#10;H1W8+/qGlz/9fWhxSf8AoJWvaJP2S9Pj/wCPfUPEEH/XPVJW/wDRm6qcn7Md7b/8e/izxBH/ANdJ&#10;LaT/ANChpged2cfiizt47e0vNDjgT+D+z5IV/wDIc22tSOTxn/BH4fn/AO2k8P8ARq6j/hQfiuz/&#10;AOPfxhcSf9fWlwSf+gqtH/Cp/H1n/qvEGlz/APXfR5F/9BnoA5/zPGf8Gj6XP/1z1SRf/QoKsfaP&#10;GEf/ADKfn/8AXDVIG/8ARm2tyPwn8SLP/ln4bu/+2dzD/V6kjk+IFn/rfC+j3f8A1w1iaP8A9Ctq&#10;AOH1zw/rfiC4uItT+HeoatBd2MluiSXlsqw3StvtrjzVm+XazP8AMtaGh+E7vxJ40t9Mvrz+1pNB&#10;2zarqEn/ADENYlXdI3/bJW/77kj/ALldpHefEPUI/s9p4f0vQpH/AOX261BrzZ/tLEsa7m/3mWvS&#10;PhH8K08L6fb2ieZPs3PLNP8ANJNK7M8kjN/eZm3NWQG54f8AhPZXmn+VcW8ckbr86SR7lrzPxx+z&#10;Hqvh/WJLvwZH5GjXEX+kaLBrE+mwwz7mZpoljRk+ZW+Zdq/6vfX1Zpdmlvb7KvywrNHtfkUAfAGo&#10;eA/FtnJsuND1h/8Arh4gtrj/ANHwCs//AIR/Xbf7/h/xJH/276Ncf+yCvve48K2dxJuZKqSeBLGT&#10;+CgD4vj8aeNbP5XuPFkcaf8APfw3YzL/AOQnqO8+JHii4t5Le41jVII3/wCWkng+7jb/AL6ikFfZ&#10;Enw7sZP+WdV5PhnZSf8ALOgD4jk8cXsf3vEnmSf3J9L1dWf/AGdrO1dZ4P8AD/i34iR6f/wktvHY&#10;aTaT/aLXSI9zNNLu3RzXO7PzL/DF/A/zt833PqiT4X2lamj+A7TS/mSOgCv8P/C/9j2ce6u3qOON&#10;Y02r0qSgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYV4p8LPjf4KsPhb4Ot59cCyx6PZxMPsk5G&#10;5YEB/grqv+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxF&#10;AHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hf&#10;XgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+v&#10;Av8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DTK4H/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA77y6PLSuB/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAO+8tKTyU9K4L/hfX&#10;gX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7r7OlH2NK4X/hfXgX/oOf+Sc//wARR/wvrwL/ANBz&#10;/wAk5/8A4igDtv7PipP7Nh/uVxX/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHZf2TD/c&#10;qP8AsSH+4Pzrkf8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAOqk8P2/8AzzqvJ4Xt/wDn&#10;nXO/8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAbUnhO3/AOedV5PBdvJ/yzrN/wCF9eBf&#10;+g5/5Jz/APxFL/wvjwL/ANBz/wAk5/8A4igDRj8F28cn+rrcs9His/uR1yX/AAvjwL/0HP8AyTn/&#10;APiKT/hfXgX/AKDn/knP/wDEUAd9T68+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9B&#10;orz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFFAH//ZUEsDBAoAAAAAAAAAIQCh96ZITCcAAEwnAAAVAAAA&#10;ZHJzL21lZGlhL2ltYWdlNi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwME&#10;AwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBD&#10;AQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcI&#10;CQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAk&#10;M2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqD&#10;hIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl&#10;5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgEC&#10;BAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcY&#10;GRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOU&#10;lZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3&#10;+Pn6/9oADAMBAAIRAxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvh&#10;n/0T7wx/4KoP/iK0fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EVa1b4jL/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4jyYfy/DFrx/x&#10;7+Zczf8AkXav/oNAEH/DP3wz/wCifeGP/BVB/wDEUf8ADP3wz/6J94Y/8FUH/wARSyfETU/DJ/4r&#10;HRP7KscZbWdPnN3ZJ/11OxXiX/aZdv8AtV3MMqXUaSxOrxsNysvKspoA4X/hn74Z/wDRPvDH/gqg&#10;/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKo&#10;P/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T&#10;7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE&#10;+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z&#10;/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++G&#10;f/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKA&#10;PPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo&#10;/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0&#10;GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/g&#10;qg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4&#10;KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+&#10;8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8&#10;Mf8Agqg/+Ir0GigDz7/hn34Z/wDQgeG//BVB/wDEUV6DRQBx/wAH/wDkkngj/sB2X/ohKr/EbVL6&#10;Q6Z4e0e4e11XWpGj+2R8tZ2yLmeZf9oAoi/7ciVY+D//ACSTwR/2A7L/ANEJVeP958aLjd/y76BH&#10;5X/bW5fzP/RSUAb3h3w7YeF9Jt9N02BLazgXCoo/FmZurMx+Ys33vxzXnmsftIeG9PutTFppniPX&#10;NK0mWSHUta0fS5LmytXT/Wqzr8z7P4vLV9tej+J7ybTvDOr3dvzcW9pNLH/vKjFa+avgDH8Tr39n&#10;PwlqHhtdAsbGPRo5bTQ9UtJZptSfbmRp51kXyvMk3uu2Nv8AWfNQB9NaNqtj4i0ez1LT7mO+0y9g&#10;We3uIfmjmjdQVZfYqa4jw7bj4feNE8OxHb4c1YSXGlRYwtnOnzS26f8ATNlPmIo+75cv8OytD4O+&#10;JtI8XfC3wvrWg6fHpWlX1jHNBp8aKq2vy8x4XA+Vsr+FJ8Uv3cXhSdTtnh8Q2Xlf8DZom/8AIcj0&#10;AdzRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJ&#10;gmZSkzf7KSomf7qySNWl8H/+SSeCP+wHZf8AohK6e6tYb+3kt540mgmUpJE6bldSMFTQBJLGkyur&#10;jejfKy14Zpfwr+JngfQJ/B3g/wAT6DB4UxJFp9/qVlK+o6XA7N+7VVOycx7vkZ9vQbt9dfY6L4k+&#10;HObfRoP+Ep8Nr/qrGe4WK9s1HSOKR/lljXssjIy/33rRHxUtoxi48OeKIZ/+eP8AYk8n/j8YZP8A&#10;x6gDT8A+DdP+HngvQ/DGll/sOlWyWkbSHcz7V+83+033vxrE1aceKviPpekW5D2nh5/7Tv5MfL9o&#10;eNkt4f8Ae2u8remI/wC/Uc2teMPFrfZ9H0mXwpZN97VtY2NcBf8AplbKzfN/tSsv+49dN4X8L2Xh&#10;DSEsLHzGQu00s07+ZNcSMcvJI38TN60Ab1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/&#10;6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/5J&#10;J4I/7Adl/wCiErsK4/4P/wDJJPBH/YDsv/RCV2FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACYox&#10;Xzp+0R+1KPhjqFv4d8Mx2eq+JG/4+mny8Nmv8KsqkbpG7LuFeHyftVfFq7+5qml2n/XHS1P/AKEx&#10;o5Rcx9+UV+e8/wC0P8X7j73ivy/+uenwL/7JVST43/FqT7/ji8/7Z28C/wDtOtOUjmP0Tor85P8A&#10;hcnxVk/5njVP+/cX/wART4/jF8V45Cy+N9U+X/npHCy/+gUco+Y/RiivLP2dPiPf/FL4a2eq6r5f&#10;9rW881jevCNqvJG33tv8O5WRvxr1OsywooooAKKKKACiuM8XfFrwl4D1iy0rXtat7DUr1d1vasjt&#10;JN977qqD/df8qpf8L08Ef9BiT/wDuf8A43QB6BRXn/8AwvTwR/0GJP8AwDuf/jdRSfH3wFb487xD&#10;HDu/56W869PvdUoA9ForjPD/AMV/C3ijWItL03VDPqEsTTJDJbyxsypjcy71H96uzoAKKKKACiii&#10;gAooooAKKKKACiiigAooooA+Zvhz8WPFOg+AfCcb2dhqUEuk20NugRoWhxAu1nbc29f733a6D/hb&#10;vi/T5Psk9np99PcJvim8toVtv9p13ncv/fFYPge302T4X+E5bi4kj/4k9o++Pd/zyT2NdBqkej2/&#10;2e4uLz7P8y7H+7978K1MhifFrxdDJJpr22nz3b4ddQ8tlWFf7rRbzub+781LH8XPF8pk0xbPT/t0&#10;TfNqfltt2/3fK3/f/wCBbadef2Jb6hbvLqHlzu+xE8z7/wDs9P8AaqveSaVb6hH5V5/pczMnk+Z9&#10;/wDSgCWL4ueL9QU2cVnp9rcW7lJb3y2kWb/di3jb/tfNSx/GDxfqlufIs9Psfs+5ZZpI3mW5x/Ei&#10;7xsX/vus3T/Kk1j/AJCFvHvikf7LJu8z733ulXNLj0yOS8ifUI5J9u944/4F/KgCV/jB4vu7X7fF&#10;Z2FjBCm9raSOSYzbfvNvyNqt/D8tLcfGTxVg6qmn2kFiu3/iWOjNK/8As+buC7v+A02zj0SSO8ii&#10;1DzI0bZLH5n3N34VTuJNM/seT+z7z7Xsl2P+83f7XoKAL0vxg8VWbR6lLp9nPYs2z+zE3CTn+Hzd&#10;23d/wHbXi3xj/aD+INx4j/4Ruz1OPQ41ijuJn0uPbKd/KxrIxJ27f4/kr0Oz1T7R4TjuH/gaT/x3&#10;dXz344vH1D4kahdr+8n+x2SIn/TVlVV/8eagCceOvGg8xZPHfiieRE3P/wATRo1TP95m+Va0dLuP&#10;H2ueY6eOPEEEafxz3lztf/dZtu6jR47Lw34fuNd1CTzLSHc8Xmfx7W/13+1Izfd/2Kw5PEHiDXP9&#10;Lu9Qk0mB/nisrXb5m3/aZgfmoIOs/sPxnJ9/4ga5/wCBlz/8cqnceB/Ed5HsuPHniCSN/vp9sl2/&#10;+PSGub+0X3/Qc1T/AMCF/wAKPMu/+g5rH/gR/wDWqwNC3+C9pbyRy/2pcSeS2/8A1ce3d/tcfNWx&#10;/wAI3b6fH/z0/wC2e2ufjjuJP+Y5rH/gR/8AWqSPR3k+/rGqf+BH/wBagDY+xxf886PscX/POs+P&#10;wukn/MY1T/wM/wDrVcj8Hv8A8u+uapbz/wDTeRZl/wC+WFQBJ9ji/wCedH2OL/nnVfT7y4+0XFlq&#10;Eccd/abd/l/6t1P3ZF/2Wq5Vge5fsbXhjs/HelDiO21aO5Vf+u0C/wBUNd58UPi5qXgfxR4c8M+H&#10;/DEnivXNYiuLtoUuxapbW0OwPM77G/iljULjmvLf2Q7jy/iB48tP+e1nYXH/AHz5qUvxQ8fXXg/9&#10;prV9Rsoo5pdN8FW6mObdt/eXdxIw/wBnd5CVn9o0+yehf8LZ+IX/AETCP/weN/8AI1Rv8XviDFGX&#10;f4YRpGv3nfW2/wDkartv8TNVuLeOXy7f51V/9W3f8aJPiBqckex47OSN/vp5bf41mIx/+F9eL/8A&#10;on9n/wCFB/8Ac1H/AAvrxf8A9E/s/wDwoP8A7mq5J4neSPb/AGXpfz/9Oa1h+XQBw1rDZfG741Xk&#10;/jC8/wCEUuNJgg/s/S9O1jbNMyRy+ZN5qoj7VW9/h/56fNXpP/CnfB//AEOHiD/wqLn/AOOV4P4T&#10;jS8/aY8QTP8AvPs+nXOz/gUtmn/tJ69o8tK1AuXnwb8NfZ5PsXjDXPP/AIfP8UXe3/x2SvK/ip8H&#10;7Szjt73/AISyOf7PZ3b/AGWfxBdyTTfKv+qVnP8AwKvSPLSvN/i5Gn9oaP8A9ed//wCiloANQ0vW&#10;PC/xE8J3vh3WLyDUkiv3T+1bye+t3VVi3Rskkh2q395dr16Zf/tIa5Z+HJ9vgHVJPEiRsqp58H2A&#10;yY+VvNMoby8/7O72rk9cjT/hYnhP/rhqP/oMVWPiJeXej+A/EmoWNxJBf2mnXE1vNHt3IyqzK1AH&#10;o8WpfGB442a38LpJtUun2eX/AOP1L9v+MH/Pv4X/APAeX/4/Uen+K9QfT7N21CQSPBG7/d/urVj/&#10;AISy+/6CEn/jtZGphXHjr4m29xJby/8ACLh0fY2LO5b/ANrVyHh3x74vXxlomoXOpSX0mrJdvcab&#10;NJ5NkkSbfL8pdjMvzMn+9/FXo9x4vvbe3ll/tCT90jOfu9ua4C81R/EnxI0e9fzPMfQpJv3n3k8y&#10;WJf/AGnWpkeir8WNT1KMvp+gpF5LeXP/AGheeTulH3li2o29f9o7aavxa1G+tfttloOyxRd7LfXf&#10;k3Em373lpgr/ALu5vmqPTPD9vrclxbveR2kFpthRPl/iXLdxWxL4JtLufa+qR+Wu1PJwPur/AA/f&#10;oAzH+Ll95X9proRj0bbv8ua423rx/wB9Ytu3/gG7dRN8WtQtB9tuPDkn9muVKQwz7r7axwGaLG3/&#10;AIDuq5P4PW4uPtC6hHdlJP8AV/KvT8TWMNNurS3uNWvY4P8AR1kl+SdH/wB37poAuTfFXU7GWP8A&#10;tDw75kdw/kxQ6deedPHI33VkVgq/8CVjtp3/AAtPVLKWOC70BLi4uNy2/wDZ955q71+8sjMi7F/2&#10;vmqLwfokOsaONVlvI4Lh1bZv2/Jn+LqK04/BNpZwSSprCeYybPPwv/xdAEX/AAsbxN/0Ktp/4OF/&#10;+N0Uz/hEIv8AoYI//HP/AIuipHqeEeH9QuI/g/4bdLiSORNFtP8AVyMv8KVseLLiWTS7dHkkk+e3&#10;/wCWn+zWHp9u/wDwqfwvEn8ek2Sf+QkroPFFm8lxp9un/PeFKoQeJP8AkKaX/wBfy1Hef8jZo/8A&#10;z03TVJrFu9x4o0tP+Wf2pn/75+apPs7yeNLP/nnDFM//ALL/AOzUAV4/+Rss/wDrzk/9mqPT/wDk&#10;ZNU/69o//ZasafbvJ4skf/lnDZt/498tGj27/wBqa5L/ANMo0/8AZv8A2WgCPR/+Qrrn/XWH/wBm&#10;o8N/8g+8/wCef2+SpPD9u/l6xK/8d5/6D/8AtVH4ft3t/C8j/wDLR55n/wDZf/ZaAINH/wCRPk/3&#10;rj/0GvCtUj8z4gXn/XWwT/yFXvFvbvb+A4/+ejxTP/31Xg/ii3lt/iBrlvF/r/stlNF/vLEjrQBo&#10;fFCz/s/wfodl5nmQQ3VtDK/+ytY+ob/MkrvNQt7L4geD5Ikk/cXcXyP/ABI3/wAUrV5//wATPR44&#10;7TW9PuPMh+T7baxtNHN/tfL8y1ZBHHvqxHvqv/aFpH/yzvP/AADl/wAKsR6paf8AT5/4By/4UAWI&#10;99aFvurLj1jT/wDp8/8AAOX/AAq5H4k0yP7/ANs/8A5f8KANy331sWdcvH4w0qP/AJaXn/gHL/hV&#10;yPxxZeX/AKFZ6hfz/wACR27Rr/wJpMKtQBHrGz/hOI9n+sTTP3v/AAKX5f8A2erFU9Ls7iOS4u72&#10;SOS/u5d8vl/dRfurGv8AsqtXKsD0/wDZP/5K54o/7Atr/wCjXrA+OEn/ABkZ48/7FnTE/wDS+un/&#10;AGTY/M+KHjOX/njpVkn/AH1JKf8A2WuQ/aA/0f8AaM8af7fhbTpl/wCAterUfaL+yeoaH+80PT3/&#10;AOnWH/0Fau81S0vZHpdmn9yCNP8Ax1aseYv/AD0oAl5o5qLzF/56UeYv/PSgDxv4b/vP2gPHD/3L&#10;Fv8A0ulX/wBlr2nmvFvhn+7/AGgPHCf37Fn/APJ6Vv8A2pXtPNABzXmXxc/5CGj/APXnf/8Aopa9&#10;N5rzL4uf8hDR/wDrzv8A/wBFLQB0muf8lE8H/wDXDUf/AEGKo/ix/wAkv8Wf9gm5/wDRTUeIP+Si&#10;eE/+vfUf/QYqPixIn/Cr/Fn/AGCbn/0U1AEml65/xK7P95/ywj/9BWrH9uf9NK4fT7z/AIl9n/1w&#10;j/8AQVqx9soA6TWNcf8AsfUP3n/LCT/0Fqr+B7j7Z8SI1/546Fbp/wCR2/8Aia5vULzzNPvE/wCm&#10;Tf8AoNanwvuPM+JEn/YFt/8A0e3/AMVQB6Jp/wC8+IGof8Bo8L/8jJrD/wDTdqNLj8vxxqjv/eVP&#10;/HaPCcbx65qm/wDjupEoAj8F/wDHvrD/AO1JVfw//wAiPqj/AOzJVjwfG/8AZ+qf89G86q+lxtH8&#10;P9Q/65M9ABJ/yTeT/b2/+hVJ4g/5Ee3/ANuWOi8jf/hX8kX9zy//AGWpPEkbyeF7OFP+e6pQBw9F&#10;an9jvRQBh+C9civPA/hfyreS7sLTSrT7VNBG0kdsyxJt81l+7XQSeJUuLz7akEk+lW+3dqEcbNDD&#10;J83ys33a9z+D8ax/CXwWF6f2LZf+iErq/KSOPYqfJ/d7UuYfKfMP/CSW/wDaH9oS28kem7tkWoeW&#10;32d22/Mvm/d3UWfiBLe4kvb63ktLS43fZL2eNo4Zl/i2s1fT3lr5ezZ8n93tRJGsibGTelHMHKfL&#10;tn4gh0/zLjULeSxkuF3QPdRtGsy7m2su77y0kXiIabZyRXlpcadqU0assN1GyyPlflZV/i3V9SPG&#10;kn3hu20hjWQhmT7v3aOYOU+Xf7c+z2cmnxafcR608v8AyC5I2W4dm2/Lt/8AZvuVJ/bm+3j02ys7&#10;ifUkl2Pp6Rt9o/2vlr6f8tPN3bPn/vUeWnm7tnz/AN6jmDlPlubXo763t7LTrSe9ESkXFraxs0iR&#10;heWZfvLtr58+KGqRR/Fi8u4pI/Iu4Ld4n/h+RVRl/wDHa/SYRrGSyp9771c/4v8Ah/4c8eaeLLxB&#10;otnq0CtvRbiPcyN/eVuq/hRzBynwDpeoXen3El7o8kf7757jT5/ljmb+8rfwtVz/AITjW7f/AI+N&#10;PuP/AAX+Z/49HJ/7LX11J+yd8Km+74Tjj/653lwv/tSqcv7IPwyk+5pd/b/9cdUuV/8AZ6OYOU+T&#10;f+FoXEf3rfy/+umlzr/U0f8AC2E/jjj/APAO5X/2U19TSfsc+BX/ANXd+ILf/rnqkn/s2az7z9jX&#10;w9JG/wBh8V+KLR/4XkvEmH5MlHMHKfOOn/FjR7z/AEe4k/0t22JDa28rf+hAVqf2gl59yO4j/wCu&#10;kbLXG/GT4d6/8G/H1lDqlx9vjdGew1ZI/L+0r0ZX/usv92smz8WXEn3rimZnpHmUvNcNH4sf/npV&#10;j/hMP+mlWB1lFcn/AMJZ/wBNak/4S3/boA+kv2PbMyar8Q7/AK/6VaWiv/uRMzf+jK4z9rezfS/j&#10;pol0/wC7j17wzJp0T/35YLtW2/8AfN3Xqn7HGnvH8JZ9WdMPrGq3V3/wEN5a/wDouvV/FHgnw744&#10;gt4Nf0TT9Zgt382FL63WURttxuXcPlOD+tZ/aNPsnzr/AMJRFH8iXEfyf9NFpP8AhLIv+fiP/v4t&#10;e1/8KB+G3/Qh+H//AAXRf4Uf8KB+G3/Qh+H/APwXRf4UcxoeKf8ACWRf8/Ef/fxaP+Esi/5+I/8A&#10;v4te1/8ACgfht/0Ifh//AMF0X+FH/Cgfhr/0Ifh//wAF0X+FHMB8e+E9YSz/AGjNY/5532nXOz/g&#10;LWb/APtR69o/txK5D4ufs73Wi/GrRNe8C+HLuw0prbybl9Ds4JIYFMcqyfuGlj3MzLa/8BBqf/hX&#10;fjH/AJ6eKP8AwmLT/wCTqZkdR/biV5/8UNQS41DS/wDYtb3/AMeiWtj/AIV34x/56eKP/CYtP/k6&#10;ud8VfCbx9qlxZtbW+vXSJFOj+doFtFsZl+X7t2d249f7tAHReINY/wCK88Lun8MF/wD+gxVy/wAS&#10;PiZolx4L8UWSaxZ+e9jcW+zzP4trLt/u7q63w58CtZ8Z/EDRU8Tf2+/h+2huWufOsYdNEm4RhY90&#10;VxI7K3O7bt6V9OXHgfQbrwjJ4XbSbSPw+1sbT+z44lSFYiuCqqPuigD4u0+8/wCJfb/9co//AEGp&#10;PtlfR0f7Kvw8iQIthqeF6f8AE4u//jlP/wCGWfh7/wA+Opf+Di7/APjlLmNOU+ari88y3kT++rVs&#10;fCe4eT4gb/Mjj/4kTPvkk2r8k6f/ABVe/f8ADLHw9/58NT/8HF3/APHKyPh7+zHp3hDxZcatqOqL&#10;4jtEgktrOyvLNf3KmUPln3HzGXaF+6tFyOUqR6xp95b3Gu2VxHJAq77jzJNuxkX7rbqk/tjT7ezk&#10;123uI/7NdvOd/ut83ysu3727/Zr2C98H6FqF/Hf3WkWdxex7ds8kCs4x05xQ3hDRG1cam2kWf9pB&#10;t4uvIXzN397dj71Zhynj/wDamn6HZx6mlxHJpMzfI8fzb9/91V+aiS80zR7OOK7vLePTL5fs8U3m&#10;Kyvn7rf7v+1XsFv4R0Sz1Z9St9Is4NSbO67jgVZOevzYqO18FaBYXE89ro9hbz3Cskskduis6nqp&#10;4oDlPI7jULLT5I9K1C4jg+3L+6/efxLt27v7q/3WouNQso7iPRLu4jS7m23FunmfxL/D/s/d+WvX&#10;LDwX4f02C4t7TRLC3huv9fHHboFk9mGOaLfwV4ftNNuLCLRLCOyuPmlgEChH/wB4YoDlPL/7PuP+&#10;ecf/AH8WivRv+FX+Ef8AoWtL/wDAOP8AworS4cpB8H/+SSeCP+wHZf8AohK7CuP+D/8AySTwR/2A&#10;7L/0QldhWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAYviTwlovi/T/sGuaVZ6tabt/kXcCyLu/v&#10;YNeeXn7KHwqv/v8Ag+3h/wCveeaP/wBBcV67RQB4Pd/sWfDC4/1Vnqlp/wBcNUm/9mJrHuP2FPAU&#10;g/dap4gg/wC3yNv/AEKOvpCigD5a/wCGFfCtw8q2/i/XAEbayHyJNjfe2/c/2qLf9g3w/HcI1z4s&#10;1u4tg3zQIkMbOv8Ad37a8a+IWk/Ej9hv4pah4/0W8vPGPw716883VIb6RpJN7t0mb+GT/nnL/wAB&#10;avtP4T/Fzw38aPCNv4i8MX32q0k+SWF/lmt5O8cifwtRzBynSeH9BsPC+h2ek6Vbx2mm2USwwQx/&#10;dRR2rToooAKgnuIrWF5ZXSKNfvO/Aql4g8Q6b4T0S71jWLyHTtMs42luLqd9qRoP4jXwD43+IXjb&#10;9vzx5L4K8Ai40H4X6fKv9oanNGy+ev8ADJL/AOyQf8Df/YAP0SorD8IeHE8H+FNL0VL681NdPtUt&#10;vtl9J5lxNsXG52/ibitygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/AIP/&#10;APJJPBH/AGA7L/0QldhXH/B//kkngj/sB2X/AKISuwoAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKAPnL9rD9qrUP2bbjw1FZeFE8Sf2stw7brlofJ8rZ/dRv79eA/wDD0jX/APol8f8A4NJP/jFf&#10;oNNGsn3kRv8AeFM+x2//ADwj/wC/dAH55at/wUw1LXtLn0/UPhJaX1jdRtFPbTahI0bqeGV1aCvn&#10;D4e/H7Vfgt8UrjxP4I0uXw9pF3Kv2jwxdXElxDNF/wA897AN/uNt3LX6G/tWftYaT8CdP/sHQoIN&#10;d+IN8oS005I/MW23/Ksku3/x2P7z1xf7L37Iuorrx+Kvxf8AM1rxxeyfa7fTr0K/2Nj92SQdPM/u&#10;p92L/e+4AfVHgTxU/jXwfpOuS6XeaHJqFslw2n6hHtuIN38LrW/JJ5ce771SUUAfkf8AtdftNeKP&#10;jN44ufDN7p+oeHvC+k3vlL4fk/d3E0qPjzJ+v7z+6v3V/wBuu/8Ahz+34nwp8J2nhrwx8IINN021&#10;6J/akrMzfxSSN9nyzN/E1fUX7VP7JWlfH3S/7Y0mSPRvHliv+i6j91bnb92GfH/jr/eWvN/2Z/2r&#10;tR0/xIfhT8Y4P7F8Y2Mi2drqd9GFF038McrdN7fwy/df/e++AcX/AMPSNf8A+iXx/wDg0k/+MV6R&#10;+zv+3Vq3xu+Kun+D7vwLHoUN3BPL9uW8eTb5cZfGxol6/wC9X139jt/+eEf/AH7p0cEUXzLGqUAT&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErsK4/wCD&#10;/wDySTwR/wBgOy/9EJXYUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB86/Cn9jnwt8&#10;Nfil4g8eXuo3nivWby8kuLCbVTvew38sdxJMknbzW5219FUUUAFFFFABXhn7Sn7LXhr9orR4xey/&#10;2N4jtP8Ajz1m3i3SIveORcjzI+eh+7+de50UAYfhHw7H4P8ACekaJHe3epJp1qlut1fS+bcShFxu&#10;dv4m4rcoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBg&#10;Oy/9EJXYVx/wf/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAOP+D/8A&#10;ySTwR/2A7L/0QldhXinws+N/gqw+Fvg63n1wLLHo9nEw+yTkblgQH+Cuq/4X14F/6Dn/AJJz/wDx&#10;FAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/&#10;4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4iigD/2VBLAwQUAAYA&#10;CAAAACEA75yf9uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93EENvG&#10;bEop6qkItoL0ts1Ok9DsbMhuk/TfOz3pbWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pAcIH&#10;TUa3jlDBFT2sivu7XGfGjfSFwy5UgkPIZ1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWPkfR&#10;i7S6If5Q6w43NZbn3cUq+Bj1uE7it2F7Pm2uh336+bONUanHh2n9CiLgFP7McMNndCiY6eguZLxo&#10;FSyShJ0K0pQbsD5fzvlwvA1pArLI5f8GxS8AAAD//wMAUEsDBBQABgAIAAAAIQDJHdJQ4QAAALsD&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zTz0oDMRAG8LvgO4S5u9ndtouUZnsRoVep&#10;DzAks9no5g9JFPv2BgSxUNZbjplhvu93yeH4ZRf2STEZ7wR0TQuMnPTKOC3g9fz88AgsZXQKF+9I&#10;wIUSHMf7u8MLLZjLUZpNSKykuCRgzjnsOU9yJoup8YFc2Uw+WszlGTUPKN9RE+/bduDxbwaMV5ns&#10;pATEk9oAO19Caf4/20+TkfTk5Ycll29UcGNLdwnEqCkLsKQM/gw3zVsgDfw2oq+D6FcRXR1Et4oY&#10;6iCGVcSuDmK3itjWQWx/Efzqy43fAAAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJcQSCD&#10;BAAAyBwAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJ59&#10;FoijPwAAoz8AABUAAAAAAAAAAAAAAAAA6wYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoA&#10;AAAAAAAAIQDbBcE+QT4AAEE+AAAVAAAAAAAAAAAAAAAAAMFGAABkcnMvbWVkaWEvaW1hZ2UyLmpw&#10;ZWdQSwECLQAKAAAAAAAAACEAlSiuVF1AAABdQAAAFQAAAAAAAAAAAAAAAAA1hQAAZHJzL21lZGlh&#10;L2ltYWdlMy5qcGVnUEsBAi0ACgAAAAAAAAAhAP1UW+n8LgAA/C4AABUAAAAAAAAAAAAAAAAAxcUA&#10;AGRycy9tZWRpYS9pbWFnZTQuanBlZ1BLAQItAAoAAAAAAAAAIQDJCHSvNTgAADU4AAAVAAAAAAAA&#10;AAAAAAAAAPT0AABkcnMvbWVkaWEvaW1hZ2U1LmpwZWdQSwECLQAKAAAAAAAAACEAofemSEwnAABM&#10;JwAAFQAAAAAAAAAAAAAAAABcLQEAZHJzL21lZGlhL2ltYWdlNi5qcGVnUEsBAi0AFAAGAAgAAAAh&#10;AO+cn/bgAAAACQEAAA8AAAAAAAAAAAAAAAAA21QBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQDJHdJQ4QAAALsDAAAZAAAAAAAAAAAAAAAAAOhVAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAALAAsAzAIAAABXAQAAAA==&#10;">
+              <v:group w14:anchorId="055D305F" id="Grupp 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:41.65pt;margin-top:27.9pt;width:357pt;height:369.75pt;z-index:251658241" coordsize="42044,40313" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKJcQSCDBAAAyBwAAA4AAABkcnMvZTJvRG9jLnhtbOxZXW/bNhR9H7D/&#10;IOi9sb7sWkLsomjWoEC3Bev2A2iKsoRKokbSsbNfv0NSkq04WZsg1WqjDzZISaTuPffynEvq8s2u&#10;Kp1bJmTB64XrX3iuw2rK06JeL9y//nz/au46UpE6JSWv2cK9Y9J9s/z5p8ttk7CA57xMmXAwSS2T&#10;bbNwc6WaZDKRNGcVkRe8YTVuZlxURKEr1pNUkC1mr8pJ4HmzyZaLtBGcMilx9credJdm/ixjVP2e&#10;ZZIpp1y4sE2Zf2H+V/p/srwkyVqQJi9oawZ5hhUVKWq8tJ/qiijibERxNFVVUMElz9QF5dWEZ1lB&#10;mfEB3vjePW+uBd80xpd1sl03PUyA9h5Oz56W/nZ7LZpPzY2w1qP5kdPPErhMts06Obyv+2v7sLPa&#10;/spTxJNsFDeO7zJR6SngkrMz+N71+LKdciguRtMwjD2EgeJeNIun82BqI0BzhOloHM1/6UYGXhS1&#10;47zQD/WoCUnsS42hrWHLy6agCX4tWGgdgfXlpMIotRHMbSepvmqOiojPm+YV4toQVayKslB3JkeB&#10;jzaqvr0pqMZZd4DrjXCKFDi4Tk0qQIm7+qVOGL/W7nVP2TFE+2Qi49T8XU7qNXsrG6Q3Fh0m6C4J&#10;wbc5I6nUlzVGw1lMd2DHqiya90VZ6tDpdusxVsi9DHsANJu9V5xuKlYruxwFK+E8r2VeNNJ1RMKq&#10;FYOX4kNqDCKJFPQP2A3j0FaCKZrrZgYj2usIbH/DWLw3UrsjkaxfzD+Acpx/gTcNYptFfjDzokEW&#10;AWEh1TXjlaMbMBlWmtQmtx+lthd2dY9oi2uugetA1la1eMNIzT8gNNnhid4Rok9as59y0jBYo6fd&#10;5860yx2NHHKi1Nkz1261z3ULW9pV/R+JMhigO18Fs0YUDA+ofX8WthHulnvoIQp6qePWS2FNkrIe&#10;gm+vgAOsydZ1tVvtWhRWPL1DwgiOkIJ6oFVo5Fz84zpb8P7ClX9viF7r5YcaQdIi0TVE11h1DVJT&#10;DF24ynVs852yYrJpRLHOMbNvUqbmb0GMWWHSRptmrUCC6A7y4vR46nWXazctT0VgcmA8ZJgz4KlA&#10;ezUWTwX+NHiUq8KRuEqHEL+TkUwwzlAyI89UBGeXisarsVLRpqEfRnNTf5Ck4/F7smlKtr742mvi&#10;6cgmagCbP3vZjGw1oNkZ8jqebAZT348t4XRwH8rmsNB9PtZPkE1TlBol3+vWD/Xst5/PrPKxZTni&#10;rNlZyqep9MbirL18PsJbBxL6TXnr1CTUP9p2Rp7hobPT0PaEYcxtZzCL41a6O1IfaOg0NlCftIb6&#10;D+w9I9/sCEYX0XA+QxFtqvYO70MR/R/2nkZEzUbih4g+cHL0XBGdHYmob0A+O9IypcH4IvoIcfUi&#10;ehbE1R9kHFT/kMP2uGiE6h9HTDgUC+N41mpTR1oRONWcl8Um/i+gD0+t+41qfc+UpW375seqfn/A&#10;cJgiJlgjaZtNkcjzYcpA1/Yp8lLl7FNTpF8p3+vBqvkchM9l5sC+/bSnv8cd9s1B7P4D5PJfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAnn0WiKM/AACjPwAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y&#10;/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwKDAwLCgsL&#10;DQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgAzwFRAwEiAAIR&#10;AQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAAB&#10;fQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeo&#10;qaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMB&#10;AQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYS&#10;QVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNU&#10;VVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5&#10;usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A+iPh/wDC&#10;fwVeeA/DdxceD9DuJ5tMtnd5NPjZnZolZm6V0H/Cn/An/Ql6H/4L4v8ACrnw3/5J54X/AOwTaf8A&#10;opa6HmtQOS/4U/4E/wChL0P/AMF8X+FH/Cn/AAJ/0Jeh/wDgvi/wrbh1K81rVLjTfDumXGu39u+y&#10;48uRY7W2b+7LO3yq3+yu5v8AYroI/hj49kj3PceG4H/54/6TN/5F+X/0GgDw74S/CHwf4+/aw8UR&#10;f8IvpD+GvBegW9pLZCzj+zzaheN5u5027WZYY/8AyJX1B/wz98M/+ifeGP8AwVQf/EV5l8E/DOo/&#10;s7nxpceOIBJL4m1+bWbjxFp2ZrOFHVUihl4DxLGqBdzLt5+9X0PDKl1GksTq8bDcrLyrKayA4X/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iK+U/ip4D8F/Ej9ozTPBHhvwnoem+GvBKrqfiS5sdPhj+030i/6&#10;NYsygblVf3rrX0x+0X8aYPgb8MtR15IPt+uzsmn6Lpaffv8AUJcrBCvP975j/sg14z8F/hvcfDPw&#10;PHaancf2l4o1CeTVNd1T+K5vpvmlb/dX7q/7FAGh/wAKf8Cf9CXof/gvi/wo/wCFP+BP+hL0P/wX&#10;xf4V1vNHNagcl/wp/wACf9CXof8A4L4v8KP+FP8AgT/oS9D/APBfF/hXW80c0Acl/wAKf8Cf9CXo&#10;f/gvi/wo/wCFP+BP+hL0P/wXxf4V1vNHNAHJf8Kf8Cf9CXof/gvi/wAKP+FP+BP+hL0P/wAF8X+F&#10;dbzRzQByX/Cn/An/AEJeh/8Agvi/wo/4U/4E/wChL0P/AMF8X+FdbzRzQByX/Cn/AAJ/0Jeh/wDg&#10;vi/wo/4U/wCBP+hL0P8A8F8X+FdbzRzQByX/AAp/wJ/0Jeh/+C+L/Cj/AIU/4E/6EvQ//BfF/hXW&#10;80c0Acl/wp/wJ/0Jeh/+C+L/AAo/4U/4E/6EvQ//AAXxf4V1vNHNAHJf8Kf8Cf8AQl6H/wCC+L/C&#10;sfxZ4H+F/gfw3qniDW/C/h+00nTIGuLiaTT4vkVfw+9/dr0XmvJLrQf+GkvjxZeAcfaPAPgmWHVv&#10;FL/8s72++9aaf/ur/rXWgDZ/ZP8A2a9F1rQtS+JHjrwZpcWo+K3W407w9cWUbQ6Pp4/494/Lxt8x&#10;lO5278e9e/8A/DP3wz/6J94Y/wDBVB/8RXoNFZAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEV6DRQB59/wAM&#10;/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOifeGP/AAVQf/EV8oN4&#10;A8G+Pf2qvG72HhfR7fwp4L0630BbWCzRbe51Gb99PIyBcM0Uexa+yPiP43svhr4C8Q+KtTfy7DRr&#10;Ga+lz3WNS2P+Bba+WP2Z/Dd7ofwn0/UNY/5GHxJPN4i1WST732q7bzdv/AVZFoA6T/hT/gT/AKEv&#10;Q/8AwXxf4UV2FFagc38N/wDknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX/AGvm&#10;RV/2pI6ofDf/AJJ54X/7BNp/6KWuy+FsccnxX1RpPv2+hwrF/uvcS7//AEXHQB6n4a8O6Z4R0m00&#10;rS7SOys7ddscMfH1P+03q1Z+p/ETw5o/i7SPC99q9vb+IdVLtZaduzNMqIzs20dF2q33vSuqrwj4&#10;heFdG8OfGX4U3unafb2d1qviO9uL24SL57iT+zLobnfr9KyA9z+/8rV534dtx8PvGieHYjt8OasJ&#10;LjSosYWznT5pbdP+mbKfMRR93y5f4dlekVw3xQxHD4UuF+WeHxDZeV/wNmib/wAhyPQB3NFFFABR&#10;RRQAV598Wvjh4N+B+h2+q+L9Yj02O6dorO2jjaa4vJcbvLhiQFpG9lr0GqNxplreT2809pDNNbPv&#10;gaSMM0TYxuUn7vHpQB8KaD411f8AaB/agvdZ8X+H9Q8L2Pg/SoLzwz4c1Xasyfa3kRr6dMnbMypt&#10;Vf4Vr3vmuB8VR/Zv25/E+Ol14DsJW/4BfSr/AOzV33NABzRzRzRzWoBzRzRzRzQAc0c0c0c0AHNH&#10;NeXfHz48aZ8E/De/93d+IbtW/s/T/wD2pL/0zX/x+uX/AGZ/2kIvi5p/9ia7JHB4vt13/u/3cd7E&#10;v/LRV/vL/EtAHvPNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAHDfGj4kf8Kr+H95rFvb/b9ama&#10;Ox0jT4/vXt9M2yCNf+Bfe/2K9e/Zr+Df/CkPhZYaHdXK3/iS7d9T13Ue95qEx3zSf7u75V/2UFeJ&#10;/C/Rf+F7/tN3muzfv/BnwwdrOy/553WuSr++k/2vIjbb/vSV9i1kAUUUUAFFFFABRRRQAUUUUAfL&#10;v7eLNr/g/wCH/gX7RcQQeLvFtlYXsMD7fOs0WSaaNv8AZ/dpXRx7I/kT93Gn3UrifjrqH/CYftef&#10;Dzw+gD2/hDQ73xDdY/gnuWW2g3f8BWRq7fmgB9FFFagc38M/9I+Hfhfyv3n/ABKrb/V/N/yyWtWH&#10;Wl8FeNNI8Qz/ACaa6NpmpP8AwwxSOrRTN/srIu0/7MlfPXg/xg9n4T0NNT+D+qSRpZ26JqGjyW0z&#10;OvlL+8/duj/N/drY/wCFyeBI7f7PqEnjDwvHMrI8OpWd75O3oytuEibaAPveuD8ceBrvxN448Aa1&#10;b3MMEHhzUJ7u4Rwd0qyWksIC/wDApK+efhr+03oHhCzg0rTvGGl+MtDijzFbXuqRW+qW0f8AdVpd&#10;iyr/AHUba6/33r22w/aK8K6lb+bFb63I+3d5cGlyzf8Aj0QZf/HqyA9Vrz/Vpx4q+I+l6RbkPaeH&#10;n/tO/kx8v2h42S3h/wB7a7yt6Yj/AL9YXhH4oal8cPDNnq/gQR6X4cvvM8rxBqAVpmCOyN5Frz82&#10;5esu3b/ceu/8L+F7LwhpCWFj5jIXaaWad/MmuJGOXkkb+Jm9aAN6iiigAooooAKKKKAPkTxpJ9o/&#10;bo1z/p38A2iN/wACvpWrvea85lk/tX9tL4t3PWPT9A0XTx/vN5sxX/x6vRuaADmjmjmqWsaxp/h/&#10;T5NQ1O8t7Cwh+/dXUixxp/31WoF3mjmvPpPixcah8+ieF9Q1K0/gvb64jsY5v9pVky+3/ejWj/hZ&#10;mtxx/vfA9x5n/TDVLZv/AELbQB6DzXnXxw+Nmj/BPwn/AGhe+Xd6tcbk0/T/ADPmmb+8392Nf4mq&#10;SP4sXEcf+l+C9cj/AOuElpN/6DOK838WeG/h/wCNPihpfjXxBpfiiOe0iVH0+60uWa1dk/1bN5e9&#10;V2/3V+R6APG7z4P674w+F/jT4u/EOSSTVrix87SrKT5disyqsjL/AArtb92v/A6y/h38C9T8WfBO&#10;z8d+D7i4g8Z6NqNw6JBJta5iTay7f+mi/wDj/wByvoz9oT4qeFNc+CfjCytNYj+33FnsitZ45beR&#10;281PurIitVP9iO8t/wDhScdv9ot/tf8Aadz+58xfM/h/h+9WQHQfs5/tAWnxk0OSy1Dy7DxZp6f6&#10;bZfd85V+Xzol/wDQl/gr2HmvLrz9nPw5J8YLP4h2/wBs02/h3PLa2v7uG5n+75jbf9n7y/x16jzW&#10;oBzRzRzRzQAc0c0c0c0AHNct8VPHkXwz+G/iTxXcf8wmxkuET+/L92Nf+BSMldTzXkvxisR8RviV&#10;8KPhgv7y31jWv7Z1WP8A6cbD98yt/stJsSgD3b9lH4YzfCf4D+FNGvhjWbi3/tPVpCPme+uWM0+7&#10;/gT7f+AV7FRRWQBRRRQAUUUUAeOfE7xh8ZPC/iknwd8O9D8aeGPIQ/Pr/wBgv/My29dskZj2+nzV&#10;ykX7V3iXS8w+JfgD8TNNuF+//ZVnBqkP/AZYpq+jqKAPDPAvxw8e/Ebxpp1rY/B3XfDXhHc32/Wv&#10;FtxDYzKu1tvkWql3f5tn3tnWvc6K8H/bL+I994C+Dd3pugv/AMVb4snTw3oqL977RcnYZP8AtnHv&#10;f8KAPG/gjqX/AAsbxt8T/io37yDxHrTadpUh/wCgdY/6PGy/7LSb2r17msLwH4Psvh34L0Pwvpn/&#10;AB4aTZx2kX+3sX5m/wCBN81bvNagPooooA8r8B/D+7k8B+G5bTxRqlpv0y2fZPHBcRpuiX5fmjDb&#10;f+BVsSeF/Ftv/qtY0e/j/uXVnNbt/wB9JIy/+O15vJ4P+Isfwj8Nt4M8SSfa306y2Wskka7P3Tbt&#10;rMP9pK5fXPip8aPh34Xs31jS4579LyaG4upLeO4V4liRo/8AV4/2/moA9Q1jwXqeoR7NY8B6Hrsf&#10;8fkXEUjf98zxp/6FXH3nwf8ABnmSPcfDPWNFkf782lW8n8P+1aSNXYeE/jRcXmh+D7vVdP3z69LJ&#10;aP8AYY2byZ1bau5cn5dv3q9Z5oA8/wD2C/EFv4fuPiX8MopLiODQ9W/tbSkuo5I5PsN4u/7sgDfL&#10;Ms9fX1fDeveOtK8C/tFfDz4gafqlvcWNxPJ4K8SeTIreTHO+62kl/u7bhdv/AG0r7krIAooooAKK&#10;KKACiiqOpahDpOn3d7cv5cFtG00rf7Krk0AfFPw98SLc/Gb4769NZahMl54rXTIrm1t2mj22dskP&#10;8OT97f8Aw16LJ8QPDlvHuu9Uj03Z9/8AtKOS1VP97zQtfI/w38WeKND+Hej63o/jS3g1bxlqd3rK&#10;aFJp8d18007uzfLmX7rJ8qrvf92i16xqHgvxL48jt5fFHhfVPFMabXSHUryDT7VG/vLZrIf/ACLu&#10;egDvNQ+KF3rn7rwfp/2uP/oNalG0dn/2yXh5/wDgO1P9use38L/aNQj1PW7i48Q6sn+qur7bth/6&#10;4RL8kX/AV3/7dcn/AMIPrEdxsl+DdvJB/ftdctGk/wC+GK/+hVof8Ifb28cf/Fu/FFpJ/GlpcR7U&#10;/wC/d3WoHaVLzXDXGj2tn5af2f48tP8ArnHqEip/3yXqneXmiW9xHp9x408SaLPcfJF9uka13t/s&#10;tcwBd3/AqAOs8QeLNE8Jxx/2neRwTzf6q1j3SXE3+7EuWb/vmuXk+Imt6p/yB/Df2SP/AJ7axceW&#10;3/fqLc3/AH0y1zdv8K/EvhOSS40qTT/FHnfO91fSNa6hN/vS/Okv/jtSf8JBquj/APIT8L65af7c&#10;dn9qj/76gL0AZ/xck8a6x8M/EEVxcafPA8C77Kx0+VpH+ZflVmkP/oNcv8C/A+sXHw7j83S9Dk/0&#10;qb9zrmjs038P/LXerf8AjtegW/xc8P2//HxeSWn/AF9Wc0Lf+REFXI/jZ4Xk+5qkc8n9yCOSRv8A&#10;x0GgDPjjl8L/AD3vhu802BP+XrwjrFyuz/a8jK/+O7q7zQ/7V1DS7fUNC8eaxPYXC74nuvIvI9v/&#10;AG0j3/73zb64O4+ID+KNQ+xWUlv4egfb/wATTxHHJax/N/zyikCtK3/fK16x4L8P2Xh/w3Z2Wn3H&#10;2+BNzvdeYrNNK7M8kjbfl+ZmoArx6549s/8Al88P6tH/ANN7OW1b/vqOR1/8dq5H8SNds/8AkIeC&#10;5JP9vStQim/8dlEbVqeXR9n/AM4oApx/GTw/H/yE49U0L/sJaXKsf/f1Qyf+PV0mh+LNC8Uf8gfW&#10;NP1L/YtbiORv++VO6sP7H/drD1jwXomufPqGj2d/J/fnt1Zv++sbqAPTea4j9naxHjb9qb4oeLpD&#10;vtPC1haeErD+75r/AOk3e3/gTQrXKyaHd+E7eS70TxBqmix26tK8E9w15Z7R8zbopSfl/wB1lr0z&#10;9gXSZ4/2ebPxLfc6n4x1O98SXTYx/wAfE7bMf7PlomKyA+k6KKKACiiigAooooAKKKKACvio69/w&#10;v/8AaS1Txcj+d4M+H3m6DobfejudTf8A4/bpf9xf3StXpH7Wnxf1bQdN0z4b+CJ8fETxirW9rMg/&#10;5BVl0nvpP7oVflX/AGzWb8P/AAPpXw38F6P4X0SPy9N0yBYYvM+8/wDekb/aZvmagDoeaOaOaOa1&#10;AfRRRQBzfw7/AOSd+F/+wTbf+iFrcjvLeTy0S4jk85fl/ebt9c/8P7dLj4Z+G4pf3kc2j2yOn+y0&#10;Cq1SWfgPR7PVNL1C3jkgn0+Bbe3TzG8vylV1Vdv/AG0oA3I7eKP7kccfzb/3carUvNHNHNAHlXxc&#10;8P8AgTxJ4b8UeDL280vQtZ1yz/13ywzeb9+Kbd/syKjV7h+yf8WJvjF8DPD+u3z5123DaZq6f3L6&#10;D93N/wB9Mu//AIHX59/tqbP+FyR/9gy3/wDZqf8AsZfH/wAVfBzx1rPh/Q/B95460zxDF/akuk6d&#10;cLHeQS264lkgWT5ZWaNk3Rbt/wC7rID9ZKK81+D/AMevBnxx025n8Mao731k/lX+k3sbQX9hJ/dn&#10;gb5kP/jtelUAFFFFABXln7T0eqzfs6fExNDwNVbw7fiL/vw+cf7W3Nep1zPxKvF0z4d+J7tkEiW+&#10;l3UxRu+2JjQB8ZfBu38JeD/hXZ/FC40u302P+wreG1m+zqtwmnRRKka/7UkrfN/t+ZGlcP8AD/8A&#10;aE8YfEj44eG7WW4j0nw9cXUyf2Raxqy+UsErL5srAszblT7u1K3P2nLe60f4X/DvwJomn3F/Pdzw&#10;28Wn2Me6SZba23Ku3+7u2NXJ/C/9nP4geH9Us/EGoaf9g1K33Pbw2OsQRtDuVk+ZmhkVm2t/DWoH&#10;cftWfETxR4H1TwnF4c1y40mO7iuXuPIjjbfsaJV3eYh/vPXi9v8AtIfE63/5mjzP+u+n2zf+0xXs&#10;njT4R6x40ks5fEHhfxJq0lorJE8fii2bZv27vvBP7tcnefs56fH9/wAL/ECD/r1vNPul/wDQ6AOb&#10;t/2sPiRb/fvNHu/+u+l//EuK6jw/+2Bd3nmWXjjwvZ6tpM3yO+mx/wDoUEpKy/8AfVY9x+z/AKVH&#10;JseTx5Yf9d/D/wBoX/vqJDVOz/Z/0fWLz7FZfEDyL/8AgstV0eS1mf8A3VkdGb/gK0AeqaH/AMKX&#10;8YSRv4a8UXHgy/f/AJdbHVJdNb/vxL+6b/gK12Efwv8AFdvHu0r4gfb4Nvyf2ro8Vx/49AY6+V/F&#10;H7P/AI48N+Ykuh/27aJ/y20r99/5CbD/APjr15/5kvhu42eZeaFOn8HmS2bf+y0AfdH/AAifxNt5&#10;P+Qp4Tu4/wDppb3du3/ob1oR+G/Hskex/wDhH4P9uOS7k/8AHdi/+hV8P2/xA8Sxx7LfxZrn/bPW&#10;J/8A4uq+oeLNb1SPZqHiDWLuP+5Pqk7L/wCPPQB9wXnh/wAd2ceyW38P67H/ABpHcS2bP/wGRJF/&#10;8erl7zw3aWdx5uofD/WNFn/5/dDjVv8Ax60k3/8AjtfKfh/4meKPD/8AyBPFmqWkafwR6g00f/fM&#10;hZf/AB2vSPD/AO1p8QNH8tL3+y9dj/6erf7PJ/31EQv/AI7QB7Zo+qWV5cfZNH+IEkF//wBA/wAQ&#10;RxyN/wB8yCOf/wAeroJLzxbof/IQ8P2+rQf89tHuNsn/AH6lx/6Mrc8J+INP+KHwz0fxBrGl2cdp&#10;fWf2uW1vttxHCvzbvmYf7P8AdrPt/B8Vvpdvqvw/1iOCCZfOisvtDXGk3q/3ep8r/eib/gD0ASeH&#10;/FGn+JPtCWkknn2//HxazxtDcQ7v70TYZa1JI65fVLf/AITTw/H4j0e3ksPFGmNIiQz/AOsSVG/e&#10;2cu37ytt2/8Aft1rc0PWLfxBo9nqdp/qLuBZk8z721l3baAPO/2jNYfw38C/HF7F/r/7Mkt4v+us&#10;37pf/RlfZPws8Jp4E+GfhTw5EnlppOlWtiE/65xKn/stfGX7Rln/AGx4f8H+H/8AoPeMNH050/vr&#10;9pV2/wDRdfe9ZAFFFFABRRRQAUUUUAFcd8VPiZonwf8AAGueLtfn8jS9JtmuJdp+Z26JGv8AtM2F&#10;Hua7GvjH4meIv+Glvjwmhwfv/hn8OLxZtQf/AJY6tri/6uH/AGo7bdub/boAh+CPhHV5m1f4j+NI&#10;/wDi4Pi5luLqOT5v7Ms/vW1jF/dWNfvf7derc0c0c1qAc0c0c0c0APooooA5v4b/APJPPC//AGCb&#10;T/0UtdDzXPfDf/knnhf/ALBNp/6KWuh5oAOaOaOaOaAOW8afCvwp8RPLfxHodvqUkK7IppNyyIv9&#10;3cpDV4v4t+Ffhr9nfx38M/iL4cjuLBNP8U21jqSPcNJH9ju1e2kb5v8AakSvpHmuC+Pngt/iB8F/&#10;GGhRf8fdxp0j2v8AsTxfvYm/76jSgD0n44fs7/8ACeapb+N/Bd+PBvxW0lD/AGb4hgTK3Kr/AMut&#10;4n/LaBvukN93+Gtb9n343p8ZvDuoRanp58PeNvD9z/Z3iLQJDuayulz8y/3opPvRt/Eprc+BHj5P&#10;in8GvBni1W8x9X0q3uZW/wCmuweYP++99ePftKafL8EfiFonx+0WKQWdj5eleNbWD/l80l22rcbf&#10;4pLZ23/7uayA+oaKp2V5b6lZwXVrLHPbTossUyfMrqRkMKuUAFcF8eH8v4O+Lz/f0+SP/vr5f613&#10;tea/tF36aP8AA3xpfSn93aadJcP/ALqYZv5UAePeG7OLXPGmueKJf3kkMsmjaf5n3YYIm/fsv/XW&#10;ZX3f7EcddbzXNfC+zls/h34bSX/XzWcdxL/11m/eyf8Aj0ldLzWoBzRzRzRzQAc1S1zQ9M8SWf2L&#10;WNPt9StP+eN1Gsi/+PZq7zRzQBw0nwj0+z/5Amsa54e/uQ2t551v/wB+pxIv/fO2q9x8P/Fckflf&#10;8JZp+pQfwJquhxyf99eXIi/+O16DzRzQB41efA/U9Qk33Gn/AA7n/wBuTw3Lu/8AR1R2/wCz28cn&#10;m/8AFH28if8ALGDwnG0f/fTTFq9p5o5oA8S8QfCu7vLfytb+H/hfxRAi7Em0eRbW4T/dWUDb/wAB&#10;mrzPxB8F/Akf+tk8SfD2f+5qtu0lr/39YMn/AJGr655o5oA8S8N/27ofwj/4RfSrfS/FlhDpM2nW&#10;uoabqCws+6JlVmVsp/F/DJXj/wAB/EHiX4H+NNP0XxLp+oaL4a1Zlt7j7VH/AKLDPt/d3CyrlF+b&#10;5W+b/wBAr6k1T4V+FNUuPtf9jx2F+/8Ay+6VI1ncf99RFWb/AIFWHqHhfxR4Xjkl0/UJPGGmp/rd&#10;L1KONb7b/wBMpVCpK3+zKvz/AN+gDQt9ml/EjUEik8y017To9RR4/mXz4WWGRl/3o5IP+/dY/gv/&#10;AIldxrmj/cj0/U5kiT/plLtuI/8A0bWH/Zen6f8A2X448KRyeRaRTTPpcG5YbmJ9qz7Yv+WU6+X/&#10;ALPzx7GrY+0Rf8LAvLi0k8y01bSbTUYnj+6+xnRm/wC+WgoAx/iR/pnxU+A9p/f8bwTf9+rad6+2&#10;r7ULbS7C4vryeOC0to2mmmk4VFVcszfhXw549k+z/Fv4CXDfcXxpHD/33bTqtezftq6pd6p8P9A+&#10;Gum3Hkan8RdbtvD3mJ95LNj5t5J/35jdf+2lZAcz4PvPi9+1NpzeL9H8cS/CX4fXbsdAs9P0uC71&#10;LULdWYLd3DzqVjWT7yxqv3cVs/2j+0T8GHkF/YaZ8c/Da9LnTdmk65Gv+1E37if/AICytX0Po+k2&#10;nh7R7LS7CBLWxsoUt7eFPupGi7VX8FFaFAHzxo/7cnwtkvF0/wAV3+pfDbWgdjaf4006XTW3f9dW&#10;HlN/31XrOj/FvwN4ggEml+M/D+pRt0e11SCQf+OvW5rGh6br9m9rqlhb6laN96C7gWZD/wABYGvM&#10;dY/ZD+CWvTyS33wr8JySP9900uGP/wBBUUAdXrnxn8AeF7d5dX8b+HtMjXq91qkEf/oT1xfgz9rH&#10;4dfEvxxaeFvBmoX/AIrnmMhl1LStPnmsLXYrN+9utvlqW2lV+brVzQf2Svgx4YuPP034WeFLedR8&#10;sjaXDI3/AI8prufEOtaF8MPBeqaxefZ9J0LR7SS7nMcapHHEi7mO0Y7CgD52/bE/abl+H9jN4A8C&#10;yS3fxF1SFfOmsUMx0KzfhrqXB+VtufLX+981eO/DvxR8KvAfhfT/AA/o/iTxBoUdoux3kkuVaaV/&#10;mkmZfnTczfM1anwX8F+JfEmj6x8SNQ1j+xfEnjy8bXLiyns47hYYG+W0h6q/yw7P4q7jVPCfijy/&#10;9Is/D/iWP/nj5clvI/8Au+Z5if8AfTLQBX0/xhp+of8AIK+KFnP/AAIl9HaSfN+UbV0lvceKJI99&#10;rceH9Wj/AIHjjlt/975lMi15f4g8L+FNY8D65qdvodvaXdva3O9PL+zzW06K25WVcfMrV6xp/wAL&#10;/CWoWdvLL4b0+Ofyl/fwW628m7b97dHtatQI/wDhINdt5P8ASPC/mfP9+x1CKT5f722QR1JH44ij&#10;/wCPvR9csPvf6zT2mX/vqIvWfqHw/tNP/wCQZrHiDSdn3Eg1SWRf++ZS61zd5/wlGl+Z9k8WST/7&#10;GpafBN/49GI2oA7T/hYGj/8AUQ/8FF3/APGaK8//AOEk8cf9BzR//BO3/wAfooA9A+G//JPPC/8A&#10;2CbT/wBFLXQ81z3w3/5J54X/AOwTaf8Aopa6HmgA5o5o5o5oAOafTOaOaAOe/Yf1D/hH9H+Ifw0l&#10;f954O8SXAtF/6cbv/SYP/Rjr+FfRmvaJY+KNC1DRtSgS706/gktbmB/uvE6lWX/vk18m+GtQ/wCF&#10;d/tneH71vk03x/oEujSyfdX7dZv50O7/AGmhZ1WvsWsgPnH9jfWNQ8OaL4o+EGu3D3Gs/DjUf7Og&#10;nm+9c6VIvmWM3/fv5P8AtnX0dXzT4+/4tj+2l4A8T/6jSfHmj3HhS9f+D7ZC32m0Zv8AaZfPRa+l&#10;qACvK/2oNO/tj9n/AMcab/z/AGnNaf8Af1lT/wBmr1SuK+M1n/aHwk8Yxfx/2Vcun++kTOv/AI8t&#10;AHmvlpb/ALpP9XD8if7q/LS80kdwl5HHcJ/q5lV/++vmpea1AOaOaOaOaADmuC+MHxs8NfBfQ473&#10;XriR7u43fYtLtdrXFyy/3f7q/wB5m+Suo8WeKNP8F+G9U8QarJ5Gm6dA1xcP/FtX+Ff9pvurX5T/&#10;ABE8Ya38cPiZ5t3JJ/aWuXWxE8zctlZr92Nf9lVoA+gP+GoPir8ZLy4fw5cWfgjw0jMn2q1t1uJn&#10;/wBlZZB8zf7qqlcPrn7QHijT7iS00rxp4k1qRPkfULrVJI4d3+zFFt3Vc+Ilxb+D/AcelaZ/okc2&#10;2xt0j+XZF96T/wAdWvF/9X8iVkB7J4T/AGwPin4XvI3l1i38S2n8dlqtvu+X/ZlX51/8er7E+B/7&#10;SHhr42W/2S38zRfEsK77jRbqRWk2/wAUkTfdlX/x/wDvJX5sc1Pp+oXuj6hb6hpl5JYalaSrNa3s&#10;HyyQyr91loA/XnmjmvMv2e/jRafGzwHHqD+XBrtjttNVtf7k+3/WL/sy/eX/AL4/gr03mtQDmjmj&#10;mjmgDzqO3/4R/wCIGuaen7u01CKPWbdP4UlZvKuV/wC+lRv+2lcH9o1PQ9Q0O10yzt7uS0utT0OL&#10;7VceTDCreVdwbtoLN+5/hX/nnXpHjyP7P4s8H3v/ACzd7vTn/wC2sXmr/wCPQV5v401C90/x5HpW&#10;n6fHf3eoX1lqcXn3Hkwp5UE8Um5sH/nmn3VoAw/jJZ6n4b0/wf411XXJL6fw94r0nUXhgjW3s4Yv&#10;tKpIyryzfLJ95mevorxQD4z/AG6/BOnMQ9r4M8JXussn9ye8mW2j/wDIccleC/ET4R6x8QPhv4o0&#10;/WNYk1bVruxm/s+1td1vZ206ruj+VSPNbcv3pa9c/Y2a5+JXiLW/jHLc289rr+gaPo8UCyFri2ub&#10;NZUvY5Vx8n75vl/vLhqyA+r6KKKACiiigAr5J/a011/iv4+8O/A7TZPM02Qx6/4xkT+DT4mzBat/&#10;tTyL/wB8xmvoX4qfErRfg/4A1vxhr8wg0zS4GmcdGlboka/7TNtVfrXzD+z/AOEtY07Q9X8X+LY/&#10;+K28aXjazqu/71qp/wBRa/7sUfy0AeoeWkce1I/LjT5ESP7tLzRzRzWoHj3xEj+z3HxMRP8AVzaP&#10;DcP/ANdWgnRm/wC+Y0r2fR/+PO3/AOuS/wDoNeMfEj/j8+In/YCt/wD0G4r2zS/+PeP/AHVoAy9Y&#10;/wCWlcHrH/LT/gVd5rH/AC0rg9Y/5af8CoMjE5oo5ooA7/4b/wDJPPC//YJtP/RS10PNc98N/wDk&#10;nnhf/sE2n/opa6Hmg1DmjmjmjmgA5o5o5rjvjBJ4lj+HeqP4Pjkk8Q7Y/s/l/e+8u7b/AMBoA5v9&#10;pTQ9Qvfhv/wkWhR+Z4k8HXkHiTTdn3nltm3yR/8AAo9619Y+AfGmn/ETwXofifSJfP03WLOK+t2/&#10;2HUMP51+Z3/DQHxl8F/utd0v7XH9x01LT9u//vlRXuP/AATb+LyXmk+I/hdfj7JPo8smraLbP/0D&#10;5pWLwrn/AJ5TMf8AgMsdZAe1ftoeEb3xJ8AdZ1XR8/8ACQ+FJYvFGlOnUT2bedj/AIFGsif8Dr1n&#10;wL4usvH/AIJ0DxNp53WGsWMF/Af9iRFdf/Qq1b60h1Gzntp0EkEyNFIh6MrAhhXz/wDsG3Usf7Ou&#10;n6HLIHPhvVdS0FX/ANi3vJUj/wDHdlAH0VXlH7T3xOs/hF8DfFfiC6jFxN9kks7Kz/iuruYeXDCv&#10;+8zV6TqOoW+k2c97eXEdpaW8bSyzzSBI0UDJZmPRa+K7vxRL+1R8SrfxlskT4T+EHmfw2k8e3+2d&#10;R2sjahtb/ljH92L676APS/A8j3Hgvw3K/wDrH0y2d/8AeaBK2ea574d/8k/8L7/+gTbf+ilroea1&#10;AOaOaOaOaAPlr9vzxo+l+B/D/he3k2f2zeNc3H/XC32sq/8AfyRP+/dfH/wDs01T4maxev8A8uNn&#10;si/4Eyr/APF17x/wUAvHk+Knhe3f/Vw6LvT/AIHO+7/0XXh/7M9wv/CWeKIn/wBY8Sv/AN8yt/8A&#10;FVkB1HxwuH/tTQ7f/lmkU03/AI8i15pzXp/x0t/9M0O7/wCWe2aH/wBAavMOaADmjmjmjmgD1P8A&#10;Zn+Jj/C/4uaXdyyeXoupsul6kn8PlO37uT/gMmxv9zzK/TD/AFdfj3JH5kcif31r9UPg34sfxx8J&#10;/CeuyyeZPfadC9x/11Vdkn/jyvQB2PNHNHNHNagcd8VI/L8L2+of9AzUbS7/AOA+eqSf+Q5HrzP4&#10;of2hZ/EjwPLp+n/b53W7R4PtCw/NEqsu52/h/ePu+89eofFyT/i2+uJ/z2iW3T/ellRF/wDHmrzP&#10;4sf2nJ8SPAaaVp/9pT2n2++eOS4WFU/dJErMzZ+X97821WoA1I/B934g/e+K9Q+3wff/ALJsd0Ni&#10;n/XX+Of/AIE2z/YrkPCfxQT9nP4oan4s8L2lzrnwt1fa/iuz0m3ZrfTLkbUF9bbflf5f9akddfH4&#10;LuNc/e+K7z+1o/v/ANmQbodPT/eX70//AG1bZ/sVY/4TRLz/AIl/hTT49dkh/cvNH+70+2/h2tLg&#10;q3+7ErUAfYHhbxZo/jjw/Ya74f1O31XRr2NZbe9tZFkjmQ9w1bdfmevh3xp8AfFFxqvw48XxaHPf&#10;Wt7q2peHjZ7tFmaHyj8sG/dFu8zZuVt+6voLTf2qPil4VRI/GfwUvNXK8NqPgjVIbyFv9ryJSki1&#10;kB9XUV8w3H7bv2mPytH+DHxMvtS/59brSobOMf70sk22uG8TN8Yf2g1ez8X3lv8AC3wNJ/r9C8O3&#10;n2jVr+P/AJ5z3mAsS/3ljWgBfHniaL9qb42JYWciXfws+Ht4sssyHfDrGtL91f7rR227/vuvWOay&#10;vC/hjSvBnh+z0LQrC30rSrKLyoLaCPaqLWrzWoBzRzRzRzQB478TP+Pz4if9gK2/9BuK9t0//j3j&#10;/wByvE/iZ/x+fED/ALAtr/6DcV7ZZ/6v/gNAGXrH/LSuD1j/AJaf8CrvNY/5aVwesf8ALT/gVBkY&#10;nNFHNFAHDeE/jxrvhPwnodvqej3EFpDY26I99o9zCrqsS7W82N3Vv97y67DR/wBqDRNQ+SW3s5JP&#10;+nXVIt3/AHzOIGr6k+FegWl58J/Be+P72iWX/ohKTxB8EPCXiSOT+0PD+l327/nvZxs38qyNTxCz&#10;+MHh+8j3v/aFpH/fk0+SSP8A76iDr/49Wxp/jzw1rEmy08QaXPJ/c+2RrJ/3yxDVoax+xX8PLyTz&#10;bTR5NJn/AL+lXktu3/jp21yesfsZ3fl7NM8ca5HH/BDqvlahH/3zIKAO8/5Z7v8AlnTOa8WuP2X/&#10;AIl+G5N+lap4fv8A/rnb3Olyf+Szhapyaf8AG3wv/rdD1S7jT+PTdUtr5f8AvmePf/49QB7heafb&#10;6hHsuLeOeP8AuTxq1eVfGHwVf6D/AMI/8QvAenRp4z8F3DXlvZQx+X/admVxd2bbf70f3f8AbrmJ&#10;Pjx4o8N/Jruh3lp/f/tXw/PCv/f2B5F/8drY0f8Aag0S8k2PHp8kn/Trqkat/wB83IgatQPrX4b/&#10;ABO0L4rfDvSvGPhy5+26TqNv9oi8sfvEb+KNlzxIrZUr/eFfM3wN+NXhX9mn4D6dF8QLy403xtr2&#10;p6jqx8JQW7Taw8tzeSSLH9lHzq21k+9tWvOoLrXPCviHX7v4W+M7j4e6F4mb7Rq9lfeH5NQhtrlv&#10;vXVm8RZI5GX7275P467n4P8Ahf4W/DuPZ4f1TS7/AMQ3Hz3utalcRtql7K3zNJK0mH+Zv4ayAh8R&#10;Wnj39qe4if4g2kngb4aIyyxeBoZ915qePmVtQlX7q/8ATBf+B16Vrn2fQ/B+ofZ447S0sdOm8qGC&#10;PbGipE21VVf92tSP95HvT95H/f8A4a5f4oSPH8O/Emz+OzZH/wB1vlkb/vlnrUDU8J2b6f4T0O3f&#10;78Njbw/98xKtavNP8tI/kT/Vp9ymc0AHNHNHNHNAHxN/wUE0d4/FngvWP+WdxY3Fpv8A9pJVf/0G&#10;Svlf4R6wnhv4wW6S/u4NQ3W//ffzL/48tfoZ+2Z8P38afBe8vbSPzL/w9OuqIkf3vKVWSdf+/bbv&#10;+2dfmX4ot5Y/s+oW8nlyQsvzx/8AfStWQRPpz4uaO+qeD7iVI/MnsWW7T/dX5ZP/AB1q8M5r3/4d&#10;+MLf4geE7fUP3fnuvk3UH9yX+Jf+BV4v4s8Lv4P1y40//l0/11q/9+L/AOx+7QBkc0c0c0c0AHNf&#10;on+xncPcfs9+H9//ACxur2FP91bl/wD4qvzs5r9L/wBl/wAPy+F/gH4PtbiPy55rVr50/wCuzNKv&#10;/jsiUAeo80c0c0c1qByXxUk/4pO3i/57anp0P/fV5E3/ALLXk/xM1C7s/i54HfT9PuNTv/sd+6Qx&#10;yLGu35FbczfKq7mSvVPip/yL+l/9hrTv/SlK8v8Aip/aEfxI8Dy6ZpcmrXaRXb/u5FjVFXYrbmb7&#10;qt5iL/FQBsSeF7jXI5LjxbqEc9oi730i0kaGxRf+mrNhp/8AgW1P9ipLfxRd65HHaeD7O3+wJ8ia&#10;vdR+XYov/TBVw0//AAHan+3Udv4Pl1ySO48V3EerSI29NLg3Lp8P/AW+adv9qX/vhK7COgDyf+x3&#10;t9P+Kl7cahcatdpZrp3226kX+C282RVVQFiXdP8AdWvpCP8A1deB2f8ApHwb8Sam3/MWW/1H/gLs&#10;/l/+Q1SvfeaADmjmjmjmgA5o5o5o5oAOaOaOaOaAPHvih/x8fED/ALAlp/7cV7hZ14f8UP8Aj88e&#10;f9gmy/8AQp69wt6AMfWP+WlcHrH/AC0/4FXeax/y0rg9Y/5af8CoMjE5oo5ooA+rvg//AMkk8Ef9&#10;gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CsjUKKKKAI/JT0qCTT4ZP8AlnVuigDMk8P2kn/LOuS1&#10;/wCDPhPxLHIupaBp+ob/APn6s45P/QhXoFFAHzxrH7Ffw3vJPNtND/smf/ntpVxNat/444WuT1j9&#10;jO48vZpXjzxBBH/BDqUkWoQ/98ypX1nRQB8OXH7LfxI8PyebpWseG7//ALc59Lk/76tHC/8AjtY+&#10;ueE/jRp+j6hp934f1S/guIJLd/7K1yC8V96sv3bmPf8Axf3q++PLSons4pOqUAfOHgfWH8QeC9D1&#10;CWPy57ixheWOT7yS7VWRf++t9bPNZum2H9ga94n0IkImn6rM8SD/AJ4T7blP/Rrr/wBs60ua1AOa&#10;OaOaOaAEkjSSORJY/MjZdjpJ8yup+8tfmP8AtIfA+X4N+OLjT0t5JPC+p7ptKm/h8r+K3b/ai/8A&#10;QPLev055rmviJ8O9C+KnhO48P+ILfz7Cb50eP5ZIZV+7JE38LLQB+R/gfxhqHwj8SfaEjku9JuPk&#10;uIf76/3v95a+jLy30L4ueF45bK8jkj+/b3Uf+stpf7rL/wChLXF/HD9mvxL8I7i4/tOz/trw0zfu&#10;tatY/wB3/s+av/LJv/HP9uvG9Lj1vwnqH9oeHNQkgk/2JPv/AOy38LVkB2GuaHqHhe8+yanb+RJ/&#10;BN/yxm/3X/8AZaoc1rx/HzxRJZ/ZNV8N6fq0b/f8yNlV/wDgHK1n6H4b8UfGjxBHonhfwnb2l3N9&#10;9LHzPkX+9KzOViX/AGvkoA6z4J/Dt/jB8VNL8LxfvLDd9r1WaP7sNmn+s/4E33V/66V+pkcaRxxp&#10;FH5caLsRI/uoq/dWvJ/2b/2e9K/Z/wDBcllFJHf67fbZtS1D++y/djX/AKZr/D/33XrPNagHNHNH&#10;NHNAHJfFSP8A4pezf/njq2nP/wCTkS/+zVyfiT93448N/wC3Z36f+PW7V1nxY/d+A9QlT/ljPaTf&#10;983kTVy/ij/kfPD6f3LO/f8A8et1oA1eawvHmqS6X4P1SW3/AOPt4vs9r/13l/dR/wDj0iVY1zxB&#10;p/hu3jl1C48vzm2RQxxtJNM392KJcszf7tZ+n6PrHijVNP1DWLf+ydNsZ1uLXSPlkuHlXd5ck7L8&#10;q7d25Yl3fP8AeegyLHizS4tD+F+qaZb/AOotNJ+zp/upFtX/ANBr13mvKviJ/wAiH4g/685K9YoN&#10;RnNHNHNHNABzRzRzRzQAc0c0c0c0AeNfFD/j88cf9gzTv/Rste6W/wDrJa8L+KH/ACEPGn/Xhpn/&#10;AKNlr3S3+/J/wKgDH1j/AJaVwesf8tP+BV3msf8ALSuD1j/lp/wKgyMTmijmigD6u+D/APySTwR/&#10;2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKKKACiiigAooooAKKKKAPEvilp/9h/Ez&#10;TNRP/Hpr1i1i/wD18wbpY/8AvqN5v+/dZ3NepeO/Blp448Oy6dPPJaXCutxa3tuMyW06HKSLz/47&#10;/EpK15dP4X8eaRhLvw3b64q/8vGiXkal/wDa8qfZt/3fMegBOaOayrjxB/Zf/IV0fXNG/vvfaXK0&#10;f/f2MOn/AI9RpfizRNYk2afrGn3cn9yC4jaT/vnO6tQNXmjmn+W8dM5oASSNJI5Ef95G67HST5le&#10;vJ/Fn7Kfws8YXElxceF49Mu3+d5tKkks9/8AwGMhf/Ha9Z5o5oA8K0/9if4VafcedLpeqX/+xdap&#10;L5f/AI7tr2Dwv4P0HwPpf9meH9Hs9GsP+eNjbrGr/wC0397/AIFWrzRzQAc0c0c0c0AHNHNHNHNA&#10;HHfFT954Tjsv+WmoX1paJ/wKdGb/AMdjeuD8Sf21rHxIki0eOzjjtNMjhl1C6+ZbZppWdtsS481t&#10;safxKldx40k/tDxh4X0xP+XdbnVJf+AqsMf/AI9O/wD37ql4T/Z9v/iJY6h4y0/xr4g8N3GrXk3l&#10;QWPkyWvkQt5ETeVIh+8sW771AFTw/wCD7Lw/cSXvmSanq0y7JdUvv3lw6/3V6LEv+yqqlbvNVrz4&#10;D/F3R/8AkH+NPD+ux/3NY0dreT/vqCT/ANlrHuNL+Luh/wDIQ+Hen61Gn8eh64u7/vmdE/8AQqAD&#10;x5by3HgfXEij8yT7HNsT+/tXd/7LXplneRahZ293byeZBcRLNE8f3XVl3K1eP3HxMuNH/wCQ74H8&#10;YaFt++8mjtdR/wDfUBesPw/8XPDWlyfYvDnxA0ewg3fJoviCNo1hZvm2xbzG8S/7PzJ/doA+geaO&#10;a8+0/wAeeI7iPzU0vQ9ag/v6VqjL/wCOtGV/8erQj+JH2f8A5CHhfXLT/bgjiul/8hOW/wDHaAOx&#10;5o5rko/ip4U8zZcaxHpsn9zUreW1/wDRqLXQafrGn6xHv0/ULO/j/wCnW4jk/wDQSaALvNHNP8t4&#10;/v1n65rmn+G9Lk1DU7iO0tE+Tf8AeZ2b7qqq/MzN/Cq0AeV/Ez/kKeMP+vPSv/R717hb/wCslrwf&#10;xZJd6ppfiDW7uz/s37d9git7KT5pkiinXa0u35VZvM+6v3K94t/9ZLQBj6x/y0rg9Y/5af8AAq7z&#10;WP8AlpXB6x/y0/4FQZGJzRRzRQB9XfB//kkngj/sB2X/AKISuwrj/g//AMkk8Ef9gOy/9EJXYVka&#10;hRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWLrng/QPE3y6xoenaqP+n6zjm/9CBraooA82uPgB4M5&#10;On2l5oT/APUK1Ce3T/v0r7P/AB2sq4+B2p2x/wCJV43vMY+5rGnwXS/99RiJv/Hq9eooA8LuPh78&#10;QNPztt/D+uR/9MbiWzk/75dJF/8AHqyLj/hINL/5CXgvXIP9u1jjvl/8gOzf+O19F0UAfMn/AAnn&#10;h+OTyrjVI9Nn/wCeOpRtZyf98yha3LeRLyPzbeSOeP8Avx/Mv/jte7XNnFeQPDcRxzRt95HTctcd&#10;qHwR8C6k/mt4X0+0n/57afH9kk/77i2tQB53zRzXVXHwFso/n0rxP4g03+5G94t5H/5HR2/8erKu&#10;vhL41sRmy1/RNY/6Z3+nvat/33G7L/5DoAyuaOabcaD420s4u/CD3aL/AMttG1CGb/x2XyWrKutX&#10;1tYium+CPEl/qQ+SK1ms/s0e7/anchFX+82561A4HXNUl/tzxprFv+8ntFh0bT0/vyqu7b/wK4n2&#10;/wDbOvrXwX4bi8IeEdH0KI+Ymn2kNoH/AL+xFXdXkXwq/Z1vdBh0y/8AGWsx6rqVvctqH9n6arRW&#10;iXTStL5jO3zzsrt8u7av+xXvdZAM8tKje3ik6x1PRQBUk0u3k6x1ha58PNB8SReVqWl2d/H/AM87&#10;u3jmX/x4GuoooA8H1j9jj4WarJ5qeELPTbj/AJ7aV5ljJ/31Ey1gXn7H6af/AMi/488YaL/dSTUF&#10;vo/++J0f/wBCr6XooA+TLz4D/FvR/wDkH+OND12D/njrGhtC3/fUEgX/AMdrj9Y+GfxAt5N+sfCf&#10;w34h/wCm2h6pGsn/AHzPGjf+PV9weWlJ5KN1SgD4Ik1R/Df/AB++E/iR4P2fx2kdzcW6f9+pJk/8&#10;do0f4keBLzWI7u98cR3+rQ/Jbp4guFtZLbd97bFIke1m/ibbvr7wk0u3k6x1jaz4F0TX7fytQ0uz&#10;v4/+ed1brMv/AI8DQB8meMLy31TwfcS2lxHdxvPafPBIsi/8fMX93Ne0W8b/ALyptQ/ZL+Ft5cfa&#10;E8EaPBPu3+Za2627buv/ACzxU3/DNfhf/n3vNn/YUu//AI5QByfiTULfT7eS4u7iO0gT7008nlr/&#10;AN9NXl9x4o/4SCSRPD+l6h4h/wCm1rb7bf8A7/yFUb/gO6vo7TP2e/BGn3Edwvh+znuE+5Ndbrh0&#10;/wCBSFq7a38L2Vv/AMs46APjP7H4w/6Ee8/8GFt/8XRX2n/YNj/zySijmAw/g/8A8kk8Ef8AYDsv&#10;/RCV2FeKfCz43+CrD4W+DrefXAssej2cTD7JORuWBAf4K6r/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP&#10;/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn&#10;/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP/JOf/wCIooA//9lQSwMECgAAAAAAAAAh&#10;ANsFwT5BPgAAQT4AABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBgAGAA&#10;AP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQV&#10;FRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMBIgACEQEDEQH/xAAfAAABBQEBAQEB&#10;AQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEH&#10;InEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFla&#10;Y2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbH&#10;yMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJ&#10;IzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1&#10;dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY&#10;2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APoj4f8Awn8FXngPw3cXHg/Q7iebTLZ3&#10;eTT42Z2aJWZuldB/wp/wJ/0Jeh/+C+L/AAq58N/+SeeF/wDsE2n/AKKWuh5rUDkv+FP+BP8AoS9D&#10;/wDBfF/hR/wp/wACf9CXof8A4L4v8K24dSvNa1S403w7plxrt/bvsuPLkWO1tm/uyzt8qt/srub/&#10;AGK6CP4Y+PZI9z3HhuB/+eP+kzf+Rfl/9BoA4T/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4&#10;v8K3ta/t7wTGJfE+keRpqjLatpbtc2qf9dflWSJf9rbt/wBur0ciSRxuknmRuu9Hj+ZXoA5P/hT/&#10;AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8AhT/gT/oS9D/8F8X+FH/Cn/An/Ql6&#10;H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBCXof/AIL4v8K63mjmgDkv+FP+BP8A&#10;oS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8AgT/oS9D/APBfF/hR/wAKf8Cf9CXo&#10;f/gvi/wrreaOaAOS/wCFP+BP+hL0P/wXxf4Uf8Kf8Cf9CXof/gvi/wAK63mjmgDkv+FP+BP+hL0P&#10;/wAF8X+FH/Cn/An/AEJeh/8Agvi/wrreaOaAOS/4U/4E/wChL0P/AMF8X+FcF4V+EfhDxh+1/o+h&#10;Q+F9Hj0Pwz4Zn1bUrVLOPyZ7q5lWGBZVxtbasbste1c1y/7GVp/wkni34z+PW/eR6n4k/sayf/p2&#10;sIliG328xpKyA2v2jv2YvB3ib4G+MrTw14V0bRvEMOnSXWnXlhp8Mcy3EP71F3Ko+80YU8960fgr&#10;4B+F3xY+Evg/xhH8P/C//E60y3u3j/sqD5JGQb1+5/C2+vdpI1kjKMN6N96vnf8AYNdrP4Cf2E//&#10;ADL3iHWNHQf3Fivpdq/98sKAPTP+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPP&#10;v+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4i&#10;uG+Mnhz4KfA/wDf+KvEXgLw39jtyI4LWDR7dpryd+I4Il2fNIzcLXvVfF+vMnxm/av8AFmoanJJf&#10;+Hvhx9m0zRbKT/j3h1OWLzbm42fxSKrIqt/DQBznwj+Adjcf2p4w8d+F9Hg8SeIWWZPD8FnH9j0O&#10;2X/VWsS42+Zt++38T16R/wAKf8Cf9CXof/gvi/wrreaOa1A5L/hT/gT/AKEvQ/8AwXxf4Uf8Kf8A&#10;An/Ql6H/AOC+L/Cut5o5oA5L/hT/AIE/6EvQ/wDwXxf4Uf8ACn/An/Ql6H/4L4v8K63mjmgDkv8A&#10;hT/gT/oS9D/8F8X+FH/Cn/An/Ql6H/4L4v8ACut5o5oA5L/hT/gT/oS9D/8ABfF/hR/wp/wJ/wBC&#10;Xof/AIL4v8K63mjmgDkv+FP+BP8AoS9D/wDBfF/hR/wp/wACf9CXof8A4L4v8K63mjmgDkv+FP8A&#10;gT/oS9D/APBfF/hRXYUUAc38N/8Aknnhf/sE2n/opav30N7rWpaX4d024ktL7VmbfdJ961tU5lmX&#10;/a+ZFX/akjqh8N/+SeeF/wDsE2n/AKKWuy+FsccnxX1RpPv2+hwrF/uvcS7/AP0XHQB6n4a8O6Z4&#10;R0m00rS7SOys7ddscMfH1P8AtN6tXA6x+0p4B0XUL2CfVbyS10+dra91O10u5m0+zlHDLLdLGYl2&#10;/wAXzfL/ABYr1ivCfidNpHws+Gdl8N/BWlR3Ou+IIp9L0PRSWlH7zJmuJ92T5MXmO7s3+7/HWQHt&#10;0M0V9bpLE6TQSLuVl+ZWU14L4j8Mr8OPGEGm2a7fDmrrJNYQ4wtncp88tuv92Nl/eqv8PlSf7Few&#10;+A/C6+CPA/h/w7HO90mk6fBYLNJ95/KjVN3/AI7XJfHqNB4Z0SUf6+HXbIxf8Cfy2/8AIbvQBx/N&#10;HNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXFeNPHCeD/Gnhe3vdQt9N0K7gv3vX&#10;n2/eiWLy/m+996T+H79drzXmXxE/syP4yfCv+0/L+9qf2Xz/ALvn+RF5f/Av7tAHYeF/HmheNPti&#10;aPqkd3PabftEPltHNDu+7uWQBtv/AAGt3mvPvEG3/hfng/7P/wAf/wDY+o/2h/e+zbovK3f9tvu1&#10;6DzQBleLPEEXhPwnrmuy/wCr0yxuLt/+2UTP/wCy10P7FnhOXwf+zB8P4LpNl9fWH9rXXq0t0zXD&#10;f+ja8W/a0uJf+FD65pVp/wAfevT2mgRf3t1zcpF/6Cz19maPpkOh6TZabbDbBZwR28S/7KKFX9BW&#10;QF+vnP8AYnx/wjHxQC/c/wCFi69t/wC/619GV85fsK/6Z8JPEepn7up+Mteu1/3WvpVH/oNAH0bR&#10;RRQAUUUUAZHifxFZ+EPDWr67qMghsNLtJby4f+7HGhdj/wB8rXx/+y/p97/wqe38R6rH5eteL765&#10;8T3vmfe3XcrPGv8AwGPZXe/t1a/NqHw80L4ZafLs1X4harFoz7PvJYp+9vJP+/a7P+2la9nZxafZ&#10;29pbx+XBbxLDEn9xVXaq/wDfNAEvNHNHNHNagHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABz&#10;RzRzRzQA+iiigDz/AOH/AIst7P4f+G0uNP1SDZplt8/9nySR/wCqX/nnura0v4neH/DPj7Q9abVL&#10;eO1mVtJv0n3QsiyOrRSbXx92Rdrf7MleW+B7fxRZ+C/D72muap5f9nW7okklpdL/AKpdq7ZLZGVf&#10;9nzK6C48QeMI7eS3u/7P1aB4mR0vtHkjV938LNBPOu3/ALZ0AfZsu/ZJ5f39vy7/ALtfO/gj4a/F&#10;7wrr2seI7seB9e8U6o+yfV7u4vFZIVbKW8SCMrFCv91fvt87fNXJ/Dv45eJ/AUsel6rp+n6r4XRV&#10;SA/2pJDeWf8Asr9qhhWWJccbm3L/AH3r2PT/ANozwtqFsZYYdYlkVc+Ra6XLct/5B3q3/AWrID0X&#10;Rv7R/sm0OrC3TUvLX7StnuaHzP4tm4A7a8n+LGtLr/jTSPDtrh4NHb+1NQk/hWUqyW0P+98zyn/r&#10;nH/frjvEv7WlprQew0UyeDBLui/tLxbZPazf70FrIo3f78jIv+y9c34TvLiOz8nRPEnh/wASeazS&#10;y3XmM01zK3+sklaOR9zN/u0Aeg80c1z39seILf8A4+PD8c/+3a6gv/tREo/4TDy/+PvQ9YtP9v7G&#10;sy/+QnetQOh5o5rC/wCE88P/AHJdUjtJP7l9HJb/APowLWpZ6xp+qf8AHlqFvd/9cLhZP/QTQBZ5&#10;o5p/lvTOaADmjmjmjmgA5o5o5o5oAOa5b4iW/hK30O41jxhb2cmm2MTI91dW/meSrsqt90FvmbZ9&#10;2up5ryb9rCTy/wBn/wAWf7cUKf8AkdKAOk+Fdv4HvNHuNb8D/Z57C+l2S6gnmtJMyfLtZpfn+Wu1&#10;5rxL9jOPy/2f9Hf+/eXb/wDkVl/9lr23mgDyr4wW/wDwkHxM+Bfhr76X3jKG+lT/AKZWcEtx/wCh&#10;bK+06+OzH/an7Znwftfvx6doutap/wACKxQL/wCjK+xKyA5/x54kTwf4H8Qa/L8kemadcXz/APbO&#10;Nn/9lry79ifw3L4X/ZZ+HFvcR7Lu70xdTn/66XLNcN/6Nql+3PrUmkfss+PIreTZearax6Nb/wB5&#10;nupkt9v/AJEr2jwvosPhfwzpGjw/LBp1nDZoP9lEVF/9BoA1qKKKACiivDP2sPjBqHwx+Haab4bx&#10;P488VT/2N4dtgeftEn3rj/dhTMrfSgDyKw1f/hdf7TXi/wAcL+/8N+C4m8J6G/8AC91u339wn/At&#10;kW7/AKZ16lzXLfDP4f6f8K/Aeh+F9P8A3kGnwbHmk+9NK3zSTN/tMzO1dTzWoBzRzRzRzQAc0c0c&#10;0c0AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNAD6KKKAPK/Af/Ih+G/8AsGW3/opak0vxpoWs&#10;apcafZapb3d/C0iS2scn7xGT71R+A/8AkQ/Df/YMtv8A0UtEln4a0vVJHlt9PtNSuFbe/lrHM6v8&#10;rfNw1AHQeZVO80PT7z/j40+znk/6aW6s38qI7e0uNP8AslvJ+48ryf3Em5tu3b97muL8WfDO71Tw&#10;/wCH7TTNYuIL/RrpZorqeRm3r827cv8AE3zUAdhHo8VvHst5Lywj/uWt5LCv/fKuFrL1DwHpmqfP&#10;dx293Jt2b77T7S6bb/d3SQl//Hqj+Hel63ofheO0128+136Syfvv9nd8tR6xrniDQ9Y1B4tHk1bS&#10;fsqzW/kSKsiSr/rF+bFAEcfw/is/+PLy7D+D/Qbi9sfl/ur5VyEX/v3Vj+z/ABHZ/wDHvrmsR/8A&#10;cQtrpf8AdVZ7Xd/5Eot/HHmXEcVxo+oWnnXi2i+ZGv8AEu5ZG/urXU80Ac9H4g8Z2f37yO7j3fOl&#10;1of/AI7utrpv++vLrPvPEH2j/kMeE/C9/wD33+0SWsn+6v2u1Rf/ACJXY80c0Actp+saTJ/qvC/i&#10;C0+X538P6hHeL/uqtpcszf8AfurFx400rS/+Pjxh4g0LZt+TxBp8ka7v7u6eAf8AjrVqXmj2Wof8&#10;fdnbz/8AXe3Vv/QhUdvo9vZ/8eUlxpv/AF43ktv/AOi3FAFjS/Fkuqf8gzxp4X13Y2zZ8u7/AHf3&#10;Ux/9BrY/tDxLb/63Q7O7/wBu11Bl/wDHZIx/6FXJ6h4TtNU/4+5Pt+z7n9pWdtef+jYWb/x6suP4&#10;d2Vn89lb6fabfufYftent/vf6Ncou7/gNAHoH/CWXEf/AB9+G9Yg/wCuEcNwv/kOQt/47R/wnmhR&#10;/wDHxeSWH/X9ZzW//oxAtcP/AGPrtnH/AKJrGuQfLsXy9Yjul/3tt3bMzf8Afyubj+InxD8N6pJp&#10;mq3FnfzzbfsXl6Wskky/xboorndF/vbdlAHP/FT9oDxL8K/jBp+py3mn678NruL7OkOmyRyMjfek&#10;ZuS3nL95f4HSus/ak8QWXiD9mPWNV0q4jv8ATb77I9vdR/ddWnSpNcj1r4ieG7zTPEvhPw35d2ux&#10;0+2StMn91tyx/K3+6zV8f/EDR/Efwf0vVPBWqx/a9J1No7iyvY5JPLTYys23ov8AssrL/t1kB9ef&#10;sr6pZeG/2a9H1PU7iOwsLf7XcXF1P8qovnv81Zfwn/aA8UfGT4wagmhaPH/wrm0iaGW6uvlk3fwy&#10;bv7zf88v7lfMfge38Z/GTw/pfgrT5LyPwno3769SO4VY3ZpWbd82F3fN8q/8Dr608F3F38N/D9no&#10;WiaXeWmm26/Ik+lxXHzfxMzQXIZmb+9toA6/wb/pH7c/h/d/y7+Ab10/4HfRD/2Wvryvh74V+LJt&#10;U/bV8KXF1F5Et34P1OxT/R54d+y5gl/5agf7f3d1fcNAHzd+1n/xVnjD4IeAEG9tb8YQ6pcJ/wBO&#10;1hG1zJ/495dfSNfMfwpuB8dP2nPFfxKizN4U8H20nhHw9N/BcXJZX1C4X/Z3LHEG/wCmZr6coAKK&#10;K5jxx480D4Z+Gb3xF4m1e10PRbJd093eSbUT/Z/2m9FWgC54s8W6R4D8Nal4g16+h03R9Nga5u7y&#10;c4SONR8zGvkL4ctqvxq8fXnxn8T2cljHcQNY+ENFu+G0/TG+9cOv8M8/3m/up8lV9Wvdc/a68QWm&#10;t+ItPufD3wg0ydbjSPDd+my41yUf6u8vF/hhX70cX/Amr2LmgA5o5o5o5rUA5o5o5o5oAOaOaOaO&#10;aADmjmjmjmgA5o5o5o5oAOaOaOaOaADmjmjmjmgB9FFFAHlfgP8A5EPw3/2DLb/0UtfM/wC2hvj8&#10;WeH3T93/AKG3+r/3mr6Y8B/8iH4b/wCwZbf+ilrl/jB8D9K+LkdnLd3lxpt/aKyRXUG1vlb+Flag&#10;D4b0/wAYa7pf/HprF5B/1zuGroNP+OHjvS/+PfxJef8AbSTdXrGqfsV6rH/yD/FFnP8A7F3btH/6&#10;CWrk9U/ZL+IGn/8AHvb6fqUf/TC8VW/8iYrIA0f9rDx7pckf2i8t9SjRvnSe3Xc//AlFfaml6h/a&#10;ml2d75fl/aIlm2f71fn3rHwT8e6PHJ9r8J6p5f8Afgt/OX/yHmv0A8PxvH4f0tHj8uRLWP5P+ArW&#10;oGjzRzXLXFn4l/4WBb3cN5b/APCL/Y2SW1/5aeb/AAtVPS/EniWPR9Uu9V8P+XPaQRzW9rBJuaZt&#10;u6Rf++qAO15o5ripPiI+l+F/7Y1DR9Q8z7ZNb/ZYLfdIipKyqzJk/wAK1cuPiRoOnx6X/aF59gn1&#10;CKGaKGT/AKa/dX/x2gDqeaOazrfXNPvNYvNMivI5L+0VXlh/iTdWjzQAc1jeJPFmj+D7OO41jULe&#10;wjf5Ikk/1kzf3VX7zVj+KNQ8Qa5rH/CKeDJLeDWngW4vdWvo2kt9Mgbcqtt/5ayNt/dr/wADajQ/&#10;2b7fS5Ptt7rn9u66/wDrdU1jS4rqZ/8Ad8wnav8AsrQBl/8ACcJ4k/1WuafoVg//ADzvIpL5/wBS&#10;kX/jz/7lbGhx6Jp8ciafcWf75t8rx3CySTN/eZmJZm/3q0JPg/NJ/rbjw/dp/wA85/Dcf/ssgrPk&#10;+B6SeZv0fwXPH/2C5Ldv/HXNAGxHXP8AxE+H+lfETwvcaVrcflwffiuvutbMv/LRWaq//Ci0t45N&#10;ngvw35n/AE46pc2rf+i6x/EHwr8Nf2fJaa7o/iDw1H8r/aoNQnurVGX7reapdf8Av6q0AHh/WPDn&#10;gPw/b6F4P0/+0oLf/ltHJthdv4maVvvN/uq1WP7Y8S6p/wAvlnpsf9y1t/Mb/vqTP/oNc/b/AA/8&#10;URx+b4a8UaH4vtE+4l9+5m/7+xZX/wAdo+0eONHk2XvgPUJP9vTbiC4X+atQA+51i4+HHxr+EHjX&#10;WNYkk0201qTSL26u/JjjtoryB4tzMqqqr5ipX0V+078TtL1HwfD4T0T4t+EfA19rVwsF/qV/qca3&#10;UOnn/XtbLu/1+35V3cc181ah4sfWNPuNM1j4f+JLuwmXZLa3WjtJG/6law9H8N6FpdvcReH/AIH3&#10;iecvzpJocUKv/wAClNAH2r8OviB8FPhb4H0fwz4b8eeELLQtJthb28f9t233V6sx3/MzNlmb3qv4&#10;k/bW+Bvhc7Ln4maHdz/88NKuPt0zf8AgDGvkrw38O/AlneR6h4r8J29jdp9y1n8N+XZw/wDAlRll&#10;/wB5m2/7FeueE7PwlHH/AMU1b6HH/wBgqOJW/wDIdZAautftqeIPGEf2f4V/DPWNT3fd13xdG2l6&#10;ev8AtKjZml/75WvItQ+H/irxl4ot/EvxSv7jx9rNnJ9o0+CxuI7XT9Mb/phZyxlGb/alZmr2ySP+&#10;/Uf2f/OK1A5uPxxqFn/x8apqlp/2FdDW4X/v7aELWxo/jTUNU+Sy1Dwvrsn9y1vJLeb/AL5YO1WJ&#10;LOsvVPDen6pHsvbO3u/+u8ayf+hUAdB/wkmsW/8Ax9+E7z7v/LjeQTf+hOjVJ/wnmn2//H3Z6xYb&#10;P+e+lz7f++owy15P4g8N63of/Ew8OeIPEEcEK/vdCg1D93Mv/TDzUk2t/s/cetDS/EHjOSzt72y1&#10;i8u7S4VZonn0+yul2t/1yeBv/HaAPTLfx54avJNkWuaf5m/ZskuFjbd/uthq3LeRLyPfbyRzx/34&#10;/mX/AMdrx+T4geI449mq6fo9/Hv+f7VZ3tn8v/Ao50/8erPt/FHh+8kje48B6f5/zO76Hqlk0n/o&#10;cD/+O0Ae480c15FH4g0Kzj3/APFceHkSL/nnezRp/wB8+clXLfx5pUkkiWnxUs45E2p5OsR2ysn/&#10;AH0IWoA9R5o5rlrPUPEtxHvtLjw/rUe7/ln5sP8A6CZFqT/hINdt/ku/C8knzffsdQik+X/dk8ug&#10;DpeaOa5r/hOLeP8A4+9H1yw+9/rNPkmX/vqLfUkfxE8LyfI+uWdpJt37LqRrdv8AyIq0AdDzRzUV&#10;nqFpqEe+0uLe7j/6YSLJ/wCg5qx5fl/foAZzRzRzRzQA+iiigDyvwH/yIfhv/sGW3/opa6Hmue8B&#10;/wDIh+G/+wZbf+ilroeaADmjmjms7XI9Qk0e8TSpLeDUnib7O9180aN/tUAaPNHNePeH/wDhcHhv&#10;UJH1iPS/FFg7f8utwsMif7u7FeuRyeZHG3l+XvX7kn3koAl5o5o5o5oAT/WffrPvND0/ULfyrizt&#10;5I027Ekj+5t+7WjzRzQBlW/hvTLfXLjW4rOOPUrhdkt1/E61q80c1S1y8/s/R9Qu/wDnjBI6f7yq&#10;22gDY+H9un9hyan/AMt9TnkuHf8A2fuRL/37VK6XmqWh6f8A2Xo+n2X/AD72scP/AHyqrV3mgA5o&#10;5o5o5oAOaOaOaOaAMbVPBfh/XJPN1DQ9Pu5/+ez26+Z/3196s/8A4VfoUfmfZ49QtN//AD66pdx/&#10;+1K1PEHizQvCce/W9c0/Sf8Ar+vI4f8A0Iise3+Lnge8/wBV4w0OT/t8j2/zoAI/hnpUf37zXJP9&#10;iTWLnb/6GKP+FX6FH/x6f2hYT/8APa11Sfd/wLc7K3/AlrqLe4i1C3juLS4jngb7k0EiyK//AAJa&#10;l5oA4qTwf4g0/wD5B/iSO/j/AOeOsWa7v+/sWz/0Fqw9Y0O4uPn13wPHqX/T1pXl3jf+PBJf++Vr&#10;1HmjmgDyLT49KuLj7Jo/iDUNJu0/5h88jM3/AH4uQW/75rUkvPEGj/Pd29vrton33sY2huv+/TEq&#10;3/AWWu81TR9P8QWf2fU7O3v4P7l1Gsi/+PVx+oaO/ge4t5be4kn8PTSrC8M8jSNp7N8sbKzfM0bN&#10;8u1vuf7tAGhpeqWmuafHe2VxHPaTfceP/vll/wBlv7y1JJHXNx/8U/442J+7sNeikd0/hS8iVWZv&#10;+2sf3v8ArnXUUAZ9xb1zfhf/AIleuaxo/wDywdl1G1T+4srMsq/9/F3f9tK6y4jrk9U/0Pxh4fuP&#10;+e32ixf/AIFF5q/+PRUAdBbx3usapcWWn3EdpHbxK9xdSR+Y25922NVyPm+XczVJeeB9VuI9j6hp&#10;epR/3L7T/wD2ZXP/AKDVzwX/AMhPxJ/19Q/+iErqeaAPMpPh/cW8m9PDelySf39KvGt2/wDQE/8A&#10;Qqp3mh3Hl7Liz8UQR/3PMXUI/wDx4zV6zzRzQB8/Xng/wz5m+WTR4J92/wD4mWhrZybv96PyG3VJ&#10;p/g/XbPUPtGi+KLiSw2sj2trrlztT/ai8zzlX/dbdXvn+xWXeeE9F1D57jR9Pnk/v/Z493/fWN1A&#10;Hmf2jxxp/wBzUNUk+X5fPt7G+X/e+XyHqx/wsDxRb+Yl7Hpc8f8A0/aXe2v/AH0y+eldpJ8P9H/5&#10;dPtlj/163kqr/wB8sSv/AI7WXbx3ej65/ZV9cfa5PK+0Wt15e1pot21lZV+Xcrf3aAMePT08QW8d&#10;7L8N9L1KC4VXS60q8tpN6/3v3ghaiT+ydL/1uj+NPDXzb3eD7XJH/wCQnkSu0+F//Il6H/1wWug1&#10;j/V0AeV2/jTR45I0t/iZJaSfM/k6xHArf+RY0f8A8eroNPvPEdxHv0/WPD+ux7fv/Z5I2f8Au/NH&#10;I6/+O1X8Qf6RHIkv7yP/AJ5yfMteX654P0K4k3vo+n+Z/wA9I7dY2/76XDUAeyfaPHH/AD5+H/8A&#10;wIuf/jdFeB/8Ifov/QPj/wC/kn+NFAHqHgP/AJEPw3/2DLb/ANFLXQ81z3gP/kQ/Df8A2DLb/wBF&#10;LXQ80AHNHNHNHNABzRzWV4k8QWXhPQ7zVtQk8u0tIvOby/vVl/Dv4iaV8TPD/wDbGleZ5HmtC6Tx&#10;7W3L/wDtUAdTzRzRzRzQAc0c0c0c0AHNZXiT/kDyI/8Aq3lt0l/3WnRW/wDHa1eayvFkfmeF9U2f&#10;8+sj/wDfK7qAPSJP9ZTOaSOT7RHHKn8a7/8Avql5oAOaOaOaOaADmviL9oT9sjVdU1iTwp8NJJII&#10;3l+yf2vB/wAfF7L91lg/55R/9Nfv16x+2p8UH8D/AAvj0KyuJINW8SM1vvj+VktV2tK3/AtyL/20&#10;r4v/AGf9HTWPFmsa68fmQafEtpa/7zfeZf8AgK0AdRceH9P+Hej/ANt67/xUvii4b5JrrdJ+9b5v&#10;l3Z+Vf4m+/Xn+seJNT1yTfe6hJJ/0xjk8uNP91V+WvaLj4R+I/jR44jt9Mj+yaLp8SpcapP/AKlG&#10;b5pNv95tuz5a+oPB/wAE/Bngvw/HpkWh2d/Jt/0i6urdZJJm/vfNnbQB8D+A/iJ4l+Geqf2h4X1y&#10;40mTd88PmeZbzf7MsTfK1ffH7Pf7SGmfGyzk0+7jj0nxZaRb7jT/ADP3cy/89oN38P8AeX76V5f8&#10;aP2X9E8QafJqHhK3t9F1aH53tY/lhuf9nrtVq+R9L1TWPA/iS31Cykk03XdMn86J/uskq/wt/wCg&#10;tWQH6280c1y3wv8AiJp/xU8B6X4l0/8Adx3cX72H+KGdflkjb/daup5rUA5qlrmlprmj6hpkv+ru&#10;4JIf++l2q1XeaOaAPItc1B7zwXoeuv8A6+0urS7l/wCBMsUv/jsj12kclcnqml/bPCfjDR0/1kMt&#10;/DEn13Sx/wDoxK2ND1BNQ0ezvf8AlncQR3H/AH0qtQBsSVx/jT/R7fT7v/n01G0m/wCAtKqN/wCO&#10;yVJJ8RLTUJJLfw5Z3Hii7R9jvY7VtUb/AGrpvk/753P/ALFcv4k8H63rmn6pd+Jdc8uNIJJrfS9N&#10;kaO1tmRd6s0vyvPtZd3zfJQB6h4L/wCQh4k/6/If/REVdTzXHfDe8fUI9Yu3/dyXEtvM8f8AcZrO&#10;Bv8A2aux5oAOaOaOaOaADmjmjmjmgA5rkvFH/I2aH/163P8A6FBXW81yXij/AJGzQ/8Ar1uf/QoK&#10;AND4X/8AIj6H/wBecddBrH+r/wCA1z/wv/5Efw//ANeMP/oFdBrH+r/4DQBwesVw+qf/ABVdxrFc&#10;Pqn/AMVQZGRzRRzRQB2/gP8A5EPw3/2DLb/0UtdDzXPeA/8AkQ/Df/YMtv8A0UtdDzQahzRzRzXz&#10;V8fPh/8AEjWPHkmseHJLj+zUgjSL7LceWyN/F8uRQB9Eappdprmn3Gn6hbx3dpcLslhk+661T8L+&#10;F9K8H6XHpmj2cdhaIzPsj/vNXx3/AMLE+MHguTyri41D5P4LqPzP/Qq7D4Z/tKeM9Q8YaXpXiCzj&#10;u7S7lWF3js/LkTd/F8tAH1bzRzRzRzQAc0c0c0c0AHNUtYj8zR9QT+/azJ/461XeapaxJ5ej6g/9&#10;y1mf/wAdagDsNDk8zQ9Lf+/awv8A+OrV3mqWhx+Xoelp/ctYU/8AHVq7zQAc0c0c1z2ueMItLvP7&#10;Psrf+1ta27/sUcm1YVb+Kdv+WS/+P/3UoA+F/wBtzWLvxJ8dJNKtI5LuTTNOt7S3hj+ZnldfNbb/&#10;AN/ErvP2Z/2Y9V8N+D4/+Ez/ANB+0Ttdtp8En759yqqrK38P3f4fnr0D4kfAO98UXFx4g0TWLfSf&#10;G93eLcXWrx+ZGqKsWxYYtuWVfuf79cHJ8N/j7o//AB6fEC3v/wDrpeM3/oyM0AfTFvb2ml2cdpZW&#10;8dpaQrsihgj2qlZ+oaolvHvevi/XP2iPih4L1i40q98QaXqc9u2yXZbxTR7v7u5QK9U8L/EjU/En&#10;gfT9T1iSP7fcKzv5Eflrt3Mq9zQB6R4g8WeX9ySvlP4+aXb3GqR67b/6yb5Lj/e/hau88QeMP9Z+&#10;8ryvxZrn9sW9xb/6yPa1AHsH7Bfjx9P8Ua54MuJP9E1CD+0bVP8ApvFtWT/vqNk/7919s81+YX7P&#10;euP4f+OHge7T93v1OO3b/dm3RN/6Mr9PeayAOaOaOaOa1A4qSNI/GniCJ/8AVzLbXH/fUTRN/wCi&#10;q8r8B+G7LXPB9nqHibUJNStLRWh+y30iw6fCsTMi/ulwrfKv3pd1eoXlx/xVHii4/wCeK28P/fEG&#10;/wD9qV5X8O/B+iW/g+z1jxHcfb/s7SO76rcL9jtmVmXcsXCL937zLv8A9ugDsLPxx/akcdv4S0eT&#10;Wo0+RL3/AI9dNT/dlYfN/wBslasPx54XuLzwvql34r1yS7j8iTZp+m7rWz83b+7XqXlbd93c3/AK&#10;3I/GGp+JPk8L6f8A6J/0GtVjaG1/7ZRcPP8A+Op/t1h+NPCelafodxe+INQk13WplaGymvpFX/SX&#10;+WNbaBcJE27Zt2/P/t0AemfD/wA3/iefaP8AX/aofN/3vscG6ut5rkvh/wCbH/biXEnmT/bIfNf/&#10;AGvscG7/AMerreaADmjmjmjmgA5o5o5o5oAOa5LxZ/yNGh/9e11/6FBXW81yXjD/AJGTR/8Arzu/&#10;/QoKAND4Z/8AIj+H/wDrxh/9BWug1j/V/wDAaw/hv/yJfh//AK8Yf/QVrc1j/V/8BoA4PWK4fVP/&#10;AIqu41iuH1T/AOKoMjI5oo5ooA7PwX+z/wCLf+ED8N3uj+MLyCO40y2lS1urfzI03RK2374+X/gN&#10;SXHgf4saP/0B9ajT/ejb/wBAVf8Ax6vpz4RxrJ8J/BX/AGArL/0QldRJp8Mn/LOsjU+K7jxB410f&#10;/kK+A7yT/ppYyLMv/kPfVP8A4XBolvJs1O31DSX/AOn63aP/AOy/8dr7Yn8P2kv/ACzrLvPA9ldx&#10;7Xjjkj/uP92jmA+U7fxp4U1yP/kKafP/ANd/l/8ARgFbFnb6fJHvtI7N40+48G1v/Qa9g1z9nfwf&#10;rHz3Hh/T5JP78dusbf8AfS4auH1T9j/w1JJvsf7Q02T+/a3kn/s+6jmAxOaOaiuP2a/Fel/8gfxx&#10;qEf9xL6NZl/8dK/+g1j3Hw/+Leh/ck0PXY/+mm6Fv5Bf/Hq05gN3mjmuOuNc8caP/wAhX4f3kn+3&#10;psizf+Oruaq//C4NHs5Nmq2eqaLJ/wBP1m0dMDueayvFEjx+G9U2f6x4GhT/AHn+Rf8Ax5qz9P8A&#10;iJ4a1T/j31yz/wC2knl/+hYq54guEvPD95LaSRz+Sq3CeRIrf6pll/8AZaAPSI40t444k/1aLs/7&#10;5qO4uIrO3kuLiSOCCJd7zSSbVRf7zNXH/wDCwL3XPMuPDWjx6lpm75NQvrz7PHN/tRKqMzL/ALXy&#10;1z8esf254g2eLY5LC78//iW6XP8ANZ/L91lb7s8n+99z+FKAOguPEGoeKPk0qSTSdJf7+qSR7biZ&#10;f+mCt91f+mrf8BT+OpNPs7TQ7P7PZR+RHu3v/Ezt/EzM3zM3+01SXF5/G9eX6h8XL2z0+PWLvwve&#10;Wnh52VPts9xGtwis2xZGg+8q/wDAt/8AsUAd5rniCy0PT7i91C8jtLS3XfLNPJtVFr5L+KH7Qmt/&#10;FDUJPDXgeO4g02b5JbqP5Zrlf4v+uUdXPjp4f8UfEDxpb276pHH4XRd6J91YWX5W3L/E392q+n2+&#10;leB9L+xaZH5f/PWaT/WTN/eZqAPN/GngPT/Afg+3R5PtetXc6o83/LOFVVmZV/8Aiq6T/hIE0fw/&#10;p9kkn+pgjT/x2uP+JGsPrmoafF/rI0Zn/wC+ttV7i4e4k+egCxqGsS6hJ/0zrLvLj7PbyO/91tlV&#10;7zWIrf5Iv38n/jtYdxcPcSb5ZPMrIDqPhPbvefFTwXbxf6x9atNn/f8AWv1Yk/1lfnn+xn4Dl8Wf&#10;GS31V4/9A8PRNfSv/D5rqyRL/wCPO3/bOv0J5oAOaOaOaOa1A4K4/eap4w/67/8AtnBXlfw/8P6F&#10;o/gfS9b8Uah9ve0Vk87VZF+z20qsyt5UXCbt38W1nr1iOPzPEHihP794v/j1tBXlfw70fw14f8F6&#10;P4l1C4/eQxfJe6xcbvszbm3LFu+Vfm/urvegDrI/EGu+KP8AkBWf9k2D/wDMX1iNvMf/AGorXhm/&#10;3pdv+49Y/jjw/wCH/CfhvUNQ1W8+367dxNFa6hqtwrXTzt/q1g6LF82z5YlWtSPXPEHiz/kCWf8A&#10;Yumv/wAxfVbf98//AFwtWw3/AAKXb/uPWH4kj8OeE47yy/ea74w1aL7Jvuv9IvH8790vmtjbBDub&#10;/ZSgD1jwHv8AtHiDzf8AWfbo9/8AvfZoN1dTzXJfDu3e3j1iJ5PPkhvI03/39ttAu6ut5oAOaOaO&#10;aOaADmjmjmjmgA5rjvGH/IwaP/153f8A6FBXY81x3jT/AJGDS/8Arzu//aVAGx8O/wDkT/D/AP14&#10;wf8AoK1uax/q/wDgNY/w/wD+RP0P/rwg/wDRS1sax/q/+A0AcHrFcPqn/wAVXcaxXD6p/wDFUGRk&#10;c0Uc0UAfa3wf/wCSSeCP+wHZf+iErsK4/wCD/wDySTwR/wBgOy/9EJXYVkahRRRQAUzy6fRQAzy0&#10;qKSxhk6oKsUUAZkmh2kn/LOs+88GWNzHtaPMf9yujooA8n8Qfs++DtZ3ve+H9Lkz96R7ZFb/AL7X&#10;DV8wap8F/D/izWNQuNCkuPDWhW881pbvY3DSSXuxmSST52ZVj3K+1VWvS/GOpJ8RvGeuf29cpc2O&#10;n6jNp+n6NJJ+5TyfkaRos/NIzb/mb+D7tZn/AAhdpp/73w/J/YV3/cg/493/AOusX3f++dr0AV7e&#10;PVfBen29v5f9taLbxLCnkR+XdQqq7V+VfllX/d2v/v1sSR6Z4o0fY8dvqWm3a7/70brUeh64+oSX&#10;Fpd2/wBg1a02/aLX7y7W+7JE38UbVn3Ef/CJ65Hdxfu9J1OdYbqH+GGd/ljmX/eb5W/7ZvWoHJ+K&#10;NQ1XwHb3Gn+Z9vt5opP7Kup/mbzVXd9nlb+Jv7rfxpXzf4o1yx1Twnve81jVvEsyxvdJPcT7kl3K&#10;0m6LhFVf7u2vrz4kaP8A254L1S3/AOW6RNcW7/3JYvnX/wBBr4z8QeNPMj+ST79AHQeJPGH7yT95&#10;Xm+seIJbyT5P9XVeP+0PEmoR2lpbyXd3M2yK1gjZmdv92vpj4R/sf/8AHvqvjuT/AG10WCT/ANGs&#10;v/oK0AfJeqapFpdvJcS+ZJ/sR/NI9XPh/wDEzwPqlnJZa3b/ANm3c25He++aF1/2WX7tfXnxc/Yj&#10;8OeNLiTU/Cl5/wAIvqT/AH7WSNpLF2/3fvRf8B/74r5v8SfsN/Ei3uJE/wCEfs9Wj/5+tN1CP5/+&#10;/hVv/HaAOb1zwHpn/HxoniTS57T/AJ43V5GrJ/wL+KvP5JLu81y30TRI49d1a7lWGKGxk85XZvlV&#10;flWvZPC//BPfx3rF5H/aGn6foUH8c99qCyN/3zFuavsT4D/sv+EvgXH9rso/7W8QuuxtUnjVdm77&#10;yxLz5S/+P1kBofs3/Bv/AIUn8N7fSruSOfXb5vteq3Uf3XnZdvlr/sxL8q16jzRzRzWoBzRzRzRz&#10;QBxVv+78YeJE/wCnq3f/AL6tol/9lrx/4f2fhrwv4P0vXdYuJJLtGkht31KT7RIku5v3dtEo/wDQ&#10;V316xql4mn+JPFl3/wAs7eC3d/8AeSBnb/x1krh/h38P9M8J6Xp9wkcl3qzwLvvb6TzJk3/M0a7v&#10;9Uu5vurQBc8zxF4w/wCenhPSX/3W1KZf1WD/AMef/cqSTw/p+h3nhvR9Ms47SOW+a+uP4pJvJiZ9&#10;0rNlmbds+Zq6iOsez/4mHji4f/lnp9iqf9tZm3N/47ElAHWeB/8AWeIP+wiv/pNBXU81y/gf/WeI&#10;P+wj/wC0IK6jmgA5o5o5o5oAOaOaOaOaADmuK8cf8hzS/wDrwvf/AGlXa81xXjz/AJDGn/8AXje/&#10;+0qAOg8B/wDIp6J/142//opa2NY/1f8AwGsvwP8A8ivof/Xjb/8Aopa1NY/1f/AaAOD1iuH1T/4q&#10;u41iuH1T/wCKoMjI5oo5ooA+1vg//wAkk8Ef9gOy/wDRCV2Fcf8AB/8A5JJ4I/7Adl/6ISuwrI1C&#10;iiigAooooAKKKwvFHizSPBeky6lrOoR2Fmg+/Ic72/uqv3mb/ZWgDdrx/wCKn7Quj+BZLjTNMCa5&#10;4gT5Gto5NsNs2P8Als/8P+6vzcV514q+MXif4rSXFl4ajk8L+F0O241Cd/LuJl/3v+WS/wCyvz/7&#10;aV5brknhzR9L/srR7f7XPu/e6pJ8v/fNAHN+KP8AitNY1DVdYjt57u+l86XyLdYV3dPl2/N/D95m&#10;3V0nw38WXej6pb+H9TuJL+wu/k0+6nk3SQyr83ks38Ssq/K3/AK4/WNYstDs/td7cRwQf+PP/srX&#10;B6H481Dxp8QPD+n6Zb+RaJqNu/8A00fbKrbm/u/KtagfUnjCP7HZx67F/wAfek/vn/24P+Wsf/fP&#10;zf78dWPFEdvqHhvULd5P3c1rJsf/AIDuVqy/HHiyy0vQ9Q+0Sfu/Ik+T/gLV5Na+IfE/xCfT/DHh&#10;jT7y/wBSlgjt38uNljh+VVaSVmXaqr/tUAdj4g+LFpb+G7e4eT9/cWqu/wDvMu5q+d/hv+z34r+J&#10;moeb9nk0XRfvvqF9Gyrt/wCmS/eavsHTf+Cf+nSahG3iHxpf6rp0SKiWdtZx2+7C/wATMXz+Vewy&#10;/B7VrGPbpviKCSNFCRQ32nrwo+6u6Jk/9BouB5D8M/g34a+Fdns0ez8y/ddkuoT/ADXE3/Av4V/2&#10;Vruea0rzwT4w08ZfSrDUo/8Apxv9rf8AfEqKv/j1Y9wb/TzjUNA1iwKfff7G00f/AH1FvWgCbmjm&#10;s638QaVcSeVFqFv5/wDzxkkVZP8AvlsNWpQAzmjmjmjmgA5o5o5o5oAOaOaOazvEGqf2H4f1DUP+&#10;WlvBJMn+8q/Kv/fVAHmeuXH9oeH9clX/AJjmptaJ/wBcmlW3/wDRcbtWxWPcWf2O88N6P/rP7PtW&#10;uJf97b5K/wDjzTtW3oOm6r4u1B9P8O6f/aVxE+ye5eTy7O2/66y4Pzf7K7moMiDUNQt9Ls5Lu9uI&#10;7S0hXe888m1Uqn4D/wBM0+41X/lpqd01x5f8SRfKkSt/2zjRq9j0/wDZl0O4s/8AiqfL8V37/e+1&#10;x/6LD/1yg5Vf95tz/wC3WRqn7HfgS4k32Wl3Gkyf39KvJbf/ANBO2lzGpx+n6hL4X1S8uHt5J9Nv&#10;try+RH5kkMoXZu2/eZWVU+78/wC7rct/Hnhy4k2JrFnHJ/cnk8lv++ZMVTvP2W9b0v8A5AnxA8QW&#10;n9xL7y7yP/x4Bqx9Q+E/xb0uPYmqeG/EMH9y+s5LVn/797lpgegW8iXke+3kjnj/AL8fzL/47S81&#10;4teeG/Gelyb9T+E8c/8A028P6hFu/wDZGqnJ8RLfQ/k1C38ceF/+v63nkh/8eEi0Ae680c149o/x&#10;gstQk2WXjzR7uT/nhqVvGsn/AI6Y66yz8Ya3JHv/ALP0vUo/79jeNH/6EjL/AOPUAdrzXDePLhP7&#10;cs4kk/eQ6Zdu6fxIreVtZv8AvmrF54s1W8j+z2WlyabO/wB+9upIpo4V/wBlVJZm/wB7alZdxp8W&#10;n6PqmzzJJ5opHlup/mkmba3zM1AHaeC/+RX0P/rwt/8A0Utamsf6v/gNZ/g//kX9H/687f8A9FLW&#10;hrH+r/4DQBwesVw+qf8AxVdxrFef65cRWf8Ax8XEcH3v9ZIq/wDoVBkUOaKpf2xp/wD0ELP/AMCI&#10;/wDGigD7j+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKyNQooooAKKwfFHizSfBul&#10;S6nrOoR6bYxD5pJm4LH+FR1Zv9la+ePF3xd8T/Fb7RaeHPM8L+E0+W41Cf8Ad3Ey/wC//wAs1/2V&#10;+f8A20oA9D+J3x+03wjM+jaHAfEPiXcYzbQf6m2b/pq4/i/2F+b/AHeteG68s97fR6/8RNTk1LUt&#10;v+j6TB8qov8AdVV+WNf8u9ZH/CSaV4Lt/sXhePzJ/uPqk8fzf9slri9Y1iKzjuNQ1O88v+N5p5K1&#10;A6DxB4wvfEHl2/7u001P9VZQfLGn/wAVXl/jD4kWXhvzLe08u/v/AO5/yzT/AHmrm9U8ca3481SP&#10;QvClneTyXbeTElrHuuJv++furX1T+z7+wnZaD9n134jiPU9S+/FocfzW8H/XVv8Alq3+z9z/AH6A&#10;PBfg7+zb44/aO1SPWNQeTSvDW/5tWuo/vr/dtov4v977lfZsX7IvgrR/C9hp/hsXOg6tYl2i1pAJ&#10;biZnXbJ5+7h1b+78u3+DZXt9vbxWsCRRRpHGi7FVBgKo7VYrID5k8P8A7HUkniS31Lxd4n/t2xt5&#10;VlTTbWz+zxzMrbl8xmdm2/7K19N0UUAFFFFABRRRQBR1LR7DVofJv7K3vYv7lzEsg/8AHq5a6+Dv&#10;hS4Z2h0v+zXfq+mzyW3/AI7GwWu3ooA8yuvgz5Of7P8AEeow/wCxexw3S/8AoAf/AMerIuPhj4ts&#10;v+Pe40fVk/2/Ns2/9qLXslFAHg9xpPiXT/8Aj78Mah5f9+xkiul/8dcP/wCO1kXHiCys5Nl7JJps&#10;n9zUreS1/wDRgFfR9R/f+VqAPALe4ivI99vJHcR/34JFZf8Ax2uX8eah9svNH8O2tvcX2pX1yty+&#10;n2MbTTeRD8+5lX7qtIqLubalfQWqfDTwtrEm+78Pae8n/PZLdVk/77XDVc8O+D9C8KxzjSNJtdN8&#10;/a0r28aq0uOhZvvN/wACoA8Y8I/s73Ws61ea14wupILe4EapodjJtKRJnas84O5vmZ22xbV/2nr3&#10;TS9LstDsILHT7SCxsrddkVtbxrHGi/7KrWhRQAUUUUAM8tKjkt0kqeigCpJpdvJ1jqnceG7SX/ln&#10;WvRQB554g+C/hfxJHs1PQ9Pv/wDrvZxyf+hCvP8AVP2O/h/cSb7TR5NJf+/pV5Nat/464WvoOigD&#10;5cvP2V9V0/8A5AXxA8SWH9xL6SK8j/8AIiBv/Hqw9U+DfxYs7e4t7fxB4f1qCaJof9O0+W1k+Zdv&#10;/LMla+vPLSkaFG7UAfMml2/j3Q7O3tH8J6fP9nijh3x6wy79q7f4rarFxZ/EPWPki8P6PYf7c+qS&#10;Sf8AjqwD/wBCr6M+wQ/886elnFH0SgD5oj/Z/wBd8QfP4g8QXE8b/wDLlpX+hw/99KTK3/fytzR/&#10;2W/Cln8//CP6f5n9+S3WRv8AvpstX0B5aUUAeL/8M5+Gf+gHp/8A4Bp/hRXtdFAHH/B//kkngj/s&#10;B2X/AKISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/AAV0/wDwvvwHHHu/tzj/AK85/wD4&#10;igD0SvJ/iZ8e9M8Ezvo+lJ/wkHidvkWygP7uFv8Apq652/7v3q8W8d/tYQ/EK+l0Twlq/wDYWjfd&#10;m1aSOVbiZDwTHtQtEp/77/3K89b4qeEvBMUtn4buPNvl+WbVJreTcG/i2qwoA6/xG89/qEfiD4iX&#10;8mpal1tdFg+VYV/uqv3VX/x/+89cp4g8YXviDy4n8u0sE/1VlB8saf8AxVcZceOtLu55JptSLu/z&#10;tJJFIzf+g15z4x+NUDPNp+iyiIL8kl3Ijbx/u8VqZHa+LPHmn+F4/K/4+7/+G1j/APZv7tZ3wv8A&#10;gn49/ab1z7RF/oGhQtsl1OeNltYf7yxL/wAtW/y1dZ+z58C/BGrLaeJviN4g8y0mKy2+jQRzs03+&#10;1PKqf+Or/wB9V9s6X8ZvhxoenQ2mn6pFY6fbJtjt4LCZI419FVY+KyNRPgz+z/4T+CGkC30Kz+0a&#10;jKu251a6Aa4m/wCBfwr/ALK16hXn3/C+vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFef&#10;f8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6D&#10;n/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBB&#10;z/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQ&#10;B6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo&#10;/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/&#10;wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf&#10;+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+vAv/AEHP&#10;/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAH&#10;oNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/&#10;AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C&#10;+vAv/Qc/8k5//iKKAP/ZUEsDBAoAAAAAAAAAIQCVKK5UXUAAAF1AAAAVAAAAZHJzL21lZGlhL2lt&#10;YWdlMy5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoH&#10;BwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkU&#10;DQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAAR&#10;CADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgED&#10;AwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRol&#10;JicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWW&#10;l5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3&#10;+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3&#10;AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaan&#10;qKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIR&#10;AxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvhn/0T7wx/4KoP/iK0&#10;fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ifeGP8AwVQf/EVa1b4j&#10;L/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4kSYk8vwxa8f8e3mXM3/kTav/AKDQ&#10;BB/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB/wDEUsnxE1Pwyf8AisdE/sqxxltZ0+c3&#10;dkn/AF1OxXiX/aZdv+1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/0T7wx/wCCqD/4ij/hn74Z/wDR&#10;PvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+Ir0GigDz7/hn&#10;74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvDH/gqg/8AiKP+&#10;Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+CqD/AOIr0Gig&#10;Dz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0T7wx/wCCqD/4&#10;ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf/RPvDH/gqg/+&#10;Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8Ahn74Z/8ARPvD&#10;H/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gfvhn/ANE+8Mf+&#10;CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaKAPPv+Gfvhn/0&#10;T7wx/wCCqD/4ij/hn74Z/wDRPvDH/gqg/wDiK9BooA8+/wCGfvhn/wBE+8Mf+CqD/wCIo/4Z++Gf&#10;/RPvDH/gqg/+Ir0GigDz7/hn74Z/9E+8Mf8Agqg/+Io/4Z++Gf8A0T7wx/4KoP8A4ivQaKAPPv8A&#10;hn74Z/8ARPvDH/gqg/8AiKP+Gfvhn/0T7wx/4KoP/iK9BooA8+/4Z++Gf/RPvDH/AIKoP/iKP+Gf&#10;vhn/ANE+8Mf+CqD/AOIr0GigDz7/AIZ++Gf/AET7wx/4KoP/AIij/hn74Z/9E+8Mf+CqD/4ivQaK&#10;APPv+Gffhn/0IHhv/wAFUH/xFFeg0UAcf8H/APkkngj/ALAdl/6ISq/xG1S+kOmeHtHuHtdV1qRo&#10;/tkfLWdsi5nmX/aAKIv+3IlWPg//AMkk8Ef9gOy/9EJVeP8AefGi43f8u+gR+V/21uX8z/0UlAG5&#10;4d8O2HhfSYNN02BbazgXCoo/76Zm6szN8xZvvfjXJ+Jvjv4R8La9d6NPcahqOp2Sh72HR9Mub77E&#10;jDKtP5KMI+P71ekV57r1jcfDLQ9W1DwP4K/4SHVdUv3v7yzt7yO1aeZ0+aZnlOP4EXaKAOr8NeJt&#10;I8a6Baavot9b6ppV7HvguoDujkWuO8O24+H3jRPDsR2+HNWElxpUWMLZzp80tun/AEzZT5iKPu+X&#10;L/DsrH/ZjtLW3+HN08V2J7+71i/u9TtUt2t1sLyWdnmtfKf5l8pm2/7X3/466f4pfu4vCk6nbPD4&#10;hsvK/wCBs0Tf+Q5HoA7miiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCVm+PLg+E/E&#10;+ieLSoXToQ+m6pJjHkwTMpSZv9lJUTP91ZJGrS+D/wDySTwR/wBgOy/9EJXT3VrDf28lvPGk0Eyl&#10;JInTcrqRgqaALNeNf2X8UPBPiLX10J9I8X6Jqd7Le2f9t6lPa3GmvJ96H5YpVkhVvu/c2g7a3LPR&#10;vEvw5Bg0WA+KfDi/6qxnuFivbNR0jikf5ZY1/hWRlZf779K0f+FqW0ceLjw54ogn/wCeH9iTyf8A&#10;j8YZP/HqAKfwf+Ht58P9H1iTWr+LUvEGu6pNrGoz2qNHB58iInlxKxLeWqxoq7vSpNWnHir4j6Xp&#10;FuQ9p4ef+07+THy/aHjZLeH/AHtrvK3piP8Av1HNrXjDxa32fR9Jl8KWTfe1bWNjXAX/AKZWys3z&#10;f7UrL/uPXTeF/C9l4Q0hLCx8xkLtNLNO/mTXEjHLySN/EzetAG9RRRQAUUUUAFUtQ1C20uznur24&#10;js7WFS8txcSBI0UfxMx4WvOvHXxstPDuqzaB4ftD4o8VJ/rbG2fy4LPP3Wup+Vi/3fmdsfKhrzG/&#10;8O3/AIzvE1Hx1qEfiW4ibfb6Ykfl6XZt/D5UG4+a3/TWXc39zZQB22p/tCPrEhh8BaIfEMX/AEGt&#10;Rlaz03/tk+xpJ/8Atmm3/bqj/wALO+Jv/Pn4Qk/7a3a/+yGoeaOaAItU+M3jzQ9Plvb+w8H29vFt&#10;+f8AtC778BdggLMxboq1U0P4z/FXV45JW8GeHdMg3fuvt2qXKzTL/e8pYCyf8C+ak1zw3pnii3jt&#10;9Vs47uOGVbiL94yskq/dkVlIZW+asv8A4VvoX9zUP/Bxd/8Ax6gDq/8AhavxP/6F/wAIf+DW7/8A&#10;kWj/AIW18Tv+hc8If+Di7/8AkWuU/wCFd6P/AASaxH/1z1y9/wDj1H/Cv9P/AINQ1yP/ALjl3/8A&#10;HKAOsj+LnxL/AIvDfhMf9xi7/wDkWp4/i18Q/wCPwx4XP+5rlz/8i1xn/Cv7L/oKeIP/AAeXP/xd&#10;H/CB2/8A0HPEH/g4n/xoAj1b9sq48O6xbaff6Fouo3EjSJJDpOut5kJT7zv58EaKu75fvbv7u+r8&#10;f7aVp/y18N28f/XPxJZN/wChMKqf8IOn/QweJP8AwcSUf8IW/wDB4o8Sf+DDd/6EhoAvyftpaVHH&#10;I6+HPM2L9yPxBpu7/wAenFZmj/t16frK7h4E1SxT/p+1vSYe+P8An6zUn/CDy/8AQ0eIP/AiJv8A&#10;2nUf/CBv/wBDRrn/AH8tm/8AaFAGn/w2hZ/9ChJ/4Uelf/JNJJ+2lZQLvfwhPt9E8QaUzf8AfK3J&#10;asn/AIV+/wD0Mmsf9+7Rv/bapI/A93byb7fxRqlvJ/f+z2O7/wBJqAO1/wCF+eJtSjSXTvhxcJAV&#10;H/IY1e3tZt38W1E835f9rdUw+N3i7+L4eW//AGz8QJ/8ZFcR/wAIvrH/AEOmqf8AgHZf/GKP+EX1&#10;v/odNQ/8A7T/AON0Ad3/AMLy8UdG+Hh/4BrkB/oKP+F7+If4/hxef9s9YtG/9nFcJ/wjfiD/AKHS&#10;8/8ABfaf/EUf8I/4j/6HST/tppdt/gKAO8/4X3rvb4b6o/8A3FLH/wCPUn/C/te/6JfrP/g00/8A&#10;+P1wn9h+KP8AocI/+2mjxf8AxYo/sfxV/wBDZb/+Cdf/AI5QB3H/AA0Frv8A0S/XP/Bpp/8A8fp8&#10;fx+1uT/mmGu/+DDTv/kiuAuNP8UWdvJLL4s0+OCFWd3n0faqKvzMzN54ryvw3Jrv7Rkkd3rFx9k+&#10;G1jPJ9n+w+Zat4pZGbbMy53RWn+zu/ev/s0AfZvgfx1Y/EHRf7Q09Lm0dLiS1ubK+Xyri1mQ/NHI&#10;mT83TvyuGWuur408N6fafCfxpF/whv2jQtNs3j1HWrKC8ka1ufN2xLG0UhK7vLV23ff/AHcdfZdA&#10;BRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUAFFFF&#10;ABRRRQAVDMjSRuquY3Zfvf3a+e/2mv2xNK/Zp8QaHpeoeHLzWn1S2kuEe3uI4dmxlXb83+9Xj3/D&#10;1jw7/wBCBqn/AIMIf/iaAMObx58UP2H/AItXf/CZXd/44+HHiO+a4bVHw8gkf70i/wAMcy4+aL7r&#10;/wANfQMnxU1H41WEd14W1F9C8EzbkGrW77L/AFLHDLF/z7R/7bfvf7uz79fIXjv9ujw58XLy8i8b&#10;eD9Q1PQvmSy0KDUI47eHt50vG6Wb+633E/hTd89eT/Bv9oi4+B/jC8l0SO8u/BF3Pvl0i+kVpNv9&#10;5WX5fMX+9/H/ABUAfo5o/h/T/D+nx6fplnHYWifchj/vN95m/vN/eZqufZ/84o8P6pb+JND0/VbS&#10;O4jtL6BbiJLqNoZNrLldyt8ytWP8QPGll8O/C9xrF7HJdyblt7XT4P8AXXt0/wAsUMX+0zf/ABdA&#10;Ffxp400T4f6X/aGt3n2SN28m3hj/AHk1zL/zziiX5mauHj8QfEPxp8+maXb+DNNb7k2q/vr51/ve&#10;Vyq/7rK1Y9vZzeF9Ys/Efiu3k8WfFHWdyabpNj8y2S/eaG23fLFGv/LSdq0LjS7vWI/tHjDxRJ5c&#10;33NI8OXjWNin+z5/+vuW/wBqL5P9igDQj+H/AItk+e48eahJJ9/93btGv/kN1qveaH490eOR7LxJ&#10;Jdyf9NI4rpf+/Ugjb/vm4qv/AMIH8PP49Ds4P7k0moapG3/f1ox/481aEfhfW9D8uXwfrlxf71Z0&#10;8P8AiO4W6huVX732a8Us27/gTf7SJWoGHpfxU8YWdxHaaxZ6HPJ5vkpNH59nG8v/ADz+ZXaKT/pl&#10;Kq7/AOHfXUR/Ey7t/wDkIeE9Uj/27G4gul/9DVv/AB2q/wDxKvipo946W/2DVrfdY3tlfR/vrZvv&#10;Nb3K5+aP+L/x9X3fPXN+G9QuLO8uNC1DzPtdvu8p55N0jqu3dGzfxMu5Pm/jSSN/43oA7iP4seGv&#10;+Xu8uNJ/7CWnz2//AI8ybf8Ax6tzS/Emj+IP+QZrGn6l/sWtxHI3/jpNcf5j1l6h4b0rWP8Aj90u&#10;zu5P78lurN/31jdQB6x5b0VwfwzvLu38Qax4f+2XF/ptpZ293F9qkaSS2Z2dPJ3N8zLtj3Lu+5Xp&#10;H2egChzRzVv7P/nFH2f/ADigCpzRzVv7P/nFR/Z6AIOaOan+z0fZ6AIOaOaf5dHl0AM5o5p/l15X&#10;8ZPEmq6pqGn/AA68KXn2TxLrkTTXuoR/M2k6Z92W4/66N/qo/wDb/wBygDn/ABBcP+0J4svPDVlJ&#10;JH8NtDn8nXb2D5f7ZvE/5cYm/wCeK/8ALVv43+SvTPEGsJ4fs7O00+3jkv7j/R9Pso/lj+VfvNt+&#10;7Gq/eqPQ9H0T4Z+D7fT9Pjj03QtJtdiR/wBxV+8zf3mb/wAfeq/huzuLy4uNd1OPy7++XZFDJ/y5&#10;Wv3o4f8Ae/ik/wBv/coAx/FHh/8As/4d6pZJcSXd/qG1Li6k+9czyyorN/8AEr/AlfVPgjVDrng3&#10;Q9Qf55Lmyhlb/eKDd+tfNXjD95b6Xb/89tTtv/HG83/2nXuvwRuPM+HOnwk5+ySz2n02Tuq/+O7a&#10;yA76iiigAooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAoo&#10;ooAKKKKAOB+KU3hbQ/D8ms+JNDtNdkhZbezt5rNJ555XbCQxbh95m/8Aiq8d0b4Z6VNfz674g8P6&#10;HJrVwmxLW10+L7Hp8XXyYl2Dd/tSt87/AOwuxK7f4qXD6r8WPDmmt/x76TplzqYX+EzyssEbf8Bj&#10;8/8A7+VD/rI9n+r/ANuOgDwf9oj4qeAvgnpf2K08L6Hq3i+7X/RdP/s+Jlh3fdkl2j7v91f464/9&#10;nP8AZfuLjWP+Fh/Eu3jn1q4l+12uiyW6xxws3zLJLEoC7v7sX8FdB8P/ANnPR/hn481Dxh4z1yTx&#10;h4huLyR9NeeNpJP+ujLyzSf+OJXtH/CYS6hb3D6VZ293IkrQpDdXi2s00q/eVYpBu/7620AdZ5le&#10;D+KPGmjyeNNc8a+ILyODw14L87TtIhkkVftV8q7ruaJW+9J/ywj/AO2ld3JqWv6xNPBpOoRpfW8r&#10;I2n3WltZXE0oXLRxNKXTd/st96vnzVLf/hE9Lk1DRNQ1SSPT4mhvY544/wC0tMieXdJJtYFJY2mb&#10;94yqr7/vUAbml/ETw5pcd5quseKNDk8Q6yqvqV1HeR3EdtF96Oxi2k7o4l/hX/Wy+Y7f3H8r8QeP&#10;Pib8WNQuF+H/AIb8SWmiu2z7bHbtDeXP8O6W6fHlL/0yib5K1LzVLTR7i31PU9Hs9dsLja8uqaPt&#10;03UPKf5VmWWIKkvzfeWVf+B1HZyRXn2hLfxJrnkJKyPaz3jWsif7Mqx7a1A8/wBc/Z/+JGj28mp6&#10;3b2em7fnebUfECrN/M/+hVufC/4qeOPhPeSJrf8AxPfCD+XNcQ/bGuJNu75biCXbu3L/AA/xp/44&#10;/UaX8P38Wap/Znhez0+fXXgkuPtV1/pHkqi/xMxLbmbYq/8AXT/YrPjjsrfS49V1DULyeDb86XUn&#10;y/N8u3yowFZtzbdu2gD6M8Uahbx2+n/EvR7j7d9kgh/tWaD5V1PR5fu3G1f+WkXzt/sPHIn3aj+L&#10;mnvZx6f4l0/95PaMrv5f/LZfm2/99Kzxf9tI/wC5XP8AwD0fW/A/w3uLXxXoeoWnhr7Vc2+nwzxr&#10;9qezudm2Not+5V8zftVl3/vK6Twfb3eofBv+yr2OSO/0+C405/P+95tszJGzdfm/do1AFi3uIri3&#10;jlik8yCZVdH/AL6t8ytVfWNUi0fT5LuWOSTbt2Qx/NJMzfLHGv8AtMzbVrH+H9x9o8H6f/0x8y3/&#10;AOApKyL/AOOrXUeC9LTxB48kuLj95aeHoo3iT+F7yVWbd/2yj+7/ANdKAOw+Hfg+Xwvof+m+XJrV&#10;9L9r1B4/u+a3y+Wv+zEqoq11Hl1H5lSeZWQEfl0eXUnmUeZQBH5dHl1J5lHmUAV/Lo8urFFAFfy6&#10;PLqxR5dAHJ/ETxppnwz8F6p4j1XzJLSxi+SGP/WXMrfLHCv+0zNtWuH+EfgvUPD+n6h4g8S+XJ4z&#10;8SSrfau8f3Yf+eNqv/TOBfl/36y9QuP+FyfGT/nv4M8B3WxP+eeoa1t+Zv8AaW2Vtv8AvyV3nijX&#10;JdH0/wD0SPz9Su5Vt7KGT7ryt/E3+yq/M3+xHWoGXqEn/CUeJP7P/wBZpOkyrNdf3Zrr70cP+7F9&#10;5v8Ab8uugrP0PR4tD0u3sopJJNm53mk+9NK3zSSN/tM3zVoUAc/rn+keKPD9v/zxW5u/++VWJf8A&#10;0bXr3wFuP+JX4hszz5Ops4H+zJFE3/oW+vHdQkS38YRyy/6tNMkf/vmVWb/2SrP7C+sX+qaP4nvN&#10;WAS81a8bUBH/AHP388ZX/gO1F3e1ZAfV1FFFABRRRQAUUUUAFFFFAHH/AAf/AOSSeCP+wHZf+iEr&#10;sK4/4P8A/JJPBH/YDsv/AEQldhQAUUVyuq/ETw7ot49rc6oiXMfyNEkbyNu4wnyg/Nz9373NAHVV&#10;Q1XWLLRbN7rUbyGwtU+9NPIEX8zXll/8S/EXiDw+H0LTLSxkvrGe7spprlpJtsRwy+V5YHmc/d3f&#10;LWZqFrJ/omq22r6prEtvFHren218+6N7UJslj+XG+TbK/wB75v3lAHP+MPFD3HxW8UazYaVcarp1&#10;lothF9sstrI6CW4d/L3MPN+aT+GqN5/buueH9Q1W31SSwjt59lxp9rHHJIlttVvOWXB3Ntbd/wCO&#10;VYt9UuPB/jDUIbeSS70XyodRsk+9Hc2LL+9ji/3fM3L/ANc46px3D+D/ABhcW9v+/tEgW+0/y/u3&#10;Vm3yywr/ANs5E2/9s6AG6h4YsY1n/wCEfto7XX7WzW4ikt/m/tKz/wCWjR/3Zl3P/vVduIrXXJpJ&#10;LhI9a1GKy+0QXEkS+Zq2n/e8tv8AptF95W/+L+TI1SSXw/rFv/ZknmSaf/xMdImj/jtn+fb/ALv8&#10;P+5JHVLW9Vi0jX7fVtHfEFpLFqdls/gtbnmSP/gMm9a1Al8Sa5/amhyTS3Ek8+n/AGeGe6j+9c2b&#10;t/ol1/10ik+Xd/00rzP4ka4+j+ONL1i7jjn1aFfs2tQx/wCrvf4JG/3Z7dvmroPFGqRW/iDXNM0z&#10;/UPBe2/kyfwWrqs0f/fLfdrk/Hm/xJeafcfZ5II5ooXfz/lZIooERpG/u7mX5aAPK/DciSW+qeH3&#10;8z7Iks32dJPmZIpFZWX/AMdStjS9Pstc0PS7vULO3u53s4X3zxrI33V/vCufvI00v+0NQe4jgnvl&#10;a2tfM+VUVvvSN/sqvzVqWfiS4+xxpo/h+8v9NhVYYrrzI4d6r8u5VkIZqAPRPhHJF4X+KHh99Pt4&#10;7SPUGk064SCNY96tEzru2/3ZI0ri/i5bppeseILK3j/dxeJJNifw7dzTMv8A3yz13HwL2eIPFFx4&#10;j1O3uNF0nwtE13dfbtqt5rxOqt1PyrHvbdXnfjSR/EFvJrt7HceW+ozavcWsEix3HlS712qzAqrL&#10;HJ/Ev/LOgD6A+H/h+y8N/C/VIrK3jtI3urBHSPd/rfIg3N/301dZ4b/1njB/+Wf9tXv/AI6qK3/j&#10;yvXL+D/EmhR/DvQ9Tt9Q1jUtCmvF1a61TUtP8uRIkVdqssabfl8tFrc8N+bb/De4vbiPy7u+gu9U&#10;lT+JGm3zbf8AyJtoA4f4V/8AIl27/wB+e4f/AMitXpHwjj/4k+uXf/LS71i5/wC+YtsK/wDoqvP/&#10;AIXx/wDFD6Xv/j85/wDvqd69A+Ef/JO9Ll/5+GuLv/v7PK//ALNQZHceZR5lR+ZR5lBqWPMo8yq/&#10;mUeZQBY8yjzKr+ZR5lAFjzKPMqv5lSeZQBY8yuD+OHji4+H/AMI/FGu2P/ISt7PybL/r6lZY4v8A&#10;x6Su08yvH/2nP9M8J+E9K/6CfivSrd0/vqJfNb/0XWQHSfDfwXb/AA78D6P4ftP+XGBfNeT7007f&#10;NLI395mkZ2qvp/8AxPPFGqanL/qNPZtLsk/ubdrTyf7zN8v/AGzrrP8AWSf77VyfgP8AeeF47jzP&#10;M+1z3Nxv/wB+d2X/AMdrUDoKKKKAOb8QRv8A8JJpeyTy5Lizu7ZH/uf6p93/AI7W38BZ7Lwf8UNG&#10;8H2/O7wzO6v/ANcZ7cf+Pea7VkeKP3eoeH7j+5fND/33A6/+hVhfB28fWP2trzU0fNppNivhtf7v&#10;nvHLdTf+gwrQB9oUUUVkAUUUUAFFFFABRRRQBwnwz1O00T4K+EL29njt7S30GyeWZ/uqvkJzVPW/&#10;igrfYrXRIJftV1draPcajZyxQ22VZ/mVtrM21eFWvDvC+h2uofCfwJcW9p5kF9oqq3mSOzR3MUWW&#10;bax2+Yq79v8A1z2V6BJcHxB4Uj1a3/f3c0UV3FH/AHLy0b95H/wKNf8AyHQAT32r+MtcuLfULiO7&#10;22Fz/ZsOnedZx/aYpWRmb95u3fc/3Kr6B/oenXP9mGR/KaPxJZWwkZmuYmXbcw7mO5m+/wD9/I6l&#10;1jUPL1D+09K/eedKuuab5f8Ay2+VUu4f95l+b/tpWXqGppBqcF1osnmB5W1nSNny70fm5tf97dvZ&#10;f/sKALem6g+n6heWlp/pd3p8v9vaR5f3b+zl/wBfGv8AtMrP/wADqX+1IrP91pUkd39hZtZ0X+Fb&#10;m1l/19r/AL37z5f+ukf9yufvNYikuI/7HuPIj8/+0dCmk+VYW+9La/7Pzb/l/uSf7FYeoaxFefbJ&#10;bf8A4lsHntdxf9Qm6X5pFZf+ebfP/sfvKAJP+Ekt7i3uItP/AOXe+mvtC/24Gb9/at/d/vL/APYV&#10;lyaw95HZxWknmfZF+0aQ8ny74m/1lu3+7u2/7H7v+5XP6XJceKLO4/sezuJLu4vJrtH/AOXe2lWV&#10;l3ea2F2/wttrsNL+Gf2i8uLjW5PvtvitbG4kWNG+60m7j5mrUDm7zxRFp9vb6el5bySaT++svL+9&#10;tdm8y1b/AL6fav8A8RWh/wAI3ruoXlmlpo/9kx26sjvfbWj27kKr8u7c3y16Jp+j2Wj2cdpaW8cc&#10;EP3P4m3f3t396rvNAHk3ijwPLo8lnd3GqSTyazrFpaXsMEaxx+Q7MrKrcv8Aw/3qy/iZ8H5ZNP1T&#10;VdE/4mV2kSzf2XfSTtI7Iv8AyynjkVlZl/hbcm/+5XonxE/49/Df/Yfsv/Zq6HmgD5C/4Z/uNYjj&#10;8R2niTT7uS7g+0WV1dafPdQpu/1W7zJjtXd8rfL8j/8AAN/P/wBj+Lbe8ktLvUJLu/h+eXT45IrG&#10;6T/aVWRklX+6yybK+lNU0e7+H+sXmoafZ3GpeE75muLrT7H5rjT7pv8AWXUC/wASt/y0i/8AHKju&#10;PC/hf4oaXbvZXFnqUCf8+vlTfN/e8id0aBv+uTVkB8z3Goarp8dwlxqGsWFpcLGl1Zalo7SR3PlM&#10;zx7pYPlZVZt3/oVbngvR9Y+NEkllaSW8fhN9v9q67BbzrsiZtvkwLJjzZJfurtr3Cz/Zz8L6fcR3&#10;Gq2d5fwJ9+11K4jt7V9v97dPJ/6LrYk8YRSeZo/ge3t9W1KFmS3mtY/L0vRt3ys25gfNk2/xffet&#10;QI9f0u31CSz+HmmWcdpaOsFzrsMH+rsrGPaILPev3pJdvzf3v3jV1njCTy/CeuP/AHLGb/0U1R+D&#10;/CcXg/R/siXEl/fzN9ovdQk/1l7O33pG6/8AAV/gqPx5J5fgvXH/AOnWSgDg/A8n2P4f6XL/AM8b&#10;Pzv/AEJq9I+G9v8AY/h34Xt/7mmW2/8A3jErNXk9v/ofwb3/ANzQmf8A8gM1e2aXH9j0vT7f/njB&#10;Gn/fKqtBkXKl5qKig1JeaOaiorICXmjmoqK1Al5pPMqOigCTzK8j+OEn2z4gfBvTX/j8RTXf/fmz&#10;dv8A2avWK8j+Ikn2z9oj4V2n/PvY6xff+Qoov/ZqAPTLiT7PbyS/88VZ/wDvn5q5vwHH9n8D+H0/&#10;1f8AoMLun+8u5v8A0KtDxpcfY/B+uS+Z5eyxuPn/AO2TVXjuLfw/4bt5buTy4LS1jR/4m+VVXaq/&#10;xNu+7QAa5rH9l28aRR/a9Su38m1tfu+c3/sqr95mrL1jw3L4f8P3Gt/bLi7120/0u4m8yTy5lXmS&#10;FYs7Vj2/drPj8WaZ4X8P3njvW5Ptf2idbSJLXbM1srSrEtuvO3d5n+s/2/8Acrk4/DfxDvLyNb24&#10;uI9NuNf1W4vX+0Lt+wtFstu/+r2/w0AeieNP3el292n/AC731tNv/wBnzVVm/wC+Wo+Hnhex8D+K&#10;NH/s/wAwfa/ELX1xJPJuZ5Z9yN/wH95tWs/VLj+0PhP9o8v/AJhkNxs/3FV//Za6D7R5eoaXcf3N&#10;Tspv/JlKAPqOiiisgCiiigAooooAKKKKAPlf4Z6nb3ngDw1ZxSfYLXU7G0e1nk/5h+qwxJ97/Zl2&#10;/wDoz+/VmO8h0y3u4vLk020vp/36eZ82k6mjfK3+6zfL/wDt1xfhfXLe88H+G7fUPsemzzaPaQ3S&#10;SSeXHeRJEvl3ETfwzKuz/Ox66PQNB8T+Ko5L2w0SfVYLhWtP7QkkjjtdQUfKskqs275f7yr89agM&#10;k8QS2dneWVx/oEaTrcfJ839mXXzfN/1xl3P83/TSRG/2M+O4l1i8j0/T7OTVp7tvtEtlo8nmNbS7&#10;v+PiKX7sS7m/i2/+h16r4d/ZzWCa0fX9Y/ta3h3brCO38uN/7sbS7i7Rr/davXtP0ew0jzP7PsLa&#10;y8w7n8iNY931wKyA+fdB+D/ibxFc3d1Ns8N2jsr+TqNstxJNOv8Ay22K4WP/AL6+avRtD+A/hnSx&#10;BcajBJrmrIyu99fSMd7Kcj5M7du7+GvTKKAPlz4byfaPCccv/Pa+1F3/AN5r6eul5rkvhP8A8iHZ&#10;/wDXzf8A/pdPXW81qAc0c0c0c0Act8QP9X4a/wCw/af+zV0PNZXjTQ7jXPD8kWn+XHqVvLDd2Uk/&#10;3fPiZXjVv9ltu1v+ulcPZ/tEeB5PMTUNQuPD13CzQ3FrqtnLH5MqNtkjZthT5WX+9QB6bzXNa58P&#10;/DniC4+13uj28l2/37qDdDN/31Gwaq+l/FjwVrnl/YvFmhzyP91I9QjVv++WIauot7i3vI99vcRz&#10;x/34JFb/ANBoA4+P4R+Eo5N8ulyXf+xdXk8y/wDfLOVrrLOzt9Pt47e0t47SBPuQwRrHGn/AVqx5&#10;b0vNABzXNfET/kQ9c/69f/Zlrpea5r4kf8iHrn/Xr/7MtAHmeof8kb2f39HhT/vqJV/9mr3yT93J&#10;srweT958L9Hi/wCe0GnQ/nLAte8Sf6yT/eoAZzRzRzRzQAc0c0c0c0AHNHNHNHNABzRzRzRzQA+v&#10;H9Yk+2ftUaGn/QP8H3Uz/wCw0tyi/wDsteu814F4o/0j48fEiVJP+PTwLbWn/ApZZW/9BoA9E+JG&#10;sWX/AAh+uWX2y3kuPIjSWH7QvmIssqJuZc7lX5qrx6pZapHqHivU7iOPQtGWSa3T+5sXc1xKv97b&#10;/q1/ufP/AB14HJ4T0rT9Y8JxWmn26R3esaVDcQ/8s3WXdNK21vlVm+T5l/gruPBfhfU9Q8SXmmW+&#10;of214B8TLqt9e3UEbLG7SysiruYfeVdm3/2egCT4R/Df/iV3Flqdxcan4Bms7K40r7VJ5O+fzfNb&#10;5VJ2t5nytXpHxAt4viBo/iDwPZah9k1aazjd3kjby0VpUbbuX/Z+8v8Ackrg/Gl5b6pJH8P9M8vT&#10;Z9GlhfTUk3TSXLQxOzfKo2q25U27vvvVj4b+PNKs9U1y98SyXFh4ht7NvtT3Um5ngh37pJVVQsUm&#10;2L5l/j8ugDqPB+l+X8M49H8zzPs9rcad50n8flM8W7/x2pLe8+0eC9PvU/59ba4/752P/wCy1Y8D&#10;6hb6hHqktvJ5lo+oyXETyfL8sypMv/jslZenx/8AFu7i3/5aW9rc2/8AwJGcf+y0AfZdFVbGb7ZY&#10;W8v/AD1iV/zWrVZAFFFFABRRRQAUUUUAeR/Ar4aeHtD+GPhu7TT1ur3UNKtJZ7q9xNI+6BPl3N91&#10;f9la9XjjWKMKo2Itcp8H/wDkkngj/sB2X/ohK7CgAooooAKKKKAPlj4Z2/2fwfHF/cvtRT/yenrq&#10;ea4mf4d6fYeKvFdl9o1TTbuLWJ7l/sOpzwK8VwzXEbbFfZt/ebfu/wDLOSuI+KmueMPh39j/AOEf&#10;1y8v98FzdyprHlTR7YVRvLXbCG/i3ferUD23mjmvArf4sfE3T/LS40vw3rX7qOb9xJLbs/m79u3d&#10;8q7fLfdurQt/2gPFFnHv1X4V65JGi/PNo9xHeR7v7vyj/wBCoA9t5rivEHgO7k1S41PQtQt7Ce72&#10;vdWV9G0lvMyrt8z5SGVtq7W/v1x8f7WHgq3k2axb+IPD0iKrumpaXIv3v93NdRpfx8+HWsfJb+MN&#10;L8zcqfv5Gh+Zv4f3gFAHP6p8O9VvP+Qh4P8AC+tf9c7hVb/yLB/7NXL3Hwf0S3kjeX4V3lpIn3H0&#10;eSL/ANpTK3/jte6af4g0rWPn0/VNPvvm2f6LcRyf+gk1qeW9AHzf/wAIvpWj+X5WqePPDWz/AJ6X&#10;F8q/+REdasWeqahH8mm/GS4kk3f6nVY7K4b/AHfmRGr6I8x4/uVXvLO01CPZd29vdx/3J41k/wDQ&#10;qAPG7fVPibHHvtPEHhfWo93/AC30uWH5f96KQ1X1yPx340t/7M1u40fRdJdl+0f2V5sk0yr823dI&#10;Aq16ZcfC/wAH3km9/Delxyf34LdYW/76TFU5PhPoUf8Ax6XGsWH/AF66pPt/75kdloA5PXLdPL0P&#10;SrePy5LjUbSG3hj/ALscqSyf8BWON69d5rnvD/gfSvDd5Je2/wBou9SdfJ+231w1xNt+9tVm+6v+&#10;7XQ80AHNHNHNHNABzRzRzRzQAc0c0c0c0AHNHNHNHNABzXz1qn7z4sfGy7T/AFaWOh2P/Am+8v8A&#10;49X0LzXzdJJ/xVnx0uP7+v6Vbp/wC2iegDPjj+2eOPAdp/yzm1a2R/8AdTSoG/8AZq6y3+Fd38P/&#10;AA/4g0+K8j/sl9OttOspr68WH7TulRmj/uxfxr/t+ZXH6f8A2rqGuaHqumaXqEGxr19Pe+s2haad&#10;dN2xbVkwzfNbV6RqkdxqHw38F6V4l1C4sNdu2jmeae38xvNRW3ebuwsXyyJ8zfcegDzvUPsmsXFx&#10;pXiC3jsPEMP+jxahJG1nb3LL5EKwy7ULy/Kr7Za1PBcen654guPDXjWO4tNWu7OTS3/drbtetKqq&#10;zNEqbvlWR1WVm+f/AL4rHvNU+2faNC8YeZYakkWyLWvMVpoVZZZVWe6bO5W81F/dfcq5p+qXvg+8&#10;kl8QaP5k+g2c+qae8EixrNFFE7xRq2zdPH8qNu3fK/8A3xWQHefCPxRb65qnjC0tLOSxtNMvI7G3&#10;h+98sKtb7v8Aebyq1NY8N6rHpesWlleW8Gm3f2ibf5bfaId+5pFX+H733WqTw/rlvqnijT3/ANHg&#10;v77QIbu40+D7yN5u7cy/e/5a/LurpNUklks/slvH5l9fbre1hj+88rfKv/xTf7FagfQ3hOTzvCmj&#10;yr/HZwv/AOQ1rZqho2nLo+k2Fgp3JawJCG/3V2/0q/WQBRRRQAUUUUAFFFFAHH/B/wD5JJ4I/wCw&#10;HZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFAHCeNvhhY+LriHUEvLjSNZhQxx6ha7dz&#10;R5z5ciMCsiZ7MPl/h2k5r5n+Nng/xR/xONCXVNHu5LGCC4tb2Szlt5kaZZU3fLI67dqurLt+evtC&#10;T/V187fG7QdXXXrjVLHR7jV7O7sYbeX7D5bSQtFK5VtjEblZZf4aAPAPD8eq3mqR6Zex29hdpBaW&#10;8V1BcNMr/LcJ5n3FZfmb7tc38J5Lvwv8QLfSvFHxAs/EOi3FnNL9int5V3si7vMbcn8O1/4q7DT9&#10;U+x+LPtEun6hb/ZFtHeGezkjm/18q/KrAbvvfw15fqGj6Zb+MNP1D+3I9Ngt7O9hdNYs57OTdLE6&#10;qv7xNv3m/vVqB9WaXHomn6f5WmSW89o6q/kyXm6Pay7lb94TVPVPh34P8QRxy6h4L0u785d7vHZx&#10;N/F8vzLhq8b1SOLXPC8lvpl5p+rT+VaJssbyKZvkidW+VTu+81cf4Xs/Evh/xB8O4nj1SwjSzt4b&#10;hP3ir/r0+Vv4aAPQPi58J/g/8O9Dt9Y1DQ7jSfOn8m3exuJ4/wB6ys33VLbfu/3a5/wv8O9K1zR4&#10;9T+HnjjxhJaQ7reX7DeLIttK3zbdknls1dZp+oS+NPGHhfw/4g8vWtFu7O5llsr6NZFeVFTa3zDd&#10;u+avXPCfgPw54Lt7iLw/pdvpsE0v2mVIPu+avy7upoA8nj8B/F3R9P8AtGn/ABQjuI/KVEh8Qaeu&#10;5G/2vv8AzUR+LPjXpf2h/wCz/CfiW3SVU3wXHksnzbW3bnT5ty16R8VPh3F8UPCcmiS6hcaTvnju&#10;EuoI9zbk/Kuf+Dfwbvfhfb6xaan4kk8UWl80bxJdRt+52bv7xagDn4/jp440v59b+E+qeR5uzztN&#10;uPtCov8Ae+VG/wDQqLf9rTwlH5aaxo/iDw9I6s7pfWf3FX+9zu/8dr1C38N2+h6fqD6Pp9naXc0U&#10;mxIP3Mbtt+X7p+X7tef+B/FHxI1zxBJp/jPwP/ZNg9qz/bYLhbiHzU+6u1ty/NQBqaX+0Z8N9Yjj&#10;2eKLeDfF52y6jkh2L/tbhtrsNL8aeH9Y/wCQf4g0u7+Xf+4vI2ba341h6x4D8D6xHI+seF9Pk+Xf&#10;K8+nqv3V3MzMor5/8SfCe71zULiXRfhHJB4Xu2juIn/tCKPUn+X721nPlK33trb3/wBygD648t/v&#10;0zmvjbxB4f8A+ETuI1i8J+MPB+/99LewapdzbGX/AGIpArf99VY8N+ONdj1yzt7T4oeLILB9zyza&#10;xpe5Ub+FV89GaVd3/wC3QB9g80c14lpeufEuS383SvGHhPxhBDu3pdae1vJ833d3lOdv/fNU4/j5&#10;440v7YmsfD+3k+ySrby/YdUjjZ5WXO5Vbd8u35loA955o5rxaz/ak0eT5NQ8L+ILD5tm+O3juFf+&#10;83ykfL/tVuaf+0h8PNQkjR9cksJHbYsd9Zyx7/0Py0Aem80c1z2l/Ejwlrnl/YvFGjz7/kRI7yNW&#10;f/gLENXQW8iXEfmxSefG/wDHH8y0ALzXy9byPJH8YH/jm8b3EP8A36sWZf8A0GvqD5I/v/u4/wCO&#10;vkvwfcXviDw/Hqdx5cFh468dXE0XkbvtFtlvKZW3ZVllt1df9h6APcPiB4gsvCeoeG9T1DzPsmmR&#10;X98/l/M22KzZfl/7+Vy/xI8QeH/Gn9j6fqHmabJcact3a3s8jNGks2zy4ZYo/wDWr8vzV2HjDR7H&#10;xR4w0fStQj8y0m0zU/tEPmbf3TfZ0b/0KvJ7jx54U+IGoSRfZ/smhW/k2Nlq9rGsckMEW9ZPNZst&#10;5beYm1V+fZ89AFfULiXR7iPw54ts7ye3tFb7Fq/yyXFsqsieZEufKWHbA7fNVzQ/D/jO38N6paeH&#10;PLu/3Fumm6hBtZfIlni81lnkAZmZY3aRf4Kj0/T9Q0+TT/DniD7Hd+D9TXzre6+aO1hXynlaaDcR&#10;93zd0nm/98VcvPiZquqW9n4K+HklxP5MWy412ePy2+b5mk6fulZm+Vtu9/4U/jrIC54svLL4f/GS&#10;81DRPM8S+LNei+zvotr83k7IkEa/7O5l3f7Cf7Pz19W/CrwbHoum22oagiT+JLiCM3t197YxXc0M&#10;X92NW/u/e/iryL4H/Bu08Fx/aE/0vVrj/j61Cf8A1j/xbe+1d38P/fW9q+kNH0/7PHQBsU+iigAo&#10;oooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKKKACs&#10;zUNLS8j+etOigDyDx58F9E8YW+zUNP8AP+VkSSORo5EVv9pSGrxfVP2a9Q0f5NC8aeKNNj/54yXi&#10;3Uf/AHzKD/6FX2I8aydap3Glwyf8s6APg/WPgX4w+/LJ4T8S/wDYV8PrDJ/39i+auf8A+EH8S+H/&#10;APmR7iDZ/H4V8UT2/wD5ClJWv0AuPC9vJ/yzrLuPA9vJ/wAs6APhfS/Flx4X1izvdSk8eabHbt86&#10;aro8GoLtb70azxoGXd/s13nhP4ufDySOS3TXNHsJHuvOSGOOWxb738St/Ft/2q+lLz4d28n/ACzr&#10;m9c+C+maxHIl7p9vdx/3J7dZP/QgaAOP0fxhFrEkf2eO3u43bZvsbyKb/gW1Tu210H/LPf5fl1xe&#10;sfsn+EriTemh29pJ/fsfMt2/8hkVhyfs56nof/IC8YeJNJ/2PtnnR/8AfMgP/oVAHqPNVpI/9Mt5&#10;fLuJJHRof3f+rT+Lcy7q8zk8L/FvQ/8Aj08Wafq0afwarpe1v++o2NYdxJ410/xJb67qvw70vVtS&#10;h+5qGlahJDJtVdv3ZMK1AHqnjj/kT9Y/69WR/wDdb5W/8droP+WmyvD/ABZ8eIo/D95Za34T1zw9&#10;JfRfZ4nnjWSHc/y7dynbXQSfEC48aW94kXmeF7CFmhukn2rqD7v9nlYFZf4vmetQPF9Q/aM+JvxU&#10;8YahZfCm3s7TRbS8ktEvbq3WRplT700rSfKqs33V+9Xpnwb+LmofEDVNU8D/ABD0eztPGGmRfaGS&#10;ONZLW9g+75iq2fmXd81cH4s+LmhfDvR49E8NWdvaQQrsihtY9ted/s/+JNQ8eftMeH75P3klpa3b&#10;3Tx/MqQNEyfN/wBtGSgD6E8eWelfDPxhoesW/l6TptxuhuvvLGi7lRv91f3qNt/6Z1n+D/HGmeJP&#10;2gLO30z7R5f9k3Du88fls7J8u7a3zr8sv8SrUn7VEjx+H9H2yeXGku//AFm3/lvbr6r/AAt/erzv&#10;9nfZJ8bLNIv+XfSbtH8v5VRmZPl2/Lt+7/zzi/3P46APqi80PTdQ/wCPvT7O7/6728bf+hCvO9Y8&#10;L6Pb/FDS9PTS7f7BNp1xcNayR+ZHuVWXdtbO35a9R5rz7X/+SwaH/wBge7/9moA83k+GfhTVPEFx&#10;FcaHZ+X9z9xuh/8ARZFdZ8P/AIf+GtQ0e4t7rR7f+0tMvLjS3vbX/RZnVG3RszRbfmaNk3VXs/8A&#10;kZLj/froLjS9Y0fXLzVfD9xp/wDxMFj+26fqXmeW8qLtWZWj+ZW2/K3ytv8ALjoA0P8AhXcUcfla&#10;f4g8SabvXZsg1SSZU/4DPvWvA/B95pmj/A/wW+p2cmpW9j4ku7RIY7hoZPtTLKsTeauGi+b+KvdL&#10;fxZ4rt5I0uPB8d3/ALelaxG3/jkqR/8AoVeJ6po76XZ+OPBniXw34k0nQtT1P+3NC1SCzjmkhnba&#10;+393IV+Vl+X5qANTwf4ol8H+PNU1DXfElx4htLTwze6ilrJuZrZfPiZoVlclm+7t+b/nnXWXGn+B&#10;/Dfwn8P2ktvcQedatNpVrBtmvklmX5mi6L8v95l2pXz/AGfgvWNPk/t3W/Fn2DyYpLd0ks4m32r/&#10;ACtHLyVbdu+6teoeB/hPqHji4+0arHcQaa6qn2W6/wCPq9Vfu+f/AM8o/wC7Av8AwL+5QBXs4/EH&#10;xkk0/T7eT7B4X09Vhi8j95Cmz5fl3D/SZvl/1rL5Sfwpur6Q+F/wfsvD+nx29pb+XHu3v/Ezs33m&#10;Zm+Zm/2mrqPA/wAO4tPt40S3jSNFVEjj+VUWvVNP0tLOP/V1kBT0fw/DZxx/u63I4/Lo8un0AFFF&#10;FABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFF&#10;FFABRRRQAUUUUAFMp9FADPLqP7OlT0UAVJLNJP8AlnVeTR4ZP+WdadU9Q1C30qzkuru4jtbSFd0s&#10;00irGi/3mZqAMyTw3byf8s64nx1qfhjwTbo+qXObuVd0Fnbx+ZcTf7q/3f8Aab5a4b4pftORafaX&#10;Efh6VLG1Vfn1q6T5tv8Aeiib/wBCk/4Cj15R4J+Gvjb47TSahE9x4a8NXTb59f1DdJeah/1yRvmb&#10;/Zdvk/upQB578VPFj658RI9QiuI7S7TcmlaX5i3Cw7V+ZmX7jK23958v/A6k1Dwv4o+Klnp//CFa&#10;HqH9mw/I+rx27NbwwOqO1uv8UvlSb9u3dX2z4L/Z78B+CfD8mk2/h+01KO4ZXu7nVY1uprph0aRn&#10;B3GvQVt0ijjVE2Iq7VT+FaAPz5uP2V/hvceH/wCz/EeqaxBqzsry6hPJJp8m7+6qyJt216h8G/gv&#10;4M+D+l3kXhK38+S+ZXutUnuPtFxc7fu7pf7v+ytfW8lrHJHsdN6f3P4a5fU/hX4U1STzbjw/p/n/&#10;APPeC3WGT/vtMNQB8mfHy40/UNc8J6JqEnlwTNJNL5cjLI6qyMqr5fzbmaL+GsvS7PxH4T8SR63p&#10;XgOT+zYYlt7XT47iK1kSDa279033W8xt23d/vV9b6X8HfC+h6xJq1ppedWeJYftt1I9xMkS/8s0e&#10;Qsyr838Natx4Pt5P+WdAHy//AML0t7P/AJDfg/xZov8Aff8As/7VH/31EWrDk+KnhfXPiJp+sJrF&#10;vaWFvp1zab76RbeR5fvf6psMv/Aq+pLj4f28n/LOsu4+F9vJJv8ALoA+U7Pxpp/9uSXaW+qSWDt8&#10;l1Hpdy0f/fWyu8s/iR4UvJNieINPjk/54zyeTJ/3zJhq9w/4Vfb/APPOs/VPhHaahHsuLeOeP+5J&#10;GrL/AOPUcwHD6XIlxcRvFJHPHu+/HJuWuL/aA1y3t9U0+yt/9P1aZV8rT7WRWmf/AGv9lf7zN8ld&#10;xefs1+GpJN//AAj+nxyf9M7dV/8AQQK2PC/wP0zQ/wDjy0+3tN/3/IjVd/8AvbaAPG/h38G7vVNQ&#10;t9V8QeXd36fPbwx/8e9l/u7vvN/01b/gOyvpzwn4Hi0+OP8Ad1ueH/CcWnx/6uuot7dY6AI7OzS3&#10;j+SrdFFABRRRQAUUUUAFFFFABRRRQAUUUUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdb&#10;z64Flj0eziYfZJyNywID/BXVf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8A&#10;EUf8L68C/wDQc/8AJOf/AOIoA0/HXj/Tvh7oxu78ySTyt5drZRczXMvXav5/M33Vr5F8d/FbxL8V&#10;vFEGi6fZya7qztvtdF07/j3tv+mjO2F/7ay/8BRK534ofGpPil4ygj03Ulhn1i5/s6wknik8uxtQ&#10;2SWXbydq+a23737tP4K+jfhRrfwn+EPh1dL0nWN9xOFmu9Snsp2ub2Q9ZJG8v8l6LQBm/Cv9k200&#10;27t9f+IFxH4l1xW82LT+Tp9m3srf61v9pv8Avmvo+vPv+F9eBf8AoOf+Sc//AMRR/wAL68C/9Bz/&#10;AMk5/wD4igD0GivPv+F9eBf+g5/5Jz//ABFH/C+vAv8A0HP/ACTn/wDiKAPQaK8+/wCF9eBf+g5/&#10;5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9Borz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7&#10;7y6PLSuB/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA77y0pPJT0rgv8AhfXgX/oOf+Sc&#10;/wD8RR/wvrwL/wBBz/yTn/8AiKAO6+xpR9jSuF/4X14F/wCg5/5Jz/8AxFH/AAvrwL/0HP8AyTn/&#10;APiKAO+8un159/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yT&#10;n/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DR&#10;Xn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF&#10;9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrw&#10;L/0HP/JOf/4iigD/2VBLAwQKAAAAAAAAACEA/VRb6fwuAAD8LgAAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTQuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcG&#10;CAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0L&#10;DRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgA&#10;zwFRAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A+6Phb8CfhxqHww8I3d14E8OT3Fxo9nNLNJpcJZ2aBCWb5a6r/hn74Z/9E+8Mf+CqD/4itH4P&#10;/wDJJPBH/YDsv/RCV2FAHn3/AAz98M/+ifeGP/BVB/8AEUf8M/fDP/on3hj/AMFUH/xFWtW+Iy/2&#10;pcaR4d0248S6rbtsuEt3WO1tm/uzzt8qt/srvf8A2aZv+I8mH8vwxa8f8e/mXM3/AJF2r/6DQBB/&#10;wz98M/8Aon3hj/wVQf8AxFH/AAz98M/+ifeGP/BVB/8AEUsnxE1Pwyf+Kx0T+yrHGW1nT5zd2Sf9&#10;dTsV4l/2mXb/ALVdzDKl1GksTq8bDcrLyrKaAOF/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/&#10;ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/&#10;9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8&#10;+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/&#10;AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQa&#10;KAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+Cq&#10;D/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gq&#10;g/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7w&#10;x/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaheVLeMvK4RF6sx2igDhP8Ahn74Z/8ARPvDH/gq&#10;g/8AiKP+Gfvhn/0T7wx/4KoP/iK6+LxFpU8nlRanZyyf3EuFZv51pUAeff8ADP3wz/6J94Y/8FUH&#10;/wARR/wz98M/+ifeGP8AwVQf/EV6DRQB59/wz98M/wDon3hj/wAFUH/xFH/DP3wz/wCifeGP/BVB&#10;/wDEV6DRQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RXoNFAHn3/DP3wz/AOif&#10;eGP/AAVQf/EUf8M/fDP/AKJ94Y/8FUH/AMRXoNFAHn3/AAz78M/+hA8N/wDgqg/+Ior0GigDj/g/&#10;/wAkk8Ef9gOy/wDRCVX+I2qX0h0zw9o9w9rqutSNH9sj5aztkXM8y/7QBRF/25Eqx8H/APkkngj/&#10;ALAdl/6ISq8f7z40XG7/AJd9Aj8r/trcv5n/AKKSgDe8O+HbDwvpNvpumwJbWcC4VFH4szN1ZmPz&#10;Fm+9+OaxPHHxR8OfDu+0Cz1zUPs11r19Hp+nwpG0jTSuwVfug7V3MmWb5RvrpdU1S00PS7zUL+4j&#10;tbG0ia4uJ5OFSNFyzN/wEV8teOrmLxJouj+O9Vu7ePUtY8UaClhZyTp5mn6YmoRPGrc/LJJ/rZP+&#10;+P4KAPrH7/ytXnfh23Hw+8aJ4diO3w5qwkuNKixhbOdPmlt0/wCmbKfMRR93y5f4dlehQXEVzCkk&#10;TpIjfddDkVxnxS/dxeFJ1O2eHxDZeV/wNmib/wAhyPQB3NFFFABRRRQAUUVVnvILf5ZbiOMt93zH&#10;C0AWqKjjkWT5l5qSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKjkkSOPc33K8N+J3x8js&#10;9+l+GHjnuPuS6hncqf8AXL+83+1QB3HxG+LWlfD+38r/AI/dWdf3VnH/AA/7T/3Vr5l8TeM9a8ba&#10;h5upXkk+9vktY/8AVp/sqtYlxcS3lxJcXEkk88zb3eT5mdq0PDmv3XhXW7TVLL/X27bl8z7r/wB5&#10;aALEngPxFHb/AGh/D+oJB/f+xyf4Vp+Efil4i8EzJHa3kk9orYeyutzR/wDxS/8AAa+qfB/iyy8a&#10;aDb6pYv+7kHzR/xRN3Vq5v4lfCTTvHVnJcRIllrKr+6ukG3f/syf3hQBqfD/AOImm/EHS/tFr+4u&#10;4eLizkPzxN/7Mv8AtV19fFXh/XNU+G/i77QkckNzZSNFPbP/ABr3javsfR9Ut9c0u01C0fzILiNZ&#10;Ub1U0AXqKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCVm+PLg+E/E+ieLSoXToQ+m6pJ&#10;jHkwTMpSZv8AZSVEz/dWSRq0vg//AMkk8Ef9gOy/9EJXT3VrDf28lvPGk0EylJInTcrqRgqaAIr6&#10;yg1a0ntLu3ju7WdGilhmjDRupGGVlP3lrynx9+zH4I8Wabp8Gm+GPDeizW+p2V9LLHo8P76KGdXk&#10;hO0D5ZFXb+Nbdno3iX4cgwaLAfFPhxf9VYz3CxXtmo6RxSP8ssa/wrIysv8AffpWj/wtS2jjxceH&#10;PFEE/wDzw/sSeT/x+MMn/j1AHU6ZpVnoenwWGmWdvY2NuuyK1tYljjRf7qquAtcdq048VfEfS9It&#10;yHtPDz/2nfyY+X7Q8bJbw/7213lb0xH/AH6jm1rxh4tb7Po+ky+FLJvvatrGxrgL/wBMrZWb5v8A&#10;alZf9x66fwt4WsfCGjrYWPmMhdppZpn8ya4kY5eSRv4mb1oA3aKKKACvGPiZ44Nx44t/CC6tJoOm&#10;pbJc3+oQyeXJNK7MsVqkv/LJtsbuzff/ANXtr2evDPCVxaeINP1jXb6P7WniTUZruJH/AOfVP3MH&#10;/kONG/7aUASR/DPwf99/D9nJI/8Ay2k3STP/ALTSsS7f8Cao7j4b+D7e3+Twvo/mP/HJZxyN/wCP&#10;AtUmn+F9P0u883TJLjSY/m/0WORvs7/9svu/987ay9U1TxLpcmy4s7fWrSH791pv7uT/AL9SEr/5&#10;EoAryfDPw19+Lw/pcf8A1wt1j/8AQcVH/wAIPpln/wAe9vcWn/XrqFzD/wCgyCpNL8WWWqXH2eK4&#10;uIL/AG7/ALLdRtHJ/wB8t97/AIDW5HqD/wAcfmUAY9vZX+nybrLxJ4ksXX7v/E0a4X/vm5WRaqXH&#10;i74h6xdT6LpPiyCO0hfbea0+kJ9qg7+XF8/lNJ/eZo/lrT8Qap5dnHFp/wDyEr6X7PapJ91G2szS&#10;N/sqq7q0NL0O30PS7eyt/wDVw/8ALST7zs3zMzf7TN8zUAeX3Gj674fvJLuL+3PPf/W6h/alzcXE&#10;3+00scg/758vYn9yvQ9D8ReN9L0GTVLvxRbwWkMTSvH4gtEuFSILu8zzYvIP/fVL4g8UaV4Pjt5d&#10;Tkk8ybd9nsoI/MuLpl+8sUS/M3+033E/irQ+Hfh+7+KukaN4r8RR/YNFufLvrDw5w25fvQyXUv8A&#10;y0b7jLGvyJ/t0AdJ8JdQ8W69p2oal4kaP7JczI+mKbQ2k3kBeXki3tt3N91Wbdt+9z8o9HoooAKK&#10;KKACiiigAooooAKyte8QWHhnTJb/AFK5jtbWHq8h/RfVq574hfE/S/h/Z4uH+1ak65is4/vN/tN/&#10;dWvlzxl411TxzqX2rUZ9+z/VWsf+rhX/AGVoA634nfGrUPG3mWWn+Zp2jf3P+Wk3+9/8TXmvNHNH&#10;NABzRzRzRzQB2vwr+I03gLXi0pkfSrjal1D/AO1F/wBpa+t7O8h1C2juLeRJ4JVV0kTlXU18J817&#10;L8Bfid/Y9zH4b1WT/QZW/wBCmk/5Ysf+Wf8Aut/DQBX/AGltAjsPFlhqUcez+0IGSX/eT5d3/fLJ&#10;Xon7OOrNqHw/+zO+TY3MkK/7hw6/+hV55+0l4kt9U8TWemW8m/8As+JvN2f89X2/L/3ytdv+zTp7&#10;2/gm7u3xi6vG2/7qqq/+hZoA9hooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBgOy/9EJXYVx/w&#10;f/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKAOH+MGt3Gi/D/VPscnl6lequnWfPzCedxCjf8BL7&#10;vwrlLezi0+zs7K3j8u0tII7eJP7iou1f/QatfFG8/tbx54b0VR+506KXWbj/AHuYIP8A0ZM3/bOq&#10;skn8H+sk/uUAS81z1xI8dxI8X7v/AK51sXkjx2dw7/3aw5K1AJLh5Pv/APff8VYcmhyx3Elxp+qX&#10;lhI7b3ST/SIXb/dkzt/4Cy1qeZ/A9SR/vJKAM/T7O7/tT+0NTuI550iaK3SCNo40VtvmN8xLbm2p&#10;Vfx544u/CfheS4spI/t9xLHaWvnx+YqM7fe2/wAW1Vdv+2dbmqSJbx15P481S3vPHmn2l3+803Q7&#10;Vr66T++0u75f+/cbr/28UAV/C+/xJJeeH3+2T+LPEN1DY3WrXUiyXDwS7mkXoPKWK3jdvKX5a+2L&#10;Ozh060gtbeMQW8KLFGifdRV4Va+Vf2QdBm8T+Lda8ZXsf/HvuSPP/Pefa7f98xLH/wB/K+taykAU&#10;UUUAFFFFABRRRQAV4t8T/j1b6J5mm+HZI7u++7Lefehh/wB3+81era9olv4j0ufTrp50gmXa3kSN&#10;G3/fQryHV/2YdPk+bStXuLQ/wx3UayL/AOO4oA8BvLy41S8ku7u4knnmbe80nzM9Qc16VrH7Pvi3&#10;S/nt7e31KP8A6dZNrf8AfLYrhNY8P6r4fk26lp95Y/8AXeNlWgChzRzRzRzQAc0c0c0c0AHNHNHN&#10;HNAG34P8J3vjzxBHptpJ+/m+eWaST7i/xN/tV9keH9DtfDeiWml2Y2W9rEET/GvifR9UutE1S3v7&#10;KTyLu3bfE9fXnw68dWvj7QIr6L91dJ8l1bf88pP/AIn0oA6+iiigAooooAKKKKACiiigDj/g/wD8&#10;kk8Ef9gOy/8ARCV2Fcf8H/8Akkngj/sB2X/ohK7CgAooooAKKKKACiiigDwe1um1bxt4vv2/dz/2&#10;j/Z2z+KGKCJVRf8AZ3NI8q/7MlbPlrH9ytP4veCdNm0DWvFMBn0rxDp+nTTRalYyFJG8qNnVZF5W&#10;Vcj7rq1cppdxqen6Hby63JHqV3tXfNY27R/Kyr8zRM5+b+9toAuapJ/o8af32X/x35qxOav3GoW+&#10;oRxy29xHPGm7/V/wf71ZdxI8fl7I/M/8drUCSSNJPv0Wcflyb6r/ANoJH/rY5I6uf6u330AY+qah&#10;FJebHk8uNPnleT+BVr5v1zXH1yz1C+l/dya5O1xL/eS1+V//AB2GOCvUPiZqHmeH7i0T/X6tOtin&#10;97a25pm/79q9amkfB/TLjxx4X0r95cXeoS/aNQjf5o4bWHbLPt4+60nkRf8AbSgD6A+Avgt/Afwu&#10;0izuYhBf3CfbryPH3JZfnK/8BXan/AK9HoorIAooooAKKKKACiivLfjz44bwz4TNlaybL/Ui0Kv/&#10;ABJH/G3/ALL+NAEngv4vW/i3x5q+ip5YtEObCT/nts4k/wDihXp1fCmk6nPoup2l/ZvsureRZYm+&#10;lfaHhPxHb+KvDthq1vwlzHu2/wB1ujL/AN9UAbdUdR0+11izktL2CO6tJV2vDMm5Xq9RQB86/Eb9&#10;nu4sDLf+GPMu4fvvp7/6xP8Arm38X+7Xi0kb28kkUsflyI2x0k+Vkr7zrhPH3wk0Xx9GZZY/sOqb&#10;fkvIPvf8C/vUAfInNHNdF4z+HmteBbzytSt/3Dt+6vU+aF/8/wB2ud5oAOaOaOaOaADmum+Hvje6&#10;8A+II7+3+eB/lurb/ntH/wDFf3a5nmr/AIf8P6h4o1SPT9Mt/Pu5v++UX+8391aAPtnRtYtfEGmW&#10;9/ZSCa1uF3o/qKvVyHw28Cr8PPDo077XJdzO/mzOeI9567F/hWuvoAKKKKACiiigAooooA4/4P8A&#10;/JJPBH/YDsv/AEQldhXH/B//AJJJ4I/7Adl/6ISuwoAKKKKACiiigAooooA4v4yT+R8JfGb/APUH&#10;u0/OJlrkNQj8u32f3FVK6X46P/xaXxP/ALVps/4CzKDWNrkf7ySgDg9Qs4bi4kf/AFc6fcmj+Vqr&#10;x3F7b/I/+nx/3/uyf/EtVy4/1n/AqjrUCPT9c0zVLy4sre8t57u0+S4tY5P3kP8AvL96rmsbJNPk&#10;T/Zrj/FHh+y8Uax4fsri3/0t7ppvtUG6O4hgiVmbbKuGXczItXNQ0/xH4fkjSK4/4SjTU/fPDdbb&#10;e8RV/uy8JL/wJV/36APL/iJo+u654ouNM8NSeZqWmWa+U/mbdk8u2WT/AIEsap/38pvw9+M3xF+F&#10;PjSTWPGvhT+1YPsP2S4vfMWGSGBGaRmjb7m5v4t33/Lj+dK7b4V28slnqniC9j8u/wBQna4dP7jP&#10;8+3/AICrIv8A2zrZ0HQX+JvxJ0/Qmj36Np/l6rq5/hdQ37iFv+usi7j/ALMclAH1Jp14moWFtdxx&#10;yRpcRrKqTIVfkZ+Zf4Wq9RRWQBRRRQAUUUUAFeDftPaHdXEOjavFHvtbfzIpn/ubtrK3/jte81Bc&#10;W8dzbvFKiSRuu1kcZVqAPhDmvrj4K6DdeG/h7YW96hjnlaS4ML9U3tuC1r6f8OPDOl6gL200Wzhu&#10;lbckgjGU/wB3+7XT0AFFFFABRRRQBT1HT7XV7OS0vYI7q0lXa8MiblavAviJ+z1LZmS/8MeZPD99&#10;9Pf/AFif9c2/i/3a+iaKAPgySN7eSSKWOSORG2OknyslM5r678ffCXRfH8RlmT7Fqe35L2D730b+&#10;8teI6f8As/8AiS48Tf2bd7ILFPnfUoxuR1/2f9r/AGaAOQ8G+CdS8dat9j05MD/lrM/+rhX+81fV&#10;ngX4f6b4B0v7LZpvmfme6kH7yVv/AIn/AGa0PDHhXTPCGkx6dpsAggUZZv4nb+8zd2rcoAKKKKAC&#10;iiigAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiiigAooooAK&#10;KKKAMzxBodr4m0DUNHvRvtb62ktpR32Ou1v0NeP6HeXd54f8jUv+QzpMsmmX7/35Y/8Alp/uyrsl&#10;/wC2le514hrEf2f4keOIk+5N9guP+BGBkb/x2JKAOfuP9ZUdWLz/AI+DVetQMvQ/9M8capK//LjZ&#10;w26f70jM7f8AjsaVY8aah5fhu8T/AFcl3Ktokn9xX+WT/wAd31X8Jyf8TjxQ/wD0/Qp/3zbRf/FV&#10;l+PLj/Q9PiT/AKebj/vmJ1/9qUASfbItH8H27P8AJH5H2iX/AIF8/wD7NXrf7NXh1dN+HNrrsxEm&#10;q+JlXWLlv7iyIpih6dI49i/7wf1r548cagl59n0dP44Gmf8A3UX5f/Hq+nP2fdQi1T4HeA5oT/q9&#10;Htrdx/ckjQRSJ/wFldfwpSA9HooorMAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooA4/4P/wDJJPBH/YDsv/RCV2Fcf8H/APkkngj/ALAdl/6ISuwoAKKK&#10;KACiiigAooooAK8Lu/8ATPHfje76R/2hDaI//XKzgb/0KZ66f49X2o6T4AkvbG6uLGCG8tftk1q5&#10;jlS2MqrIVbqvUZK/w5rhfAdmln4P+TzPLuNRvZt8kjSM/wC/ZFZmYlm+VaAI7yP/AEiq8lXLz/WV&#10;TkrUDD8N/wCj654oX+/dQzf99QIv/tOsPxpJ5n2f/Ysb3/2StzR4/M8UeKP920/9FNWP40t3jt7O&#10;4/2bu3/76iZv/adAHJ+W95JZ3Esf7+aK93f8BiXav/AVr379nW+/sO5u/DL/AOourODXLD/dkVUu&#10;V/4DMu//ALeK8Rt4/M+x/wCxBd/+PRNt/wDRb16Ol+3hjS/B/i2L/mBrC91/t2Mkax3P/fK7Jf8A&#10;t3oA+nKK4jxF8XPCfhe8lsrvV459TT7+n6dG11cg/wC1FEGZf+BV5lr37UU0kn2fQtC8uQ/dfVJN&#10;0n/fiDd/49IlZAfQlZOueJtF8MW32jV9Vs9Kg/56XlwsK/8AjxFfNk1x8UfHxzdXd5Y2jH7nm/2d&#10;CPokTee3/ApGpun/ALO9l/rdQ1Dy7t/49Nt44/8Ax5gWajlA9L1j9qLwPpfyWUuoa6//AFDbNtv/&#10;AH3JsT/x6uTuP2uHkk26f4LuLg/9PWoJG3/jiPS6f8G9H0//AFVxcSSf3544pG/8eQ1sR+B/L+RN&#10;YvI/+uccX/xFAHP/APDUniX+HwXb/wDgZP8A/GKwdW+OV/4i1CN9ek1Tw/axL+60/QJHjZ2b/lpL&#10;O21m+78qqu3/AH/4O+/4Qd/+gxef9+4v/iK5e88Npp/xM0N5biS/+Vf9ft2/8tf4VULQBzcnifV9&#10;Ykkl0rVNcgtE+RH1LxJLHI//AAFXFP8A7S8X/wDQbk/8Ki5/+OV7T/Z9r/z52/8A37X/AAo/suy/&#10;587f/wAB1/woA8T/ALQ8Yfxa5J/4VFz/APHKt2ev6lp95brr2qaxHYyyrC11Y+KJ28hm+VWZd5+X&#10;dXrn9l2X/QPt/wDwHX/CmXnhvStQs7i1uNPt/IuImhf/AEdV+Vvl9KAMz7ddfDXUrPWX1bVNQ8Ps&#10;32fVoNRvJLr7NEWxHdLvYsvlt/rP9iTd/BXt1fPnhu4lk0uTT9Q/0uexaTTr1JPmWZV+Xc3+9GyN&#10;WNrHirVPBeoR+GtE1/xJ5kNnHNao8dpcRpE24J9+Auyrt2/6zdQB9OUVz/gvWL7XPCuk32pW6Wmp&#10;z20b3VsjqywylfmXIJ/iroKACiiigAooooAKKKKACiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv&#10;/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooAKKKKACiiigDJ8SaFa+KPD+p6ReDfaahbSW8o/wBl&#10;1214DpOpXXwp0vS/CXjS3+wR2/8Ao1l4g+9p+oZbO5pf+WEjf88pf+Au9fSlUtR0+11iyns722iv&#10;LWdNksFxGHjdT/CynhhQB4Lqkbxyf89I/wC/HWf5iVueIvgPq3hVZLnwDeRyWGdz+GNVkbyP+3af&#10;lof91t6c/wAFcXH4wt7fVI9K8QWdx4a1n/ny1iPy9/8A1yl5SVf91q1AseG4/tHjDxIn+zZf+gvR&#10;8SNPf/hC9UuEj/5B7faH8v7237sn/jsj1oeE9n/CWeJH8v8Ad+VZf6v7v3Za1PFEifY7jR3j8z7c&#10;q/aP91l27aAPC9Q1h7PS7y7SOT5ImhSGD725127V/wB2P5f9+Suk1Dw3capb2cWsaheX+yKNJbWC&#10;8lt7NNy7fJWKJ13L8235tzvWf4D8Ly3niyPT7j95BoLedcf7cqt+5b/gTLu/7d69YvNDstQk82W3&#10;/eP9545GXf8A722gDk7Ozt5PB+h+H9Kt49Nj1adbTZa/LsiVmaVv+/av81euaP4f0zw/H5Wmafb2&#10;Ef8A0zj+b/gTfeauD0u4tNP8cSXF3HJHBp9isVlDBbs29pW/eMu0fwqqLW5qnji4t7fzfs9vpMH/&#10;AD9arcKv/jqn/wBmoA7Cqeoaxp+l/wDH9eW9p/13kVWrzeTxJe+IP+PT+1NdR/8An1j+x2v/AH9b&#10;bu/76arFn4X1378X9j6Lv/54RyXU3/fTbFoA7D/hNNH/AILyST/ct5W/9BSj/hNNH/5+LiP/ALc5&#10;f/iK5+PwPqsn+t8SXn/bC3gj/wDZDUn/AAg+oR/c8SapH/10jtm/9p0AdBH4w0ST5P7Ut4/+u8nl&#10;/wDoWK5vXLiG4+Inh97eSOePavzxybl/5a/3aJPC/iCP7muW93/sX2nq3/ot1rD1TR9T0/8A0u98&#10;P6Pfxwq0zvayNbybVXczfvE/9moA9Yory+z1yL7PHLb2fii03qrokdvK33vm9WWrH/CUXH/PTxR/&#10;4K//ALXQB6RRXncfih/47zxR/wCCtv8A4zR/wlH/AFEPEEf/AF00eT/4xQBoaxb/ANn+NI5U/wCP&#10;fU7X5/8ArrD/APa5P/IdU/Hlw/8Awi9nss9Pu5E1G2t2fUreOaOGKaVYvM+YH7rSJuqvceKNM+0R&#10;3Fxeaxd3CbkTz9PnVU3fe2qsIWuf8YeIE8UaPeaZpnmeXbtb3eoTSW8kOyJJ1eOP94BuZmj/AO+P&#10;MoA9j+Evw11XwHqWt3F9PpsUF+sO2w0m28qFJU3BpfuqNzKY1+7/AMs69QoorIAooooAKKKKACii&#10;igAooooAKKKKACiiigDj/g//AMkk8Ef9gOy/9EJXYVx/wf8A+SSeCP8AsB2X/ohK7CgAooooAKKK&#10;KACiiigAooooAKy9c8P6V4n0+TTtX0+11Syf79tdRLJGf+AtWpRQB85WfgTTfAHxV1/SvD8txp1j&#10;NpNhffZpLh5o0lMt0jbd7Equ2NPlrW1TT3uLiO4uP9Yi7HePa3y/ptqP4i6pF4b+MxvdTk+waZqO&#10;h21laXtwrJA86XNwzQ+b91X2yJtVm+b+GjxBcf8AEvkR/wCNlR/900Ac/caxp/h/VLi9vbi3sLTU&#10;1V98m1dksXyxr/37/wDRdSR+ILjVP+QPo95f/wDTaf8A0WH/AL6k+Zv+ArWXqGoWMce+3j/0u0lW&#10;4R/L3b2T+Hd/tfOteoR/2f8A2fHqCRxyQPEsyfu1+dW+Za1A5O38L67qn/H7rEdhH/zx0qP5v+/s&#10;mf8Ax1VrU0/4f6Jpdx9rezjnu0/5er6Rrib/AL6kztrP1TxYnhvT45ZZJPnbZFBBtaSZv7sS/wAV&#10;cneW+seKP3uuySeR/BpEcitCn/XXbjzW/wDHKAO4vPiBoVvcSW9pJJrV2n34dNja42f7zL8i/wDA&#10;mqnJ40124/49PD9vaR/39SvFVv8AvmIP/wChVjx3FxZxxxRR+XGn3Ejt1VU/75qT+0Lv/MbUAXJN&#10;c8YSf8vGhwf7H2eWT/2otH9seMI/+XzR5P8AtzlX/wBrGvM7jxZrF5/xO7LUPLnuLxrHStI+9bzK&#10;jMrNL/vbXbzVb5E/8f6zVPiBaaXeR2Xl/a9SeLzk0+x/eTOv3d23+Ff9pmVKAOkj8WeJbf8A4+NH&#10;0u//AOvW8aNv++ZE2/8Aj1Y/ij4kWWoSR+H723uNCu75W+0PdbWVLX7sjK0ZZWb+Fa5OT4uahp/j&#10;jT/D+q+G/sEeoKv2Wb7Ysjbm3fKyqP8AZ/hrpNL1iW3+Ikdw/lxyJpjbP+/q/wDxVAHaR/EDwl/B&#10;rFnHH/1020f8Jx4Vk/5mDS//AAMjX+tSf8JhN/0z/wDHqjk8SJJ9+3t5P+ukdAFiPxR4ak+5rmny&#10;f9vkf+NWI9U0eT7moWcn/XO4j/xrDk8QafHJHFLZ6X5kzMkSSRrufau5tv8AwGsfVPFHgqzuI01C&#10;z8NxzzbtnnxxfPtlWJu3/PSRFoA7S8uLKSOPZcRyf9c5FauD8SbPtHjDyv3mzTLTf/vbpWqvJceD&#10;PFkkcWn6f4fn2RedstbeJm2t/F8o+7VPR7O30/wX40itLeOCNL64+SP5V+7FQB9Z0UUVkAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQBx/wf8A+SSeCP8AsB2X/ohK7CuP+D//ACSTwR/2A7L/ANEJXYUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQBS1DTrbV7OezvbaK8tZl2SwXEYkjdf7rK3DV8rfEvw+3gvxk+n&#10;+C5bhdC0tbeXVdJkEl1bpLM3yRwdXg2xq8rLuZP3kfyV9bV8m/FfxFF8Ofil4wv9e8KapeaVqT2t&#10;7BrVrAz2+1LaOGRXZflXayfxNQBy0niyKO32PbyRyfN/rI9q/d2/ersI/HH2fwnoej6Z5epas9rH&#10;NKkcn7m2VvmXzW/h+99379ZcnxE8Px/63w34gtP+2m3/ANBmrHk1T4X3kkjy+F7yOR23u/2f5nb+&#10;98shrUDtNL0uKzuPtt3ef2lqTrse6k+XYv8AzziX+Ff8tWrzXmUcfwkkk/5BeoRyf9M7edv/AEHN&#10;WPsfwvk+5JrFp/1zju1/9koA9F5qtqFm+oafeWiXElpJcRND50H+sTcu3cv+1XDx6X8PI/kt/GGq&#10;abJ/fnvJ4/8A0YBWxp/g/UryPzfDnjiPUo/7k/lzf+PrlqAObs7y70fVI3vbzT9Ck0+BtLt0vtPn&#10;a1eJJW2zRSq4RfNXZuXc2zy6r+G9Di1DxBqlle6hZ3+pX27VrfV9KvFka22ssS7dw/2tu3dsdY9l&#10;dZJp/j3Q5PtEsdnq0D7ke1g/dsn3drdGaqdv40tNHuJPtvhu40meb/WvHbq2/wD3tvzf+O0AR/2H&#10;qGueINDuNQ0e3gn0aeR5dQ8xfLmVomT9wvL/ADfI3zbdn+3W5b6fFJ482fvP+QY3/LT/AKbrRp/j&#10;zQtQk2Rahbxyf3JP3bf98thqk0+4ST4gR7JPv6TJ/wCjUoA6D+x4f+ekn/fyj+x4v+ekn+fwrR5o&#10;5oA5LUPhvpmqahHe3F5qn2uFt9vP9s/49m+Xc0XHy/d2/wC5XP6h+z/4X1SONHk1COOFmdEjkVv3&#10;rbfMk+ZC25tu5m/v/PXpvNRXHm/Z5PK8vz9vy+Z8y7v9qgDy/Q/hHafDvVJNQ0y8vJI3i8l0/d+X&#10;t3blXaqDaqszsv8A10kqTT5Li88P+MIreSOO7mvLlE8z7u7aqru/4FXeafHqvmSJqcmnyQbfk+yx&#10;yK3/AALcTXD+H7f95rlon8esXEKf8ClVaAPp/wAC+Ko/G3hPS9bjj8gXcf72BvvQyqSkkf8AwF1d&#10;fwrpK8E+A/ijy9U8aaOkn7u012R1T+550EUrf+RGevd45PMj3VkBJRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFAHH/B/wD5JJ4I/wCwHZf+iErsK4/4P/8AJJPBH/YDsv8A0QldhQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABVLULODUbOa1uI47iCZDFJDIm5XVvlKsvpV2igD5/8AFfwX1PQ7P/iivEmsaN9nZXt9&#10;Purxrqx2r/yz2uGdV2/d2t8lcBqn/CzdL/4+Lezu/wDrnqEbf+hWgr67khST7wrE1Dwvb3n/ACzo&#10;A+O7jxh4zj+S48Nxz/8AgJJ/6FGtV/8AhNNb/wCWvguOT/uH2Lf+1BX1ZcfDe0k/5Z1Tk+F9p/zz&#10;oA+W5PHEv/LXwPJ/2z0+Nf8Ax5Lqse88QaJcSebceB/EEEn/AD2sY1kZP+/hLf8AkSvrST4V2n/P&#10;Oq8nwjtP+edAHzPp/wARItP8v7J4o8QaLH/c1zT51jT/AIEyTr/48tdpofxI8Qapb/6J/YfjCD+P&#10;+zbhWb/vmJ3/APRa16xcfB+3/wCedcX4o/Zv0fWJPNuNLt5J/wDnt5a+Z/3196gDm7zxR4U1CT7P&#10;rvhOSwk/j2RrJ/46pD/+O0eG9P0STxpHF4Sk8yBNOkmlhk3K0LNKn8LANVe8+EfijQ49mleJNYgg&#10;T/l1urj7db/9+rkPXH/2PqGl+MNPl8WyWem2F2rWP9tabb/YfJlb5o1l+fZtb7u5dvz+XQB755d7&#10;H9+z/wDIlR+Zd/8APpJ/38WuPt/AcUnyWPjS4/7Z3kjf+gz1cj+Getx/6rxZqEn/AG0n/wDjxrUD&#10;pPtEv/PncVl6pb3t5JG9veappuxfuQW8Uiv/ALX7xGb/AMerP/4QPxbH9zxZcf8Aj3/swNH/AAjf&#10;ji3/ANV4o8z/AK6eX/8AGDQBoafHqGn+Y9xeXmpfL8iT2ccexv8AejArD8J6Pqul6hrEv9j3mpX8&#10;15NcWT+Wsdr+9+bczMf4fu/d/wB2tCOz+Idv/wAxy3k/79f/ABgVx/xU8WfEXw34bt7d9Us4JNWu&#10;l06KaCOPzE3qzM3T+FY3oA3PgXcRR+MPFiW9x9rjTUVt3uv4bmdIk8+T/v4zr/2zr6o0+TzLeOvm&#10;P9nvwenhvS7O0t45PIhT/lp8zOzfMzN/tM1fT9mnl26CsgLFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAcf8H/APkkngj/ALAdl/6ISuwrxT4WfG/wVYfC3wdbz64Flj0eziYfZJyNywID/BXVf8L68C/9&#10;Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf&#10;+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8A&#10;iKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAPQaK8+/4X14F/wCg5/5Jz/8AxFH/&#10;AAvrwL/0HP8AyTn/APiKAPQaK8+/4X14F/6Dn/knP/8AEUf8L68C/wDQc/8AJOf/AOIoA9Borz7/&#10;AIX14F/6Dn/knP8A/EUf8L68C/8AQc/8k5//AIigD0GivPv+F9eBf+g5/wCSc/8A8RR/wvrwL/0H&#10;P/JOf/4igD0GmVwP/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB33lpUcluklcL/AML6&#10;8C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHZSaPbyf8s6wtX8CafqtvJFcW8c8bpseOSNWV6yv+&#10;F9eBf+g5/wCSc/8A8RR/wvrwL/0HP/JOf/4igDy3xR+yn4XvLiR7fw/pcf8A1zs41/pXHyfsp6Zb&#10;yb4tPjjk/wCme6P/ANBIr39/jx4Dk663/wCSc/8A8RTP+F4eAP8AoN/+Sdx/8RQB8/8A/DN9xb/8&#10;e95qkH/XPVLlf/QZKP8AhS/ii3/49/FHiSD/AGI9Yuf/AGZzX0B/wuvwD/0G/wDyTuP/AIiov+F1&#10;fD3/AKDf/knP/wDG6APAP+Fb+Pbf5IvGniSP/rpcRyf+jIzWx4f+D+saprFvqHiDWNQ127t0ZLd7&#10;6RdsO7721Ywq7m/vbd9eyf8AC5Ph5/0Gf/JOf/4ipI/jP8Po/wDmN/8Akncf/EUAbHg/wmml28f7&#10;uuwrz5Pjx4Dj6a3/AOSc/wD8RT/+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9e&#10;Bf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C&#10;/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8A&#10;knP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5&#10;/wD4iigD/9lQSwMECgAAAAAAAAAhAMkIdK81OAAANTgAABUAAABkcnMvbWVkaWEvaW1hZ2U1Lmpw&#10;ZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwM&#10;CwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAM8BUQMB&#10;IgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUE&#10;BAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1&#10;Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOk&#10;paanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAf&#10;AQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQF&#10;ITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdI&#10;SUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1&#10;tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/APuj&#10;4W/An4cah8MPCN3deBPDk9xcaPZzSzSaXCWdmgQlm+Wuq/4Z++Gf/RPvDH/gqg/+IrR+D/8AySTw&#10;R/2A7L/0QldhQB59/wAM/fDP/on3hj/wVQf/ABFH/DP3wz/6J94Y/wDBVB/8RVrVviMv9qXGkeHd&#10;NuPEuq27bLhLd1jtbZv7s87fKrf7K73/ANmmb/iPJh/L8MWvH/Hv5lzN/wCRdq/+g0AQf8M/fDP/&#10;AKJ94Y/8FUH/AMRR/wAM/fDP/on3hj/wVQf/ABFLJ8RNT8Mn/isdE/sqxxltZ0+c3dkn/XU7FeJf&#10;9pl2/wC1XcwypdRpLE6vGw3Ky8qymgDhf+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD&#10;/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z/wDRPvDH&#10;/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/&#10;AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvh&#10;n/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn&#10;/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/h&#10;n74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4&#10;Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIiv&#10;QaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/&#10;AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/&#10;+Ir0GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPv&#10;DH/gqg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7&#10;wx/4KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gffhn/&#10;ANCB4b/8FUH/AMRRXoNFAHH/AAf/AOSSeCP+wHZf+iEqv8RtUvpDpnh7R7h7XVdakaP7ZHy1nbIu&#10;Z5l/2gCiL/tyJVj4P/8AJJPBH/YDsv8A0QlV4/3nxouN3/LvoEflf9tbl/M/9FJQBveHfDth4X0m&#10;303TYEtrOBcKij8WZm6szH5izfe/HNedWH7THhXWLf7Vp2l+K9Ss2ZkS6tPDF9LDJtYq211iw3zL&#10;Xrkn+rr5h+HOl/GT4b/A3TLlrXQLVdBsXll8L30cj3VzGjO77rqOTZHIy/dXy3Xn5vYA+mYXS6tU&#10;bZiORfuuuOvqtef+HbcfD7xonh2I7fDmrCS40qLGFs50+aW3T/pmynzEUfd8uX+HZXW+DvE1l408&#10;K6P4gsDmx1azhvrfd97y5UDrn/vqsH4pfu4vCk6nbPD4hsvK/wCBs0Tf+Q5HoA7miiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACis/VNUstB0+e/v7uOxsLeNpZ&#10;7mZ1WONV6szGvgT4l/GLxr+2x48l+HPwo+0aV4HtZVbUtcbdH56h/wDWSMuCkfy/JH95+v8AuAH6&#10;F0Vh+FdEn8N+GNL0q61S41m4sraO3l1C92+dcsq7TI+3HzNW5QAUUUUAFFFFABRRRQAUUUUAFFFF&#10;AHH/AAf/AOSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJgmZSkzf7KSomf7qySNWl8H/8A&#10;kkngj/sB2X/ohK6e6tYb+3kt540mgmUpJE6bldSMFTQA+SIXEbxMcIy7fl4NeE/8Kw+KyeE5/Ai+&#10;MtJn8NzRPaf8JFdW88mspZvkbfveU0207fNLf7WzNdnZ6N4l+HIMGiwHxT4cX/VWM9wsV7ZqOkcU&#10;j/LLGv8ACsjKy/336Voj4qW0YxceHPFEM/8Azx/sSeT/AMfjDJ/49QB0nh3w/Z+FfD+maLpsXk2G&#10;nW0dpbx/3I41Cqv5KK5PVpx4q+I+l6RbkPaeHn/tO/kx8v2h42S3h/3trvK3piP+/Uc2teMPFrfZ&#10;9H0mXwpZN97VtY2NcBf+mVsrN83+1Ky/7j103hfwvZeENISwsfMZC7TSzTv5k1xIxy8kjfxM3rQB&#10;vUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUMknlxu3Xb/c5NTU&#10;UAfk1+11+1trHxq8SXHhe1jvPD/gnT7rypdPf9zdXjI3zNOrfd/2Ym+7/FXd/Cf/AIKAeBfgv4Rg&#10;8PeGPhbc2thF88k0msRtNcSfxSSP5XzNX0D+1l+xvZfGeGXxV4TWPR/iDZgPG+dkWoBfurJ/dk/u&#10;yf8AfXbbyX7Kn7Q2jeK9aPw4+J/hvS9D+Itk/wBnWW60+KH+0GH8LLj5Zv8Ax1/4KAOd/wCHrek/&#10;9E7vP/BxH/8AG69G/Z8/b10/49/E6z8GW3g+40aS4t5rj7VJqEcyp5a7tu1UFfSv/CC+G/8AoX9L&#10;/wDAKL/4mprHwvoulzfaLHSNPtZx/wAtobZI2/76UUAa9FFFABRRRQAUUUUAFFFFABRRRQBx/wAH&#10;/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFFFABRRWH4u8Uaf4L8L6pr2qyeRp2m&#10;20l3cPj5giIWOPegDcqGS4jh+/Iif7z4r470jxRrP7RMmoat4y0+Ox8P2N41ppvh2G4doXZNvmTX&#10;PTz5FY+WP4F8uT/frbj+FfgyP/mU9H/7aWcbf0oA+npNa05PvX9un1nX/Gmf8JLpCfe1Sz/G4T/G&#10;vmT/AIVn4N/6FPQ//BXB/wDEUf8ACrvBX/Qn+H//AAVwf/EUAfTX/CVaL/0GNP8A/AlP8arzeOvD&#10;dv8A67xBpcf/AF0vYh/7NXzjH8N/B8f3fCfh+P8A7hcH/wARViPwP4at/ueG9Hj/AOuenxL/AOyU&#10;Ae7yfFjwRb/63xh4fi/39UgX/wBnpln8WvA+oXaWlp4z0C7u2+7BDqkDyH/gIevF4/Dejx/c0fT/&#10;APwDj/wrx/XP2e7vULfVNMi/4R+70m71GTVE+1W88MySu2/5vKO1tv3Vb+5QB9vN4v0GL7+t6en+&#10;/dx//FVUl+JHhO3/ANb4o0eP/rpqES/+zV8OR/sxv/zz8Px/9tNQ/wDjwqv/AMMt3v8A0ENHj/2I&#10;/t3/AMfoA+2m+Nnw8jk2N488MCT+6dYtt3/odSSfGPwHH97xp4fH/cUg/wDi6+HY/wBktI7z7X9o&#10;0P7X/wA9vsd20n/fTXNakf7M9x/0GNL/APBfct/7c0AfYcnx0+Hsf/M6aGf9y9jP9a53Wv2rvhBo&#10;dwlrdeP9IN3I/lLa28hnmLdf9VGGb/x2vl7/AIZjeT7+saX/AOCuVv8A0K6r0D4Z/CPR/hn9ouLT&#10;/S9WuF2Pe/Z1j2L/AM84lX7q/wB75t7/AMT0Ae4n9pL4b/weJUk/64WlxJ/6DGa4Xxx+2n4S8OXH&#10;2XQtH1/xRebN2+DS7uG1T/elaE/+Oq1L5j/89KPMf/npQBwv/DZPiS8k3Rafp+nR/wDPGTQ9WuW/&#10;76WNP/Qa1NP/AGyNUsxu1DwvJrMf8X9j6fqEM3/AUlg2v/38Wum8x/8AnpR5j/8APStbAdNo/wC1&#10;F4N1jTY7v7F4nsZG+9a3Xhy9WVP97bEV/wDHqreJP2tfAHg/T/t2t/8ACQabY+akPnT+H71V3ucK&#10;v+qrD5rxb4sR/wDCSfHD4T+HJf3lpDLd65cQ/wALtCv7rd/wKsgPpI/tNeF/4NI8WSD+8nhu9/8A&#10;jdLH+0n4ak/5gfiz/wAJu7X/ANkrleaOaAOqP7R+if8ALLw34sk/7g7r/wChEVm/8NSeFF1S4stR&#10;0nxJokFvGk11qF9pbfZrVX3eW0rIzeWrbW+ZlC8fMRWPzXyt448YXt58VNc0zT/HkngTUobpri1e&#10;SP8A0O9lVvsywzy4Kqu22+Xd8n7ygD9IrG9t9Vs4Lu0uI7u1nVZYpoZA8bqeQysPvLXgf7T37Iui&#10;ftB2UGpWVzH4e8aWpX7PrSR/fUf8s5duC23+FvvLXh/wP+PmpfDLxRP4f1jR5NFu0fztV8MQfNbz&#10;J1a+0xOdrfxSW6/I6/PF82+vqf4tfFB/DfgvS9U8PXFndSau/wDot6372FIVgkuJJ1RSPN/cxPtX&#10;dyxjoA7bwnosvhrwvpml3Op3Wsz2NtHbvqF8Vaa5ZV2+Y2P4mrcrwfS7rxfqml2l3/wse8RLmCOZ&#10;U/suyVtrpn+4fWrnleKv+imap/4L9P8A/jBoA9sorxCS38R/x/EjXJP+udvp6/8AttVeSz13/oon&#10;iT/ySX/22oA93orwT+y9Yk+98QPFH/gRaL/7QrI+Gfj3xNa/FL+zLrXLzWvDd3q1zo0MepeU0qyw&#10;23nNMssaLxuSRNlAH0lRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/6ISuwrj/AIP/APJJPBH/AGA7&#10;L/0QldhQAUUUUAFeG/tfanHb/CH+ypZDBDrepWthNIh2skCv587L/wBsYJK9yr5J/bo1N7xfDehW&#10;8h897W9l8tJNv72byrKL8f8AS3xQBF8F9LfS/hX4XSXzJJ7izW+uHkk3M8twzTNub+Jv3n3q7Xmo&#10;o7eKzjjt4v8AUQosKf7q/KtS81qAc0c0c0c0AHNHNHNHNAFLVNUtNH0+S9vbiOC0h++8lcn/AMLc&#10;0T+G31ST/tzb/wBmIqn8ZLz934ftP+e11JM//AIvl/8AHpK+U9H+2/ED+1NVvdU1CDZPJ/zEJ4YU&#10;i81ooo4ooCNzfL/tO7yUAfWn/C4NE/589U/8A1/+LqP/AIXRokf/ADD9Y/8AAdf/AIuvl/8A4Vnd&#10;yfej8Sf+Vn/4uj/hU8v/AD7+JP8Ayst/7UoA+oP+F2aJ/wBA/WP/AAHj/wDi6P8Ahcmlf9AvWP8A&#10;wHj/APjlfL//AAqeX/nn4g/8B9Xb/wBqVueF/wBn+XxBHJLLqGoWEELbNl1HqEcj/wC6sk4+WgD6&#10;I/4XBpn8el6xs/694/8A4uukvPGGhafodvrd7rFnYaTcbfKvb64WGN933V+bHzV8p+JPh+nwz8We&#10;D00+8kkk1O+ZHf7Rc7tqbGkXbJI6t8rPXpHjj4Dy/GT4d+A0i1z+xbvTImuE8y3aaN/OVdzbVdfm&#10;X+GgD3iORLiOOWKSOSN13o8fzK6t/FUvNZXhfw/F4X8N6XolvJJPBp9rHaJNP/rHVF27mrV5oAOa&#10;OaOaOaADmvGpP+Jp+1xH/wBQbwj/AOPTT17LzXjXw/8A+Jh+0p8VL3/n0s9M07/yFvb/ANBoA9l5&#10;o5o5o5oASP8A1lfEeueB9b+InjjXLvT5LfyHlWHfPHKy/PLLN95UK/8ALX+KvtiS4+zxyS/88VZ/&#10;++fmr5z+E+j3eoeH9QuIpPLjuLxf9ZI33kggRv8Ax5XoA4/UPg/4zj0fT9HvdU0/zNPlW40XVLWO&#10;5mm0za25o1ljB/dsy/Krfcf51r0zwfceJf7H/sTXbiO722OqJpWn2NnJCsN9LbN5i7X+bbLtmaNV&#10;+RPMkT+5s6zT9LuLOP5Ljy5P+mcjbf8Avliay/iZqj+H5PD+u2//AB92P2m4T+6+y2lZVagD6A0e&#10;zWz8N6PE9v8A6QlnGj+Z/BtVVqTy0/551jyR3FxZ2fm6heeZ5W9/L2r97/dFV/7Hik/1slxP/wBd&#10;LiT/ABrIDoPLT/nnUcf2eSTYnl+Z/c+XdWXb28VnH5UX7uOo5LO0k+d7ePzP7/3W/wC+qANiSzST&#10;/pnXH2mqWuoeL/C91aQfZzaeMJrGX7q75RbXEUjfL/e3V1Gn3CRxx2nmSSSIvyPJ8zPtrz/w/wDu&#10;7i3l/u/Ehv8Ax6dk/wDZqAPquiiigAooooAKKKKAOP8Ag/8A8kk8Ef8AYDsv/RCV2Fcf8H/+SSeC&#10;P+wHZf8AohK7CgAooooAK+Mvj5cDxR+01o+mj/V2cumWr/xL+7W6v5P/AEG1/wDIdfZtfD8M/wDw&#10;k/7TWv37Df8AZrvVrjd93/VfZdOj/wDRM1AHrXNHNHNHNagHNHNHNHNABzRzRzRzQB4t8dNQ8vXN&#10;PRP+XTTprj82X/43Xjf7L+h2mqaHp73F59n339pNF5n/AC2lTbN5P/jteiftCah5dx4suP8Anx0X&#10;Yn+95Tv/AO1K5v8AZv0t45PCdu8fl/6dNM6f9cbN0/8AZqAPpiPT6P7OrpI7P93UclnQBy8lnVOS&#10;OukuLese8joA+f8A4wSfaPip4Tt/9ZHY6df3zp/EjeUyq3/jtfSGj2/2PR9Pt/8Anjaxp/3yqrXz&#10;X4w/4mnx41CL/n00CO3R/wDamnRdv/kSvpy4kis45JZZI4IIVZ3eSTaqKv8AEzUAS80c15Nqn7Qm&#10;lSXklp4c0+48QyJ/y2j3R2//AAHajyt/vLHs/wBuqdv8aNdkuI4n0vw/HO/3LWfULmzmf/d822G7&#10;/vmgD2XmjmuK8N/FDT9Y1CPStTs7jw9rU3+qtb7a0dz/ANcJVykv+79//YrteaADmvGvgP8A8TDx&#10;58ZNT/57eJPs6P8A7MMW3/2avZI/vx/71eL/ALLf+meE/Fmp/wDQQ8U6jNv/ANncqrQB7TzRzRzR&#10;zQBheNLj7H4L8QXH/PHTrl//ACE1eZ/Ce38vwf8A6vy5Hvr3f/wG5dP/AGnXoHxM/wCRD1xP+e0C&#10;w/8AfbKn/s1cP8L5PM8B6Oz/ALyeVZLh0j+Ztzyu+7/x6gDrI68/+Nl55mj2cKf6vyr35/8At2Zf&#10;/Zq9I0+3eSSR3/d+S2zZ/n/erzf9oCTy7PS0/wCmF7/48qr/AOzUAfRH/PP/AGFqOSTy6sSf6ys+&#10;4/4+I/8AdoAkooooAks/+Qpb/wC7J/6DXD6XJ5en3Ev934jRv/5Uol/9mruLP/kKW/8Auyf+y153&#10;5n2fwf4kuP8Anj41ab/vnUomrID67ooooAKKKKACiiigDj/g/wD8kk8Ef9gOy/8ARCV2Fcf8H/8A&#10;kkngj/sB2X/ohK7CgAooooATpXwb8B5H1zxRrmsP+8d9Otn/AHn+s3XdzdXbf+OyJX2b8SNU/sP4&#10;eeKNS8zyvsel3Vxv/u7Imb+lfGX7K+j6hpfhfxB/acf+lpqMNp+8uPtDbYbOBNu7A+VWZ/l20Ae2&#10;80c0c0c1qAc0c0c0c0AHNHNHNHNAHy1+0RceZ4b+Ikv/AD2lW0T/AMhRV0n7O9n9o8QaO6f8sbXU&#10;7j/vqeBFauP+OEn2jwfcP/rPt3iSFNn99WvM7f8Avla9M/Zfs/M1S3f/AJ46Bb/+Rp3b/wBpUAfR&#10;kdv+7qvJb1seX+7qvcR0Ac3eR1zeodq6zUI65fVKAPm/Q/8AicftAeMHT/n+0yx/75ZG/wDaddB4&#10;kvNV/aE+IknhXRZPL8L6fK3mv83l3LI37yaXb83lq3yqv8b/APfaed6Prkun+JPiRrcUn79NYuPs&#10;8if3kiuPLb/vqRK+iP2Q/D9vpfgPUL1I/wB5cXS2+/8Ai8pIldf/AB6V6yA7Tw38C/B/h/T47eXT&#10;/wC2pE++9980e7/ZiXCL/wB80eKPgf4f1jS7i30y3j0mR1/1Pl+dYzf7Mtqx2Mv+0u1/7r16LzRz&#10;QB8XXHhOXw3/AGho9xb3E+hQ+Z9q0We4aaSyaHa0vkS/e+VWSeNv44v9pPn9c+Ffii71S3vNE1O8&#10;+36lpnlul7/Fe2cm7ypv975XVv8Abj3/AMdXPiRGmn/FizuE/wCW39mTS/7bebcW7f8AfUcm3/tn&#10;Xmfwrk/sv4kWemJ/y6f2toz/APXKGeKWD/vla1A94uLj7PbyS/8APFWf/vn5q8j/AGS7fy/gXodx&#10;/wA/c93d/wDfc7//ABNekeNLz+z/AAX4gu/+eOnXM3/fMTNXF/s12f2P4B+B0/v6d53/AH2zP/7N&#10;QB6bzRzRzRzQBxXxcuEt/h/eb/3e+e0Tf/28xVx/w38WRR/D/wAN29lpeoalImmWyS/YbOTy93lL&#10;u+Zgqfe/2q3P2hJP+LZ3if35V/8AHVd//addh4fjePw/pcT/AOsSzhT/AL5iWgDl7PVPEH7z7P4P&#10;1D523/6VeW0P/tQ15/8AGyTU5I9LTU9Lj03fBMkSfbFm37pYF/hA/vV9AR14n+0Ro9x4g8UeF9Mt&#10;PLjn+yzTfvPu/JPAzf8Ajq0Aeyf25eySXCfZ7f5G2f8AHw3+y3p/tUWeoS3lxcebHHHJC2z5JNy/&#10;dVvQf3qz9Dk+2afHcf8APZ2epNL/AOPjUH/6bt/6CtAG55lHmVHRQBoaXH5l5v8A7it/49try/UJ&#10;P+Lb+OH/AOeOv3s3/fF8rf8AsteiaX/yHE/64Sf+hJXmesSf8Wr+JH/X9rD/APfMrt/7LWQH2XRU&#10;UUnmIjf3lqWgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYVx/wf/wCSSeCP+wHZf+iErsKACiii&#10;gDzP9o68e1+BfjTyv9Zcae1n/wB/sRf+1K8I+C8af8InqF2kf/H3rupzf7+25eJW/wC+Y0r2X9qC&#10;8SP4XpaP/wAv2s6Zb/leRSfyjNePfA+N4/hH4Xd5PM+0WzXf/AZZXlX/ANGUAdzzRzRzRzWoBzRz&#10;RzRzQAc0nmeX8/8AcpeaztcuPseh6pcf88bWZ/8AvlWoA+U/i5J5fhPwGj/6y41Zbt/+AQSzNX05&#10;8A9Hi0/wXpbrbxxzvAqO/wDE6qzbV/8AHq+W/jBI8lx4D0//AJ42t3N/wL7MsS/+jK+wPhXss/De&#10;lp/0wWgD0jy/3dU7iP8Ad1Y+2J5dU7y8Ty6yAw9Q7Vyeqf6z/gddRqF5XF+ILzy7e4l/uKz/APfN&#10;agfIfw3s5vEHhvxZNbx+fPNPqeoon9/yoldf/Qq+mP2Y/ElpZx6p4XeT955/2uy/6bL5S7lX/tj5&#10;Ev8A20k/uPXj/wCx/p/+j6fcP+8jeC9m/wCAtOif+y1qeIPB934L8QR6ZZfuLtPn0KaeRoY72BGZ&#10;1tfNX5ormDc/lsvz7P7670oA+yeaikkS3jkllkjjjRWd3f5VRV+8zV8t6H+1ZqGnx/YtVk8u/h+S&#10;WHWNLk+0J/vPbPtb/e8td9c/48/aIl8QWckV3cRz2n3/ACZ7f7Dp/wDstLEztLc/7rMif7FZAdh4&#10;o8aW/iDxx/bDyeXYJ5d8skny7LG3V1gZv7vmySTz/wC5HHXL/s9+b4o8cah4gePy49t3qP8AuNeT&#10;qsS/9+4HavL/ALZqvxAkjsre3vLu01OffK8ny3Wsy/xKvTbH/eb7iJ/s19WfDfwOngPw3HZPJHPq&#10;Vw32i9mg+VXlZVXav/TNVVFX/YjrUCv8bLz+z/g344uP7mj3P/j0TL/7NUnwfs/7P+E/gu3/ALmj&#10;23/j0St/7NXP/tOXn2P4B+OH/wCnFU/76lRf/Zq7zwnZ/wBn+E9Dt/8AnjY26f8AfMSrQBq80c0c&#10;0c0AeTftMSN/wrfyov8AXvLNs/4DZ3DVuR/8JLJ/rbiz0nZ/yzsbP7Qyf8Ckf/2nXL/tOXEsfhPS&#10;/Kj8yT7U37v5m3/Ls/h+b/lpVOP4gan5kiS29nBJ/wBM9Qkt2/79XI2/+RKAO0+x6xJ9/wAaXn+5&#10;5dtD/wC0xXm/xEkfw38QPDep3txeatJNazWiefcK2zfPAm77g/56V2lv4ofy997JeRx/359PZof+&#10;+oC61538VLi08QeIPC8tpeafJHFPHvmtZPub7mBfm43LQB9IeH7fSo/D+l/6H5k72sfyR7v7q1n3&#10;Hh+WO4uHis7zy5pWfZBJIuz9RWp4b0//AIp/T38u8/1Eab4Nu19q7a0Psb/89NQ/z+NZAYcej3H8&#10;dvqkf/bxJ/8AXqT+z3j/AOgp/wB/N3/stbH2dv8An41D/v3/APZUeXL/AM/l5/37agDP8Pxy2+uR&#10;vL9skjdfJ/f7f4mX2Fed/PcfBvxRcPH+8vl1i7VJPvfPLOy/+O16p5ktv873lxJ97YkkbLvbbu21&#10;5ldeJtS8VeBtIXTbOO/8UeJrNVstPjk8uN5ZIt8jbmztjVd7M1AH1T4P1BNW8J6Heo4dLmygmVk6&#10;HdGprbrzf4A6TrHh/wCF2jaVrVhcabNY+bb29rdSRtKlsJG8hX2My7lj2L97tXpFABRRRQAUUUUA&#10;cf8AB/8A5JJ4I/7Adl/6ISuwrj/g/wD8kk8Ef9gOy/8ARCV2FABRRRQB4N+17qX2D4f6JsOf+Jys&#10;v/fm2uJv/QohXE/C+zTT/hn4Tt4v9XDo9ps/78JWn+3Nqz2PgjSIU7Lqd3/37064H/tSrOj2aafo&#10;+n2kX+rt7WGFP91VULQBd5o5o5o5rUA5o5o5o5oAOa57x5J9n8D+IH/6cZk/76Xb/wCzV0PNcl8U&#10;JPL+H+uf7cSp/wB9Mq0AfLfxQ+2yePNLltNPuNTj0/SW82G1jZm+e5T22r8sT/er1TQ/2oNK0O3t&#10;4rvwv4oj8lVT/jzj/h/7aCuP0P4gar4f+JniC30fw3/wkt2+nWm//iYLa7FVpW/iBX/lpXUXHxU8&#10;YSff+F95/wBs9ctm/pQB0n/DZHg//lrZ+IIP+umnq3/oLmo5P2yPh/J8jXmqQf8AXTS5f8K4u4+I&#10;niOT7/wz8Qf9sLy2k/8AZxWXceONVuPv/DfxRHG//TOCT/0GSgD0ST9qz4dSff8AEnkf9dLOX/4i&#10;svWP2jPh5qGl3iW/ii3nkeCREhjjk3OzKyqvzIK8zvPFD/fl8B+KI/8AuFrJ/wCgk1n3HjjSrOP7&#10;RqHhvWLCNPnd7rQ5FVP95sGgD1T9kfT3s/Bfht3/ANZ/YW9/+2tyzf8Aste6a54f0/xRpcmmarZx&#10;39hN9+Gf+8v3WX+JW/usteb/AAD0/wCx+G9D/wCxb07/AMf8169Z5oA8i8QfAu41CPyrfWLPVrRf&#10;9Va+JtPW8aH/AHZ1KP8A99bqw9P/AGZ0jvPNl/4RvTf+m2m6O0k3/AWnkZV/75r3nmjmgDmvCfgP&#10;R/BfmS2Uck9/cIqXGoXUnmXEyr/Du/hX/ZXaldLzRzRzQB49+1pceX8B9cT/AJ+J7SH/AL6nSvXL&#10;eP7Pbxxf88VVP++flrxv9rD958L9PtP+fvX9Oh/76l3f+y17RJ9+T/eoAXmjmjmjmgDxb9oyOW4k&#10;8H2lvJ5ElxqKojyR+Yqbrm1XdtyN33qsSW/iuzj2XGn6P4hg/wCnW4ks5P8AvmQOn/j1R/HiTzPF&#10;ngO3/wBXvvN6fu2b7tzbv/D/ANc61JNQl/5+I/8AwDn/AMKAOb+2aFZyb9T0PWPC8n8c0dmzR/8A&#10;f20LL/31WP4wvNM8QaXcW+n+JP7d0mG1mm1Kb93MsMSq21WZk3KzMvy7q7T+3HkkjRLy38x28lP9&#10;avzf3fuV5f4w8Np4g8cSW9xJ5F/d6jaWjvaybWmiWJXZW3Day7vmbctAHtHwz+GdpJ8O/Dct7ca5&#10;BqU2nQvcSQa5ex/vWVWb7s22uo/4V3FH/qvEniyP/uOTt/6ETXP/ANl3ejxx/YvFniiO0Rdn7y3s&#10;pFT/AIC0NEesXsfz/wDCcaxJ/wBdNLsm/wDQQKAOg/4QfUI/9V448UR/9vkUn/oyE1oaXoeoaXHI&#10;kviTVNS3N8j33lbk/wBn93Gtcv8A25qtxJ/o/jSOOP8AuT+H1Zv/AB2cVJJqniO3+54o0uf/AK7+&#10;H5V/9BuaADxpHrfhezt9bTxJcSJDqNsjpPbxMsMUs6xM3/AfMrz/AFDwvp/gPxh4HS0uLzUvEN34&#10;m05Ld55Nq6ZY/bk89YFX/VRs0nlN/f8AM2fdrtPFFv4g8UeC9ct7jWPC93YTWciSw/Y7mGT7vy/N&#10;5x2tu+61Yej+F30+PQ9Yvbz+1ta1DxFo6S3v8KRLfRbYYuTtVf8A0OsgPtuiiigAooooAKKKKAOP&#10;+D//ACSTwR/2A7L/ANEJXYVx/wAH/wDkkngj/sB2X/ohK7CgAooooA+U/wBuy4WTR9Dtf7+n6o/5&#10;pBD/AO166Xy/s/7r+58n/fNcd+3VI0l14Tt47ae6+0Wd3C72+39wpubD94+WHy11MmqRSXEn+9QB&#10;Z5o5ql/aEVSfbIq1As80c1W+2RUfaEoAs81x3xc3/wDCv9QRP4mt0/8AI6V1n2hKx/GGjv4k8N3m&#10;n29xHHO/lvE8n3dyMrru/wBn5aAPmv4X27yfFDx5K/8AyxitLdP+/St/6FXrPNcVrnwLuNc1iTUn&#10;s/EGi38yqlxN4f1iKPztvyru+b/ZqvH8D7u3+54g+JEH+3/aEU1AEnxY/tD/AIRu3t7LXLfw9BcX&#10;Sw3t7PHuZINrtJt5HzfL93+P7lYXwW8Pr4fv/EEWm6p/a3h6ZLea1muo/JvPm3rtniUlI2XbtZV+&#10;/wDfrdk+C9xcR7Ljx58RPL/uT6fFMv8A6JNWLf4Py6f5n2T4qeKLDzn3v5/htW3t/ebbGu6gDsea&#10;5b4qSPH8M/Fj/wDUMuf/AB6JlqP/AIV3qsf/ADWy4j/6+vC6r/6FWfqnwz1XxJp9xpWp/GjR59Ju&#10;18m6T+x1hm8pvvbW3igD1j4Tx+Xo+n/7GgaOn/ktu/8AZq73mua8H29vH/aEtlHJHpv+j29k8nys&#10;8UMCxK3zfw/LXS80AHNHNHNHNABzRzRzRzQB4t+1B+88P+B7f/nt4u07/wAdZq9ok+/J/vV43+0Z&#10;+81T4T2//Pbxhaf+Oq1ey80AHNHNHNHNAHiXx0vIrP4geA7iWTy47eVpn/4Dub/2Ws/T9c1DxJb2&#10;+p63HJaeHtQZktYYLho40+bYq3LKNzbmX5WVtlanxUt31D4yeC7RI7OSR4pH2X0fmQ/LFdN8y5H9&#10;2us8N+D4tPt9Yi1Cz0vyNQl3/YrWNvs6ReUqbdrY+9tdm+WgDyPwf4Pe3+KHiBLfy4NC8pbuKykk&#10;ZY3Ys3zL/ut8v+55ddB8P9Hi8UfETUL20t5I/sOotd2/935IFi3N/veZXpGj+C9E8PxyJaWf+uXY&#10;808jTSOv93cxLbf9msPwHbp/wsCzS3j8uObXdVd0j+XeqW2xV/76agDvLy31OST/AI/I45P78dn8&#10;v/odc3qHhd7OOS4e8t5Nnz7I9PZmf/ZXmvQLis+SgDw/WNU8QSSXiWXhe4k37U095/Mh3t/F5/z/&#10;ALpf7tcneeNPHun6pJ9n8Pyf2bu3oklnK03lfIzL3+b5XX/tpX0zzUUlxZWflvd3FvBG/wBx55FX&#10;/wBCoA8b0/XNQ1j4L+NLvVbOS0v/AOzrhJU+zyW/97b9773y1cvNY/4Rfw/peofvJ7TTNR07UbiH&#10;/plDcxPI3+9tr0zxxJDefDPxZ9k8u787TLhE8jbJvbb/ALOay/iJZ2//AArO8tPLjj+0eTb/ALv5&#10;fvyotAH1fHIJBuWpK87+CPi7/hLPhv4bvWfzJH0+Hf8A7yrtb/x5a9ErIAooooAKKKKAOP8Ag/8A&#10;8kk8Ef8AYDsv/RCV2Fcf8H/+SSeCP+wHZf8AohK7CgAooooA+dP2xfAes+KPCdnrGh2lxqV3pkVz&#10;by21rGzy+XL5brIqr8zbZoIN23+AyV4PZ/tEeCryON5fElnYTv8Afhut0MkLfxRtuA+ZW+Wv0Drw&#10;rx5+yB8PPHXiK912azm0rUL2Tzr3+zfK8u6l7yOksbgN/eZdu7+LNAHgtv8AGTwlef6rxRo8n/b5&#10;Gv8A6Ea1Lf4iaJef6rXNPn/653kbf1rhv2kv2ZNE+FM/hebSriO7sNUuZ7SdNS0uzk2MImlj2skK&#10;/wDPN68ck+Genyffs9Dkj/7BbL/6LmWtQPqyPxRb3H+qvI5P+ucitVyPWHr4/wD+FX6f/Bo+hxx/&#10;9M/tsLf+jzRH8N4reT91p8cH+3Brl3H/AOhI1AH2J/bD0f25Xx/H4TvbeT91J4kg/wBuDxQzL/3y&#10;0IqxHZ+ILeT91rnjiD/rnqlpMv8A48VoA+vP7c/6aVJ/bn/TSvkePVPFtvJsTxh4wj/66aXZXC/+&#10;jqsf8Jh41t/kTxxqH/b14T8z/wAejzQB9af25R/bn/TSvk//AIWZ41t5Nn/CaaHJJ/0/eG72P/0F&#10;KsR/GTxnb/I/iDwHPJ/cnkubdv8Ax4CgD6s/tx/+elSf25/00r5bt/jZ41/59/A93/sQeIPLb/x6&#10;tS3+MHjj7/8Awhel3f8A14+JIGoA+lP7Y/6aUf2x7V89x/GTxh9+b4X6xJH/AH7XUIJv8Kk/4Xpq&#10;sf8Ax8fDfxhB/wBc7eOT/wBBegD6E/tij+2K+e/+GjNPj/4+PC/jC0/66aPI3/oJNSf8NOeD4/8A&#10;j4/ti0/676Pcr/7JQB9Cf2wlSf2olfP8f7Tnw8k+/wCJI4P+u9vPH/6ElXLf9oz4e3H3PGmj/wDb&#10;S42t/wCPUAanxw1Bbzx58H7f/qYmm/74iWvZP7QSvl+Pxhb/ABg+MHhu70TzJ/D3hZbi4l1Dy2WO&#10;a6lXYsa7q9o/tj2oA7j+0Eo/tCKuL/tipP7Y9qDI4f4sSJJ8aPB7+XcSRwwf8sLiSGT/AFV7826M&#10;My/9811Fn4guPL8201iSSBPvx6rbrcRp/wBt7Ynb/wACWvH/AI2W/wDbnjzw/vuPskCxR75vLVtm&#10;2K9ZW+YH+7WfqmoeK/A8kb3cn9pSQwQzSp8zXFt5v+qh/eP5vmMrI21bhf8AWVkan0Rb+KLj7P5t&#10;xpckkH/P7pUi30P/AJD+b/x2sf4VyfbPGmh3CeZ5bz61cfvI2X5WliRfvf71eX2fxQis9QjfxBp9&#10;xYSO3zzSR7Zn/wB1mML/APfM0tdx4f8AHH2iTS9dtLzy5Egmt7fUJPKmW5gdkdflkkhZpF8tF3f9&#10;9fNWoHtlxWfJXJx/EzVbj5/tlvd/9dNLZv8A0XdNViPx5qcn37Ozn/7hd9H/AOgh6AOgrDvPFGhe&#10;ZJb6h+88lvuT2cjLu/4EhWo/+FgPH/rdP0//AMnY/wD0K1qSP4oWUf37PT4/+4pt/wDRka0ASeJN&#10;Uit/hf4g1DQpI7RIbG4mt5rWPy9jKrfMvA/irn/iZriRx6Xp6f8ALHdqNx/uxf6v/vqRkrU8SfEy&#10;HUPC+qWmmafp89/cQNDEl1qlk0Ls397dIPlrm7yz0+3t9U1XVdQjv4LRf7R1fULWTdCnlfNBYwN/&#10;F83zN/tf79AHpH7Jdw9v8O9Hsv8An386H/vmd1r6Tr5w/Zn0e70fwno9vdx+XdpBvlT+5K/zsv8A&#10;301fRkf+rrIB9FFFABRRRQBx/wAH/wDkkngj/sB2X/ohK7CuP+D/APySTwR/2A7L/wBEJXYUAFFF&#10;FABRRRQB5/8AE74e6P8AEbw/JpWvafHqVizrL5cm5WRh92RWUhlZf7ytXzprH7I+iRySfYtQ8QWn&#10;/XPWJZP/AEZur7IeNZOtU5NLik/5Z0AfD9x+yncR/wDHv4o8QR/9dPs0n/oUNZ9x+zH4gj/49/GF&#10;x/230uBv/QdtfdEmh2//ADzqOTw3b/8APOgD4LuP2e/Gtv8A6nxJp8//AF30eRf/AEGeqcnwT+Id&#10;v9y48P3f/bO5h/8Aiq+/JPC9vJ/yzqvJ4Pt/+edAH59yfCv4h2//ADB9Hn/64apKv/oUFU5PA/j2&#10;3+/4P8z/AK9dUib/ANC21+hEngu3k/5Z1Xk8B28n/LOjmA/PeTR/Ftv/AK3wXrH/AGwktpP/AEGa&#10;qckmsW//AB8eF/EkH/cLkk/9F7q/QiT4d28n/LOq8nw3t/8AnnRzAfnfcahZR/8AH7peoQf9fWh3&#10;P/xusu41DwZJJvu49Ljk/wCnqzWNv/HkFfoxJ8M4v+edU7j4XxSf8s6OYD87/wDihLiTekmh+Z/0&#10;zuI4/wD0EitS30vRJPntLz/wF1SVf/QZK+5Lz4J6Zef63T7ef/rpbq39K5+8/Zj8KXn+t8L6PJ/1&#10;00+L/CjmA+S49Llj/wCPfWNcg/656pPt/wDHiak8vWI/ueKNcj/2PtEcn/oxDX0pcfsj+CpP+ZT0&#10;+P8A64W/l/8AoOKy7j9kPwv/AMsdPvIP+uGoXcf/AKDJWnMB4H/xPbj/AJmi8k/672dtJ/7TFWJN&#10;H1W8+/qGlz/9fWhxSf8AoJWvaJP2S9Pj/wCPfUPEEH/XPVJW/wDRm6qcn7Md7b/8e/izxBH/ANdJ&#10;LaT/ANChpged2cfiizt47e0vNDjgT+D+z5IV/wDIc22tSOTxn/BH4fn/AO2k8P8ARq6j/hQfiuz/&#10;AOPfxhcSf9fWlwSf+gqtH/Cp/H1n/qvEGlz/APXfR5F/9BnoA5/zPGf8Gj6XP/1z1SRf/QoKsfaP&#10;GEf/ADKfn/8AXDVIG/8ARm2tyPwn8SLP/ln4bu/+2dzD/V6kjk+IFn/rfC+j3f8A1w1iaP8A9Ctq&#10;AOH1zw/rfiC4uItT+HeoatBd2MluiSXlsqw3StvtrjzVm+XazP8AMtaGh+E7vxJ40t9Mvrz+1pNB&#10;2zarqEn/ADENYlXdI3/bJW/77kj/ALldpHefEPUI/s9p4f0vQpH/AOX261BrzZ/tLEsa7m/3mWvS&#10;PhH8K08L6fb2ieZPs3PLNP8ANJNK7M8kjN/eZm3NWQG54f8AhPZXmn+VcW8ckbr86SR7lrzPxx+z&#10;Hqvh/WJLvwZH5GjXEX+kaLBrE+mwwz7mZpoljRk+ZW+Zdq/6vfX1Zpdmlvb7KvywrNHtfkUAfAGo&#10;eA/FtnJsuND1h/8Arh4gtrj/ANHwCs//AIR/Xbf7/h/xJH/276Ncf+yCvve48K2dxJuZKqSeBLGT&#10;+CgD4vj8aeNbP5XuPFkcaf8APfw3YzL/AOQnqO8+JHii4t5Le41jVII3/wCWkng+7jb/AL6ikFfZ&#10;Enw7sZP+WdV5PhnZSf8ALOgD4jk8cXsf3vEnmSf3J9L1dWf/AGdrO1dZ4P8AD/i34iR6f/wktvHY&#10;aTaT/aLXSI9zNNLu3RzXO7PzL/DF/A/zt833PqiT4X2lamj+A7TS/mSOgCv8P/C/9j2ce6u3qOON&#10;Y02r0qSgAooooAKKKKAOP+D/APySTwR/2A7L/wBEJXYV4p8LPjf4KsPhb4Ot59cCyx6PZxMPsk5G&#10;5YEB/grqv+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxF&#10;AHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4ij/hf&#10;XgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/hfXgX/oOf+Sc//wARQB6DRXn3/C+v&#10;Av8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DTK4H/hfXgX/AKDn/knP/wDEUf8AC+vAv/Qc&#10;/wDJOf8A+IoA77y6PLSuB/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5//iKAO+8tKTyU9K4L/hfX&#10;gX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA7r7OlH2NK4X/hfXgX/oOf+Sc//wARR/wvrwL/ANBz&#10;/wAk5/8A4igDtv7PipP7Nh/uVxX/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHZf2TD/c&#10;qP8AsSH+4Pzrkf8AhfXgX/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAOqk8P2/8AzzqvJ4Xt/wDn&#10;nXO/8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAbUnhO3/AOedV5PBdvJ/yzrN/wCF9eBf&#10;+g5/5Jz/APxFL/wvjwL/ANBz/wAk5/8A4igDRj8F28cn+rrcs9His/uR1yX/AAvjwL/0HP8AyTn/&#10;APiKT/hfXgX/AKDn/knP/wDEUAd9T68+/wCF9eBf+g5/5Jz/APxFH/C+vAv/AEHP/JOf/wCIoA9B&#10;orz7/hfXgX/oOf8AknP/APEUf8L68C/9Bz/yTn/+IoA9Borz7/hfXgX/AKDn/knP/wDEUf8AC+vA&#10;v/Qc/wDJOf8A+IoA9Borz7/hfXgX/oOf+Sc//wARR/wvrwL/ANBz/wAk5/8A4igD0GivPv8AhfXg&#10;X/oOf+Sc/wD8RR/wvrwL/wBBz/yTn/8AiKAPQaK8+/4X14F/6Dn/AJJz/wDxFH/C+vAv/Qc/8k5/&#10;/iKAPQaK8+/4X14F/wCg5/5Jz/8AxFFAH//ZUEsDBAoAAAAAAAAAIQCh96ZITCcAAEwnAAAVAAAA&#10;ZHJzL21lZGlhL2ltYWdlNi5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwME&#10;AwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBD&#10;AQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBT/wAARCADPAVEDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcI&#10;CQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAk&#10;M2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqD&#10;hIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl&#10;5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgEC&#10;BAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcY&#10;GRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOU&#10;lZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3&#10;+Pn6/9oADAMBAAIRAxEAPwD7o+FvwJ+HGofDDwjd3XgTw5PcXGj2c0s0mlwlnZoEJZvlrqv+Gfvh&#10;n/0T7wx/4KoP/iK0fg//AMkk8Ef9gOy/9EJXYUAeff8ADP3wz/6J94Y/8FUH/wARR/wz98M/+ife&#10;GP8AwVQf/EVa1b4jL/alxpHh3TbjxLqtu2y4S3dY7W2b+7PO3yq3+yu9/wDZpm/4jyYfy/DFrx/x&#10;7+Zczf8AkXav/oNAEH/DP3wz/wCifeGP/BVB/wDEUf8ADP3wz/6J94Y/8FUH/wARSyfETU/DJ/4r&#10;HRP7KscZbWdPnN3ZJ/11OxXiX/aZdv8AtV3MMqXUaSxOrxsNysvKspoA4X/hn74Z/wDRPvDH/gqg&#10;/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++Gf/RPvDH/AIKo&#10;P/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKAPPv+Gfvhn/0T&#10;7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo/wCGfvhn/wBE&#10;+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0GigDz7/hn74Z&#10;/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/gqg/+Io/4Z++G&#10;f/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4KoP/AIivQaKA&#10;PPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+8Mf+CqD/AOIo&#10;/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8Mf8Agqg/+Ir0&#10;GigDz7/hn74Z/wDRPvDH/gqg/wDiKP8Ahn74Z/8ARPvDH/gqg/8AiK9BooA8+/4Z++Gf/RPvDH/g&#10;qg/+Io/4Z++Gf/RPvDH/AIKoP/iK9BooA8+/4Z++Gf8A0T7wx/4KoP8A4ij/AIZ++Gf/AET7wx/4&#10;KoP/AIivQaKAPPv+Gfvhn/0T7wx/4KoP/iKP+Gfvhn/0T7wx/wCCqD/4ivQaKAPPv+Gfvhn/ANE+&#10;8Mf+CqD/AOIo/wCGfvhn/wBE+8Mf+CqD/wCIr0GigDz7/hn74Z/9E+8Mf+CqD/4ij/hn74Z/9E+8&#10;Mf8Agqg/+Ir0GigDz7/hn34Z/wDQgeG//BVB/wDEUV6DRQBx/wAH/wDkkngj/sB2X/ohKr/EbVL6&#10;Q6Z4e0e4e11XWpGj+2R8tZ2yLmeZf9oAoi/7ciVY+D//ACSTwR/2A7L/ANEJVeP958aLjd/y76BH&#10;5X/bW5fzP/RSUAb3h3w7YeF9Jt9N02BLazgXCoo/FmZurMx+Ys33vxzXnmsftIeG9PutTFppniPX&#10;NK0mWSHUta0fS5LmytXT/Wqzr8z7P4vLV9tej+J7ybTvDOr3dvzcW9pNLH/vKjFa+avgDH8Tr39n&#10;PwlqHhtdAsbGPRo5bTQ9UtJZptSfbmRp51kXyvMk3uu2Nv8AWfNQB9NaNqtj4i0ez1LT7mO+0y9g&#10;We3uIfmjmjdQVZfYqa4jw7bj4feNE8OxHb4c1YSXGlRYwtnOnzS26f8ATNlPmIo+75cv8OytD4O+&#10;JtI8XfC3wvrWg6fHpWlX1jHNBp8aKq2vy8x4XA+Vsr+FJ8Uv3cXhSdTtnh8Q2Xlf8DZom/8AIcj0&#10;AdzRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErN8eXB8J+J9E8WlQunQh9N1STGPJ&#10;gmZSkzf7KSomf7qySNWl8H/+SSeCP+wHZf8AohK6e6tYb+3kt540mgmUpJE6bldSMFTQBJLGkyur&#10;jejfKy14Zpfwr+JngfQJ/B3g/wAT6DB4UxJFp9/qVlK+o6XA7N+7VVOycx7vkZ9vQbt9dfY6L4k+&#10;HObfRoP+Ep8Nr/qrGe4WK9s1HSOKR/lljXssjIy/33rRHxUtoxi48OeKIZ/+eP8AYk8n/j8YZP8A&#10;x6gDT8A+DdP+HngvQ/DGll/sOlWyWkbSHcz7V+83+033vxrE1aceKviPpekW5D2nh5/7Tv5MfL9o&#10;eNkt4f8Ae2u8remI/wC/Uc2teMPFrfZ9H0mXwpZN97VtY2NcBf8AplbKzfN/tSsv+49dN4X8L2Xh&#10;DSEsLHzGQu00s07+ZNcSMcvJI38TN60Ab1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHH/B//AJJJ4I/7Adl/&#10;6ISuwrj/AIP/APJJPBH/AGA7L/0QldhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/5J&#10;J4I/7Adl/wCiErsK4/4P/wDJJPBH/YDsv/RCV2FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFACYox&#10;Xzp+0R+1KPhjqFv4d8Mx2eq+JG/4+mny8Nmv8KsqkbpG7LuFeHyftVfFq7+5qml2n/XHS1P/AKEx&#10;o5Rcx9+UV+e8/wC0P8X7j73ivy/+uenwL/7JVST43/FqT7/ji8/7Z28C/wDtOtOUjmP0Tor85P8A&#10;hcnxVk/5njVP+/cX/wART4/jF8V45Cy+N9U+X/npHCy/+gUco+Y/RiivLP2dPiPf/FL4a2eq6r5f&#10;9rW881jevCNqvJG33tv8O5WRvxr1OsywooooAKKKKACiuM8XfFrwl4D1iy0rXtat7DUr1d1vasjt&#10;JN977qqD/df8qpf8L08Ef9BiT/wDuf8A43QB6BRXn/8AwvTwR/0GJP8AwDuf/jdRSfH3wFb487xD&#10;HDu/56W869PvdUoA9ForjPD/AMV/C3ijWItL03VDPqEsTTJDJbyxsypjcy71H96uzoAKKKKACiii&#10;gAooooAKKKKACiiigAooooA+Zvhz8WPFOg+AfCcb2dhqUEuk20NugRoWhxAu1nbc29f733a6D/hb&#10;vi/T5Psk9np99PcJvim8toVtv9p13ncv/fFYPge302T4X+E5bi4kj/4k9o++Pd/zyT2NdBqkej2/&#10;2e4uLz7P8y7H+7978K1MhifFrxdDJJpr22nz3b4ddQ8tlWFf7rRbzub+781LH8XPF8pk0xbPT/t0&#10;TfNqfltt2/3fK3/f/wCBbadef2Jb6hbvLqHlzu+xE8z7/wDs9P8AaqveSaVb6hH5V5/pczMnk+Z9&#10;/wDSgCWL4ueL9QU2cVnp9rcW7lJb3y2kWb/di3jb/tfNSx/GDxfqlufIs9Psfs+5ZZpI3mW5x/Ei&#10;7xsX/vus3T/Kk1j/AJCFvHvikf7LJu8z733ulXNLj0yOS8ifUI5J9u944/4F/KgCV/jB4vu7X7fF&#10;Z2FjBCm9raSOSYzbfvNvyNqt/D8tLcfGTxVg6qmn2kFiu3/iWOjNK/8As+buC7v+A02zj0SSO8ii&#10;1DzI0bZLH5n3N34VTuJNM/seT+z7z7Xsl2P+83f7XoKAL0vxg8VWbR6lLp9nPYs2z+zE3CTn+Hzd&#10;23d/wHbXi3xj/aD+INx4j/4Ruz1OPQ41ijuJn0uPbKd/KxrIxJ27f4/kr0Oz1T7R4TjuH/gaT/x3&#10;dXz344vH1D4kahdr+8n+x2SIn/TVlVV/8eagCceOvGg8xZPHfiieRE3P/wATRo1TP95m+Va0dLuP&#10;H2ueY6eOPEEEafxz3lztf/dZtu6jR47Lw34fuNd1CTzLSHc8Xmfx7W/13+1Izfd/2Kw5PEHiDXP9&#10;Lu9Qk0mB/nisrXb5m3/aZgfmoIOs/sPxnJ9/4ga5/wCBlz/8cqnceB/Ed5HsuPHniCSN/vp9sl2/&#10;+PSGub+0X3/Qc1T/AMCF/wAKPMu/+g5rH/gR/wDWqwNC3+C9pbyRy/2pcSeS2/8A1ce3d/tcfNWx&#10;/wAI3b6fH/z0/wC2e2ufjjuJP+Y5rH/gR/8AWqSPR3k+/rGqf+BH/wBagDY+xxf886PscX/POs+P&#10;wukn/MY1T/wM/wDrVcj8Hv8A8u+uapbz/wDTeRZl/wC+WFQBJ9ji/wCedH2OL/nnVfT7y4+0XFlq&#10;Eccd/abd/l/6t1P3ZF/2Wq5Vge5fsbXhjs/HelDiO21aO5Vf+u0C/wBUNd58UPi5qXgfxR4c8M+H&#10;/DEnivXNYiuLtoUuxapbW0OwPM77G/iljULjmvLf2Q7jy/iB48tP+e1nYXH/AHz5qUvxQ8fXXg/9&#10;prV9Rsoo5pdN8FW6mObdt/eXdxIw/wBnd5CVn9o0+yehf8LZ+IX/AETCP/weN/8AI1Rv8XviDFGX&#10;f4YRpGv3nfW2/wDkartv8TNVuLeOXy7f51V/9W3f8aJPiBqckex47OSN/vp5bf41mIx/+F9eL/8A&#10;on9n/wCFB/8Ac1H/AAvrxf8A9E/s/wDwoP8A7mq5J4neSPb/AGXpfz/9Oa1h+XQBw1rDZfG741Xk&#10;/jC8/wCEUuNJgg/s/S9O1jbNMyRy+ZN5qoj7VW9/h/56fNXpP/CnfB//AEOHiD/wqLn/AOOV4P4T&#10;jS8/aY8QTP8AvPs+nXOz/gUtmn/tJ69o8tK1AuXnwb8NfZ5PsXjDXPP/AIfP8UXe3/x2SvK/ip8H&#10;7Szjt73/AISyOf7PZ3b/AGWfxBdyTTfKv+qVnP8AwKvSPLSvN/i5Gn9oaP8A9ed//wCiloANQ0vW&#10;PC/xE8J3vh3WLyDUkiv3T+1bye+t3VVi3Rskkh2q395dr16Zf/tIa5Z+HJ9vgHVJPEiRsqp58H2A&#10;yY+VvNMoby8/7O72rk9cjT/hYnhP/rhqP/oMVWPiJeXej+A/EmoWNxJBf2mnXE1vNHt3IyqzK1AH&#10;o8WpfGB442a38LpJtUun2eX/AOP1L9v+MH/Pv4X/APAeX/4/Uen+K9QfT7N21CQSPBG7/d/urVj/&#10;AISy+/6CEn/jtZGphXHjr4m29xJby/8ACLh0fY2LO5b/ANrVyHh3x74vXxlomoXOpSX0mrJdvcab&#10;NJ5NkkSbfL8pdjMvzMn+9/FXo9x4vvbe3ll/tCT90jOfu9ua4C81R/EnxI0e9fzPMfQpJv3n3k8y&#10;WJf/AGnWpkeir8WNT1KMvp+gpF5LeXP/AGheeTulH3li2o29f9o7aavxa1G+tfttloOyxRd7LfXf&#10;k3Em373lpgr/ALu5vmqPTPD9vrclxbveR2kFpthRPl/iXLdxWxL4JtLufa+qR+Wu1PJwPur/AA/f&#10;oAzH+Ll95X9proRj0bbv8ua423rx/wB9Ytu3/gG7dRN8WtQtB9tuPDkn9muVKQwz7r7axwGaLG3/&#10;AIDuq5P4PW4uPtC6hHdlJP8AV/KvT8TWMNNurS3uNWvY4P8AR1kl+SdH/wB37poAuTfFXU7GWP8A&#10;tDw75kdw/kxQ6deedPHI33VkVgq/8CVjtp3/AAtPVLKWOC70BLi4uNy2/wDZ955q71+8sjMi7F/2&#10;vmqLwfokOsaONVlvI4Lh1bZv2/Jn+LqK04/BNpZwSSprCeYybPPwv/xdAEX/AAsbxN/0Ktp/4OF/&#10;+N0Uz/hEIv8AoYI//HP/AIuipHqeEeH9QuI/g/4bdLiSORNFtP8AVyMv8KVseLLiWTS7dHkkk+e3&#10;/wCWn+zWHp9u/wDwqfwvEn8ek2Sf+QkroPFFm8lxp9un/PeFKoQeJP8AkKaX/wBfy1Hef8jZo/8A&#10;z03TVJrFu9x4o0tP+Wf2pn/75+apPs7yeNLP/nnDFM//ALL/AOzUAV4/+Rss/wDrzk/9mqPT/wDk&#10;ZNU/69o//ZasafbvJ4skf/lnDZt/498tGj27/wBqa5L/ANMo0/8AZv8A2WgCPR/+Qrrn/XWH/wBm&#10;o8N/8g+8/wCef2+SpPD9u/l6xK/8d5/6D/8AtVH4ft3t/C8j/wDLR55n/wDZf/ZaAINH/wCRPk/3&#10;rj/0GvCtUj8z4gXn/XWwT/yFXvFvbvb+A4/+ejxTP/31Xg/ii3lt/iBrlvF/r/stlNF/vLEjrQBo&#10;fFCz/s/wfodl5nmQQ3VtDK/+ytY+ob/MkrvNQt7L4geD5Ikk/cXcXyP/ABI3/wAUrV5//wATPR44&#10;7TW9PuPMh+T7baxtNHN/tfL8y1ZBHHvqxHvqv/aFpH/yzvP/AADl/wAKsR6paf8AT5/4By/4UAWI&#10;99aFvurLj1jT/wDp8/8AAOX/AAq5H4k0yP7/ANs/8A5f8KANy331sWdcvH4w0qP/AJaXn/gHL/hV&#10;yPxxZeX/AKFZ6hfz/wACR27Rr/wJpMKtQBHrGz/hOI9n+sTTP3v/AAKX5f8A2erFU9Ls7iOS4u72&#10;SOS/u5d8vl/dRfurGv8AsqtXKsD0/wDZP/5K54o/7Atr/wCjXrA+OEn/ABkZ48/7FnTE/wDS+un/&#10;AGTY/M+KHjOX/njpVkn/AH1JKf8A2WuQ/aA/0f8AaM8af7fhbTpl/wCAterUfaL+yeoaH+80PT3/&#10;AOnWH/0Fau81S0vZHpdmn9yCNP8Ax1aseYv/AD0oAl5o5qLzF/56UeYv/PSgDxv4b/vP2gPHD/3L&#10;Fv8A0ulX/wBlr2nmvFvhn+7/AGgPHCf37Fn/APJ6Vv8A2pXtPNABzXmXxc/5CGj/APXnf/8Aopa9&#10;N5rzL4uf8hDR/wDrzv8A/wBFLQB0muf8lE8H/wDXDUf/AEGKo/ix/wAkv8Wf9gm5/wDRTUeIP+Si&#10;eE/+vfUf/QYqPixIn/Cr/Fn/AGCbn/0U1AEml65/xK7P95/ywj/9BWrH9uf9NK4fT7z/AIl9n/1w&#10;j/8AQVqx9soA6TWNcf8AsfUP3n/LCT/0Fqr+B7j7Z8SI1/546Fbp/wCR2/8Aia5vULzzNPvE/wCm&#10;Tf8AoNanwvuPM+JEn/YFt/8A0e3/AMVQB6Jp/wC8+IGof8Bo8L/8jJrD/wDTdqNLj8vxxqjv/eVP&#10;/HaPCcbx65qm/wDjupEoAj8F/wDHvrD/AO1JVfw//wAiPqj/AOzJVjwfG/8AZ+qf89G86q+lxtH8&#10;P9Q/65M9ABJ/yTeT/b2/+hVJ4g/5Ee3/ANuWOi8jf/hX8kX9zy//AGWpPEkbyeF7OFP+e6pQBw9F&#10;an9jvRQBh+C9civPA/hfyreS7sLTSrT7VNBG0kdsyxJt81l+7XQSeJUuLz7akEk+lW+3dqEcbNDD&#10;J83ys33a9z+D8ax/CXwWF6f2LZf+iErq/KSOPYqfJ/d7UuYfKfMP/CSW/wDaH9oS28kem7tkWoeW&#10;32d22/Mvm/d3UWfiBLe4kvb63ktLS43fZL2eNo4Zl/i2s1fT3lr5ezZ8n93tRJGsibGTelHMHKfL&#10;tn4gh0/zLjULeSxkuF3QPdRtGsy7m2su77y0kXiIabZyRXlpcadqU0assN1GyyPlflZV/i3V9SPG&#10;kn3hu20hjWQhmT7v3aOYOU+Xf7c+z2cmnxafcR608v8AyC5I2W4dm2/Lt/8AZvuVJ/bm+3j02ys7&#10;ifUkl2Pp6Rt9o/2vlr6f8tPN3bPn/vUeWnm7tnz/AN6jmDlPlubXo763t7LTrSe9ESkXFraxs0iR&#10;heWZfvLtr58+KGqRR/Fi8u4pI/Iu4Ld4n/h+RVRl/wDHa/SYRrGSyp9771c/4v8Ah/4c8eaeLLxB&#10;otnq0CtvRbiPcyN/eVuq/hRzBynwDpeoXen3El7o8kf7757jT5/ljmb+8rfwtVz/AITjW7f/AI+N&#10;PuP/AAX+Z/49HJ/7LX11J+yd8Km+74Tjj/653lwv/tSqcv7IPwyk+5pd/b/9cdUuV/8AZ6OYOU+T&#10;f+FoXEf3rfy/+umlzr/U0f8AC2E/jjj/APAO5X/2U19TSfsc+BX/ANXd+ILf/rnqkn/s2az7z9jX&#10;w9JG/wBh8V+KLR/4XkvEmH5MlHMHKfOOn/FjR7z/AEe4k/0t22JDa28rf+hAVqf2gl59yO4j/wCu&#10;kbLXG/GT4d6/8G/H1lDqlx9vjdGew1ZI/L+0r0ZX/usv92smz8WXEn3rimZnpHmUvNcNH4sf/npV&#10;j/hMP+mlWB1lFcn/AMJZ/wBNak/4S3/boA+kv2PbMyar8Q7/AK/6VaWiv/uRMzf+jK4z9rezfS/j&#10;pol0/wC7j17wzJp0T/35YLtW2/8AfN3Xqn7HGnvH8JZ9WdMPrGq3V3/wEN5a/wDouvV/FHgnw744&#10;gt4Nf0TT9Zgt382FL63WURttxuXcPlOD+tZ/aNPsnzr/AMJRFH8iXEfyf9NFpP8AhLIv+fiP/v4t&#10;e1/8KB+G3/Qh+H//AAXRf4Uf8KB+G3/Qh+H/APwXRf4UcxoeKf8ACWRf8/Ef/fxaP+Esi/5+I/8A&#10;v4te1/8ACgfht/0Ifh//AMF0X+FH/Cgfhr/0Ifh//wAF0X+FHMB8e+E9YSz/AGjNY/5532nXOz/g&#10;LWb/APtR69o/txK5D4ufs73Wi/GrRNe8C+HLuw0prbybl9Ds4JIYFMcqyfuGlj3MzLa/8BBqf/hX&#10;fjH/AJ6eKP8AwmLT/wCTqZkdR/biV5/8UNQS41DS/wDYtb3/AMeiWtj/AIV34x/56eKP/CYtP/k6&#10;ud8VfCbx9qlxZtbW+vXSJFOj+doFtFsZl+X7t2d249f7tAHReINY/wCK88Lun8MF/wD+gxVy/wAS&#10;PiZolx4L8UWSaxZ+e9jcW+zzP4trLt/u7q63w58CtZ8Z/EDRU8Tf2+/h+2huWufOsYdNEm4RhY90&#10;VxI7K3O7bt6V9OXHgfQbrwjJ4XbSbSPw+1sbT+z44lSFYiuCqqPuigD4u0+8/wCJfb/9co//AEGp&#10;PtlfR0f7Kvw8iQIthqeF6f8AE4u//jlP/wCGWfh7/wA+Opf+Di7/APjlLmNOU+ari88y3kT++rVs&#10;fCe4eT4gb/Mjj/4kTPvkk2r8k6f/ABVe/f8ADLHw9/58NT/8HF3/APHKyPh7+zHp3hDxZcatqOqL&#10;4jtEgktrOyvLNf3KmUPln3HzGXaF+6tFyOUqR6xp95b3Gu2VxHJAq77jzJNuxkX7rbqk/tjT7ezk&#10;123uI/7NdvOd/ut83ysu3727/Zr2C98H6FqF/Hf3WkWdxex7ds8kCs4x05xQ3hDRG1cam2kWf9pB&#10;t4uvIXzN397dj71Zhynj/wDamn6HZx6mlxHJpMzfI8fzb9/91V+aiS80zR7OOK7vLePTL5fs8U3m&#10;Kyvn7rf7v+1XsFv4R0Sz1Z9St9Is4NSbO67jgVZOevzYqO18FaBYXE89ro9hbz3Cskskduis6nqp&#10;4oDlPI7jULLT5I9K1C4jg+3L+6/efxLt27v7q/3WouNQso7iPRLu4jS7m23FunmfxL/D/s/d+WvX&#10;LDwX4f02C4t7TRLC3huv9fHHboFk9mGOaLfwV4ftNNuLCLRLCOyuPmlgEChH/wB4YoDlPL/7PuP+&#10;ecf/AH8WivRv+FX+Ef8AoWtL/wDAOP8AworS4cpB8H/+SSeCP+wHZf8AohK7CuP+D/8AySTwR/2A&#10;7L/0QldhWZoFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAYviTwlovi/T/sGuaVZ6tabt/kXcCyLu/v&#10;YNeeXn7KHwqv/v8Ag+3h/wCveeaP/wBBcV67RQB4Pd/sWfDC4/1Vnqlp/wBcNUm/9mJrHuP2FPAU&#10;g/dap4gg/wC3yNv/AEKOvpCigD5a/wCGFfCtw8q2/i/XAEbayHyJNjfe2/c/2qLf9g3w/HcI1z4s&#10;1u4tg3zQIkMbOv8Ad37a8a+IWk/Ej9hv4pah4/0W8vPGPw716883VIb6RpJN7t0mb+GT/nnL/wAB&#10;avtP4T/Fzw38aPCNv4i8MX32q0k+SWF/lmt5O8cifwtRzBynSeH9BsPC+h2ek6Vbx2mm2USwwQx/&#10;dRR2rToooAKgnuIrWF5ZXSKNfvO/Aql4g8Q6b4T0S71jWLyHTtMs42luLqd9qRoP4jXwD43+IXjb&#10;9vzx5L4K8Ai40H4X6fKv9oanNGy+ev8ADJL/AOyQf8Df/YAP0SorD8IeHE8H+FNL0VL681NdPtUt&#10;vtl9J5lxNsXG52/ibitygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDj/AIP/&#10;APJJPBH/AGA7L/0QldhXH/B//kkngj/sB2X/AKISuwoAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKAPnL9rD9qrUP2bbjw1FZeFE8Sf2stw7brlofJ8rZ/dRv79eA/wDD0jX/APol8f8A4NJP/jFf&#10;oNNGsn3kRv8AeFM+x2//ADwj/wC/dAH55at/wUw1LXtLn0/UPhJaX1jdRtFPbTahI0bqeGV1aCvn&#10;D4e/H7Vfgt8UrjxP4I0uXw9pF3Kv2jwxdXElxDNF/wA897AN/uNt3LX6G/tWftYaT8CdP/sHQoIN&#10;d+IN8oS005I/MW23/Ksku3/x2P7z1xf7L37Iuorrx+Kvxf8AM1rxxeyfa7fTr0K/2Nj92SQdPM/u&#10;p92L/e+4AfVHgTxU/jXwfpOuS6XeaHJqFslw2n6hHtuIN38LrW/JJ5ce771SUUAfkf8AtdftNeKP&#10;jN44ufDN7p+oeHvC+k3vlL4fk/d3E0qPjzJ+v7z+6v3V/wBuu/8Ahz+34nwp8J2nhrwx8IINN021&#10;6J/akrMzfxSSN9nyzN/E1fUX7VP7JWlfH3S/7Y0mSPRvHliv+i6j91bnb92GfH/jr/eWvN/2Z/2r&#10;tR0/xIfhT8Y4P7F8Y2Mi2drqd9GFF038McrdN7fwy/df/e++AcX/AMPSNf8A+iXx/wDg0k/+MV6R&#10;+zv+3Vq3xu+Kun+D7vwLHoUN3BPL9uW8eTb5cZfGxol6/wC9X139jt/+eEf/AH7p0cEUXzLGqUAT&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBx/wf/wCSSeCP+wHZf+iErsK4/wCD&#10;/wDySTwR/wBgOy/9EJXYUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB86/Cn9jnwt8&#10;Nfil4g8eXuo3nivWby8kuLCbVTvew38sdxJMknbzW5219FUUUAFFFFABXhn7Sn7LXhr9orR4xey/&#10;2N4jtP8Ajz1m3i3SIveORcjzI+eh+7+de50UAYfhHw7H4P8ACekaJHe3epJp1qlut1fS+bcShFxu&#10;dv4m4rcoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA4/wCD/wDySTwR/wBg&#10;Oy/9EJXYVx/wf/5JJ4I/7Adl/wCiErsKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAOP+D/8A&#10;ySTwR/2A7L/0QldhXinws+N/gqw+Fvg63n1wLLHo9nEw+yTkblgQH+Cuq/4X14F/6Dn/AJJz/wDx&#10;FAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5Jz/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/&#10;4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/w&#10;vrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+&#10;Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8A&#10;JOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEU&#10;Aeg0V59/wvrwL/0HP/JOf/4ij/hfXgX/AKDn/knP/wDEUAeg0V59/wAL68C/9Bz/AMk5/wD4ij/h&#10;fXgX/oOf+Sc//wARQB6DRXn3/C+vAv8A0HP/ACTn/wDiKP8AhfXgX/oOf+Sc/wD8RQB6DRXn3/C+&#10;vAv/AEHP/JOf/wCIo/4X14F/6Dn/AJJz/wDxFAHoNFeff8L68C/9Bz/yTn/+Io/4X14F/wCg5/5J&#10;z/8AxFAHoNFeff8AC+vAv/Qc/wDJOf8A+Io/4X14F/6Dn/knP/8AEUAeg0V59/wvrwL/ANBz/wAk&#10;5/8A4ij/AIX14F/6Dn/knP8A/EUAeg0V59/wvrwL/wBBz/yTn/8AiKP+F9eBf+g5/wCSc/8A8RQB&#10;6DRXn3/C+vAv/Qc/8k5//iKP+F9eBf8AoOf+Sc//AMRQB6DRXn3/AAvrwL/0HP8AyTn/APiKP+F9&#10;eBf+g5/5Jz//ABFAHoNFeff8L68C/wDQc/8AJOf/AOIo/wCF9eBf+g5/5Jz/APxFAHoNFeff8L68&#10;C/8AQc/8k5//AIij/hfXgX/oOf8AknP/APEUAeg0V59/wvrwL/0HP/JOf/4iigD/2VBLAwQUAAYA&#10;CAAAACEA75yf9uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93EENvG&#10;bEop6qkItoL0ts1Ok9DsbMhuk/TfOz3pbWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pAcIH&#10;TUa3jlDBFT2sivu7XGfGjfSFwy5UgkPIZ1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWPkfR&#10;i7S6If5Q6w43NZbn3cUq+Bj1uE7it2F7Pm2uh336+bONUanHh2n9CiLgFP7McMNndCiY6eguZLxo&#10;FSyShJ0K0pQbsD5fzvlwvA1pArLI5f8GxS8AAAD//wMAUEsDBBQABgAIAAAAIQDJHdJQ4QAAALsD&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zTz0oDMRAG8LvgO4S5u9ndtouUZnsRoVep&#10;DzAks9no5g9JFPv2BgSxUNZbjplhvu93yeH4ZRf2STEZ7wR0TQuMnPTKOC3g9fz88AgsZXQKF+9I&#10;wIUSHMf7u8MLLZjLUZpNSKykuCRgzjnsOU9yJoup8YFc2Uw+WszlGTUPKN9RE+/bduDxbwaMV5ns&#10;pATEk9oAO19Caf4/20+TkfTk5Ycll29UcGNLdwnEqCkLsKQM/gw3zVsgDfw2oq+D6FcRXR1Et4oY&#10;6iCGVcSuDmK3itjWQWx/Efzqy43fAAAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJcQSCD&#10;BAAAyBwAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJ59&#10;FoijPwAAoz8AABUAAAAAAAAAAAAAAAAA6wYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoA&#10;AAAAAAAAIQDbBcE+QT4AAEE+AAAVAAAAAAAAAAAAAAAAAMFGAABkcnMvbWVkaWEvaW1hZ2UyLmpw&#10;ZWdQSwECLQAKAAAAAAAAACEAlSiuVF1AAABdQAAAFQAAAAAAAAAAAAAAAAA1hQAAZHJzL21lZGlh&#10;L2ltYWdlMy5qcGVnUEsBAi0ACgAAAAAAAAAhAP1UW+n8LgAA/C4AABUAAAAAAAAAAAAAAAAAxcUA&#10;AGRycy9tZWRpYS9pbWFnZTQuanBlZ1BLAQItAAoAAAAAAAAAIQDJCHSvNTgAADU4AAAVAAAAAAAA&#10;AAAAAAAAAPT0AABkcnMvbWVkaWEvaW1hZ2U1LmpwZWdQSwECLQAKAAAAAAAAACEAofemSEwnAABM&#10;JwAAFQAAAAAAAAAAAAAAAABcLQEAZHJzL21lZGlhL2ltYWdlNi5qcGVnUEsBAi0AFAAGAAgAAAAh&#10;AO+cn/bgAAAACQEAAA8AAAAAAAAAAAAAAAAA21QBAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQDJHdJQ4QAAALsDAAAZAAAAAAAAAAAAAAAAAOhVAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAALAAsAzAIAAABXAQAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 397" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:1;width:20529;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpv5hka5RRBAFD2LVZb09mrdtsXkpTbT12xthweMwM79h5svWlOJBtSssKxgNIxDE&#10;qdUFZwrOp81gBsJ5ZI2lZVLwJAfLRbczx1jbho/0SHwmAoRdjApy76tYSpfmZNANbUUcvD9bG/RB&#10;1pnUNTYBbko5jqIvabDgsJBjReuc0ltyNwqi359Dcz3sRsnE7q+nPbvLVs6U6vfa1TcIT63/hP/b&#10;O61gCu8r4QbIxQsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGOaddwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
                 <v:rect id="Rectangle 398" o:spid="_x0000_s1028" style="position:absolute;left:20528;top:11631;width:301;height:1634;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvgv9haGFvOlFw0ego4gM9+gL11mTaJJjpCZnRZPfXO8LCHouq+oqazhtTiBdVLresoN+LQBAn&#10;VuecKjifNt0RCOeRNRaWScEPOZjP2q0pxtrWfKDX0aciQNjFqCDzvoyldElGBl3PlsTBu9vKoA+y&#10;SqWusA5wU8hBFH1LgzmHhQxLWmaUPI5Po2A7KhfXnf2t02J92172l/HqNPZKfXWaxQSEp8b/h//a&#10;O61gCJ8r4QbI2RsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApe5bCwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
@@ -1461,86 +1246,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7C6E8CCD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="381C9C05" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="2C1E1499" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="1908E908" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="05E09B45" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="14B164DC" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="747707A3" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="156CEF81" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="0F2CE1F0" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="47E45EE5" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="1F196590" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="2C5A0E25" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="15DD6A33" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="6A3FE850" w14:textId="7BF08120" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="51AF008C" w14:textId="1A69A29F" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Befuktare oftast ej nödvändig vid kortidsbruk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B4D3F3" w14:textId="38662396" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
+    <w:p w14:paraId="41B4D3F3" w14:textId="61F68D35" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve">Använd ej ventilerad mask F 1–4. </w:t>
+        <w:t xml:space="preserve">Använd ventilerad mask F 1–4. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5133E9FE" w14:textId="26E749CE" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Filter (sitter i sidan på apparaten), byts efter varje patient. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5496B33E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="421FCD37" w14:textId="61A4F26E" w:rsidR="00AB0F9B" w:rsidRPr="002F6EA1" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002F6EA1">
         <w:t>Syrgasadapter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B1F860" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Ligger i väskan tillsammans med syrgasslang. </w:t>
+    <w:p w14:paraId="196FB6CF" w14:textId="6F0E6C99" w:rsidR="000D2355" w:rsidRPr="000D2355" w:rsidRDefault="000D2355" w:rsidP="000D2355">
+      <w:r w:rsidRPr="000D2355">
+        <w:t xml:space="preserve">Kopplas på baksidan mellan maskin och slang. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2877">
+        <w:t>Syrgasadapter f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2355">
+        <w:t xml:space="preserve">inns i väskan </w:t>
+      </w:r>
+      <w:r w:rsidR="00887BD7">
+        <w:t xml:space="preserve">med BIPAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2355">
+        <w:t>eller i skåpe</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34BF7">
+        <w:t xml:space="preserve">t där BIPAP finns. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69041751" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="180CB0AE" wp14:editId="39E2B75D">
             <wp:extent cx="3619500" cy="3476625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="29" name="Bildobjekt 29"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1777,780 +1569,1001 @@
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:shape id="Picture 922" o:spid="_x0000_s1041" type="#_x0000_t75" style="position:absolute;left:21316;width:20530;height:12604;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwJXQFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8grems0fkBKzSikooXipFcTbM/tMYrNvY3Yb02/fLRR6HGbmN0yxnkwnRhpca1lBEsUg&#10;iCurW64VHD42T88gnEfW2FkmBd/kYL2aPRSYa3vndxr3vhYBwi5HBY33fS6lqxoy6CLbEwfvYgeD&#10;PsihlnrAe4CbTqZxvJAGWw4LDfb02lD1uf8yCk4uWxzfiBLasSvPbZ9eb9NWqfnj9LIE4Wny/+G/&#10;dqkVZBn8fgk/QK5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALAldAXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata r:id="rId28" o:title=""/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="18494464" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
     <w:p w14:paraId="4DD16B4C" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760E1A92" w14:textId="23E76FC3" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00CF7113">
+    <w:p w14:paraId="2F05ACA6" w14:textId="09A0DE40" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="005335CB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002978F9">
+        <w:t xml:space="preserve">tarta behandling </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCA8702" w14:textId="1819BF33" w:rsidR="00AB0F9B" w:rsidRDefault="00B67AD6" w:rsidP="00AB0F9B">
+      <w:r w:rsidRPr="00AF3384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46693C62" wp14:editId="62F5D4A4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3896666</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>195799</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1056005" cy="267970"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2056228045" name="Textruta 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1056005" cy="267970"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="337EAB54" w14:textId="54FC7194" w:rsidR="00B67AD6" w:rsidRPr="00AF3384" w:rsidRDefault="00B67AD6" w:rsidP="00B67AD6">
+                            <w:pPr>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>ON</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="46693C62" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 2" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:306.8pt;margin-top:15.4pt;width:83.15pt;height:21.1pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB40zBzEQIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJcmmMOEWXLsOA&#10;7gJ0+wBZlmNhsqhRSuzu60fJaRp0b8P8IIgmeUgeHm1uh86wk0KvwZZ8Osk5U1ZCre2h5D++79/d&#10;cOaDsLUwYFXJn5Tnt9u3bza9K9QMWjC1QkYg1he9K3kbgiuyzMtWdcJPwClLzgawE4FMPGQ1ip7Q&#10;O5PN8nyZ9YC1Q5DKe/p7Pzr5NuE3jZLha9N4FZgpOfUW0onprOKZbTeiOKBwrZbnNsQ/dNEJbano&#10;BepeBMGOqP+C6rRE8NCEiYQug6bRUqUZaJpp/mqax1Y4lWYhcry70OT/H6z8cnp035CF4T0MtMA0&#10;hHcPIH96ZmHXCntQd4jQt0rUVHgaKct654tzaqTaFz6CVP1nqGnJ4hggAQ0NdpEVmpMROi3g6UK6&#10;GgKTsWS+WOb5gjNJvtlytV6lrWSieM526MNHBR2Ll5IjLTWhi9ODD7EbUTyHxGIejK732phk4KHa&#10;GWQnQQLYpy8N8CrMWNaXfL2YLRKyhZiftNHpQAI1uiv5TR6/UTKRjQ+2TiFBaDPeqRNjz/RERkZu&#10;wlANTNclX8bcyFYF9RPxhTDqkd4PXVrA35z1pMWS+19HgYoz88kS5+vpfB7Fm4z5YjUjA6891bVH&#10;WElQJQ+cjdddSIKPdFi4o900OtH20sm5ZdJYYvP8HqKIr+0U9fJqt38AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBnd9PV3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuiCWj0NLS&#10;dAIk0K4bewC38dqKJqmabO3eHnOCmy1/+v395WaxgzjTFHrvNKxXCgS5xpvetRoOXx/3zyBCRGdw&#10;8I40XCjAprq+KrEwfnY7Ou9jKzjEhQI1dDGOhZSh6chiWPmRHN+OfrIYeZ1aaSacOdwO8kGpVFrs&#10;HX/ocKT3jprv/clqOG7nu6d8rj/jIds9pm/YZ7W/aH17s7y+gIi0xD8YfvVZHSp2qv3JmSAGDek6&#10;SRnVkCiuwECW5TmImodEgaxK+b9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB40zBz&#10;EQIAAP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBn&#10;d9PV3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="337EAB54" w14:textId="54FC7194" w:rsidR="00B67AD6" w:rsidRPr="00AF3384" w:rsidRDefault="00B67AD6" w:rsidP="00B67AD6">
+                      <w:pPr>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>ON</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005335CB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5570A273" wp14:editId="1DD76902">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3341797</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>291438</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="664622" cy="269429"/>
+                <wp:effectExtent l="159385" t="12065" r="161925" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1218136842" name="Pil: vänster 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm rot="18440211">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="664622" cy="269429"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="leftArrow">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="3">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+            <w:pict>
+              <v:shapetype w14:anchorId="1682DC7D" id="_x0000_t66" coordsize="21600,21600" o:spt="66" adj="5400,5400" path="m@0,l@0@1,21600@1,21600@2@0@2@0,21600,,10800xe">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="val #1"/>
+                  <v:f eqn="sum 21600 0 #1"/>
+                  <v:f eqn="prod #0 #1 10800"/>
+                  <v:f eqn="sum #0 0 @3"/>
+                </v:formulas>
+                <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="@4,@1,21600,@2"/>
+                <v:handles>
+                  <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Pil: vänster 1" o:spid="_x0000_s1026" type="#_x0000_t66" style="position:absolute;margin-left:263.15pt;margin-top:22.95pt;width:52.35pt;height:21.2pt;rotation:-3451332fd;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDU6x4eUgIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6Xx17WdaEOCW0dAxK&#10;G5aOPquylBhknXZS4mR//U6y44aubDD2Ik663999p/nVoTFsr9DXYEueX4w4U1ZCVdtNyb8/3n64&#10;5MwHYSthwKqSH5XnV4v37+atm6kCtmAqhYyCWD9rXcm3IbhZlnm5VY3wF+CUJaUGbESgK26yCkVL&#10;0RuTFaPRJGsBK4cglff0etMp+SLF11rJ8KC1V4GZklNtIZ2Yzud4Zou5mG1QuG0t+zLEP1TRiNpS&#10;0iHUjQiC7bD+LVRTSwQPOlxIaDLQupYq9UDd5KNX3ay3wqnUC4Hj3QCT/39h5f1+7VZIMLTOzzyJ&#10;sYuDxoYhEFr55Xg8KvI8NUflskPC7jhgpw6BSXqcTMaTouBMkqqYTMfFNGKbdbFiTIc+fFHQsCiU&#10;3CgdlojQpshif+dDZ3+yI+eXkpIUjkbFSMZ+U5rVFWXt6kpsUdcG2V7QnIWUyoa8z5+so5uujRkc&#10;P6a0f3Ts7aOrSkwanIu/Ow8eKTPYMDg3tQV8K4AZStad/QmBru8IwTNUxxV2kyE2eydva0LzTviw&#10;EkjEpUdaxvBAhzbQlhx6ibMt4M+33qM98Ym0nLW0CCX3P3YCFWfmqyWmTXNiAG1Ouow/fS7oguea&#10;53ON3TXXQDPIU3VJjPbBnESN0DzRzi5jVlIJKyl3yWXA0+U6dAtKWy/VcpnMaFucCHd27eRp6pEo&#10;j4cnga6nVCAu3sNpacTsFak62zgPC8tdAF0nxr3g2uNNm5aI2/8KcZXP78nq5e9a/AIAAP//AwBQ&#10;SwMEFAAGAAgAAAAhABAc9uzcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4s3bRS0jWd0NBOnChwd5u0jdYkJcm28vaYExzt/9fnz9V+sRO76BCNdxLWqwyYdp1Xxg0SPt6P&#10;D0/AYkKncPJOS/jWEfb17U2FpfJX96YvTRoYQVwsUcKY0lxyHrtRW4wrP2tHWe+DxURjGLgKeCW4&#10;nfgmyx65RePowoizPoy6OzVnKyF/PX6atkceXzb4FfqmMOIQpLy/W553wJJe0l8ZfvVJHWpyav3Z&#10;qcgmYuRFTlUKtgUwKuRCCGAtLdZiC7yu+P8X6h8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA1OseHlICAAADBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAEBz27NwAAAAKAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" adj="4378" fillcolor="#006298 [3204]" strokecolor="#005c90 [3044]">
+                <v:fill color2="#4cbfff [1620]" rotate="t" angle="180" focus="100%" type="gradient">
+                  <o:fill v:ext="view" type="gradientUnscaled"/>
+                </v:fill>
+                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="005335CB" w:rsidRPr="0032291D">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07131EDE" wp14:editId="0393D6B6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07131EDE" wp14:editId="23AA92DB">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>557530</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>1214120</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-273685</wp:posOffset>
+              <wp:posOffset>30545</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4114686" cy="4156710"/>
-[...1 lines deleted...]
-            <wp:wrapNone/>
+            <wp:extent cx="3060065" cy="3091180"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21431"/>
+                <wp:lineTo x="21515" y="21431"/>
+                <wp:lineTo x="21515" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
             <wp:docPr id="34" name="Bildobjekt 34" descr="ResMed Lumis 100 VPAP ST Ventilator | CPAPEUROPA.COM"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="ResMed Lumis 100 VPAP ST Ventilator | CPAPEUROPA.COM"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4114686" cy="4156710"/>
+                      <a:ext cx="3060065" cy="3091180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="0032291D">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="161E5CAF" w14:textId="13A48E3C" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
-[...141 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="17AA52FD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="7C3E5FBD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="7FEBDFD3" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="16F69FC2" w14:textId="141C226A" w:rsidR="00AB0F9B" w:rsidRDefault="0082595D" w:rsidP="00AB0F9B">
       <w:r w:rsidRPr="00AF3384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F8D66A4" wp14:editId="1EA798A4">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59A0B019" wp14:editId="2D7F7423">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2024380</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>4840561</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>26035</wp:posOffset>
+                  <wp:posOffset>235015</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="400050" cy="335915"/>
-                <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                <wp:extent cx="1907540" cy="1008380"/>
+                <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="217" name="Textruta 2"/>
+                <wp:docPr id="36" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="400050" cy="335915"/>
+                          <a:ext cx="1907540" cy="1008380"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5CB7D3DD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
+                          <w:p w14:paraId="578C1D0F" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+                            <w:pPr>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                            </w:pPr>
                             <w:r>
-                              <w:t xml:space="preserve">ON </w:t>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>HÅLL INNE</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00740BE5">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> RATTEN OCH HEMK</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0082595D">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>NAPPEN</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> I 3 SEKUNDER</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6F8D66A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Textruta 2" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:159.4pt;margin-top:2.05pt;width:31.5pt;height:26.45pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkmPSyEQIAAPwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry+luGm2vQ3zg0Ca1CF5eLS6HTrDDgq9Blvy6STnTFkJtba7kn//tn1z&#10;w5kPwtbCgFUlPyrPb9evX616V6gZtGBqhYxArC96V/I2BFdkmZet6oSfgFOWgg1gJwK5uMtqFD2h&#10;dyab5fl11gPWDkEq7+nv/SnI1wm/aZQMX5rGq8BMyam3kE5MZxXPbL0SxQ6Fa7Uc2xD/0EUntKWi&#10;Z6h7EQTbo/4LqtMSwUMTJhK6DJpGS5VmoGmm+R/TPLbCqTQLkePdmSb//2Dl58Oj+4osDO9goAWm&#10;Ibx7APnDMwubVtidukOEvlWipsLTSFnWO1+MVyPVvvARpOo/QU1LFvsACWhosIus0JyM0GkBxzPp&#10;aghM0s95nucLikgKXV0tltNFqiCK58sOffigoGPRKDnSThO4ODz4EJsRxXNKrOXB6HqrjUkO7qqN&#10;QXYQtP9t+kb039KMZX3Jl4vZIiFbiPeTNDodSJ9GdyW/oUbzUTGRjPe2TilBaHOyqRNjR3YiISdq&#10;wlANTNclv46lI1kV1EeiC+EkR3o+ZLSAvzjrSYol9z/3AhVn5qMlypfT+TxqNznzxdsZOXgZqS4j&#10;wkqCKnng7GRuQtJ7pMPCHa2m0Ym2l07Glkliic3xOUQNX/op6+XRrp8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCYMy2k3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/dToNAFITvTXyHzTHxxtgF+wMi&#10;h0ZNNN629gEOcApE9ixht4W+veuVvZzMZOabfDubXp15dJ0VhHgRgWKpbN1Jg3D4/nhMQTlPUlNv&#10;hREu7GBb3N7klNV2kh2f975RoURcRgit90OmtataNuQWdmAJ3tGOhnyQY6PrkaZQbnr9FEUbbaiT&#10;sNDSwO8tVz/7k0E4fk0P6+ep/PSHZLfavFGXlPaCeH83v76A8jz7/zD84Qd0KAJTaU9SO9UjLOM0&#10;oHuEVQwq+Ms0DrpEWCcR6CLX1weKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkmPSy&#10;EQIAAPwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCY&#10;My2k3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="59A0B019" id="_x0000_s1043" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:381.15pt;margin-top:18.5pt;width:150.2pt;height:79.4pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0VDweEQIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkjUx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lp2nQvQ3zgyCa5CF5eLS+HTrDjgq9Blvy6STnTFkJtbb7kv/4vnuz&#10;5MwHYWthwKqSn5Tnt5vXr9a9K9QMWjC1QkYg1he9K3kbgiuyzMtWdcJPwClLzgawE4FM3Gc1ip7Q&#10;O5PN8vxd1gPWDkEq7+nv/ejkm4TfNEqGr03jVWCm5NRbSCems4pntlmLYo/CtVqe2xD/0EUntKWi&#10;F6h7EQQ7oP4LqtMSwUMTJhK6DJpGS5VmoGmm+YtpHlvhVJqFyPHuQpP/f7Dyy/HRfUMWhvcw0ALT&#10;EN49gPzpmYVtK+xe3SFC3ypRU+FppCzrnS/OqZFqX/gIUvWfoaYli0OABDQ02EVWaE5G6LSA04V0&#10;NQQmY8lVfrOYk0uSb5rny7fLtJZMFE/pDn34qKBj8VJypK0meHF88CG2I4qnkFjNg9H1ThuTDNxX&#10;W4PsKEgBu/SlCV6EGcv6kq8Ws0VCthDzkzg6HUihRnclX+bxGzUT6fhg6xQShDbjnTox9sxPpGQk&#10;JwzVwHRd8puYG+mqoD4RYQijIOkB0aUF/M1ZT2Isuf91EKg4M58skb6aziNDIRnzxc2MDLz2VNce&#10;YSVBlTxwNl63ISk+0mHhjpbT6ETbcyfnlklkic3zg4gqvrZT1POz3fwBAAD//wMAUEsDBBQABgAI&#10;AAAAIQAprvUx3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuiKV0rNlK&#10;0wmQQFw39gBu47UVjVM12dq9PdkJbrb86ff3F9vZ9uJMo+8ca3haJCCIa2c6bjQcvj8e1yB8QDbY&#10;OyYNF/KwLW9vCsyNm3hH531oRAxhn6OGNoQhl9LXLVn0CzcQx9vRjRZDXMdGmhGnGG57mSZJJi12&#10;HD+0ONB7S/XP/mQ1HL+mh9Vmqj7DQe2eszfsVOUuWt/fza8vIALN4Q+Gq35UhzI6Ve7Exoteg8rS&#10;ZUQ1LFXsdAWSLFUgqjhtVmuQZSH/dyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPRU&#10;PB4RAgAA/gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACmu9THfAAAACwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5CB7D3DD" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B">
+                    <w:p w14:paraId="578C1D0F" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+                      <w:pPr>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                      </w:pPr>
                       <w:r>
-                        <w:t xml:space="preserve">ON </w:t>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>HÅLL INNE</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00740BE5">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> RATTEN OCH HEMK</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0082595D">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>NAPPEN</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> I 3 SEKUNDER</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square"/>
+                <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">                   </w:t>
+      <w:r w:rsidR="005335CB">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="135D314C" wp14:editId="13440BBF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3352844</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>175413</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1440575" cy="280495"/>
+                <wp:effectExtent l="57150" t="19050" r="7620" b="100965"/>
+                <wp:wrapNone/>
+                <wp:docPr id="978433646" name="Pil: vänster 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1440575" cy="280495"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="leftArrow">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="3">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+            <w:pict>
+              <v:shape w14:anchorId="5CB7D53C" id="Pil: vänster 1" o:spid="_x0000_s1026" type="#_x0000_t66" style="position:absolute;margin-left:264pt;margin-top:13.8pt;width:113.45pt;height:22.1pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQdqI9RgIAAPUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wgwWFtEqBBVp0lV&#10;i0qnPhvHhkiOzzsbAvvrd3ZCQF2lStNenDvf78/fZXp7qAzbK/Ql2JwPen3OlJVQlHaT858v91+u&#10;OfNB2EIYsCrnR+X57ezzp2ntJmoIWzCFQkZJrJ/ULufbENwky7zcqkr4HjhlyagBKxFIxU1WoKgp&#10;e2WyYb//LasBC4cglfd0e9cY+Szl11rJ8KS1V4GZnFNvIZ2YznU8s9lUTDYo3LaUbRviH7qoRGmp&#10;aJfqTgTBdlj+laoqJYIHHXoSqgy0LqVKM9A0g/6baVZb4VSahcDxroPJ/7+08nG/ckskGGrnJ57E&#10;OMVBYxW/1B87JLCOHVjqEJiky8Fo1B9fjTmTZBte90c344hmdo526MN3BRWLQs6N0mGOCHUCSuwf&#10;fGj8T34UfG4iSeFoVOzD2GelWVnEsik68UMtDLK9oJcVUiobBm395B3DdGlMF/j148DWP4aqxJ0u&#10;ePhxcBeRKoMNXXBVWsD3EpiuZd34nxBo5o4QrKE4LpEhNMz1Tt6XhOaD8GEpkKhKpKb1C090aAN1&#10;zqGVONsC/n7vPvoTg8jKWU3Uz7n/tROoODM/LHHrJj4t7UpSRuOrISl4aVlfWuyuWgC9wYAW3ckk&#10;Rv9gTqJGqF5pS+exKpmElVQ75zLgSVmEZiVpz6Waz5Mb7YcT4cGunDy9eiTKy+FVoGspFYiMj3Ba&#10;EzF5Q6rGN76HhfkugC4T4864tnjTbiXitv+BuLyXevI6/61mfwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIu5w4vgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok9A2aYhTISR6&#10;KOqBgsTVjZc4Il5HsdOGv2c5wW1WM5p9U21n14szjqHzpCBdJCCQGm86ahW8vz3fFSBC1GR07wkV&#10;fGOAbX19VenS+Au94vkYW8ElFEqtwMY4lFKGxqLTYeEHJPY+/eh05HNspRn1hctdL7MkWUunO+IP&#10;Vg/4ZLH5Ok5Ogdm3zUty2Ov7Ke3t7rDMPza7XKnbm/nxAUTEOf6F4Ref0aFmppOfyATRK1hlBW+J&#10;CrJ8DYID+Wq5AXFikRYg60r+X1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABB2oj1G&#10;AgAA9QQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIu5&#10;w4vgAAAACQEAAA8AAAAAAAAAAAAAAAAAoAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" adj="2103" fillcolor="#006298 [3204]" strokecolor="#005c90 [3044]">
+                <v:fill color2="#4cbfff [1620]" rotate="t" angle="180" focus="100%" type="gradient">
+                  <o:fill v:ext="view" type="gradientUnscaled"/>
+                </v:fill>
+                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D672FA" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="07BD2F41" w14:textId="2AF14CAB" w:rsidR="00AB0F9B" w:rsidRDefault="00C41C62" w:rsidP="00AB0F9B">
+    <w:p w14:paraId="0E5BA3EE" w14:textId="4EA6B751" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
+    <w:p w14:paraId="6CAC9BC1" w14:textId="52E42317" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="0082595D" w:rsidP="00AB0F9B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AF3384">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59A0B019" wp14:editId="41CC7B91">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F33F446" wp14:editId="137FE23B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>4808220</wp:posOffset>
+                  <wp:posOffset>4791710</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>247650</wp:posOffset>
+                  <wp:posOffset>838354</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1781175" cy="714375"/>
-                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:extent cx="1261110" cy="457200"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="36" name="Textruta 2"/>
+                <wp:docPr id="744630148" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1781175" cy="714375"/>
+                          <a:ext cx="1261110" cy="457200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2B99F795" w14:textId="6D661C86" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+                          <w:p w14:paraId="0022D222" w14:textId="77777777" w:rsidR="001663F7" w:rsidRPr="00AF3384" w:rsidRDefault="001663F7" w:rsidP="001663F7">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
-                              <w:t>HÅLL INNE I 3 SEKUNDER</w:t>
+                              <w:t>HEM</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="59A0B019" id="_x0000_s1043" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:378.6pt;margin-top:19.5pt;width:140.25pt;height:56.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnHPnKDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpd2o6WrpUoS0&#10;XKSFD3Adp7FwPGbsNilfz9jJdgu8IfJgzWTGZ2bOHK9v+9awk0KvwZY8n0w5U1ZCpe2h5N++7l6t&#10;OPNB2EoYsKrkZ+X57ebli3XnCjWDBkylkBGI9UXnSt6E4Ios87JRrfATcMpSsAZsRSAXD1mFoiP0&#10;1mSz6fRN1gFWDkEq7+nv/RDkm4Rf10qGz3XtVWCm5NRbSCemcx/PbLMWxQGFa7Qc2xD/0EUrtKWi&#10;F6h7EQQ7ov4LqtUSwUMdJhLaDOpaS5VmoGny6R/TPDbCqTQLkePdhSb//2Dlp9Oj+4Is9G+hpwWm&#10;Ibx7APndMwvbRtiDukOErlGiosJ5pCzrnC/Gq5FqX/gIsu8+QkVLFscACaivsY2s0JyM0GkB5wvp&#10;qg9MxpLLVZ4vF5xJii3z+WuyYwlRPN126MN7BS2LRsmRlprQxenBhyH1KSUW82B0tdPGJAcP+61B&#10;dhIkgF36RvTf0oxlXclvFrNFQrYQ7ydttDqQQI1uS76axm+QTGTjna1SShDaDDY1bexIT2Rk4Cb0&#10;+57piqaLdyNbe6jOxBfCoEd6P2Q0gD8560iLJfc/jgIVZ+aDJc5v8vk8ijc588VyRg5eR/bXEWEl&#10;QZU8cDaY25AEH+mwcEe7qXWi7bmTsWXSWCJ+fA9RxNd+ynp+tZtfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAJOrZzd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoil2+iydU0n&#10;QAJx3dgDuI3XVjRJ1WRr9/Z4J7jZ8qff35/vJtuJCw2h9U7DfJaAIFd507paw/H743kNIkR0Bjvv&#10;SMOVAuyK+7scM+NHt6fLIdaCQ1zIUEMTY59JGaqGLIaZ78nx7eQHi5HXoZZmwJHDbScXSbKSFlvH&#10;Hxrs6b2h6udwthpOX+NTuhnLz3hU+5fVG7aq9FetHx+m1y2ISFP8g+Gmz+pQsFPpz84E0WlQqVow&#10;qmG54U43IFkqBaLkKZ2nIItc/u9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnHPnK&#10;DwIAAP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAk&#10;6tnN3wAAAAsBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="2F33F446" id="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:377.3pt;margin-top:66pt;width:99.3pt;height:36pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+WfWXDQIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mqdmxR02l0FCGN&#10;gTT4AY7jNBaOz5zdJuXXc3ayrsAbIg+WL3f33d13n9e3Q2fYUaHXYEuez+acKSuh1nZf8m9fd2+u&#10;OfNB2FoYsKrkJ+X57eb1q3XvCrWAFkytkBGI9UXvSt6G4Ios87JVnfAzcMqSswHsRCAT91mNoif0&#10;zmSL+fwq6wFrhyCV9/T3fnTyTcJvGiXD56bxKjBTcuotpBPTWcUz26xFsUfhWi2nNsQ/dNEJbano&#10;GepeBMEOqP+C6rRE8NCEmYQug6bRUqUZaJp8/sc0T61wKs1C5Hh3psn/P1j5eHxyX5CF4R0MtMA0&#10;hHcPIL97ZmHbCrtXd4jQt0rUVDiPlGW988WUGqn2hY8gVf8JalqyOARIQEODXWSF5mSETgs4nUlX&#10;Q2Ayllxc5XlOLkm+5eotbTWVEMVztkMfPijoWLyUHGmpCV0cH3yI3YjiOSQW82B0vdPGJAP31dYg&#10;OwoSwC59E/pvYcayvuQ3q8UqIVuI+UkbnQ4kUKO7kl/P4zdKJrLx3tYpJAhtxjt1YuxET2Rk5CYM&#10;1cB0TQAxN7JVQX0ivhBGPdL7oUsL+JOznrRYcv/jIFBxZj5a4vwmXy6jeJORKOIMLz3VpUdYSVAl&#10;D5yN121Igo90WLij3TQ60fbSydQyaSyxOb2HKOJLO0W9vNrNLwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AEERCkPfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdUjzoCFOBUgg&#10;ti39gEnsJhHxOIrdJv17hhVdju7RnXPL7WIHcTaT7x0peFpFIAw1TvfUKjh8fzw+g/ABSePgyCi4&#10;GA/b6vamxEK7mXbmvA+t4BLyBSroQhgLKX3TGYt+5UZDnB3dZDHwObVSTzhzuR1kHEWZtNgTf+hw&#10;NO+daX72J6vg+DU/pJu5/gyHfJdkb9jntbsodX+3vL6ACGYJ/zD86bM6VOxUuxNpLwYFeZpkjHKw&#10;jnkUE5t0HYOoFcRREoGsSnm9ofoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvln1lw0C&#10;AAD9AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQREK&#10;Q98AAAALAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2B99F795" w14:textId="6D661C86" w:rsidR="00AB0F9B" w:rsidRPr="00AF3384" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+                    <w:p w14:paraId="0022D222" w14:textId="77777777" w:rsidR="001663F7" w:rsidRPr="00AF3384" w:rsidRDefault="001663F7" w:rsidP="001663F7">
                       <w:pPr>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
-                        <w:t>HÅLL INNE I 3 SEKUNDER</w:t>
+                        <w:t>HEM</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00324FE5">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29523D57" wp14:editId="1AD1B824">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2766593</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>444679</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2057400" cy="249913"/>
+                <wp:effectExtent l="0" t="342900" r="0" b="360045"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2016140970" name="Pil: vänster 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm rot="1187603">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2057400" cy="249913"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="leftArrow">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="3">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+            <w:pict>
+              <v:shape w14:anchorId="1E8EAE07" id="Pil: vänster 1" o:spid="_x0000_s1026" type="#_x0000_t66" style="position:absolute;margin-left:217.85pt;margin-top:35pt;width:162pt;height:19.7pt;rotation:1297179fd;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpK8rvVAIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9rGzEMfh/sfzB+X+8uTX8k9FJCS8cg&#10;tKHp6LPrs5sDn+XJTi7ZXz/Zd7mGrmww9mJkS/okfZJ8db1rDNsq9DXYkhcnOWfKSqhq+1ry7093&#10;Xy4580HYShiwquR75fn17POnq9ZN1QjWYCqFjECsn7au5OsQ3DTLvFyrRvgTcMqSUgM2ItAVX7MK&#10;RUvojclGeX6etYCVQ5DKe3q97ZR8lvC1VjI8aO1VYKbklFtIJ6bzJZ7Z7EpMX1G4dS37NMQ/ZNGI&#10;2lLQAepWBME2WP8G1dQSwYMOJxKaDLSupUo1UDVF/q6a1Vo4lWohcrwbaPL/D1beb1duiURD6/zU&#10;kxir2GlsGAKxVRSXF+f5aaqNsmW7RN1+oE7tApP0OMrPLsY5MSxJNxpPJsVp5DbrsCKmQx++KmhY&#10;FEpulA5zRGgTtNgufOjsD3bk/JZSksLeqIhk7KPSrK4obJG807SoG4NsK6jPQkplQ9HHT9bRTdfG&#10;DI5dRX907O2jq0qTNDiP/h518EiRwYbBuakt4EcAZkhZd/YHBrq6IwUvUO2X2HWGuPZO3tXE5kL4&#10;sBRIg0uPtIzhgQ5toC059BJna8CfH71He5on0nLW0iKU3P/YCFScmW+WJm1SjMdxc9JlfHYxogse&#10;a16ONXbT3AD1oEjZJTHaB3MQNULzTDs7j1FJJayk2CWXAQ+Xm9AtKG29VPN5MqNtcSIs7MrJQ9fj&#10;oDztngW6fqQCDeM9HJZGTN8NVWcb+2Fhvgmg6zRxb7z2fNOmpcHtf4W4ysf3ZPX2d81+AQAA//8D&#10;AFBLAwQUAAYACAAAACEA9z2aed4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkbizZ6CgrTSdAggtIiDHuaeO1FYlTmmzr3h5zgqPtT7+/v1xP3okDjrEPpGE+UyCQmmB7ajVs&#10;P56ubkHEZMgaFwg1nDDCujo/K01hw5He8bBJreAQioXR0KU0FFLGpkNv4iwMSHzbhdGbxOPYSjua&#10;I4d7JxdK3UhveuIPnRnwscPma7P3Gh5ene8W2Wf9Nn/uv7enFF7aXab15cV0fwci4ZT+YPjVZ3Wo&#10;2KkOe7JROA3Z9TJnVEOuuBMD+XLFi5pJtcpAVqX8X6H6AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKkryu9UAgAAAwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPc9mnneAAAACgEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="1312" fillcolor="#006298 [3204]" strokecolor="#005c90 [3044]">
+                <v:fill color2="#4cbfff [1620]" rotate="t" angle="180" focus="100%" type="gradient">
+                  <o:fill v:ext="view" type="gradientUnscaled"/>
+                </v:fill>
+                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7FCA8702" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRDefault="00AB0F9B" w:rsidP="00AB0F9B"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="34E02117" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
+    <w:p w14:paraId="34E02117" w14:textId="7A072645" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve">Tryck och håll ned ratten och Hem-knappen i </w:t>
+        <w:t xml:space="preserve">Tryck </w:t>
+      </w:r>
+      <w:r w:rsidR="00194A70">
+        <w:t xml:space="preserve">in ratten </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61A94">
+        <w:t xml:space="preserve">och hemknappen samtidigt i </w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TRE SEKUNDER</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15625171" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Välj ”inställningar” genom att trycka på ratten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DB069B" w14:textId="53524091" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
-        <w:t>Funktion ”ST” (spontan/</w:t>
-[...7 lines deleted...]
-        <w:t>) = Bipap Alternativ Funktion ”CPAP”</w:t>
+        <w:t>Funktion ”ST” (spontan/tidinställd) = Bipap Alternativ Funktion ”CPAP”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28996F1B" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve">Vrid ratten för att markera den inställning som ska justeras, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> IPAP/EPAP och tryck sedan på ratten. </w:t>
+        <w:t xml:space="preserve">Vrid ratten för att markera den inställning som ska justeras, t ex IPAP/EPAP och tryck sedan på ratten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21482FF5" w14:textId="1583D3EB" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t>IPAP 10 cm H20 (Start inställning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696498FA" w14:textId="3E848D64" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">EPAP </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve"> cm H20 (Start inställning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="534D99E4" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Vrid på ratten för att justera inställning och tryck på ratten för att spara ändringen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6315AF52" w14:textId="3B1FF04B" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0032291D">
-        <w:t>iBR</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ska vara ”av”</w:t>
+        <w:t>iBR ska vara ”av”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F3C16B" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">Ti Min 0,2 sek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4FFD8A" w14:textId="568AA3E5" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
-        <w:t xml:space="preserve">Stigtid </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Stigtid 150-200 msek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ABE5E8B" w14:textId="65116698" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
-        <w:t xml:space="preserve">Stigtid </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Stigtid 150-200 msek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443DB1F1" w14:textId="1197F930" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t xml:space="preserve">Trigger-medel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE05447" w14:textId="31466236" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:t>Cykel-medel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720DE695" w14:textId="5302CED4" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
-        <w:t>Mask-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Mask-helmask. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A53C436" w14:textId="0D6B2CDA" w:rsidR="00AB0F9B" w:rsidRPr="00FD0BF4" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0BF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>STARTA GENOM ATT TRYCKA PÅ ”ON” KNAPPEN ÖVERST!!!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9B1C9E" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62"/>
     <w:p w14:paraId="4BA59A70" w14:textId="77777777" w:rsidR="00AB0F9B" w:rsidRPr="0032291D" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:r w:rsidRPr="00C41C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Låg saturation:</w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
-        <w:t xml:space="preserve"> Höj EPAP </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> cm H20 i taget. (IPAP höjs också motsvarande)</w:t>
+        <w:t xml:space="preserve"> Höj EPAP 0,5-1 cm H20 i taget. (IPAP höjs också motsvarande)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FC12B1" w14:textId="783F7594" w:rsidR="008765B5" w:rsidRPr="008765B5" w:rsidRDefault="00AB0F9B" w:rsidP="00C41C62">
       <w:r w:rsidRPr="00C41C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Högt CO2:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0032291D">
         <w:t xml:space="preserve">Höj IPAP med 2 cm H20 i taget. Max 25 cm H20. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008765B5" w:rsidRPr="008765B5" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId30"/>
       <w:footerReference w:type="even" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:footerReference w:type="first" r:id="rId34"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55EC0175" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
+    <w:p w14:paraId="6A2624AB" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A23BFDA" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
+    <w:p w14:paraId="10310849" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D3D4FD1" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
+    <w:p w14:paraId="568DA55E" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2731,51 +2744,51 @@
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -2799,85 +2812,85 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0293D7EC" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380"/>
+    <w:p w14:paraId="7DF56EC1" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3560E874" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
+    <w:p w14:paraId="5C1CD0FB" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C319E2A" w14:textId="77777777" w:rsidR="00B50380" w:rsidRDefault="00B50380">
+    <w:p w14:paraId="461BF63C" w14:textId="77777777" w:rsidR="008F1140" w:rsidRDefault="008F1140">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2907,98 +2920,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3036,51 +3049,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3113,51 +3126,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -5342,564 +5355,669 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1973092805">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1427849847">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="660085806">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="435566979">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="617682400">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="306470151">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00007C50"/>
+    <w:rsid w:val="00007ECB"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00053D67"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
+    <w:rsid w:val="00063E31"/>
+    <w:rsid w:val="00065545"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="00066C24"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00091F74"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D0C8A"/>
+    <w:rsid w:val="000D2355"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F54D5"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00122937"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="001663F7"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0016733F"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="001944B3"/>
+    <w:rsid w:val="00194A70"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A79B8"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C3A9E"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="00206344"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002678B4"/>
+    <w:rsid w:val="00267A57"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00286A19"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002978F9"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
+    <w:rsid w:val="002B058F"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D782D"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="0030311D"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="00324FE5"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D5550"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00410C7F"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0041484F"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00430D65"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="004413E4"/>
+    <w:rsid w:val="004454C1"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004552F8"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00475B87"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A09DA"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C1B94"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F111E"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="005335CB"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="005670DA"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005869AE"/>
+    <w:rsid w:val="00595155"/>
+    <w:rsid w:val="00597AE8"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B5B46"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C6B74"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005E0219"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3326"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00631278"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A3CAC"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00740BE5"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00756DA4"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A7145"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="0082595D"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="0086541F"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="008765B5"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00887BD7"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B40F8"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F1140"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00901044"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="0091524E"/>
     <w:rsid w:val="00916D7A"/>
+    <w:rsid w:val="00917D76"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00930A0D"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="009340E3"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00943325"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00995DEE"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C5D09"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A2031F"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A455DA"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A76BBA"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A96114"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA4DC1"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB0F9B"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B418F0"/>
+    <w:rsid w:val="00B46108"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B50380"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B6246B"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B67AD6"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B765D4"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB31AE"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C137E7"/>
+    <w:rsid w:val="00C179DD"/>
+    <w:rsid w:val="00C40D05"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C41C62"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
+    <w:rsid w:val="00C5391C"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C53D6D"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C75D30"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C964EC"/>
+    <w:rsid w:val="00C9781A"/>
+    <w:rsid w:val="00C97898"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00C97D21"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB1FC3"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4853"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE3FF3"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7113"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D21913"/>
+    <w:rsid w:val="00D3036E"/>
+    <w:rsid w:val="00D32A9D"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D61A94"/>
     <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D701AE"/>
+    <w:rsid w:val="00D712FF"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D915A1"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D93116"/>
+    <w:rsid w:val="00D95029"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB0A90"/>
+    <w:rsid w:val="00DD08D0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF0B08"/>
+    <w:rsid w:val="00DF1C06"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E065C8"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E34BF7"/>
+    <w:rsid w:val="00E51FF8"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E77430"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC5CA8"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F2465B"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F25EBA"/>
+    <w:rsid w:val="00F26F61"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F70D3F"/>
+    <w:rsid w:val="00F830C8"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FB2877"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB47EF"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
+    <w:rsid w:val="00FB5A4F"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB7983"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD0BF4"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FD7ED7"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{1AEC7C6A-21DD-45E0-9E24-5C41D3A0C889}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8883,56 +9001,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>639</Words>
-  <Characters>3922</Characters>
+  <Words>670</Words>
+  <Characters>3995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>147</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4552</CharactersWithSpaces>
+  <CharactersWithSpaces>4594</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>BIPAP NIV på MÄVA</dc:title>
   <dc:subject/>
   <dc:creator>Gunilla Cederbom</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>10</revision>
+  <revision>49</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>