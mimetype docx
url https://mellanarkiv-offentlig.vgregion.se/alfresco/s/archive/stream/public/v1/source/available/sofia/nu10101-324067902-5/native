--- v0 (2026-02-25)
+++ v1 (2026-03-19)
@@ -201,162 +201,132 @@
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CRP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1377A80D" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00CC3D72" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:t>Natrium, Kalium, Albumin, Kreatinin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7076B098" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00CC3D72" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC3D72">
-        <w:t>Bilirubin</w:t>
-[...3 lines deleted...]
-        <w:t>, ALP, ALAT</w:t>
+        <w:t>Bilirubin, ALP, ALAT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1461A810" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00CC3D72" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:t>P-glukos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01793692" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="001D1DBF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>TNI</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC3D72">
-        <w:t xml:space="preserve"> (om bröstsmärta eller </w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (om bröstsmärta eller dyspné)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222F40D4" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1DBF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PCR covid/influensa/RS-virus tas vid misstanke om luftvägsinfektion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D6CAEE" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>NTproBNP</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> vid misstänkt hjärtsvikt.</w:t>
+        <w:t>NTproBNP vid misstänkt hjärtsvikt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1033B723" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PK på patienter som står på Waran.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B056B0F" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="005948A1" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:lastRenderedPageBreak/>
-        <w:t>Proverna är samlade i ett ”MÄVA-paket” i Melior/</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Proverna är samlade i ett ”MÄVA-paket” i Melior/labordination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A5787E" w14:textId="77777777" w:rsidR="00C734FD" w:rsidRDefault="00C734FD" w:rsidP="003B5D10">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09E8D629" w14:textId="67F81E0B" w:rsidR="003B5D10" w:rsidRPr="00CC3D72" w:rsidRDefault="003B5D10" w:rsidP="003B5D10">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:t>Basala data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446CAB76" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>Längd - Kan finns under tidigare vårdtillfälle och ska i så fall föras över</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FAB7C8" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
@@ -376,56 +346,64 @@
     </w:p>
     <w:p w14:paraId="467C2499" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>POX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2394E8AF" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>Blodtryck</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22AF5905" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>Puls</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6C752" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
+    <w:p w14:paraId="3BF6C752" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>Temp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671A23F9" w14:textId="2C1DA25F" w:rsidR="00714186" w:rsidRPr="003031E0" w:rsidRDefault="00714186" w:rsidP="003031E0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>EKG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0549589A" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="003031E0" w:rsidRDefault="003B5D10" w:rsidP="003031E0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003031E0">
         <w:t>Bladderscan (obligatoriskt på män, vid behov på kvinnor)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1081B2" w14:textId="77777777" w:rsidR="003031E0" w:rsidRDefault="003031E0" w:rsidP="003B5D10">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D6AAA6E" w14:textId="411C0C4B" w:rsidR="003B5D10" w:rsidRPr="00785F77" w:rsidRDefault="003B5D10" w:rsidP="003B5D10">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC3D72">
         <w:t>Kontroller första dygnet</w:t>
       </w:r>
@@ -540,59 +518,51 @@
         <w:t>Sjuksköterska registrerar patient i Elvis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3826E0D0" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:t>Inskrivning i Melior dokumenteras i realtid av läkare och sjuksköterska. (Finns ej tillgång till sekreterare jourtid och på helger). Läkaren kan avstå från Inskrivningsrapport om det skrivs en fullödig Inskrivningsanteckning med tydlig planering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="468B5B49" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:t>Bedömning om patienten ska bedömas med NEWS2-undantag, framför allt vad gäller ”syremättnad 2” till patient med habituellt låg POX. Ska föras in under ”Planering” i Melior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B39E38C" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:lastRenderedPageBreak/>
-        <w:t>För in preliminärt utskrivningsdatum under ”Planering” (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> eller läkare).</w:t>
+        <w:t>För in preliminärt utskrivningsdatum under ”Planering” (ssk eller läkare).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26DB5E82" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:t>Läkaren för in aktuella läkemedel och dokumenterar om det gjorts en läkemedelsgenomgång. Antingen genom att använda mallen för läkemedelsgenomgång i Melior, eller genom att fylla i att det gjorts i ”Inskrivningsrapport”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C56363" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:t>Vid misstänkt pneumoni, använd Verktyget CRB65 som finns i anteckningen ”Plan samhällsförvärvad pneumoni” som får öppnas upp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5782B5B7" w14:textId="77777777" w:rsidR="003B5D10" w:rsidRPr="00101579" w:rsidRDefault="003B5D10" w:rsidP="00101579">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00101579">
         <w:t>Läkaren tar ställning till eventuella vårdbegränsningar och för in i journalen.</w:t>
       </w:r>
@@ -615,65 +585,65 @@
     <w:p w14:paraId="5092FAD7" w14:textId="77777777" w:rsidR="00CC3D72" w:rsidRPr="00CC3D72" w:rsidRDefault="00CC3D72" w:rsidP="00CC3D72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CC3D72" w:rsidRPr="00CC3D72" w:rsidSect="00CC3D72">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48A386DD" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377">
+    <w:p w14:paraId="3AF97EA5" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08B07945" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377">
+    <w:p w14:paraId="0DE35B74" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E84A454" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377">
+    <w:p w14:paraId="1188A298" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -923,61 +893,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B5EB2D" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377"/>
+    <w:p w14:paraId="6074A9BF" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D1409C0" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377">
+    <w:p w14:paraId="151E0160" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1B425D4B" w14:textId="77777777" w:rsidR="008D0377" w:rsidRDefault="008D0377">
+    <w:p w14:paraId="72BD9E29" w14:textId="77777777" w:rsidR="00374AEE" w:rsidRDefault="00374AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -3623,53 +3593,52 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="83186814">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2097434315">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="271400685">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2092003310">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1544705744">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="964435087">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -3766,50 +3735,51 @@
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003031E0"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00374AEE"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B5D10"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F6B51"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
@@ -3867,50 +3837,51 @@
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00714186"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
@@ -3923,50 +3894,51 @@
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D0377"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="0094494D"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00981CD3"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C1553"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
@@ -6947,71 +6919,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>326</Words>
-  <Characters>2102</Characters>
+  <Words>327</Words>
+  <Characters>2129</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2377</CharactersWithSpaces>
+  <CharactersWithSpaces>2452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Direktinläggning för patienter på MÄVA</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>12</revision>
+  <revision>13</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>