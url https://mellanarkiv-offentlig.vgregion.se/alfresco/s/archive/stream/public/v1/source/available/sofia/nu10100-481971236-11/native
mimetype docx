--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,439 +1,439 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="000B154D" w14:textId="77777777" w:rsidR="004B429A" w:rsidRDefault="004B429A" w:rsidP="00F35B05">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="14941A86" w14:textId="77777777" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="00905676">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A22D6D3" w14:textId="77777777" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="00905676">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE35453" w14:textId="77777777" w:rsidR="003F0DBE" w:rsidRPr="003F0DBE" w:rsidRDefault="003F0DBE" w:rsidP="003F0DBE"/>
+    <w:p w14:paraId="304635E8" w14:textId="10CA40C1" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F0DBE">
+        <w:t>Vårdhygienisk</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> rådgivning jourtid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="443CE38B" w14:textId="77777777" w:rsidR="004B429A" w:rsidRPr="004B429A" w:rsidRDefault="004B429A" w:rsidP="004B429A">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="108EE365" w14:textId="77777777" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003F0DBE">
+        <w:t>Förändringar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="465D198B" w14:textId="77777777" w:rsidR="00687D80" w:rsidRPr="00687D80" w:rsidRDefault="00687D80" w:rsidP="00687D80">
-[...4 lines deleted...]
-        <w:t>Vårdhygienisk rådgivning jourtid</w:t>
+    <w:p w14:paraId="54B65290" w14:textId="77777777" w:rsidR="00905676" w:rsidRPr="004F40BB" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:r>
+        <w:t xml:space="preserve">Inga förändringar i innehållet.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA9C73A" w14:textId="77777777" w:rsidR="00687D80" w:rsidRPr="008910DB" w:rsidRDefault="00687D80" w:rsidP="00687D80">
+    <w:p w14:paraId="718A32FB" w14:textId="77777777" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866759"/>
       <w:r>
-        <w:t>Denna rutin är även granskad och godkänd av Els-Marie Rolén, läkarchef på avdelning 27 infektion, via mailkontakt.</w:t>
+        <w:t>Bakgrund och syfte</w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559F8113" w14:textId="77777777" w:rsidR="00687D80" w:rsidRPr="00687D80" w:rsidRDefault="00687D80" w:rsidP="00687D80">
-[...4 lines deleted...]
-        <w:t>Åtgärder</w:t>
+    <w:p w14:paraId="5DD2AAC3" w14:textId="77777777" w:rsidR="00905676" w:rsidRPr="00023FF4" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Med syfte att klargöra den vårdhygieniska funktionen jourtid. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1726">
+        <w:t>Patientsäkerhetsenheten med vårdhygienisk expertis är en rådgivande resurs för all verksamhet inom vård och omsorg. De vårdhygieniska medarbetarnas främsta uppgift är att förebygga uppkomst av vårdrelaterad infektion samt förebygga smittspridning. Den vårdhygieniska enheten inom NU-sjukvården är bemannad dagtid helgfria vardagar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63278A45" w14:textId="77777777" w:rsidR="00687D80" w:rsidRDefault="00687D80" w:rsidP="00687D80">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26054762" w14:textId="77777777" w:rsidR="003F0DBE" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="3FCB49D7" w14:textId="77777777" w:rsidR="003F0DBE" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F0DBE">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
         <w:t>Infektionsbakjour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF06722" w14:textId="6FFA1592" w:rsidR="00687D80" w:rsidRPr="004B429A" w:rsidRDefault="00687D80" w:rsidP="00687D80">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="541034F7" w14:textId="0509E353" w:rsidR="00905676" w:rsidRPr="003F0DBE" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B1726">
         <w:t xml:space="preserve">Ger i första hand råd utifrån rutiner på </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00A90292">
+        <w:r w:rsidRPr="000B1726">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Vårdhygiens</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00A90292">
+        <w:r w:rsidRPr="000B1726">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t xml:space="preserve"> webbsida</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B429A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000B1726">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="003F0DBE">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17124A9C" w14:textId="68F50B53" w:rsidR="004B429A" w:rsidRPr="004B429A" w:rsidRDefault="00687D80" w:rsidP="00687D80">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0CCCDCC6" w14:textId="4401B5D1" w:rsidR="00905676" w:rsidRPr="000B1726" w:rsidRDefault="00905676" w:rsidP="003F0DBE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B1726">
         <w:t xml:space="preserve">Vid mindre brådskande ärenden skickas mejl till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004B429A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000B1726">
         <w:t>Vårdhygiens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004B429A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> funktionsbrevlåda</w:t>
+      <w:r w:rsidRPr="000B1726">
+        <w:t xml:space="preserve"> funktionsbrevlåda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00687D80">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00A90292">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="006B312F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>vardhygien.nu@vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B429A">
+      <w:r w:rsidRPr="003F0DBE">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> som besvaras nästkommande helgfria vardag.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1726">
+        <w:t>som besvaras nästkommande helgfria vardag.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="2A3E40C4" w14:textId="77777777" w:rsidR="00905676" w:rsidRDefault="00905676" w:rsidP="00905676">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="004B429A">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00582EFD" w:rsidRDefault="00536A5A" w:rsidP="00582EFD"/>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00582EFD" w:rsidSect="004B429A">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7ADFA464" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0DF4FC6E" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="2475E290" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -462,51 +462,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Picture 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -540,73 +540,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="456C71C2" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="10D6C228" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3AEE1C78" w14:textId="77777777" w:rsidR="00B0368F" w:rsidRDefault="00B0368F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
@@ -684,52 +684,52 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="39333D04" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
@@ -802,143 +802,63 @@
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1510,51 +1430,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="C72ECBA6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1877,62 +1797,62 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8BC8F9E2"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="5E5C5766"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -2356,50 +2276,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EE74744"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72BE8370"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5185151A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83C6DACA"/>
     <w:lvl w:ilvl="0" w:tplc="2BE2EDA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FCB8CE4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="43EAC0F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2441,51 +2447,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCC4080E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4C22149A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2554,51 +2560,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2668,51 +2674,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2781,51 +2787,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CCB01B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="591C19FA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2867,51 +2873,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2980,51 +2986,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3093,51 +3099,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3206,129 +3212,224 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F496B2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF326BA2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="366372332">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1263800641">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="820579049">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="730857875">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="116023739">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="584726602">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="95952361">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="221869538">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1772125615">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1041056276">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1488354273">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1848864495">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="750395310">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="100686297">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="497767514">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="581597967">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="191504795">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="31006852">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="99302396">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="852065924">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1679385778">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1304315215">
     <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1477062537">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1689675545">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="760299742">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1494226317">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="204"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -3428,96 +3529,98 @@
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004617FF"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B429A"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="005401B0"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00582EFD"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
@@ -3539,74 +3642,77 @@
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="008158C2"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A2042"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C75AC"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00905676"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
@@ -3766,51 +3872,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{3E0045A5-A859-4CFA-AE9C-B114937EA596}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3843,51 +3949,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4148,174 +4254,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -4478,153 +4612,153 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="24"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -4638,196 +4772,195 @@
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
@@ -4908,118 +5041,119 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -5986,71 +6120,70 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="23"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -6153,90 +6286,160 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="003F0DBE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A90292"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F0DBE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6264,59 +6467,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vardhygien.nu@vgregion.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nusjukvarden.se/om-nu-sjukvarden/vardgivare/vardhygien/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vardhygien.nu@vgregion.se" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nusjukvarden.se/om-nu-sjukvarden/vardgivare/vardhygien/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6604,71 +6803,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>162</Words>
-  <Characters>860</Characters>
+  <Words>91</Words>
+  <Characters>804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1020</CharactersWithSpaces>
+  <CharactersWithSpaces>894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vårdhygienisk rådgivning jourtid</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Kristian Nilsson</lastModifiedBy>
-  <revision>6</revision>
+  <lastModifiedBy>Sara Johansson</lastModifiedBy>
+  <revision>9</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>