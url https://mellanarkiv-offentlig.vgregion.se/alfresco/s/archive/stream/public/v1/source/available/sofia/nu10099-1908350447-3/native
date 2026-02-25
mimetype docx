--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -13,102 +13,102 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="48099D10" w14:textId="77777777" w:rsidR="001D466B" w:rsidRDefault="001D466B" w:rsidP="00F35B05">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="001D466B" w:rsidSect="001D466B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00676E37" w:rsidRPr="001D466B" w14:paraId="253C6F31" w14:textId="77777777" w:rsidTr="0061625F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="7DCC649A" w14:textId="77777777" w:rsidR="00676E37" w:rsidRPr="001D466B" w:rsidRDefault="00676E37" w:rsidP="0061625F">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Rubrik1"/>
               <w:ind w:right="114"/>
             </w:pPr>
             <w:r w:rsidRPr="001D466B">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08272203" wp14:editId="605073D3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="1778254"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Textruta 8"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
@@ -175,61 +175,59 @@
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
-                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>25918</w:t>
                                   </w:r>
-                                  <w:proofErr w:type="gramEnd"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
@@ -267,722 +265,656 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>25918</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="001D466B">
               <w:t>Madrasser som tryckfördelar/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="001D466B">
               <w:t>tryckavlastar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C68FB07" w14:textId="77777777" w:rsidR="002A58BD" w:rsidRDefault="002A58BD" w:rsidP="00442925">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="44DA39C7" w14:textId="77777777" w:rsidR="00442925" w:rsidRDefault="00442925" w:rsidP="00442925">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc501440349"/>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00530A11">
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E76C00" w14:textId="12B52630" w:rsidR="00442925" w:rsidRDefault="00442925" w:rsidP="00442925">
+    <w:p w14:paraId="02E76C00" w14:textId="48AECD60" w:rsidR="00442925" w:rsidRDefault="00442925" w:rsidP="00442925">
       <w:pPr>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t>Rutinen för madrasser som tryckfördelar/tryckavlastar har uppdaterats med information om inspektion och rengöring</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Rutinen för madrasser som tryckfördelar/tryckavlastar har uppdaterats med information om </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2721">
+        <w:t>ny madrass</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49FDD22A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00900634" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00900634">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2974667B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="002A58BD">
       <w:r>
-        <w:t xml:space="preserve">Inom NU-sjukvården ska alla </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> vara utrustade med tryckfördelande madrass. Standardmadrassen ska vara förebyggande vid trycksår upp till kategori 2. Patienter med trycksår </w:t>
+        <w:t xml:space="preserve">Inom NU-sjukvården ska alla vårdsängar vara utrustade med tryckfördelande madrass. Standardmadrassen ska vara förebyggande vid trycksår upp till kategori 2. Patienter med trycksår </w:t>
       </w:r>
       <w:r w:rsidRPr="000D112F">
         <w:t>motsvarande kategori 3 eller allvarligare, m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ed hög risk för trycksår eller av annan anledning har behov av avlastande madrass ska erbjudas tryckavlastande/aktiv luftmadrass. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="718C52A0" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="0002251D" w:rsidRDefault="009F2C75" w:rsidP="002A58BD">
       <w:pPr>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve">Alla förebyggande madrasser och </w:t>
       </w:r>
       <w:r>
         <w:t>aktiv-/</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
-        <w:t xml:space="preserve">luftmadrass </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (Järven) ägs centralt i NU-sjukvården och organiseras under chefsjuksköterskans ansvar. </w:t>
+        <w:t xml:space="preserve">luftmadrass Opticell (Järven) ägs centralt i NU-sjukvården och organiseras under chefsjuksköterskans ansvar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4AAB14" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="003D185E" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00530A11">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E91E7EB" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007E2D7C">
-        <w:t xml:space="preserve">Att alla </w:t>
-[...3 lines deleted...]
-        <w:t>vård</w:t>
+        <w:t>Att alla vård</w:t>
       </w:r>
       <w:r>
-        <w:t>sängar</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> är utrustade med </w:t>
+        <w:t xml:space="preserve">sängar är utrustade med </w:t>
       </w:r>
       <w:r w:rsidRPr="004138CB">
         <w:t>tryckfördelande/</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004138CB">
         <w:t>förebyggande madrass</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7B116B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007E2D7C">
         <w:t>Att patient efter riskbedömning och/eller klinisk bedömning vid behov erbjuds en tryckavlastande</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> aktiv-/</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2D7C">
         <w:t>luftmadrass för att förebygga uppkomst/bidra till läkning av trycksår.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7257F0B0" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="007E2D7C" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:ind w:right="424"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32B98055" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00530A11" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve">örebyggande madrasser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117D020A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00530A11" w:rsidRDefault="009F2C75" w:rsidP="00E0616E">
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="117D020A" w14:textId="558848C0" w:rsidR="009F2C75" w:rsidRPr="00530A11" w:rsidRDefault="009F2C75" w:rsidP="00E0616E">
       <w:r>
-        <w:t xml:space="preserve">. Då madrasser är uttjänta och behöver kasseras kan ny ersättningsmadrass hämtas i </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Då madrasser är uttjänta och behöver kasseras kan ny ersättningsmadrass hämtas i sänghallen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5123">
+        <w:t>/sängbuffert både på NÄL och Uddevalla</w:t>
+      </w:r>
       <w:r>
-        <w:t>sänghallen</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509F394E" w14:textId="0CB07A11" w:rsidR="009F2C75" w:rsidRPr="00E0616E" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0616E">
+        <w:t>Standardmadrass Evaq Pro II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FC95AE" w14:textId="4E0A74C4" w:rsidR="009F2C75" w:rsidRPr="001D757A" w:rsidRDefault="009F2C75" w:rsidP="00D46D32">
+      <w:pPr>
+        <w:ind w:right="424"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D757A">
+        <w:t>Madrassen kan användas förebyggande och vid behandling av trycksår upp till och med sårkategori 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46D32">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AD9">
+        <w:t>Längd 200cm, bredd 85 cm och h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D757A">
+        <w:t>öjd 15cm, max brukarvikt 150kg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C92B52" w14:textId="23CB561D" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
+      <w:pPr>
+        <w:ind w:right="424"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t>Överdraget är utrustat med handtag på</w:t>
+      </w:r>
       <w:r>
-        <w:t>. I sängbuffert på NÄL och US finns ett antal sängar med aktiva-/luftmadrasser för utlån.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t>madrassens alla sidor. På långsidorna</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t xml:space="preserve">finns även </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92358">
+        <w:t>evakueringsremmar</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0E8D">
+        <w:t xml:space="preserve">. På NÄL finns beslut att dessa </w:t>
+      </w:r>
+      <w:r w:rsidR="009238D6">
+        <w:t>remmar får</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0E8D">
+        <w:t xml:space="preserve"> avlägsna</w:t>
+      </w:r>
+      <w:r w:rsidR="009238D6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0E8D">
+        <w:t>I de fall de sitter kvar på madrassen ska d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t>essa vara</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t>ihopkopplade längs långsidorna</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t xml:space="preserve"> när de</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4EEA">
+        <w:t>inte används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C40637" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00E0616E" w:rsidRDefault="009F2C75" w:rsidP="00E0616E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00E0616E">
+    <w:p w14:paraId="355AE06B" w14:textId="6CC22FC0" w:rsidR="000E7EDE" w:rsidRDefault="00245AB8" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F57B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2917DF95" wp14:editId="5DC0E8E1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F8A9F7E" wp14:editId="276CB627">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>652780</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>385666</wp:posOffset>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>6350</wp:posOffset>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>3457575</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2413635" cy="895350"/>
-            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:extent cx="3071495" cy="1657350"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21140"/>
-[...173 lines deleted...]
-                <wp:lineTo x="21476" y="0"/>
+                <wp:lineTo x="0" y="21352"/>
+                <wp:lineTo x="21435" y="21352"/>
+                <wp:lineTo x="21435" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="15" name="Bildobjekt 15" descr="Visa källbilden"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1904979819" name="Bild 4" descr="Visa källbilden"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="16347" r="3555" b="6250"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2318385" cy="1250950"/>
+                      <a:ext cx="3071495" cy="1657350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009F2C75">
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="32072953" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="001D757A" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
+    <w:p w14:paraId="59AFB481" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CEF04C5" w14:textId="2C2311B6" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1432A9" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3988E3EF" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5E283E" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4654A20A" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23DA6C25" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27BFDBAD" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7538BD8B" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69FF64CB" w14:textId="77777777" w:rsidR="000E7EDE" w:rsidRDefault="000E7EDE" w:rsidP="00395F57">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC978B1" w14:textId="022BFE2A" w:rsidR="00B65932" w:rsidRPr="00F57B11" w:rsidRDefault="00B65932" w:rsidP="00F57B11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F57B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Standardmadrass Dyna-Form Titan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2681FC4C" w14:textId="52B0F93C" w:rsidR="00792F95" w:rsidRPr="001D757A" w:rsidRDefault="00F57B11" w:rsidP="00792F95">
       <w:pPr>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r w:rsidRPr="001D757A">
-        <w:t>Placera madrassen med trycket uppåt och symbolen för fötter i fotändan av sängen.</w:t>
-[...7 lines deleted...]
-        <w:t>Överdraget är utrustat med handtag på</w:t>
+        <w:t>Madrassen kan användas förebyggande och vid behandling av trycksår upp till och med sårkategori</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1A46">
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D757A">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A4EEA">
-[...36 lines deleted...]
-        <w:t>inte används.</w:t>
+      <w:r w:rsidR="00792F95">
+        <w:t>Längd 200cm, bredd 85 cm och h</w:t>
+      </w:r>
+      <w:r w:rsidR="00792F95" w:rsidRPr="001D757A">
+        <w:t>öjd 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE42E9">
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00792F95" w:rsidRPr="001D757A">
+        <w:t xml:space="preserve">cm, max brukarvikt </w:t>
+      </w:r>
+      <w:r w:rsidR="006B07DF">
+        <w:t>254</w:t>
+      </w:r>
+      <w:r w:rsidR="00792F95" w:rsidRPr="001D757A">
+        <w:t>kg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3483B3A9" w14:textId="483ACDB5" w:rsidR="009F2C75" w:rsidRPr="00395F57" w:rsidRDefault="009F2C75" w:rsidP="00395F57">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="3483B3A9" w14:textId="25F59144" w:rsidR="009F2C75" w:rsidRPr="00395F57" w:rsidRDefault="00B20947" w:rsidP="00245AB8">
+      <w:pPr>
+        <w:ind w:right="424"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0002251D">
+      <w:r w:rsidRPr="00B20947">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F0E1F84" wp14:editId="6B9148C6">
+            <wp:extent cx="4038738" cy="2297009"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="594245136" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="594245136" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId18"/>
+                    <a:srcRect l="11639" t="7332" r="4201"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4047280" cy="2301867"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="009F2C75" w:rsidRPr="0002251D">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B903CA0" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00395F57" w:rsidRDefault="009F2C75" w:rsidP="00395F57">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00395F57">
+        <w:lastRenderedPageBreak/>
         <w:t>Aktiva-/luftmadrasser med alternerande och statiska behandlingsfunktioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2772A4FC" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
+    <w:p w14:paraId="2772A4FC" w14:textId="110E46DB" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="002575EA">
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve">Varje vårdavdelning har utifrån uppskattat behov ett antal </w:t>
       </w:r>
       <w:r>
         <w:t>aktiva-/luft</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t>madrasser som förvaras på vårdavdelningen</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="002575EA" w:rsidRPr="002575EA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="74302FBC" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00FF7AB1" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF7AB1">
         <w:t>Indikationer för användning av aktiv-/luftmadrass</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A4377B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient som har tryckskada, kategori 1 eller mer, på mer än en sida av kroppen (ex sida och bak).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F15102" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient som har tryckskada, kategori 1 eller mer och som bara kan ligga på en sida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BDA626" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient som måste vändas oftare än varannan timma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739BD359" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient med hög risk att utveckla trycksår enligt riskbedömning för trycksår (Norton skalan) eller klinisk bedömning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C07EB7A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient som har trycksår till kategori 3 eller allvarligare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E181C3" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EA2A40" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA2A40">
         <w:t>Patient som har aktiv-/luftmadrass i hemmet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643BD288" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66088A30" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00EA2A40">
       <w:r>
         <w:t>För att tidigt upptäcka behov av aktiv-/luftmadrass eller andra avlastande åtgärder krävs daglig bedömning av patientens hudkostym.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500CFB1F" w14:textId="0D5C00BC" w:rsidR="009F2C75" w:rsidRPr="00863DDE" w:rsidRDefault="009F2C75" w:rsidP="00D80CB3">
       <w:r w:rsidRPr="00EB6A23">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">OBS! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktiv/luftm</w:t>
       </w:r>
@@ -1006,204 +938,127 @@
         <w:t xml:space="preserve"> lägesändringar.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Planerade lägesändringar</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6A23">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> med vändschema, ska ingå som preventiv/behandlande åtgärd</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0ABB4A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="008A0128" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
-          <w:rStyle w:val="Heading3Char"/>
+          <w:rStyle w:val="Rubrik3Char"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>OptiCell</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> 4 PRO</w:t>
+        <w:t>OptiCell 4 PRO</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:rStyle w:val="A2"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:rStyle w:val="A2"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:rStyle w:val="A2"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> Low-Air-Loss </w:t>
+        <w:t xml:space="preserve">IsoAir Low-Air-Loss </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBFD65B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="008A0128" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Leverantör</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> health care.</w:t>
+        <w:t>Leverantör: Järven health care.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0128">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>: Gate Rehab Development.</w:t>
+        <w:t>Leverantör: Gate Rehab Development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8F3E0C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00530A11" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00530A11">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dynamisk luftfylld tryckavlastande madrass</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1241,132 +1096,86 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>typ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...13 lines deleted...]
-        <w:t>-air-loss”</w:t>
+        <w:t>”Low-air-loss”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4C15CC" w14:textId="4891B722" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="034535A1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brukarvikt </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Brukarvikt 0-210 kg. Höjd 16 cm.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="034535A1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>0-210</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> kg. Höjd 18cm.</w:t>
+        <w:t>Brukarvikt 20-160 kg. Höjd 18cm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70ECF8DD" w14:textId="192B761C" w:rsidR="009F2C75" w:rsidRDefault="00D80CB3" w:rsidP="00D80CB3">
       <w:pPr>
         <w:ind w:left="0" w:right="424"/>
       </w:pPr>
       <w:r w:rsidRPr="00530A11">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D279F6A" wp14:editId="1876661A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>3281680</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>6308725</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2055495" cy="1384935"/>
             <wp:effectExtent l="0" t="0" r="1905" b="5715"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21392"/>
@@ -1483,924 +1292,751 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E143A9C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:ind w:right="424"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7919441E" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EB0F8B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:r w:rsidRPr="00C843E0">
+        <w:lastRenderedPageBreak/>
         <w:t>Madrasser med både alternerande och statisk behandlingsfunktion. Förebygger och behandlar trycksår till och med sårkategori 4.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59571DBF" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534CF5">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Avståndet mellan madrass och grindens överkant ska vara 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm</w:t>
       </w:r>
       <w:r w:rsidRPr="00534CF5">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid behov av extra grindförhöjningar, finns dessa att hämta i </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> på NÄL och US. </w:t>
+        <w:t xml:space="preserve">Vid behov av extra grindförhöjningar, finns dessa att hämta i sänghall på NÄL och US. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0DBB31" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="0011210D" w:rsidRDefault="009F2C75" w:rsidP="0011210D">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0011210D">
         <w:t>Arbetssätt NÄL för att låna säng med aktiv-/luftmadrass</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD31540" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00863DDE" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:r>
         <w:t xml:space="preserve">I sängbufferten för aktiv/luftmadrass på NÄL finns det ett lager till utlån om de madrasser man har på avdelningen inte räcker till. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE318E9" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="425" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vid behov av säng med aktiv-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">luftmadrass lägger vårdpersonal en beställning i </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>luftmadrass lägger vårdpersonal en beställning i Columna</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423F6242" w14:textId="3A0305B8" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="425" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Transportör</w:t>
       </w:r>
       <w:r w:rsidR="00A5674F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/FFSS</w:t>
       </w:r>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> levererar färdigbäddad utlåningssäng med aktiv-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>luftmadrass och tar med sig ersättningssäng tillbaka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A95FFC" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="425" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid återlämning beställer vårdpersonal transport i </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> och transportör tar med sig en ersättningssäng till avdelningen</w:t>
+        <w:t>Vid återlämning beställer vårdpersonal transport i Columna och transportör tar med sig en ersättningssäng till avdelningen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D41080" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="425" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vid fel på säng eller madrass, se rutin för sängreparation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2289E30E" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:right="425"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ED860C9" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00A5674F" w:rsidRDefault="009F2C75" w:rsidP="00A5674F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A5674F">
         <w:t>Arbetssätt US för att låna säng med aktiv-/luftmadrass</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E05CA8B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00863DDE" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:r>
         <w:t xml:space="preserve">I sängbufferten på Uddevalla sjukhus finns det ett lager av aktiva-/luftmadrasser till utlån om de madrasser man har på avdelningen inte räcker till. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F383A4B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="6F383A4B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="0020242D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="850" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:t>Vid behov av säng med aktiv-luftmadrass kontaktas vaktmästeriet i Uddevalla 010-441 09 52</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB64D7">
         <w:t>. På kväll, helg och natt kontaktas i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB64D7">
         <w:t>stället väktaren 010-</w:t>
       </w:r>
       <w:r w:rsidRPr="00234FA2">
         <w:t>435 66</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB64D7">
         <w:t xml:space="preserve"> 74.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B213C91" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="5B213C91" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="0020242D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="850" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
         <w:t>Personal vid vaktmästeriet levererar obäddad utlåningssäng med aktiv-luftmadrass och tar med sig ersättningssäng tillbaka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251D611E" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="251D611E" w14:textId="2BAE16D4" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="0020242D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00251A9B">
-        <w:t xml:space="preserve">Efter vårdtid slutstädas säng och madrass på avdelningen antingen av vårdpersonal eller av </w:t>
+        <w:t xml:space="preserve">Efter vårdtid slutstädas säng och madrass på avdelningen av </w:t>
+      </w:r>
+      <w:r w:rsidR="006522F3">
+        <w:t xml:space="preserve">servicemedarbetre från </w:t>
       </w:r>
       <w:r>
         <w:t>FFSS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00251A9B">
-[...15 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006522F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73237896" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00251A9B" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
-[...34 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="1D668F52" w14:textId="77777777" w:rsidR="00B104A2" w:rsidRPr="00B104A2" w:rsidRDefault="009F2C75" w:rsidP="0020242D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00251A9B">
+        <w:t>Vid återlämning kontaktas vaktmästeriet i Uddevalla och personal från vaktmästeriet tar med sig en ersättningssäng till avdelningen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AED14A" w14:textId="4C20B257" w:rsidR="009F2C75" w:rsidRPr="00B104A2" w:rsidRDefault="009F2C75" w:rsidP="0020242D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251A9B">
+        <w:t>Vid fel på säng eller madrass, se rutin för sängreparation</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9FC05A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="007131CE" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="007131CE">
+        <w:lastRenderedPageBreak/>
         <w:t>Hyra madrasser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA30693" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:r>
         <w:t xml:space="preserve">Om ni har behov av ytterligare aktiva-/ luftmadrasser och utlåningssängarna med aktiv-/luftmadrass i sängbuffert är slut kan ni lägga en beställning till Care of Sweden för hyra av madrasser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B4012FD" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EF65D7" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF65D7">
-        <w:t xml:space="preserve">Leverans av hyrda enheter som beställs vardag före </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 12 ska kunna levereras följande vardag</w:t>
+        <w:t>Leverans av hyrda enheter som beställs vardag före kl 12 ska kunna levereras följande vardag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242548BB" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EF65D7" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF65D7">
         <w:t>Akutleverans av hyrda enheter ska vara VGR tillhanda inom 4 timmar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4563F916" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EF65D7" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF65D7">
-        <w:t xml:space="preserve">Vid akutleverans, vardagar mellan </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Vid akutleverans, vardagar mellan kl 8-17 tillkommer en kostnad på 300:-</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2757A1F4" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF65D7">
-        <w:t xml:space="preserve">Vid akutleverans övrig tid (ej vardag 8-17) tillkommer en kostnad på 2 </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Vid akutleverans övrig tid (ej vardag 8-17) tillkommer en kostnad på 2 500:-</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="67ECC2C3" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="007131CE" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="007131CE">
         <w:t>Val av madrasser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F8AABB" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>CuroCell</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> A4 CX20 i storlek 80x200 samt 85x200. Denna madrass är 20 cm hög och tar upp till 250 kg.</w:t>
+        <w:t>CuroCell A4 CX20 i storlek 80x200 samt 85x200. Denna madrass är 20 cm hög och tar upp till 250 kg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBA6D06" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="007131CE">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>CuroCell</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> A4 CX15 i storlek 80x200 samt 85x200. Denna madrass är 15 cm hög och tar upp till 220 kg. (NU-sjukvården beställer oftast denna i storlek 85*200)</w:t>
+        <w:t>CuroCell A4 CX15 i storlek 80x200 samt 85x200. Denna madrass är 15 cm hög och tar upp till 220 kg. (NU-sjukvården beställer oftast denna i storlek 85*200)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F555A6" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00050630" w:rsidRDefault="009F2C75" w:rsidP="00050630">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00050630">
         <w:t xml:space="preserve">Beställa och avsluta beställning av hyresmadrasser: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE397C5" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00050630" w:rsidRDefault="009F2C75" w:rsidP="00050630">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00050630">
         <w:t xml:space="preserve">Via marknadsplatsen. Se instruktion på sista sidan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4251F0" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00050630" w:rsidRDefault="009F2C75" w:rsidP="00050630">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00050630">
         <w:t xml:space="preserve">Vid akutleverans kan man även beställa via telefon: 0771-106 600 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674E10D8" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00050630" w:rsidRDefault="009F2C75" w:rsidP="00050630">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00050630">
         <w:t>Inspektion och rengöring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E91233" w14:textId="195A164D" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="38E91233" w14:textId="3ADF8D44" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="1418" w:right="282"/>
       </w:pPr>
       <w:r>
         <w:t>Standard madrass och aktiv-/luftmadrass</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve"> ska inspekteras </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">regelbundet, till exempel i samband med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">regelbundet, till exempel i samband med slutstäd, </w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t>för att upptäcka spill och kroppsvätskor.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Inspektion innebär även att öppna dragkedjan och syna madrassöverdragets insida</w:t>
+        <w:t xml:space="preserve"> Inspektion innebär även att öppna dragkedjan</w:t>
+      </w:r>
+      <w:r w:rsidR="00405F52">
+        <w:t xml:space="preserve"> en bit</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och syna madrassöverdragets insida</w:t>
       </w:r>
       <w:r w:rsidRPr="00781D83">
-        <w:t xml:space="preserve">. På de avdelningar som har </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t>Om skummet i madrassen är kontaminerat ska madrassen kasseras</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
-        <w:t xml:space="preserve">Lägg kasserad madrass i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> på anvisad plats.</w:t>
+        <w:t>Lägg kasserad madrass i sänghall på anvisad plats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="606BFF4C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00781D83" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1418" w:right="282"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vid </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ska m</w:t>
+        <w:t>Vid slutstäd ska m</w:t>
       </w:r>
       <w:r w:rsidRPr="00234FA2">
-        <w:t xml:space="preserve">adrassöverdraget rengöras. Vid stort spill använd rengöringsmedel och vatten avsluta med </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> med tensid</w:t>
+        <w:t>adrassöverdraget rengöras. Vid stort spill använd rengöringsmedel och vatten avsluta med ytdesinfektionsmedel med tensid, vid mindre spill använd ytdesinfektionsmedel med tensid</w:t>
       </w:r>
       <w:r w:rsidRPr="00234FA2">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00234FA2">
-        <w:t xml:space="preserve">Vid kraftig nedsmutsning eller om det finns fläckar som inte går bort ska madrassen läggas i </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Vid kraftig nedsmutsning eller om det finns fläckar som inte går </w:t>
+      </w:r>
       <w:r w:rsidRPr="00234FA2">
-        <w:t>sänghall</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> på anvisad plats för kasserade madrasser. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">bort ska madrassen läggas i sänghall på anvisad plats för kasserade madrasser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2DFF78" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00A547D0" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1418" w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00722CD1">
         <w:t xml:space="preserve">Om madrassöverdraget på en aktiv-/luftmadrass är trasigt och fläckar finns på undersidan </w:t>
       </w:r>
       <w:r w:rsidRPr="0084039E">
         <w:t xml:space="preserve">av </w:t>
       </w:r>
       <w:r w:rsidRPr="00A547D0">
         <w:t>madrassöverdraget ska madrassöverdraget bytas ut och personal från FFSS rengör luftmadrassen invändigt. Vid kraftig nedsmutsning kan sängen skickas till leverantör för rekonditionering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41AE77E9" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00722CD1" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1418" w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00722CD1">
         <w:t xml:space="preserve">Obs! Insidan av </w:t>
       </w:r>
       <w:r>
         <w:t>aktiv/</w:t>
       </w:r>
       <w:r w:rsidRPr="00722CD1">
-        <w:t xml:space="preserve">luftmadrass behöver inte rengöras vid ett vanligt </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> om inte madrassöverdraget är skadat</w:t>
+        <w:t>luftmadrass behöver inte rengöras vid ett vanligt slutstäd om inte madrassöverdraget är skadat</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3AECE6" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00530A11" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1418" w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00722CD1">
         <w:t>Bedöm standardmadrassens tryckavlastande förmåga genom att känna under madrassen när patienten ligger i sängen</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00722CD1">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t>änns ex</w:t>
       </w:r>
       <w:r>
         <w:t>empelvis</w:t>
       </w:r>
       <w:r w:rsidRPr="00530A11">
         <w:t xml:space="preserve"> bakdelen genom madrassen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ska den kasseras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057F74ED" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="0061625F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="425"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05B54BB1" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="0061625F" w:rsidRDefault="009F2C75" w:rsidP="0061625F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0061625F">
         <w:t xml:space="preserve">Instruktion för att beställa och returnera aktiv-/luftmadrass i Marknadsplatsen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15324979" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Starta intranätet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4539727C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Stöd och tjänster – Inköp och beställningar – Visa allt – Marknadsplatsen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E9DC7B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Logga in i Marknadsplatsen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BC47ED" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Välj ”inköp” i den övre blå listen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F2048DB" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Skriv in ”Care of Sweden” i sökfältet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7497D9D7" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00755E36" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00755E36">
         <w:t>Välj ”Hyra av madrasser Care of Sweden” alternativt: ”Retur av hyrmadrasser från Care of Sweden”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008CF69C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Fyll i valen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADD688F" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Klicka på ”Köp”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B00FE08" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Klicka på varukorgen, till höger i den blå listen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501E542B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Välj fortsätt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368FD89A" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64505FE0" wp14:editId="7A7B042A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>655174</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>184099</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="709027" cy="743256"/>
                 <wp:effectExtent l="19050" t="0" r="15240" b="38100"/>
                 <wp:wrapNone/>
@@ -2427,78 +2063,78 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="7F347AEF" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+              <v:shapetype w14:anchorId="0333F6D0" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
                 <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                 <v:handles>
                   <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="Pil: nedåt 2" o:spid="_x0000_s1026" type="#_x0000_t67" style="position:absolute;margin-left:51.6pt;margin-top:14.5pt;width:55.85pt;height:58.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Tx3BXwIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aypFmDOEXQosOA&#10;oC3aDj2rslQbkEWNUuJkXz9KdpygLXYYloNCieQj9fyoxeWuMWyr0NdgCz46yzlTVkJZ29eC/3y6&#10;+fKNMx+ELYUBqwq+V55fLj9/WrRursZQgSkVMgKxft66glchuHmWeVmpRvgzcMqSUwM2ItAWX7MS&#10;RUvojcnGeX6etYClQ5DKezq97px8mfC1VjLcae1VYKbg1FtIK6b1Ja7ZciHmryhcVcu+DfEPXTSi&#10;tlR0gLoWQbAN1u+gmloieNDhTEKTgda1VOkOdJtR/uY2j5VwKt2FyPFuoMn/P1h5u31090g0tM7P&#10;PZnxFjuNTfyn/tgukbUfyFK7wCQdzvKLfDzjTJJrNvk6np5HMrNjskMfvitoWDQKXkJrV4jQJp7E&#10;du1DF3+Io+RjD8kKe6NiG8Y+KM3qkqqOU3aSh7oyyLaCPqyQUtkw6lyVKFV3PM3p1zc1ZKQWE2BE&#10;1rUxA3YPEKX3HrvrtY+PqSqpa0jO/9ZYlzxkpMpgw5Dc1BbwIwBDt+ord/EHkjpqIksvUO7vkSF0&#10;2vZO3tRE+Fr4cC+QxEyypwENd7RoA23Bobc4qwB/f3Qe40lj5OWspeEouP+1Eag4Mz8sqe9iNJnE&#10;aUqbyXQ2pg2eel5OPXbTXAF9phE9BU4mM8YHczA1QvNMc7yKVcklrKTaBZcBD5ur0A0tvQRSrVYp&#10;jCbIibC2j05G8Mhq1NLT7lmg61UXSK63cBgkMX+juy42ZlpYbQLoOonyyGvPN01fEk7/UsTxPt2n&#10;qON7tvwDAAD//wMAUEsDBBQABgAIAAAAIQC5UPQB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9RS8MwFIXfBf9DuIJvLlkcw3VNhwgOhmy4zh+QNXdtsUlKk27pv/f6pI+HczjnO/km2Y5dcQit&#10;dwrmMwEMXeVN62oFX6f3pxdgIWpndOcdKpgwwKa4v8t1ZvzNHfFaxppRiQuZVtDE2Gech6pBq8PM&#10;9+jIu/jB6khyqLkZ9I3KbcelEEtudetoodE9vjVYfZejVXBM2w+Z9rvtPox42k2fh7KdDko9PqTX&#10;NbCIKf6F4Ref0KEgprMfnQmsIy2eJUUVyBV9ooCcL1bAzuQslgJ4kfP/F4ofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHhPHcFfAgAAFwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALlQ9AHfAAAACgEAAA8AAAAAAAAAAAAAAAAAuQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" adj="11297" fillcolor="#006298 [3204]" strokecolor="#00304b [1604]" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Fyll i fälten enligt nedan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477563C3" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C5BBFC2" wp14:editId="46D86319">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>459580</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1715</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5760720" cy="1561465"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
@@ -2528,272 +2164,287 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="1561465"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Klicka på Fortsätt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D81052E" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="005D47E5" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Sök fram leveransadressen genom att klicka på förstoringsglaset</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B0B1A4" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="009F2C75">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005D47E5">
         <w:t>Scrolla ner och välj ”skicka beställning”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:sectPr w:rsidR="009F2C75" w:rsidSect="001D466B">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="067599B1" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E">
+    <w:p w14:paraId="52102A25" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5777EAF6" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E">
+    <w:p w14:paraId="6317BD0E" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2B3F1502" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E">
+    <w:p w14:paraId="0062F181" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -2804,54 +2455,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -2882,107 +2533,107 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C1C152B" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C64E3D7" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-323205493"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="340DC22C" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00EC0A68" w:rsidRDefault="009F2C75" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -2993,54 +2644,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F6A855F" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B25ED7F" wp14:editId="2915053E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="538507878" name="Bildobjekt 538507878">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -3071,76 +2722,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F8E176" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E"/>
+    <w:p w14:paraId="01B1F0E8" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="680D5D79" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E">
+    <w:p w14:paraId="48BB5D60" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="030EE9B0" w14:textId="77777777" w:rsidR="00834A1E" w:rsidRDefault="00834A1E">
+    <w:p w14:paraId="530D1462" w14:textId="77777777" w:rsidR="001012CD" w:rsidRDefault="001012CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -3215,54 +2866,54 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="65D029E3" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3333,146 +2984,66 @@
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A76B8FC" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRPr="00DA65C4" w:rsidRDefault="009F2C75" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59669030" wp14:editId="4EB66C49">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1045394992" name="Textruta 1045394992"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -3547,54 +3118,54 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17A27F7E" w14:textId="77777777" w:rsidR="009F2C75" w:rsidRDefault="009F2C75" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4765071C" wp14:editId="09CE87CE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="981677093" name="Textruta 981677093"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3757,51 +3328,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4712,51 +4283,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="9F0C4066"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5192,55 +4763,55 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDF0BC38"/>
+    <w:tmpl w:val="02AA8C9A"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6105,51 +5676,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E19A91DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6861,63 +6432,71 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="946816951">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1021854710">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="902719785">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="263271155">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="244607182">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1339190166">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="349793046">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2007172616">
     <w:abstractNumId w:val="24"/>
   </w:num>
+  <w:num w:numId="29" w16cid:durableId="1533809683">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1161429010">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1218784716">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="465392142">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -6940,99 +6519,107 @@
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00050630"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00083738"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B66E2"/>
     <w:rsid w:val="000B767B"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C42A8"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000E7EDE"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00100F65"/>
+    <w:rsid w:val="001012CD"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="0011210D"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00135855"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00165367"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00193F4B"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="00196D13"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A5EFA"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C008A"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D466B"/>
     <w:rsid w:val="001D5F2A"/>
     <w:rsid w:val="001F7518"/>
+    <w:rsid w:val="0020242D"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00215AF8"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00237B31"/>
+    <w:rsid w:val="00245AB8"/>
     <w:rsid w:val="00246D6F"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00255AA3"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="002575EA"/>
+    <w:rsid w:val="00260AD9"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002719A1"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00294A01"/>
     <w:rsid w:val="002A58BD"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B2A3B"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
@@ -7053,479 +6640,508 @@
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="00364826"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00391717"/>
     <w:rsid w:val="00395F57"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A09FC"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A27E2"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C1A1F"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F6175"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00405F52"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00442925"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00443DA9"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00455D5A"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="004819E8"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00495D69"/>
     <w:rsid w:val="004A2A7A"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A7D8C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C09E3"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E29F0"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F5435"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00512800"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="0057759F"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0058517E"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C00BF"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E15FF"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="0061625F"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006522F3"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00676E37"/>
     <w:rsid w:val="0068642C"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
+    <w:rsid w:val="006B07DF"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C41A1"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00707251"/>
     <w:rsid w:val="0071078F"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007131CE"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00762EF9"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00792F95"/>
     <w:rsid w:val="00795DB1"/>
     <w:rsid w:val="00796740"/>
     <w:rsid w:val="007973E2"/>
     <w:rsid w:val="007A45F1"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A7411"/>
     <w:rsid w:val="007B5413"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F2155"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="008137B6"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00834A1E"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00884DC2"/>
     <w:rsid w:val="00892258"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0128"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C10EE"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7E9D"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="008F5ABB"/>
     <w:rsid w:val="00900634"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="009238D6"/>
+    <w:rsid w:val="00925F23"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="0094277F"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B2E4C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C7AF8"/>
     <w:rsid w:val="009D27BC"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E131D"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F2C75"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A13A53"/>
     <w:rsid w:val="00A25303"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A455F2"/>
+    <w:rsid w:val="00A466D6"/>
     <w:rsid w:val="00A504D0"/>
     <w:rsid w:val="00A51042"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54443"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A560E3"/>
     <w:rsid w:val="00A5674F"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A85030"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE42E9"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE67AF"/>
     <w:rsid w:val="00AF515C"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B003CC"/>
     <w:rsid w:val="00B01F4A"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B104A2"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B20947"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B621E8"/>
+    <w:rsid w:val="00B65932"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B92358"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB1664"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD0798"/>
     <w:rsid w:val="00BD14EC"/>
     <w:rsid w:val="00BE4D0B"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF2721"/>
     <w:rsid w:val="00C002FB"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C316C3"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C4311C"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C56F01"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C76DC0"/>
     <w:rsid w:val="00C843E0"/>
     <w:rsid w:val="00C85AC3"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C90564"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C9298D"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB1714"/>
     <w:rsid w:val="00CB17FF"/>
+    <w:rsid w:val="00CB1A46"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD5123"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE76D9"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D024EE"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20C7E"/>
     <w:rsid w:val="00D30D35"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D433C9"/>
     <w:rsid w:val="00D46D32"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D55E13"/>
     <w:rsid w:val="00D80CB3"/>
     <w:rsid w:val="00D84B93"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB0E8D"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD564A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E0616E"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E27EBE"/>
     <w:rsid w:val="00E30402"/>
     <w:rsid w:val="00E33CBB"/>
     <w:rsid w:val="00E44D36"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E57F02"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E760B0"/>
     <w:rsid w:val="00E76841"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E8057E"/>
     <w:rsid w:val="00E857A9"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E94019"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA2A40"/>
     <w:rsid w:val="00EA2B3E"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB44A2"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F57B11"/>
     <w:rsid w:val="00F8114D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA6845"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE01A3"/>
     <w:rsid w:val="00FE0E28"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7247"/>
     <w:rsid w:val="00FF7AB1"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="00FF7DB5"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="034535A1"/>
     <w:rsid w:val="038B4132"/>
     <w:rsid w:val="04E10602"/>
     <w:rsid w:val="1786BD20"/>
     <w:rsid w:val="346A291B"/>
     <w:rsid w:val="3BD7C919"/>
     <w:rsid w:val="53688A7F"/>
     <w:rsid w:val="5A2B540B"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{0BBAF882-C507-44C1-91F2-2066E09C4088}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7558,51 +7174,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7671,51 +7287,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -7863,206 +7479,234 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003F6175"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8140,607 +7784,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="32"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="003F6175"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8771,81 +8414,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8884,53 +8527,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9004,53 +8647,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9124,53 +8767,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9220,53 +8863,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9316,53 +8959,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9398,53 +9041,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -9493,51 +9136,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9581,51 +9224,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9702,77 +9345,76 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="31"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -9816,184 +9458,254 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="003F6175"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa1">
     <w:name w:val="Pa1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D30D35"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="221" w:lineRule="atLeast"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A2">
     <w:name w:val="A2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D30D35"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00884DC2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C008A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="003F6175"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="003F6175"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003F6175"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="003F6175"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F6175"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10034,67 +9746,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -10379,59 +10087,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7175</Characters>
+  <Pages>6</Pages>
+  <Words>1190</Words>
+  <Characters>6312</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>16</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8417</CharactersWithSpaces>
+  <CharactersWithSpaces>7488</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Madrasser som tryckfördelar och tryckavlastar</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Starlander</lastModifiedBy>
-  <revision>76</revision>
+  <revision>110</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>