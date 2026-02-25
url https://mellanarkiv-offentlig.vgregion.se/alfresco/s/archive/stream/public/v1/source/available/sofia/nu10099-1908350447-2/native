--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1120A6F9" w14:textId="77777777" w:rsidR="0017363C" w:rsidRDefault="0017363C" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="0017363C" w:rsidSect="0017363C">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="2CB2620B" w14:textId="77777777" w:rsidR="0017363C" w:rsidRPr="0017363C" w:rsidRDefault="0017363C" w:rsidP="0017363C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -59,824 +58,1392 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
       <w:tr w:rsidR="0017363C" w:rsidRPr="0017363C" w14:paraId="7DC84304" w14:textId="77777777" w:rsidTr="00FD6CCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="526813B1" w14:textId="4FEBEC2D" w:rsidR="0017363C" w:rsidRPr="0017363C" w:rsidRDefault="0017363C" w:rsidP="00F1189F">
+          <w:p w14:paraId="526813B1" w14:textId="4FEBEC2D" w:rsidR="0017363C" w:rsidRPr="0059531B" w:rsidRDefault="0017363C" w:rsidP="00F1189F">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017363C">
+            <w:r w:rsidRPr="0059531B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
               <w:t>Central sänghantering N</w:t>
             </w:r>
-            <w:r w:rsidR="00F1189F">
+            <w:r w:rsidR="00F1189F" w:rsidRPr="0059531B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
               <w:t>U-sjukvården</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06BFE8DE" w14:textId="77777777" w:rsidR="0017363C" w:rsidRPr="0017363C" w:rsidRDefault="0017363C" w:rsidP="0017363C">
+    <w:p w14:paraId="06BFE8DE" w14:textId="77777777" w:rsidR="0017363C" w:rsidRDefault="0017363C" w:rsidP="0835E442">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:bCs/>
-          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440349"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00357DB2">
+    <w:p w14:paraId="2C21C75E" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:r w:rsidR="00357DB2">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00591D08">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Rutinen för central sänghantering NU-sjukvården har uppdaterats för att beskriva nya arbetssätt i samband med införandet av automatisk sängtvätt NÄL och justerad standardbäddning för NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE6A854" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00357DB2" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="24799EDD" w14:textId="77777777" w:rsidR="0059531B" w:rsidRPr="0059531B" w:rsidRDefault="0059531B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26EA26E9" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00357DB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D48889" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="0017363C" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+    <w:p w14:paraId="7FE3703D" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0017363C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inga onödiga sängbyten ska genomföras. Patienten ska ha samma säng under hela vårdtillfället vilket minimerar risker för patienten, ex trycksår, förflyttningsskador, fall, smärta mm). För personalen minskar risk för lyftskador. Behovet av sängtvätt minskar vilket leder till effektivare resursanvändning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1886F0CC" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="0017363C" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="5355CBD2" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0017363C" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD093DC" w14:textId="27946947" w:rsidR="00F1189F" w:rsidRPr="009302FA" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+    <w:p w14:paraId="1D791447" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0017363C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">NU-sjukvården, inte avdelningarna äger sängarna. Det innebär att sängen vid förflyttning lämnas över till annan verksamhet och följer patienten under vårdtillfället. </w:t>
+        <w:t xml:space="preserve">NU-sjukvården, inte avdelningarna äger sängarna. Det innebär att sängen vid förflyttning lämnas över till annan enhet och följer patienten under vårdtillfället. Inom NU-sjukvården är sängarna standardutrustade. Det innebär att de ska vara utrustade med </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">akan, kudde med örngott och vikt påslakan vid fotändan. </w:t>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lyftbåge, droppställning och grindar. Den beslutade standardbäddning för NÄL är: Lakan, kudde med örngott och vikt funktionstäcke vid fotändan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3359B97A" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00F1189F">
+    <w:p w14:paraId="490BAB3A" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="142D4973" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="007E6E1B" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="5FB4BC31" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A481C3" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4912E723" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753A069F" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E1D0AF4" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B3A22F5" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E6E1B">
-        <w:rPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reservsängar i NU-sjukvården</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2867893C" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00591D08" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
-      <w:r w:rsidRPr="00591D08">
+    <w:p w14:paraId="105BF590" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Med reservsängar avses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27088F13" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00357DB2" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="32E83FA6" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00357DB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Ersättningssäng som behövs vid reparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E65A24C" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00357DB2" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="12DE8ED6" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00357DB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Extra behov av sängar vid överbeläggningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1BEE15" w14:textId="12D03A5C" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="7F1A5ED0" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00357DB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Ersättningssängar vid extra ordinära händelser/katastrofer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73897F0E" w14:textId="26F4AC9B" w:rsidR="00F1189F" w:rsidRPr="00591D08" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
-[...2 lines deleted...]
-        <w:t>På NÄL ska det finnas en buffert på ca 100 reservsängar och på Uddevalla sjukhus en buffert på ca 15 sängar</w:t>
+    <w:p w14:paraId="31B43ECF" w14:textId="71E6EC97" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På NÄL ska det finnas en buffert på cirka 100 reservsängar och på Uddevalla sjukhus en buffert på cirka 15 reservsängar. Denna buffert används i det dagliga flödet för att säkerställa tillgång till sängar vid tillfällen då </w:t>
       </w:r>
-      <w:r w:rsidR="00357DB2">
-        <w:t>.</w:t>
+      <w:r w:rsidR="008642BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">behov av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reservsängar är extra stor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28385240" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="0017363C" w:rsidRDefault="00F1189F" w:rsidP="00357DB2">
+    <w:p w14:paraId="6ADA5EBE" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0017363C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Arbetssätt på akuten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B820B8" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="56718D2B" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Om ambulanspersonal eller personal på akuten identifierar behov av säng till patienten, exempelvis äldre sköra med nedsatt aktivitetsförmåga eller nedsatt allmäntillstånd ska dessa patienter läggas direkt i säng. Det finns även sängar med aktiva-/luftmadrasser att användas till extra sköra patienter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D93B7A" w14:textId="77777777" w:rsidR="00993970" w:rsidRPr="00993970" w:rsidRDefault="00993970" w:rsidP="00993970">
+    <w:p w14:paraId="5D41850F" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="425"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CBE08D" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="359A7381" w14:textId="081E8E44" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="425"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Vid behov av reservsäng beställer vårdpersonalen på akuten en sängtransport via Columna. Denna beställning läggs som prio</w:t>
+      </w:r>
+      <w:r w:rsidR="008642BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>ritet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 och vid behov av snabbare leverans kan vårdpersonal hämta en ren säng i akutens sängbuffert. (kulvertplan hiss K) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014DFAA7" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27958387" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="425"/>
         <w:contextualSpacing/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">till aktuell avdelning. I de fall patienten inte har säng enligt punkt 1 transporteras patienten på brits/rullstol till inskrivande avdelning. </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid inskrivning till slutenvården beställer vårdpersonalen på akuten en patienttransport till avdelningen. I de fall patienten inte har säng enligt punkt 1 transporteras patienten på brits/rullstol. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD1CBFA" w14:textId="77777777" w:rsidR="00993970" w:rsidRPr="00993970" w:rsidRDefault="00993970" w:rsidP="00993970">
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+    <w:p w14:paraId="2DE3A7FD" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="425"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D72536B" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="11B06101" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="425"/>
         <w:contextualSpacing/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:t>tar med smutsig brits tillbaka till akuten där den rengörs av vårdpersonal på akuten. I de fall de transporterar upp patient i säng och får ren säng tillbaka ställs sängen antigen på akuten eller i sängbuffert beroende på behov.</w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>I de fall patienttransport transporterar upp patient i säng tas ren säng tillbaka och ställs antigen på akuten eller i sängbuffert beroende på behov. Om patienten har transporterats upp på brits tar transportör från FFSS med smutsig brits tillbaka till akuten där den rengörs av personal på akuten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F713AC" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00993970" w:rsidRDefault="00F1189F" w:rsidP="00993970">
-[...9 lines deleted...]
-    <w:p w14:paraId="52BAAB96" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00847D14" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="36861527" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Arbetssätt på vårdavdelningar</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Arbetssätt på somatiska vårdavdelningar NÄL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E558E3B" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
-      <w:pPr>
+    <w:p w14:paraId="50E65AB0" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:right="424"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När en patient anländer i säng från annan vårdavdelning tas ren säng med tillbaka till avsändande vårdavdelning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BE7EFF" w14:textId="77777777" w:rsidR="00993970" w:rsidRPr="00993970" w:rsidRDefault="00993970" w:rsidP="00993970">
-      <w:pPr>
+    <w:p w14:paraId="3031E81B" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:right="424"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A2294E" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patient skrivs ut från somatisk vårdavdelning NÄL bokar personal från vårdavdelning slutstäd. Under servicefönstret: 9:00-17:00 måndag till söndag, slutstädas kringytor på vårdavdelning av FFSS och transportör från FFSS tar med smutsig säng till sängtvätt och ren säng levereras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3917527A" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC3F48D" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Utanför servicefönstret 17:00-9:00 måndag till söndag utförs slutstäd på kringytor på vårdplatsen av personal på vårdavdelning. Ren säng levereras av transportör från FFSS och smutsig säng tas med ner till sängtvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E89A415" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116891D3" w14:textId="46C58716" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Vid behov av reservsäng beställer vårdpersonalen på avdelningen en sängtransport via Columna. Denna beställning läggs som prio</w:t>
+      </w:r>
+      <w:r w:rsidR="00047FF0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>ritet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 och vid behov av snabbare leverans kan vårdpersonal hämta en ren säng i akutens sängbuffert. (kulvertplan hiss K)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AEF71C" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4AD480" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obs! Den som ansvarar för slutstäd ska även dra upp dragkedjan en bit på madrassen och undersöka om skummet har fläckar. Då ska madrassen kasseras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C6F88F" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="007D50C8" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433A596B" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetssätt på somatiska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vårdavdelningar Uddevalla sjukhus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3085450C" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="357"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B6BBC6" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När en patient anländer i säng från annan vårdavdelning tas ren säng med tillbaka till avsändande vårdavdelning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144E4950" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="133E4720" w14:textId="6A11B329" w:rsidR="00F1189F" w:rsidRPr="00591D08" w:rsidRDefault="00F1189F" w:rsidP="00993970">
-      <w:pPr>
+    <w:p w14:paraId="1A5F4640" w14:textId="6C5CD823" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:right="424"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">När patient </w:t>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>När patient skrivs ut från somatisk vårdavdelning US bokar personal från vårdavdelning slutstäd. Under servicefönstret: 9:00-17:00 måndag till söndag slutstädas kringytor och säng på vårdavdelning av FFSS</w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">. Slutstäd utförs av medarbetare från FFSS på de avdelningar som har uppgiftväxlat och på övriga avdelningar utförs slutstädet av medarbetare på vårdavdelningen. </w:t>
+      <w:r w:rsidR="00DC2053">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573B5A5C" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="0017363C" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="5416C3F7" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0868B5D9" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utanför servicefönstret 17:00-9:00 måndag till söndag, utförs slutstäd på kringytor och säng på vårdplatsen av personal på vårdavdelning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3414F483" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F525A6" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obs! Den som ansvarar för slutstäd ska även dra upp dragkedjan en bit på madrassen och undersöka om skummet har fläckar. Då ska madrassen kasseras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B225E6" w14:textId="77777777" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B065D0E" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="0017363C" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="6A34D73A" w14:textId="77777777" w:rsidR="00DC2053" w:rsidRDefault="00DC2053" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="747744A6" w14:textId="77777777" w:rsidR="00DC2053" w:rsidRDefault="00DC2053" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C77EBC" w14:textId="77777777" w:rsidR="00DC2053" w:rsidRDefault="00DC2053" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494B2C71" w14:textId="77777777" w:rsidR="00DC2053" w:rsidRDefault="00DC2053" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42CFF25E" w14:textId="77777777" w:rsidR="00DC2053" w:rsidRPr="0059531B" w:rsidRDefault="00DC2053" w:rsidP="006E692B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A64C52B" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="424"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0017363C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Arbetssätt på psykiatriska vårdavdelningar NÄL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ECC994" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="00AF7815" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64FE0D21" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patient skrivs ut från psykiatrisk vårdavdelning NÄL hanteras slutstäd av medarbetare på vårdavdelningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014A8714" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="232CC6CF" w14:textId="69BEFE2A" w:rsidR="006E692B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Vid behov av reservsäng beställer vårdpersonalen på avdelningen en sängtransport via Columna. Denna beställning läggs som prio</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD001A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>ritet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 och vid behov av snabbare leverans kan vårdpersonal hämta en ren psykiatrisäng i sprinklerkulvert. (Mellan hiss A och hiss B, följ skylt </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD001A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>arn och ungdomsklinik)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E719C4" w14:textId="77777777" w:rsidR="00DD001A" w:rsidRPr="0059531B" w:rsidRDefault="00DD001A" w:rsidP="00DD001A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07D3C40D" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Aktiva-/luftmadrasser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2CAF8F" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00993970">
+    <w:p w14:paraId="6214E553" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:ind w:right="424"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">till avsändande enhet. På Uddevalla utförs detta av medarbetare på vårdavdelning. Har mottagande avdelning inte en ersättningssäng med aktiv-/luftmadrass att skicka tillbaks beställer i stället avsändande avdelning en ersättningssäng med aktiv-/luftmadrass från förrådet: På NÄL görs beställningen i Columna och på Uddevalla sjukhus kontaktas vaktmästeriet på dagtid 010-441 09 52. På kväll, helg och natt kontaktas väktare: 010-435 66 74  </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid behov av reservsäng med aktiv-/luftmadrass beställer vårdpersonalen på NÄL detta dygnet runt i Columna. På Uddevalla sjukhus kontaktas vaktmästeriet på dagtid 010-441 09 52. På kväll, helg och natt kontaktas väktare: 010-435 66 74 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1122D300" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00954A29" w:rsidRDefault="00F1189F" w:rsidP="00993970">
-[...5 lines deleted...]
-        <w:t>Ren sängbuffert</w:t>
+    <w:p w14:paraId="56AE84FE" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Även sängar med aktiva-/luftmadrasser ska följa patient. När en patient anländer till en vårdavdelning i säng med aktiv-/luftmadrass och den mottagande avdelningen har en reservsäng med aktiv-/luftmadrass tas den på NÄL med av transportör/FFSS till avsändande enhet. På Uddevalla utförs detta av personal på vårdavdelning. Har mottagande avdelning inte en reservsäng med aktiv-/luftmadrass att skicka tillbaka beställer istället avsändande avdelning en reservsäng med aktiv-/luftmadrass från förrådet: På NÄL görs beställningen dygnet runt i Columna och på Uddevalla sjukhus kontaktas vaktmästeriet på dagtid 010-441 09 52. På kväll, helg och natt kontaktas väktare: 010-435 66 74  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00055DC7" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00954A29" w:rsidRDefault="00F1189F" w:rsidP="00993970">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> avdelningar som inte har uppgiftsväxlat kan medarbetare från vårdavdelningen hämta smutsig säng i sänghall och själva rengöra innan användning. De kan även lägga en beställning i Columna och i mån av tid kan transportör/FFSS leverera smutsig säng från sänghall som medarbetare från vårdavdelning själva rengör innan användning.</w:t>
+    <w:p w14:paraId="0030F2B9" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Automatisk sängtvätt och ren sängbuffert NÄL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EB464D" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="00954A29" w:rsidRDefault="00F1189F" w:rsidP="00F1189F">
-[...10 lines deleted...]
-        <w:t>Återlämnande av extra säng</w:t>
+    <w:p w14:paraId="70DC4CA4" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På NÄL finns en automatisk sängtvätt. En kontrollerad tvättprocess med hög temperatur säkerställer ett rent resultat och är viktigt ur ett vårdhygienperspektiv. Den automatiska sängtvätten bidrar också till förbättrad arbetsmiljö då tungt repetitivt arbete med att manuellt städa sängarna undviks. En automatisk sängtvätt är också ett viktigt steg för att möta framtida resursbehov inom vården. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A326C4" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="000F35DE" w:rsidRDefault="00F1189F" w:rsidP="000F35DE">
-[...4 lines deleted...]
-        <w:t>Sängar som har använts vid överbeläggning och ej längre behövs på avdelningen ska på NÄL återlämnas av vårdpersonal till reparationsrum mellan hiss B och hiss C i kulvertplan</w:t>
+    <w:p w14:paraId="7D89704F" w14:textId="526F61FE" w:rsidR="006E692B" w:rsidRPr="004D7A25" w:rsidRDefault="006E692B" w:rsidP="004D7A25">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Psykiatrin omfattas i nuläget inte av automatisk sängtvätt eller slutstäd via FFSS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E130E9B" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="000F35DE" w:rsidRDefault="00F1189F" w:rsidP="000F35DE">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Reparatör gör funktionskontroll och registrerar i Faciliate. </w:t>
+    <w:p w14:paraId="1CA69105" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Återlämnande av reservsäng NÄL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C24559B" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRPr="000F35DE" w:rsidRDefault="00F1189F" w:rsidP="000F35DE">
+    <w:p w14:paraId="3D162C48" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Reparatör ställer kontrollerad säng i sänghall. </w:t>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1061"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sängar som har använts vid exempelvis överbeläggning och ej längre behövs på avdelningen ska vårdpersonal beställa slutstäd via Columna. Ange i fritext: ingen ren säng behövs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F4FA8B" w14:textId="1CF626BB" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00F1189F">
+    <w:p w14:paraId="16AD9A3B" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="00604DC8" w:rsidRDefault="006E692B" w:rsidP="006E692B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">extra säng till reparationsrum. </w:t>
+        <w:ind w:left="1418"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D027545" w14:textId="77777777" w:rsidR="006E692B" w:rsidRPr="0059531B" w:rsidRDefault="006E692B" w:rsidP="006E692B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Återlämnande av reservsäng US</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="793C7B3D" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00F1189F">
+    <w:p w14:paraId="1BAF38C6" w14:textId="1D240686" w:rsidR="006E692B" w:rsidRPr="004D7A25" w:rsidRDefault="006E692B" w:rsidP="004D7A25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">På Uddevalla sjukhus är det vaktmästeriet/ eller väktarna som transporterar </w:t>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>På Uddevalla sjukhus är det intern logistik (dagtid) eller väktarna (kvällar och helger) som transporterar reservsäng tillbak</w:t>
       </w:r>
-      <w:r w:rsidR="00742FD5">
-        <w:t xml:space="preserve">återlämnad </w:t>
+      <w:r w:rsidR="00F02B4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">extra säng tillbaks till sänghall. </w:t>
+      <w:r w:rsidRPr="0059531B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till sänghall. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EF4D99" w14:textId="77777777" w:rsidR="00F1189F" w:rsidRDefault="00F1189F" w:rsidP="00F1189F">
-[...91 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="0017363C">
+    <w:sectPr w:rsidR="006E692B" w:rsidRPr="004D7A25" w:rsidSect="0017363C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -905,51 +1472,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -983,73 +1550,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1127,52 +1694,52 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="5F8447CC" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
@@ -1245,155 +1812,75 @@
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="xSomKKan4fylHM" int2:id="9dVog8M7">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1624,50 +2111,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="068418E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8688AAF8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1736,51 +2309,137 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D8735F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67C4237A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -1849,51 +2508,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1962,51 +2621,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2076,51 +2735,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2189,51 +2848,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2329,51 +2988,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2443,51 +3102,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D0A5811"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8422765E"/>
     <w:lvl w:ilvl="0" w:tplc="683060CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="43BAC9CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2556,51 +3215,51 @@
     <w:lvl w:ilvl="7" w:tplc="E18C6B86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7AD8140E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2669,51 +3328,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2810,51 +3469,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47AE2E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B97652AE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2923,51 +3582,140 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D0C0041"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6400D99A"/>
+    <w:lvl w:ilvl="0" w:tplc="A20C2CA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1636" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2356" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3076" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3796" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4516" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5236" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5956" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6676" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7396" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3036,51 +3784,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3150,51 +3898,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3263,51 +4011,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3376,51 +4124,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78617A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9648D2A0"/>
     <w:lvl w:ilvl="0" w:tplc="08702CE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8D884688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="555C4692" w:tentative="1">
@@ -3465,51 +4213,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9524127A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5282A980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3578,51 +4326,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3692,169 +4440,180 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1465469410">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1391730159">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="221454035">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="955526624">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="399713517">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="910772171">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1047488138">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1390419446">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="658584374">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2005082144">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="699206699">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1663315884">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1012226951">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1986620401">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1285113784">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="71122414">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="668757656">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1254970892">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1229609374">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="363483250">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2052025579">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="86001129">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1957789454">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1637684668">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1663315884">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="25" w16cid:durableId="2100909180">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00047FF0"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F35DE"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
@@ -3943,141 +4702,145 @@
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F4FBF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004D7A25"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00532375"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="0059531B"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E692B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00742FD5"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008642BB"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
@@ -4113,150 +4876,156 @@
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
+    <w:rsid w:val="00B612AF"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D37971"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC2053"/>
+    <w:rsid w:val="00DD001A"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F02B4A"/>
     <w:rsid w:val="00F1189F"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="0165A214"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="02A9A280"/>
+    <w:rsid w:val="0835E442"/>
     <w:rsid w:val="095E89F5"/>
     <w:rsid w:val="0D168BB2"/>
     <w:rsid w:val="0E84897F"/>
     <w:rsid w:val="1217B8DC"/>
     <w:rsid w:val="17F2F4E8"/>
     <w:rsid w:val="19AB3EA5"/>
     <w:rsid w:val="1A09A264"/>
     <w:rsid w:val="1BE26257"/>
     <w:rsid w:val="1D1D2BC7"/>
     <w:rsid w:val="228D9A21"/>
     <w:rsid w:val="22DA7D9B"/>
     <w:rsid w:val="26541FF4"/>
     <w:rsid w:val="2ABED07D"/>
     <w:rsid w:val="2BF1EC59"/>
     <w:rsid w:val="2EA2F9D8"/>
     <w:rsid w:val="2ED10481"/>
     <w:rsid w:val="2FB6C744"/>
     <w:rsid w:val="2FCCBCD1"/>
     <w:rsid w:val="32D44D72"/>
     <w:rsid w:val="33CE95FA"/>
     <w:rsid w:val="3584B162"/>
     <w:rsid w:val="36555425"/>
     <w:rsid w:val="38BF1921"/>
     <w:rsid w:val="40DAB13C"/>
     <w:rsid w:val="45A092CC"/>
@@ -4277,70 +5046,70 @@
     <w:rsid w:val="6A8E6A1D"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="72ACA712"/>
     <w:rsid w:val="78D4C698"/>
     <w:rsid w:val="7B2ED76C"/>
     <w:rsid w:val="7CC61CDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6710,51 +7479,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6782,59 +7551,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10099-1908350447-3/surrogate/Madrasser%20som%20tryckf%c3%b6rdelar%20och%20tryckavlastar.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10099-1908350447-3/surrogate/Madrasser%20som%20tryckf%c3%b6rdelar%20och%20tryckavlastar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -7121,57 +7886,57 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4660</Characters>
+  <Pages>5</Pages>
+  <Words>923</Words>
+  <Characters>5634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5304</CharactersWithSpaces>
+  <CharactersWithSpaces>6544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Central sänghantering NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Starlander</lastModifiedBy>
-  <revision>14</revision>
+  <revision>23</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>