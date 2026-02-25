--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -11,6749 +11,8025 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FD0EAE6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="6F2C8B46" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk182811956"/>
       <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="002A75B1">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Arbetsbeskrivning </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">och arbetstider </w:t>
       </w:r>
       <w:r w:rsidRPr="002A75B1">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>läkare, ortopedkliniken, NU-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD03CC4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="1AE7FF7B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="002A75B1">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>sjukvården</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB8026B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="5140DFAF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Revidering i denna version.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D41AD31" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:t>Namnbyte har skett på Avdelningsöverläkare (AÖL) till Dagbakjour (DB-jour). Arbetstider för D2 är uppdaterade</w:t>
+    <w:p w14:paraId="40D219C9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00265CBE" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="140"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00265CBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NMfr</w:t>
       </w:r>
-      <w:r w:rsidRPr="053C2737">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NMgaf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, NMs, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Artro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00265CBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – har lagts till</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> UK och NK:s har ändrats i dokumentet anseende måltidsuppehåll.</w:t>
+        <w:t xml:space="preserve">, PAL har tagits bort, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008862CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rond</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-hjälp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DB-jour, AOP, NK, D1, D2, P-jour, B-jour - text har justerats. Arbetstider har justerats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9E2757" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00D06A6D" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4"/>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="57340C5C" w14:textId="6011C75C" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc83200214"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc1516471325"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc2030598262"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc222134274"/>
+      <w:r>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="02CB052F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:ind w:right="282"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0024B">
+        <w:t xml:space="preserve">Att tydliggöra arbetsuppgifter </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">och arbetstider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0024B">
+        <w:t>som läkare på ortoped</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0024B">
+        <w:t>kliniken förväntas utföra med koppling till olika schemafunktioner.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00290669">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419294CC" w14:textId="19048A68" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="TOCHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Innehåll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4223964B" w14:textId="138BD173" w:rsidR="004F7C3F" w:rsidRDefault="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>TOC \o "1-2" \z \u \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc222134274" w:history="1">
+        <w:r w:rsidR="004F7C3F" w:rsidRPr="00291906">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Syfte</w:t>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222134274 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="004F7C3F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A4995AF" w14:textId="68E60B60" w:rsidR="004F7C3F" w:rsidRDefault="004F7C3F">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222134275" w:history="1">
+        <w:r w:rsidRPr="00291906">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Arbetsbeskrivningar</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222134275 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="24003DA2" w14:textId="6B2AB9AE" w:rsidR="004F7C3F" w:rsidRDefault="004F7C3F">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222134276" w:history="1">
+        <w:r w:rsidRPr="00291906">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Arbetstider</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222134276 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="75B797D7" w14:textId="38492846" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="6877783B">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F491C14" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C6E03D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32956E1C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="006919B0" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="2" w:name="_Toc313680226" w:displacedByCustomXml="next"/>
-[...216 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="29ADFBDE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:sectPr w:rsidR="00DA31F4" w:rsidSect="00DA31F4">
+        <w:sectPr w:rsidR="002C2175" w:rsidSect="002C2175">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2617768E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Toc83200214"/>
+    <w:p w14:paraId="12A4495F" w14:textId="4D0FF534" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc108315948"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222134275"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Sammanfattning</w:t>
+        <w:t>Arbetsbeskrivningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="6D2BE619" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="439F6D32" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="282"/>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:ind w:right="282"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Arbetsrollen som är schemalagd </w:t>
       </w:r>
       <w:r w:rsidRPr="0018435A">
         <w:t xml:space="preserve">får </w:t>
       </w:r>
       <w:r w:rsidRPr="00770E33">
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="0018435A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ändras innan diskussion med läkarchef alternativt schemaansvarig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234EC36A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...45 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9227" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1413"/>
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="2552"/>
         <w:gridCol w:w="4979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00126678" w14:paraId="1942D306" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00126678" w14:paraId="225D1DE0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7AD82F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00126678" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="562CED08" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00126678" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126678">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Förkortning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w14:paraId="02C43641" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00126678" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="148E2BE4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00126678" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126678">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Innebörd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w14:paraId="3C62116A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00126678" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2D369775" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00126678" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126678">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsuppgifter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="3A1F5BBE" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="25B4E1C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="33A64A8C" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="694FE0F5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>UM/NM</w:t>
-            </w:r>
+              <w:t>UM/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3875F4E4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20409929" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D86ADA3" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="69407490" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Uddevalla mottagning/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NÄL mottagning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02BFF25A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="68C49AC4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C119A6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="597244F7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4301BC90" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="0FCCA9ED" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Nybesök 30 min/patient (</w:t>
-[...20 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Nybesök 30 min/patient (ryggpatienter 40 min)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399F95AE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Återbesök 20 min/patient (i vissa fall 30 min)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D056556" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="3A3E10F9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...9 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ST-läkare </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30 min/patient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Nybesök + återbesök)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1DF559" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arbetspass på mottagningen får </w:t>
-[...24 lines deleted...]
-              <w:ind w:left="171" w:right="140"/>
+              <w:t>I förekommande fall kan remissbedömare begära dubbel-tid (40 min) för patienter som bedöms kräva mer tid på mottagningen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A5A4FD1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00671C70" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-19" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="4FEC22CB" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="297B33A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="600F68D4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2745D1B4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A3580EE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3C8AB464" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01A0043B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="30373D8A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72CEEFC5" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5240AF79" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D15C72" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="169894B8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Avdelningsläkare </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05D43472" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...45 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="768E0F90" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A962CA1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="42F7F469" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D68259B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Avdelningsunderläkare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F776D65" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03AC9D7A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3ACAB8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1022065F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Specialistläkare/ST-läkare med huvudansvar för det medicinska och dagliga omhändertagandet av patienter på vårdavdelning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>52-55</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> måndag till fredag.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="707FD174" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="045B3512" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72933C75" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="3A0F9CC0" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Ansvarar för smidig och fungerade utskrivningsprocess på avdelning 52/55.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t xml:space="preserve">Ansvarar för smidig och fungerade utskrivningsprocess på avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03FD47D9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Närvara på ortopedklinikens röntgenrond 07:45 och efterföljande avrapportering.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A6C7477" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="26B9F7FF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ronda på avdelning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>52-55</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> som inleds med kort rehabteamrond.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DBCDEFB" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="476BB2E6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>På eftermiddagar måndag – torsdag rond/avstämning med sjuksköterska.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C336A6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="09BB036A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Inskrivning/mediciner för patienter som övertas från andra kliniker eller sjukhus.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="291454A0" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="667EB586" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Läkemedelsgenomgång av alla inneliggande patienter ska dokumenteras i journal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BFF3B32" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="2606C27A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kontroll om patienten är operabel (hudstatus och sidomarkera inför operation).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="598EA210" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="6C5F9244" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="2CB1401B" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="4568D54D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="30FF9D90" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7678D4A5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Hlk182811800"/>
+            <w:bookmarkStart w:id="8" w:name="_Hlk182811800"/>
             <w:r w:rsidRPr="00D62A08">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">DB-jour </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="594C72A8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1482B561" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dagbakjour</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64D76C99" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="75751264" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetstid: Arbetstid (m)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="376E140E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="274F8376" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15043B33" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="30730688" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Övergripande ansvarig för inneliggande ortopedpatienter NÄL måndag till fredag. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5FCC65" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="47CE5FE1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C3139BA" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="534117B9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Närvara på ortopedklinikens röntgenrond 07:45 och efterföljande avrapportering.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="278051CA" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="0337FE03" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Närvara på avd. 52/55 avstämningsmöte 10:50.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Närvara på avd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>elning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avstämningsmöte 10:50.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1618587D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Leder och fördelar arbetet på av</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Leder och fördelar arbetet på avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">avdelning </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>52-55</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B73C016" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="3F076B02" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Huvudansvarig för smidig och fungerade utskrivningsprocess på avdelning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>52-55</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="729CBE31" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="1AA11408" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Agerar stöd för AL/AUL med målet att säkerställa ett gott flöde på vårdavdelningen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02395DF8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="308A2464" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deltar endast vid behov aktivt i avdelningsarbetet.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DD6AE36" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="3EA2CD9F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336417">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DB-jour </w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">blir PAL (patientansvarig läkare) i mer komplexa undantagsärenden, där PAL saknas. </w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Förutsätter att </w:t>
             </w:r>
             <w:r w:rsidRPr="00336417">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DB-jour </w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>varit involverad i patientens vård. I första hand PAL är organ/teamspecifik.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FE63385" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="06B71692" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Rond dagligen av patienter på låneplats på andra kliniker samt IVA/IMA/KAVA (Trauma nivå 1 patienter), barnavdelning 23. Medicinskt ansvarig för patienter som är på permission, där en tydlig vårdplan framgår i journalen. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D53676F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="38E98F4B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DB-jour</w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ansvarar för att inskrivningsklara patienter på akuten blir </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>rondade</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23B3D94E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="732B092F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="002938A2" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="002938A2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DB-jour svarar på frågor gällande utskrivningsklara patienter NÄL + Uddevalla (när Uddevallakonsult inte är i tjänst). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="550C4137" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ansvarar för telefonsamtal och patientövertag från andra vårdinrättningar samt övergripande ansvarig överläkare vid vårdplatsfrågor måndag – torsdag 7:45-16:00, fredag 7:30-14:00. Rapportera till avdelning </w:t>
-[...20 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Ansvarar för telefonsamtal och patientövertag från andra vårdinrättningar samt övergripande ansvarig överläkare vid vårdplatsfrågor måndag – torsdag 7:45-16:00, fredag 7:30-14:00. Rapportera till avdelning 52</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">55 de ortopedisk utplacerade patienter.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="522EBF9C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ansvarar för patienter som av NK bedöms kräva återkommande bedömningar/åtgärd, där NK har utfört den första kliniska bedömningen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C199E9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="66799B56" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dagbakjour på NÄL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="483A4AB9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="62492003" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agerar konsult vid behov för patienter på utskrivningsklara låneplatser på NÄL. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F517531" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="2A5DF0E7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Skall rapportera alla patienter på låneplats till nästa tjänstgörande </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DB-jour</w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> samt till bakjour/mellanjour vid helgen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7309DEC5" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="70EF9147" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansvarar för att akut läkarfrånvaro hanteras och därmed säkerställa det dagliga flödet på Ortopedkliniken NÄL. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CB42313" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w14:paraId="31A535F3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="005B6FD8" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...5 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Om m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>edarbetare med A alt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Resurs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">har önskemål om </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>förändring av arbetstider</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> det aktuella arbetspasset,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ska</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> det </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>stämma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av med </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>DB-jour</w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">läkarchef + schemaansvarig, </w:t>
-[...11 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>läkarchef + schemaansvarig</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A136726" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="8"/>
+      <w:tr w:rsidR="002C2175" w14:paraId="183F4796" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1692"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CBC329" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610AF414" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Akutoperatör </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C428A97" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(NÄL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCBAF34" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: AOP (m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640D2A8A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar för akutprogrammets planering och genomförande </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6825E95D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Huvudansvar för planering och prioritering </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>framför allt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> höftfrakturer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="117690F2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Huvudansvar för planering och prioritering av subakuta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listan via direktdialog med </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>operations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>planeringssjuksköterska på NÄL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA34692" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AOP beslutar prioritetsordning samt fördelning av operatörer/assistenter på förekommande ingrepp.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED6FA6C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Veckovis planering måndag-fredag.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4851E198" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ca 7:30 sammankallande av dagens planering och fördelning av operationer bland operatör.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08484E7A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Närvara på ortopedklinikens röntgenrond 07:45.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F75205" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Närvara på bryggan mellan 7:15-7:30. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23127065" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AOP är tillgänglig till bryggan vid behov.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156E9FB8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ansvarar för överrapportering till pågående bakjour.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FF22531" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Närvara vid planeringsmöte med operation torsdagar 8:20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1789B05B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002C2175" w14:paraId="231FBD04" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="26F510D2" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4EAA05A1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>AOP</w:t>
+              <w:t>OPA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA6DDE8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>OPA EX AOP EX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="229306EE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7B9C071D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Akutoperatör </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D7DAC9A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+              <w:t>Akutoperatörer extra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC9CADD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(NÄL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59538F79" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="77784657" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Arbetstider: AOP (m)</w:t>
+              <w:t>Arbetstid: Arbetstid (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75B3F4CA" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5C2F7170" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ansvarar för akutprogrammets planering och genomförande </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="13C2CF70" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+              <w:t>Huvudoperatörer/assistenter i det akuta operativa flödet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="21820351" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A30870" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>COP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70877D30" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="171" w:right="140"/>
-[...8 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Operatör – slutenvård (Uddevalla)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DA85BD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Arbetstid (m)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12495B56" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2341A426" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Huvudoperatör/assistent i det </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>elektiva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> flödet med inriktning slutenvårdskirurgi på Uddevalla sjukhus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2842F83C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Huvudansvar för planering och prioritering </w:t>
-[...20 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Ansvarar för rond och utskrivning av patienter på avdelning 4 som tillfaller vederbörande i egenskap av PAL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C39D2A4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Huvudansvar för planering och prioritering av </w:t>
+              <w:t xml:space="preserve">Vid planerad frånvaro skall ansvarig operatör utse läkare som </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>subakutalistan</w:t>
+              <w:t>rondar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> via direktdialog med planeringssjuksköterska på NÄL.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t xml:space="preserve"> och skriver ut patienten från avdelning 4. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4152A3F0" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>AOP beslutar prioritetsordning samt fördelning av operatörer/assistenter på förekommande ingrepp.</w:t>
-[...158 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Ska vara redo för att starta operation 8:30 (inne på operationssal 8:30).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A67F72C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="2CFDACCE" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="400CB120" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1164"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="3C839241" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="13C5F3F9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>OPA</w:t>
-[...17 lines deleted...]
-              <w:t>OPA EX AOP EX</w:t>
+              <w:t>DOP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2E7AD8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2C2D5E1E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Akutoperatörer extra</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>Operatör – dagkirurgi (Uddevalla)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63806363" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(NÄL)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2FD330F8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F71B989" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="540A5F7A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="58E79E2D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Huvudoperatörer/assistenter i det akuta operativa flödet</w:t>
-[...97 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Huvudoperatör/assistent i det </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>elektiva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> flödet med inriktning slutenvårdskirurgi på Uddevalla sjukhus</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t xml:space="preserve"> flödet med inriktning dagkirurgi på Uddevalla sjukhus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48AC0348" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Ansvarar för rond och utskrivning av patienter på avdelning 4 som tillfaller vederbörande i egenskap av PAL.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Ska vara redo för att starta operation 8:30 (inne på operationssal 8:30).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A06C052" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="680B2ADD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F40053" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BD58FA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Operatör – mottagningsoperation (Uddevalla)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="230B4D15" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0398E571" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Huvudoperatör/assistent i det mottagningsoperativa flödet på Uddevalla sjukhus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA6C61E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="7B081690" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F784272" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>UK + rem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1399C0F2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Uddevallakonsult + remissbedömare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8BB9DE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: Arbetstid (m)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676624BB" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Måltidsuppehåll gäller endast Fm-passet om det blir delat på 2 läkare.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549C04C8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...25 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsult gentemot övriga kliniker på Uddevalla sjukhus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00704740" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...10 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Telefonkonsult gentemot primärvården. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6A0683" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kunskapsstöd till juniora kollegor på mottagningen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7488CC7E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Initial bedömning och omhändertagande i frågor rörande medicinskt färdigbehandlade patienter som överflyttats från NÄL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1A01B9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Övergripande ansvarig för att tillse ett gott flöde via teamen på avd. 4. Agera stöd för omvårdnadspersonal i medicinska frågeställningar/utskrivningar vid oplanerad frånvaro av PAL/PAL:s teamkollega. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63C0EB19" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="10DA51F3" w14:textId="77777777" w:rsidTr="000143E0">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002C2175" w14:paraId="77E43470" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="25DD13A4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="00569584" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
+            <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>DOP</w:t>
+              <w:t>NK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4738FF" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="14B29E88" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...9 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NÄL-konsult</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23787604" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: Arbetstid (m)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F54388C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Måltidsuppehåll gäller endast Fm-passet om det blir delat på 2 läkare.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0A2EA6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Agerar konsult gentemot övriga kliniker på NÄL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AAC5D56" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tar rådgivande telefonsamtal med andra kliniker på NÄL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51858D93" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Närvarar på ortopedklinikens röntgenrond 07:45 och efterföljande avrapportering. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B95185F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar för överrapportering till DB-jour av patienter som via remiss bedömts på andra kliniker och som beslutas om övertag. Överrapportering sker muntligen och noteras i journalen. Rapportera till avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de ortopedisk utplacerade patienter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>na</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71D4B16D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Under sommarperiod</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> om UK inte är schemalagd </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tar NK över UK arbetsuppgifter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A7964A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agera kunskapsstöd och vara behjälplig läkare på akuten i förekommande fall. Agera </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">unskapsstöd till junior kollega på mottagningen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433D59BE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avlasta P-jouren på morgonen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">avseende </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>alla patientärenden som behöver åtgärdas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A8A518" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avlasta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B1A53">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-jour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fram för allt med utlokaliserade patienter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D23FBF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="1C943BE3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BC936B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4570248C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A36DCEE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dex</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C6A101" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dagjour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dagjour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> extra</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="501B77A8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: (m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CA4F22" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primärjour </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="144AA2CC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jourarbete på akuten.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E541E9D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar för det primära omhändertagandet av akut inkomna ortopediska patienter på akutmottagningen </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2730D8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ansvarar för traumasökaren under hela passet och överlämnar därefter jourtelefon personligen till P-jouren.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1689B712" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medicinska frågeställningar från akutmottagningen riktas dagtid i första hand till D2, i andra hand till NK om D2 inte kan besvara frågeställningen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C40F6E5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ansvarar att inskrivningsrapport fylls i korrekt och överlämnar därefter personligen till P-jouren.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234C825D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009725E3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D-jour är en position som täcks av ortopedkliniken </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009725E3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>istället</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009725E3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> för akutkliniken. Cirka en gång per månad. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4931F516" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="01CCAB63" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA46B5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54078663" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dagjour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FBB6EE3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: D2 (m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1499DC06" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primärjour </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D9A98AF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jourarbete på akuten.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE06EDA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medicinska frågeställningar från akutmottagningen riktas dagtid i första hand till D2, i andra hand till NK (dagtid) /mellanjour (jourtid) om D2 inte kan besvara frågeställningen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63099602" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="6E61274E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D7B495" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="_Hlk182811569"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>P-jour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253773C7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nattjour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6153E3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: P-jour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FDC06F4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77039029" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primärjour natt </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EBE66B6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ansvarar för det primära omhändertagandet av akut inkomna ortopediska patienter via akutmottagningen och överflyttade patienter från annat sjukhus till vårdavdelning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49772AA9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar för jourtelefon mellan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20:00 – ca 08:15 och överlämnar därefter personligen sökare till pågående D1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BAC675D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar att inskrivningsrapport fylls i korrekt och överlämnar därefter personligen till </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DB-jour</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2006500D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarig för initial bedömning och handläggning av akut försämrade ortopediska patienter på vårdavdelningar/NÄL efter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21:00.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D39C08A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Besvarar inkommande telefonkonsultationer från andra vårdinrättningar och avdelning 4, Uddevalla </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>efter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21:00.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9C425B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nattjour involverar bakjour, om nattjour inte kan besvara frågeställningen (21:00 – ca 08:15).  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54AA56D4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rapportera alla patientärenden som behöver åtgärdas till NK vardagar, P1 helger.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D1DE94" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00B46D01" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>involverar mellan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller bakjouren (utifrån arbetstiden) om nattjouren inte kan besvara frågeställningen samt hjälp för </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ev</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prioritering eller stöd på plats när akuta arbetsbördan bedöms hög.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F54AC41" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="9"/>
+      <w:tr w:rsidR="002C2175" w14:paraId="2B057E65" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="202DD88B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>M-jour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D9140E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mellanjour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E32278" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: M-jour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAE3714" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7983B9CD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Operatör jourtid.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7BEEE0" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Delar ansvar med bakjour att ronda patienter på avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> på helger.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2687D587" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Initial bedömning och handläggning av akut försämrade ortopediska patienter på vårdavdelningar/NÄL t.o.m. 20:30.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441760D4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Besvarar inkommande telefonkonsultationer från primärvården samt avdelning 4 jourtid, helg 08:00 – 20:30.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FEA751D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medicinska frågeställningar från akutmottagningen riktas dagtid till i första hand till D2. I andra hand om D2 inte kan besvara frågeställningen ställs frågan till NK (dagtid) /mellanjour (jourtid). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709BBA0A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mellanjour involverar bakjour om mellanjour inte kan besvara frågeställningen (16:00 - 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C55E91">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0).  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213D100A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00B46D01" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B46D01">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vara stöd för P-jour vid hög arbetsbelastning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E9D1398" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C55E91" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="39ADF2B1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCEA9CF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B-jour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5517C1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bakjour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E7D31BD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: B-jour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E9E56C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1317D6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bakjour för den ortopediska verksamheten på såväl Uddevalla sjukhus som NÄL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8617AD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Övergripande ansvarig för att inkomna patienter jourtid handläggs på ett medicinskt adekvat sätt (gäller i de fall bakjouren blir inkopplad).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354724C2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Agera stöd åt primärjour/mellanjour/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>husjour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i medicinska frågeställning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="055A0950" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ansvarar för att prioritera patienter i väntan på operation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A23E594" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ska kopplas in vid svårare traumafall som bedöms kräva akut åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2B3C59" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarar för rond av patienter på avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> på helger.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB71D83" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Övergripande ansvarig över</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>läkare vid vårdplatsfrågor jourtid.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF41C1C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00484410" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F350A0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vara stöd för P-jour vid hög arbetsbelastning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E718C5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="4468B1D0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="614441D2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NMfr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="129E071C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NÄL mottagning Frakturmottagning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53836D46" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76526FE6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="740407CB" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="539BCF7A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="59ABF021" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...33 lines deleted...]
-              </w:numPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Genomförs tisdag och torsdag eftermiddag med start 12:45.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342805B8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...19 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E70349D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Läkarteamet består av en erfaren ST-läkare, specialist- eller överläkare som fungerar som teamledare samt 2 ST-läkare/underläkare/AT-läkare/randande läkare.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319F63E5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ansvarig specialistläkare har det övergripande ansvaret för medicinska beslut som tas under mottagning. Därför viktigt att alla beslut förankras. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC82195" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00083AA0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Frakturmottagning ortopedmottagning NÄL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7ABD1F5A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="7F3AA2F2" w14:textId="77777777" w:rsidTr="000143E0">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002C2175" w14:paraId="65079538" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="228685BC" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7F7A449C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MOP</w:t>
+              <w:t>NMs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC54874" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="10A722E4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008862CE">
-[...9 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NÄL mottagning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00940E32">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fot sår mottagning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F22F02" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4EBBC9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...1 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="44026A0B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Genomförs onsdag förmiddag varannan vecka.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAB0DD3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C3E2BB8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Läkarteamet består av en erfaren ST-läkare, specialist- eller överläkare som fungerar som teamledare samt 2 läkare. Läkarteamet </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>fördelar patienter mellan sig under arbetspasset.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58202A67" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00E056E2" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="466112D1" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="342D3F71" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="078A1AC0" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="6EF48372" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>UK + rem</w:t>
-            </w:r>
+              <w:t>Artro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5830DC8A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3563A127" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...7 lines deleted...]
-          <w:p w14:paraId="65897B17" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NÄL mottagning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>artro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00940E32">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mottagning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2A2F02" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...21 lines deleted...]
-              <w:t>Måltidsuppehåll gäller endast Fm-passet om det blir delat på 2 läkare.</w:t>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5947BBFD" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="4F5A3166" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...19 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Genomförs onsdag eftermiddag varannan vecka.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5225EF71" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...19 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="145FB6A4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...19 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Läkarteamet består av en erfaren ST-läkare, specialist- eller överläkare som fungerar som teamledare samt 2 läkare. Läkarteamet </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>fördelar patienter mellan sig under arbetspasset.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36EE7D55" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="003B133C" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...19 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="-19" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="764AF1DA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00D73655" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...15 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B133C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Artro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B133C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 ggr/v. 20 min/patient kan kombineras med </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">remissbesök för </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>artro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-patienter. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="38257C02" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E7A6A5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NMgaf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF0E48E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083AA0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NÄL mottagning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gaffelmottagning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177CE28C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00083AA0" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="171" w:right="140"/>
-[...40 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...38 lines deleted...]
-              <w:t>Måltidsuppehåll gäller endast Fm-passet om det blir delat på 2 läkare.</w:t>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73031D8D" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="2D0BC8DC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="341" w:right="140"/>
-[...147 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB5B64">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patienter bokas till ST-läkare. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 min /patient. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB5B64">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Överläkare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> på mottagningen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB5B64">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> finns som stöd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vid beslut och avstämning.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="6DEC9B18" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="11133BA3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="_Hlk141436676"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E386B3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B35A7F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="171" w:right="140"/>
-[...75 lines deleted...]
-          <w:p w14:paraId="479E664E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33A368F8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCF8BE6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1EFEB9BA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vid önskemål om förändring av arbetstider för arbetspasset ska detta förankras med </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DB-jour</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, läkarchef och schemaansvarig, i god tid. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D27E0EC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="140"/>
-[...163 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="10"/>
+      <w:tr w:rsidR="002C2175" w14:paraId="25E4643B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="2906CDFF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resurs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0519873B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resurs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F65A2DF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="171" w:right="140"/>
-[...40 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-              <w:t>Arbetstider: D2 (m)</w:t>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B430829" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="392626F2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...57 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vid önskemål om förändring av arbetstider för arbetspasset ska detta förankras med </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DB-jour</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, läkarchef och schemaansvarig, i god tid.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07B0D4E7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00D439C4" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="70070DB0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E5FBC2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>REM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F81087" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Remissbedömare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219ED6B9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="171" w:right="140"/>
-[...41 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Nattjour</w:t>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t>Arbetstid: Ordinarie arbetstid</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB1387F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00C55E91" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="65A03C37" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Bedömer externa remisser enligt gällande regionala och interna regelverk.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F32EEFC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="707539BA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A51877" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B-jour 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA86D11" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bakjour 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316CE4DE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: B-jour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3994DB43" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAC5F2D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...30 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Aktualiseras enligt schema helger under sommarperiod och vissa långhelger.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55CBFFE9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C55E91">
-[...25 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fungerar som mellanjour 08.00-24.00. Var god se arbetsbeskrivning mellanjour. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E258130" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...27 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24.00 – 08.00 agerar bakjour. Var god se arbetsbeskrivning bakjour.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD9C55C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00D439C4" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="0F3E9D06" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C349692" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B-jour 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68813E92" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bakjour 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="414A5795" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: B-jour</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0EC239" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3DEF68" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Aktualiseras enligt schema helger under sommarperiod och vissa långhelger.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C163570" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140" w:hanging="341"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Agerar som bakjour 08.00-24.00. Var god se arbetsbeskrivning bakjour.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0CB632" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="341" w:right="140" w:hanging="341"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24.00 – 08.00 agerar stöd vid behov till bakjour 1. Kontaktas endast av Bakjour 1. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B671F5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00D439C4" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w14:paraId="6680EF4E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A9A90" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="171" w:right="140"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rond</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A866AC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rond-hjälp</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22779EBE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetstider: Rond-hjälp</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621192B9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="103" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5736A9C8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="140"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aktualiseras enligt schema helger under sommarperiod och vissa långhelger. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671C510B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00CE33BE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00C55E91">
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ronda patienter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F4E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">på avdelning </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F4E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52-55</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F4E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och stämmer av med avdelning 4 på helger.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          </w:p>
+          <w:p w14:paraId="445E08B5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="341" w:right="140"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
-      <w:tr w:rsidR="00DA31F4" w14:paraId="7F0BD7C2" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w14:paraId="16C242C1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="2F36DBDF" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7B695E38" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>M-jour</w:t>
+              <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="669DC6A9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="14509736" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Mellanjour</w:t>
-[...587 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:t>Forskning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C5B8AC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="103" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008862CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Arbetstid: Ordinarie arbetstid</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4979" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="507D8343" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
-[...48 lines deleted...]
-          <w:p w14:paraId="7A218CEF" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="008862CE" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="264A9852" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="008862CE" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="171" w:right="140"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...107 lines deleted...]
-              <w:t xml:space="preserve">Vid önskemål om förändring av arbetstider för arbetspasset ska detta förankras med </w:t>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meddela </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...792 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>HR-administratör (tidigare Heromarapportör)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008862CE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vad som ska konteras.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EC7E5CF" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...13 lines deleted...]
-    <w:p w14:paraId="65C81402" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="3587AC19" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B47A73" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009D1B07" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Toc1145159458"/>
+    <w:p w14:paraId="30E20796" w14:textId="2E2751D3" w:rsidR="002C2175" w:rsidRPr="009D1B07" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc772001760"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc980000620"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc222134276"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Arbetstider</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="71CA72EE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...6 lines deleted...]
-        <w:ind w:right="140"/>
+    <w:p w14:paraId="6A49CA6D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00267AEA" w:rsidRDefault="002C2175" w:rsidP="00F3D9D8">
+      <w:pPr>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3D9D8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Teckenförklaring: </w:t>
+        <w:t>Teckenförklaring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAA037F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00114DA1" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="2BE795A2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(45) 45 min rast</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E64401D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(m) måltidsuppehåll </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00387765">
+        <w:t>Arbetspass med måltidsuppehåll (m). Arbetspassets start följer ordinarie schema, sluttiden är förkortat med 45 min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FC97B1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(Stämpla) stämpla i kom och gå. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73541E37" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00B84FDB" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00AB1D0F">
+        <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84FDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ordinarie arbetstider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF28F8">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Stämpla)</w:t>
-      </w:r>
-[...24 lines deleted...]
-        <w:t>Ordinarie arbetstider (Stämpla)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
-        <w:gridCol w:w="1984"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="6096"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="1D080593" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="03E23688" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7154E03F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7D1817AB" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602BCB2B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2050E659" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:45 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1E1B3F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5AA1951C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="2388D74B" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="7FC21B02" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57CA8908" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1852AD57" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tisdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF7CD54" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="36D0A358" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-17:00 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="308CC5B1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7D173E68" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Möte 16:00-17:00 tider på mottagningen ska anpassas efter det, dock ej frakturmottagning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="63E46AC8" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="4343A5EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53B8105E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5493060D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Onsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5758C1DC" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="275BF0F9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="-155"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:45 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0311FB5A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="0D38488B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="-155"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="6D64183F" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="21D36C8A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE1789D" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="15418676" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00DCF67B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="0DD01F08" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:45 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37E87F30" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="0443384C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="1C47AA18" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="6C073F1C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34031CF4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="46F7B510" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fredag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="767A7E0D" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="27E9F2DE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412D72">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-14:00 (45)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5442A884" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00412D72" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5516F023" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C73DA1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Med administration på eftermiddag som ska står tydligt i schemat</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487ABD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Med administration på eftermiddag som ska står i schemat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="045521E8" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...6 lines deleted...]
-        <w:ind w:right="140"/>
+    <w:p w14:paraId="6D0D118D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="510263D3" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00DD39A9" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...27 lines deleted...]
-    <w:p w14:paraId="4D89F7E7" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00563F49" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="29673C25" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00563F49" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A66934">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00563F49">
+      <w:r w:rsidRPr="00B84FDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>AOP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E17BE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Stämpla)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4673" w:type="dxa"/>
+        <w:tblW w:w="3964" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2143"/>
-        <w:gridCol w:w="2530"/>
+        <w:gridCol w:w="1821"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="5DF573C0" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="63D7E44B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40F84590" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="787B1CE6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F918DB1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="26108C02" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:00-15:30 (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="06890420" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="407AFE97" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C666C49" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="6C5DFA98" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tisdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7054F6B2" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="6C6381E4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:00-15:45 (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="29C41994" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="0429941A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51700409" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4985BCF3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Onsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5157A0E4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2AAE84CE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:00-15:30 (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="387A2CEE" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="2EB50079" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="631618EE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4A2364F0" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C75E51" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4AE42D91" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:00-15:30 (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="469D7616" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="4F7C42A1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="421A88B1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="70DFF1E7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fredag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFACD2A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5A5023DA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:00-12:45 (m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21C7FBD1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="6D14EB8F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569DBB51" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00AF4BA7" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4BA7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NK och UK</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="3964" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00412D72" w14:paraId="18018EFF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="160"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2801B1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Måndag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D5D964" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7:30-16:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00412D72" w14:paraId="5C4A5F33" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED792EC" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tisdag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2C29BE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7:30-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00412D72" w14:paraId="49EC755E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C330710" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Onsdag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA2BAFE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="-155"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7:30-16:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00412D72" w14:paraId="07D51DEC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="173"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5F81DA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Torsdag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E052E7B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7:30-16:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00C73DA1" w14:paraId="5A88292D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E9962B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fredag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D32A246" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00412D72" w:rsidRDefault="002C2175">
+            <w:pPr>
+              <w:ind w:left="29" w:right="140"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00412D72">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7:30-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34A083B5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00412D72">
+        <w:t>För position UK och NK tillämpas (m) måltidsuppehåll gäller endast förmiddags</w:t>
+      </w:r>
       <w:r>
-        <w:br w:type="page"/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00412D72">
+        <w:t>passet om det blir delat på 2 läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101441E4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00DD39A9" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="0CE980DD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00DD39A9" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD39A9">
-        <w:lastRenderedPageBreak/>
         <w:t>Jourpass och beredskapspass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74308DCF" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="007D73FA" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="7501440C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="007D73FA" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="007D73FA">
         <w:t xml:space="preserve">Under jour och beredskapspass registrera </w:t>
       </w:r>
       <w:r w:rsidRPr="007D73FA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>endast</w:t>
       </w:r>
       <w:r w:rsidRPr="007D73FA">
-        <w:t xml:space="preserve"> den aktiva tiden som störning.  </w:t>
+        <w:t xml:space="preserve"> den aktiva tiden som störning.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="007D73FA">
-        <w:t xml:space="preserve">Jourpass – sjukhusbunden. </w:t>
+        <w:t>Jourpass – sjukhusbunden.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="007D73FA">
         <w:t>Beredskapspass - ej sjukhusbunden 30 min inställelsetid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7362D613" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="4C9C6F2E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096268F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>D1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>+ D-jour</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD43F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -6772,1559 +8048,1607 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="67ED9040" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="4179F943" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31BB9169" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="28620411" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag, tisdag, torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03C64263" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5342B72C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:00 (m) (Stämpla)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="429DA77B" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="17F8B575" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC3E19C" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7F5C56DA" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tisdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38B2E8E7" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="147CEF65" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:15 (m) (Stämpla)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="596208B1" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="218682B2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="352EF10D" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3B561316" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1:a</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> onsdag i månaden </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64E2519E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7026F4B4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-16:00 (m) (Stämpla), 16:00-18:00 Jourpass Gäller ej Dex</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="4A8F3025" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="0D3096C7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20F45687" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4050B052" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fredag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58A845EB" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="72890277" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30-13:15 (m) (Stämpla), (Om jourschema anger D-jour 13:15-18:30 Jourpass)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="3DA75C72" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="2628DE88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7236EB3B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1C151A66" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66934">
-[...4 lines deleted...]
-              <w:t>Lördag</w:t>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lördag/Söndag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEB36F0" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="70A2872E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8:00-18:30 Jourpass</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="7E072C73" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="37647605" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="120"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58925149" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="08EDD3C3" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Söndag</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487ABD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Storhelg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00454F7D" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="26E196D7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A66934">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487ABD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8:00-18:30 Jourpass</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="744120E6" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="24107556" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="77453D5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve">D2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA0F24">
+      <w:r>
+        <w:t xml:space="preserve">Jourpass + </w:t>
+      </w:r>
+      <w:r w:rsidRPr="77453D5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>D2</w:t>
+        <w:t xml:space="preserve">D2x </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> 13:00.</w:t>
+        <w:t xml:space="preserve">Dagpasset måndag till torsdag ändras till kvällspass och beräknas utifrån 40 timmars arbetsvecka. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9488" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2143"/>
-        <w:gridCol w:w="7345"/>
+        <w:gridCol w:w="1833"/>
+        <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="2258A1D3" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="01351B9A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01982027" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="26721DB7" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441630BD" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="02EAB52C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">12:30-21:00 (m) (Stämpla) </w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12:30-20.30 (m) (Stämpla) Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="0BEBD1C6" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="38DE31C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="171"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D44CE74" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="6D70826A" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tisdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13B117D4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="10481870" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">12:15-21:00 (m) (Stämpla) </w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12:15-20.30 (m) (Stämpla) Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="3C01988C" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="185909EF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="131"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70DB3D6B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3F280512" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Onsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25D01D52" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7D574759" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>12:30-21:00 (m) (Stämpla)</w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12:30- 20.30 (m) (Stämpla) Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="31E26C68" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="73223B67" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="244610D2" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2ADEDF2E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F001996" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4324BAE2" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>12:30-21:00 (m) (Stämpla)</w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12:30-20.30 (m) (Stämpla) Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="062B8A94" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="1D6B2DFA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56658E3F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="034DCD51" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1A53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fredag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="110EF722" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5ACA494E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>13:00-21:00 (m) (Stämpla in) Jourpass 14:00-21:00</w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00- 20.30 (m) (Stämpla in) Jourpass 14:00-21:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="2C0027E1" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="352C6F40" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F6FFE38" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="33CF84DF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>Lördag</w:t>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lördag /Söndag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16789BDD" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3B292991" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">13:00-21:00 Jourpass </w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00- 20.30 Jourpass Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w14:paraId="29D0FAAC" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="009B1A53" w14:paraId="32EFCF66" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2143" w:type="dxa"/>
+            <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D06BE3A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="04B4C059" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009B1A53" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>Söndag</w:t>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Storhelg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7345" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26BC8898" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009B1A53" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2543BE7F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="004622E1" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="15" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B1A53">
-[...4 lines deleted...]
-              <w:t>13:00-21:00 Jourpass</w:t>
+            <w:r w:rsidRPr="004622E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13:00- 20.30 Jourpass Beredskap 20.30 - 21.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="512D6EF3" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="34F45DE9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570651A5" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="0019383A" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="1DC39607" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="0019383A" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019383A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">P-Jour </w:t>
       </w:r>
       <w:r w:rsidRPr="0019383A">
         <w:t>Jourpass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2093"/>
-        <w:gridCol w:w="7400"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="41082DDB" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="16B79637" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2876F9F7" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="735F50F9" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag - torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77603618" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2AB256C5" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="65" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20:00 – 07:30 jourpass + arbetstid längst till </w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20:00 – 07:30 jourpass + arbetstid längst till 09:00 (Stämpla ut).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>09:00</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (Stämpla ut).</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innan jourpasset finns beredskap </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18- 20 för de som önskar komma tidigare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="283D999C" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="1AD67B2B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D3FD34" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1C0A7CDF" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fredag </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA59B24" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="59653606" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="65" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20:00 – 09:00 jourpass </w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20:00 – 09:00 jourpass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innan jourpasset finns beredskap </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18- 20 för de som önskar komma tidigare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="23B8E2B7" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="12E5D894" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3AADF1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="313FE52F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66934">
+            <w:r w:rsidRPr="77453D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Lördag </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>inkl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> storhelg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2FE034" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="7B47F744" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="65" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A66934">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="77453D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20:00 – 09:00 jourpass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innan jourpasset finns beredskap </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18- 20 för de som önskar komma tidigare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="65472F32" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="408DACB5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06DE4653" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="16B25666" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66934">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Söndag </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7400" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183C8857" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="52A9361C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="65" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66934">
-[...4 lines deleted...]
-              <w:t>20:00 – 07:30 jourpass + arbetstid fram till 0</w:t>
+            <w:r w:rsidRPr="77453D5B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20:00 – 07:30 jourpass + arbetstid fram till 09:00 (Stämpla ut).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9:00</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (Stämpla ut).</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innan jourpasset finns beredskap </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B39D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18- 20 för de som önskar komma tidigare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76EA76D7" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="1627821C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDE029B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="005A291E" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="04B7244C" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="005A291E" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A291E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>M-jour</w:t>
       </w:r>
       <w:r w:rsidRPr="005A291E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="005A291E">
         <w:t xml:space="preserve">beredskapspass </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="16A7FDD2" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="28C7F66B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F16A863" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="00F82CF6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag - torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13469AA9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4BE1996E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>16:00 – 2</w:t>
+              <w:t>eredskapspass startar efter arbetspassets slut– 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1:0</w:t>
             </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>0 Starttid kl. 16:00, beredskapspass startar efter arbetspassets slut (undantag AOP).</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="6F5CFD56" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="5BC5D24E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45C10C26" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="1A452391" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fredag: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="19FBE3C0" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="69722A18" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>13:15 – 2</w:t>
+              <w:t>eredskapspass startar efter arbetspassets slut– 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1:0</w:t>
             </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>0 Starttid kl.13:15, beredskapspass startar efter arbetspassets slut (undantag AOP).</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="17A6F017" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="394EDAE4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6FBC1C" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="4F21D047" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lördag:</w:t>
+              <w:t>Lördag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/Söndag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A66934">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22905F5B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5F401ABE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>07:30 – 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1:0</w:t>
             </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A66934" w14:paraId="3F07D075" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A66934" w14:paraId="664ED787" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A556783" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="21303DF0" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Storhelg</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Söndag:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3970FF88" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="52C4E33F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A66934" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>07:30 – 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1:0</w:t>
             </w:r>
             <w:r w:rsidRPr="00A66934">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29D5005B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A66934" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="140"/>
+    <w:p w14:paraId="79AF489B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C202E0" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7B7374" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="009C3125" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="54815818" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="009C3125" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C3125">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="009C3125">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -8354,706 +9678,708 @@
       <w:r w:rsidRPr="00330E51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>B2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="032CE29F" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="1D33F3FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A092585" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="011D7F3E" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måndag - Torsdag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF14D3C" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="63A71DED" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">16:00 – 07:30, beredskapspass startar efter arbetspassets slut (undantag AOP). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="1AF0EE74" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="32600AD7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFEAFD9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="6D238BD1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fredag: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24ACF99E" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="07B7D481" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">13:15 -08:00 beredskapspass startar efter arbetspassets slut (undantag AOP). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="055F2B7D" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="59702D3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27F899A1" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="298CB9DE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lördag:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="072A85E4" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="16C3325F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30 - 8:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="4B141DC8" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="40CEE9A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F13FB9B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="3F848F58" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Söndag:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA82EB2" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="5B7C0B6B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="40" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7:30 – schemalagt arbetspass startar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5DC7678F" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:ind w:right="-852"/>
+    <w:p w14:paraId="5CE68714" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C202E0" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45DCB3FD" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="0096268F" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="12D8FB30" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="0096268F" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096268F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Rond-hjälp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8179F">
         <w:t>Jourpass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2122"/>
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="7230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="286D8CCB" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="64B04694" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF1BEFC" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="292909A6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lördag:</w:t>
+              <w:t>Lördag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/Söndag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41CBD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B38ADBA" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="2663FB66" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8:00-16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w14:paraId="5BE2A071" w14:textId="77777777" w:rsidTr="000143E0">
+      <w:tr w:rsidR="002C2175" w:rsidRPr="00A41CBD" w14:paraId="57556E74" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="97"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBF0185" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="59908364" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Storhelg</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Söndag:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AA0083" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="000143E0">
+          <w:p w14:paraId="180D7530" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00A41CBD" w:rsidRDefault="002C2175">
             <w:pPr>
               <w:ind w:left="29" w:right="140"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41CBD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8:00-16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2031FCD3" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:ind w:right="-852"/>
+    <w:p w14:paraId="037B44F1" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00C202E0" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38BCE21A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="2B107B23" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00380EB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Flextider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413AC2CE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="007D73FA" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="3250C049" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="007D73FA" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="007D73FA">
         <w:t>30 min före och 120 min efter ordinariearbetstiden för samtliga utom D2 som har 30 min före passet och 15 minuter efter passat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06503DFE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00A41CBD" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="140"/>
+    <w:p w14:paraId="5EED90CD" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="002C2175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F66F4FE" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00402B6B" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="5AD8F1F8" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00402B6B" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402B6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Brytpunkt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD18532" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="007D73FA" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="4FC7ADB4" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="007D73FA" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="007D73FA">
         <w:t xml:space="preserve">För dygnsvila: Överläkare kl. 19:30, Specialister / </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D73FA">
         <w:t>ST- läkare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D73FA">
         <w:t xml:space="preserve"> kl. 20:00.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6FEFAF98" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA31F4">
+    <w:p w14:paraId="3A5FC0D6" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="002C5E81" w:rsidRDefault="002C2175" w:rsidP="002C2175">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>För veckovila är lördag till lördag kl. 19:00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B723BC5" w14:textId="45F62EC3" w:rsidR="002B0568" w:rsidRPr="002C5E81" w:rsidRDefault="002B0568" w:rsidP="002C5E81"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:p w14:paraId="6B723BC5" w14:textId="45F62EC3" w:rsidR="002B0568" w:rsidRPr="009E7D80" w:rsidRDefault="002B0568" w:rsidP="009E7D80"/>
+    <w:sectPr w:rsidR="002B0568" w:rsidRPr="009E7D80" w:rsidSect="002D6023">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="139EFE4B" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99">
+    <w:p w14:paraId="26477A32" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A43BAFC" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99">
+    <w:p w14:paraId="4C64A00E" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1573F8D4" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99">
+    <w:p w14:paraId="4FF33A01" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="48F515D9" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5111F439" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7D53F361" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00C43BDD">
+  <w:p w14:paraId="38D31908" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:id w:val="-1302373518"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="38C27101" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="001D51B8" w:rsidRDefault="00DA31F4" w:rsidP="00EC0A68">
+      <w:p w14:paraId="21CC9EBE" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="001D51B8" w:rsidRDefault="002C2175" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
@@ -9128,63 +10454,63 @@
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="41155573" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E24599F" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661314" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D016760" wp14:editId="39E7C277">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36D59576" wp14:editId="3AD396E6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1876329410" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="7" name="Bildobjekt 7">
@@ -9212,106 +10538,106 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="7EC608D9" w:rsidR="00C50EE5" w:rsidRPr="001D51B8" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
@@ -9386,63 +10712,63 @@
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="34F1833F" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="6DF3E8C3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="6DF3E8C3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="7" name="Bildobjekt 7">
@@ -9470,321 +10796,321 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22E68985" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99"/>
+    <w:p w14:paraId="42B34B69" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EEFCCF9" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99">
+    <w:p w14:paraId="63144D85" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72491EA1" w14:textId="77777777" w:rsidR="00E47A99" w:rsidRDefault="00E47A99">
+    <w:p w14:paraId="135FF490" w14:textId="77777777" w:rsidR="001031CA" w:rsidRDefault="001031CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0570508A" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA31F4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69C31621" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00DA65C4" w:rsidRDefault="002C2175" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662338" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3109F910" wp14:editId="66A4A789">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12630258" wp14:editId="7B5D9B0B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2003223064" name="Textruta 2003223064"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3BF8A234" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="0675A18B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3109F910" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="12630258" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 2003223064" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251662338;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 2003223064" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3BF8A234" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="0675A18B" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46C91963" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRPr="00AC09EE" w:rsidRDefault="00DA31F4" w:rsidP="00E93DF6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="060B2E09" w14:textId="77777777" w:rsidR="002C2175" w:rsidRPr="00AC09EE" w:rsidRDefault="002C2175" w:rsidP="00E93DF6">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660290" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55BC32F9" wp14:editId="2FFC4C21">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="565BAFF9" wp14:editId="167ABFFF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1265982031" name="Textruta 1265982031"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="07C5C71B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00AC09EE">
+                        <w:p w14:paraId="16C7B22D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00AC09EE">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="55BC32F9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="565BAFF9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1265982031" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251660290;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1265982031" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="07C5C71B" w14:textId="77777777" w:rsidR="00DA31F4" w:rsidRDefault="00DA31F4" w:rsidP="00AC09EE">
+                  <w:p w14:paraId="16C7B22D" w14:textId="77777777" w:rsidR="002C2175" w:rsidRDefault="002C2175" w:rsidP="00AC09EE">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -9859,66 +11185,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="1F056152" w:rsidR="008A4EB9" w:rsidRPr="00AC09EE" w:rsidRDefault="00E93DF6" w:rsidP="00E93DF6">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657215" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76EA7712" wp14:editId="31DA8BED">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76EA7712" wp14:editId="31DA8BED">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -9948,85 +11274,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="76EA7712" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251657215;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="11D05397" w14:textId="77777777" w:rsidR="00AC09EE" w:rsidRDefault="00AC09EE" w:rsidP="00AC09EE">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10370,50 +11696,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B25402A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EB8A220"/>
+    <w:lvl w:ilvl="0" w:tplc="FCF02770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -10482,51 +11920,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10595,51 +12033,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10709,51 +12147,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10822,51 +12260,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="375D2223"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91A27CC6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10935,51 +12373,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11075,58 +12513,58 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -11189,51 +12627,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11302,51 +12740,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11443,51 +12881,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45C37C77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="889C2E02"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11556,51 +12994,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="472B0DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="095EAEB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11669,51 +13107,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B8D22E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26444946"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11782,51 +13220,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DCC4638"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA5E5C40"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11895,51 +13333,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F802207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CA6BDF4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12008,51 +13446,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12121,58 +13559,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -12235,51 +13673,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12348,51 +13786,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF04BA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CC69BB4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12461,51 +13899,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="605313BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="705CE7D8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12574,51 +14012,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="652226A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB7814AE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="767" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1487" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12687,51 +14125,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5807" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="653E5355"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F8CDE08"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12800,51 +14238,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -12913,51 +14351,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E64BED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C6A52A2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13026,51 +14464,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74F76E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A9EBDBC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13139,51 +14577,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="768E79DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D860C48"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13252,51 +14690,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79B43A62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F54C059E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13365,51 +14803,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13478,51 +14916,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13592,153 +15030,156 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2007440161">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2102019340">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1955600679">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1923490865">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1729768576">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="932930495">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="316885082">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="726296716">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2073190661">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1784688560">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1705911172">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="693389359">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2088917198">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1017735673">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="676074805">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1459647998">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1017735673">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="2125078703">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="676074805">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="18" w16cid:durableId="77948277">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1459647998">
+  <w:num w:numId="19" w16cid:durableId="870336694">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1981614830">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2027360371">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1082413858">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="207231537">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1905020880">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="927539049">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="749157511">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="989556328">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1403943872">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2125078703">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="29" w16cid:durableId="1967931919">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="77948277">
-[...17 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="1905020880">
+  <w:num w:numId="30" w16cid:durableId="143477929">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="927539049">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="31" w16cid:durableId="284043315">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="749157511">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="32" w16cid:durableId="568615767">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="989556328">
+  <w:num w:numId="33" w16cid:durableId="1753703265">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1403943872">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="34" w16cid:durableId="277880910">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -13775,101 +15216,104 @@
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="0006761F"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000725AB"/>
     <w:rsid w:val="0007743A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0008787C"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A0B9A"/>
     <w:rsid w:val="000A5BED"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="001031CA"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134958"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193D6B"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D51B8"/>
     <w:rsid w:val="001E5552"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="0026140A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002679E3"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00283932"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0568"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C2175"/>
     <w:rsid w:val="002C5E81"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F39DC"/>
     <w:rsid w:val="002F3CA3"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003434B0"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
@@ -13897,54 +15341,57 @@
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00417945"/>
     <w:rsid w:val="00420045"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="0046320B"/>
     <w:rsid w:val="00463CFE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="0047039F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B5391"/>
+    <w:rsid w:val="004B7E01"/>
     <w:rsid w:val="004C1B36"/>
+    <w:rsid w:val="004C655C"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F7C3F"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005116E3"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00535885"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00582E56"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B394A"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C2D6A"/>
@@ -13969,71 +15416,74 @@
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00682812"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006919B0"/>
     <w:rsid w:val="00691E6D"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D54BF"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00727E7F"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00752110"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="007569B5"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A6D06"/>
+    <w:rsid w:val="007C405C"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D6DF8"/>
     <w:rsid w:val="007D73FA"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00800EE5"/>
     <w:rsid w:val="008013B8"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008260F5"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008375A2"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00852ED6"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00862694"/>
     <w:rsid w:val="008644C9"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892A20"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
@@ -14055,278 +15505,293 @@
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0096679A"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098552E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C248C"/>
     <w:rsid w:val="009D1B07"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E05A9"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
+    <w:rsid w:val="009E7D80"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A22363"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A62080"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A73F1C"/>
     <w:rsid w:val="00A808E7"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA3996"/>
+    <w:rsid w:val="00AA5BDC"/>
     <w:rsid w:val="00AA6D28"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB1D0F"/>
     <w:rsid w:val="00AC09EE"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF6051"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B05AC6"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B351E3"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46495"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B50D1B"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA3F1D"/>
     <w:rsid w:val="00BA616A"/>
     <w:rsid w:val="00BB37CD"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE3686"/>
     <w:rsid w:val="00BE61B0"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C2650E"/>
     <w:rsid w:val="00C36327"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA26E7"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1BDA"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7E50"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D06A6D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D373C5"/>
     <w:rsid w:val="00D37441"/>
     <w:rsid w:val="00D37739"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5481C"/>
     <w:rsid w:val="00D8412F"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA31F4"/>
     <w:rsid w:val="00DA5AED"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC295B"/>
+    <w:rsid w:val="00DC4DCC"/>
     <w:rsid w:val="00DC5E08"/>
     <w:rsid w:val="00DC75A6"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF04C7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E138B9"/>
     <w:rsid w:val="00E22559"/>
     <w:rsid w:val="00E47A99"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E93DF6"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0DD5"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC76AB"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F065B0"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F26754"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F3D9D8"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F47C36"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9514D"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC63D5"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF3EB9"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="081949E3"/>
+    <w:rsid w:val="0C656791"/>
     <w:rsid w:val="175619F6"/>
+    <w:rsid w:val="1E5BD969"/>
+    <w:rsid w:val="1FA5BC24"/>
     <w:rsid w:val="438C647A"/>
+    <w:rsid w:val="476AE584"/>
     <w:rsid w:val="490E710A"/>
+    <w:rsid w:val="58FDEECD"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6877783B"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6DA0CD35"/>
     <w:rsid w:val="6F0C80EA"/>
+    <w:rsid w:val="7C407C42"/>
+    <w:rsid w:val="7D05AA5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14675,196 +16140,197 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F26754"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="007A6D06"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AF6051"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AF6051"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14942,601 +16408,601 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="007A6D06"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00AF6051"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00AF6051"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC76AB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0007743A"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="0007743A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0007743A"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="0007743A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC76AB"/>
     <w:pPr>
       <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC76AB"/>
     <w:pPr>
       <w:ind w:left="1361"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00AF6051"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -15567,81 +17033,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -15680,53 +17146,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -15800,53 +17266,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -15920,53 +17386,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16016,53 +17482,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -16112,53 +17578,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -16194,53 +17660,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -16289,51 +17755,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -16377,51 +17843,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -16508,67 +17974,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -16612,212 +18078,212 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A73F1C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Rubrik1"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00BE61B0"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D54BF"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BB37CD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Underrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:rsid w:val="00BB37CD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16832,51 +18298,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074346978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10097-1520354460-26/surrogate/Frakturmottagning%20ortopedmottagningen%20N%c3%84L.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -17165,58 +18631,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>12669</Characters>
+  <Pages>11</Pages>
+  <Words>2111</Words>
+  <Characters>14098</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>30</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>651</Lines>
+  <Paragraphs>329</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15029</CharactersWithSpaces>
+  <CharactersWithSpaces>16057</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsbeskrivning och arbetstider läkare, ortopedkliniken NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>