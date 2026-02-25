--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -1,158 +1,163 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="17875875" w14:textId="77777777" w:rsidR="00672F43" w:rsidRDefault="00672F43" w:rsidP="00F35B05">
+    <w:p w14:paraId="31AAC081" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00672F43" w:rsidSect="00672F43">
+        <w:sectPr w:rsidR="00FF0F8D" w:rsidSect="00FF0F8D">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="6F342571" w14:textId="77777777" w:rsidR="00672F43" w:rsidRPr="00672F43" w:rsidRDefault="00672F43" w:rsidP="00672F43">
+    <w:p w14:paraId="7EA7EA81" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00672F43" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E8D6546" w14:textId="77777777" w:rsidR="00672F43" w:rsidRPr="00672F43" w:rsidRDefault="00672F43" w:rsidP="00672F43">
+    <w:p w14:paraId="0ADC484F" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00672F43" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="517306C5" w14:textId="77777777" w:rsidR="00672F43" w:rsidRPr="00672F43" w:rsidRDefault="00672F43" w:rsidP="00672F43">
+    <w:p w14:paraId="3FCEB27A" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00672F43" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00672F43" w:rsidRPr="00672F43" w14:paraId="1D3BB63D" w14:textId="77777777" w:rsidTr="0047635A">
+      <w:tr w:rsidR="00FF0F8D" w:rsidRPr="00672F43" w14:paraId="125652C6" w14:textId="77777777" w:rsidTr="008F58D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44D79353" w14:textId="5C60E88D" w:rsidR="00672F43" w:rsidRPr="0048022C" w:rsidRDefault="00672F43" w:rsidP="0048022C">
+          <w:p w14:paraId="77A1B980" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048022C">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0156BCE6" wp14:editId="0718C597">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41AFCA33" wp14:editId="0FECD8F4">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="222885"/>
                       <wp:effectExtent l="0" t="2540" r="0" b="3175"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Text Box 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1244600" cy="222885"/>
                               </a:xfrm>
@@ -163,51 +168,51 @@
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                               <a:extLst>
                                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:solidFill>
                                       <a:srgbClr val="FFFFFF"/>
                                     </a:solidFill>
                                   </a14:hiddenFill>
                                 </a:ext>
                                 <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                   <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                     <a:solidFill>
                                       <a:srgbClr val="000000"/>
                                     </a:solidFill>
                                     <a:miter lim="800000"/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="779980D8" w14:textId="77777777" w:rsidR="00672F43" w:rsidRPr="003D37FD" w:rsidRDefault="00672F43" w:rsidP="00672F43">
+                                <w:p w14:paraId="732D733C" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="003D37FD" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Dok.ID: </w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
@@ -248,58 +253,58 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="0156BCE6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="41AFCA33" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
-                          <w:p w14:paraId="779980D8" w14:textId="77777777" w:rsidR="00672F43" w:rsidRPr="003D37FD" w:rsidRDefault="00672F43" w:rsidP="00672F43">
+                          <w:p w14:paraId="732D733C" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="003D37FD" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
@@ -343,1167 +348,1086 @@
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="0048022C">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Körkort för kateterisering/urintappning av kvinnlig patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DC9AA77" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="14B21F5E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc501440348"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9D6D9F" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00D300FA" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="106A1DC9" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00D300FA" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Mindre revidering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E835729" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="52056A2E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="4FB39709" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00260902" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="34C74F76" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00260902" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
       <w:r w:rsidRPr="00241108">
         <w:t>Som undersköterska är det av värde för det dagliga arbetet att</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kunna lägga in en urinkateter och urintappa kvinnliga patienter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B617A0" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="5D403928" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc501440350"/>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="5FB5296B" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00762459" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="03DDA4D4" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00762459" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Att säkerställa att kunskapen för varje moment innehas innan körkort ges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4402D4F9" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00762459" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="6908FEB4" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00762459" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="0" w:right="-284"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00241108">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Undersköterskor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> på O</w:t>
       </w:r>
       <w:r w:rsidRPr="00241108">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>rtopedkliniken</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>, NU-sjukvården</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB12BE6" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="1920273E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc501440351"/>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Åtgärder </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="16EDEF6C" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00BB2C65" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="018E45ED" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00BB2C65" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB2C65">
         <w:t>Som undersköterska på ortopedkliniken är det av värde att inneha körkort</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för kateterisering/urintappning av kvinnlig patient</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:t>. För att få detta körkort förs diskussion mellan arbetstagare och avdelningschef. Frågan om körkort tas också upp på det årliga utvecklings-samtalet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4106C60B" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00260902" w:rsidRDefault="0048022C" w:rsidP="0048022C"/>
-    <w:p w14:paraId="58CBFE11" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="4A1D44C0" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00260902" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D"/>
+    <w:p w14:paraId="5FE367AB" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BE87C99" w14:textId="5F5B9E12" w:rsidR="0048022C" w:rsidRPr="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="320D0255" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="0048022C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048022C">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Kateterisering/urintappning av kvinnlig patient</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6100C2EF" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00BB2C65" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="381F5058" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00BB2C65" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:right="-284"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7543445B" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="245A152A" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB2C65">
         <w:t xml:space="preserve">Läs avsnitten i Vårdhandboken på webben </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00BB2C65">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB2C65">
         <w:t xml:space="preserve"> och sök upp</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Kateterisering, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">läs avsnitt </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>1-8</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> samt 10-13.</w:t>
+        <w:t xml:space="preserve"> samt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>10-13</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A248BA" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00BB2C65" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="2EEAB3E4" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00BB2C65" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CCCD02D" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00CE5DAB" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="7D03FE2D" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00CE5DAB" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00185D60">
         <w:t xml:space="preserve">Gå till </w:t>
       </w:r>
       <w:r w:rsidRPr="00185D60">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Testa dina kunskaper, kateterisering</w:t>
       </w:r>
       <w:r w:rsidRPr="00185D60">
         <w:t xml:space="preserve"> och gör testet. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5DAB">
         <w:t>Om du svara</w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5DAB">
         <w:t xml:space="preserve"> fel, läs på mer om det avsnittet och gör om testet. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Sriv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE5DAB">
         <w:t xml:space="preserve"> ut testsida</w:t>
       </w:r>
       <w:r>
         <w:t>n med dina svar och visa upp</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5DAB">
         <w:t xml:space="preserve"> för </w:t>
       </w:r>
       <w:r>
         <w:t>utvecklingssjuksköterska</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5DAB">
         <w:t xml:space="preserve"> eller avdelningschef.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385B2890" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00185D60" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="1D3B0813" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00185D60" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C2FEA77" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00250025" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="7CB180F6" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00250025" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>Genomgått utbildningen i</w:t>
       </w:r>
       <w:r w:rsidRPr="00250025">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00250025">
         <w:t>Kateterisering av urinblåsa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> via NU-sjukvården. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75429C03" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="40AD692F" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>Assistera en undersköterska vid kateterisering av kvinnlig patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1768158E" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="57A907D0" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6051EC46" w14:textId="30EB82E5" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="0A9DAB4E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F828BD">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">eller utvecklingsundersköterska </w:t>
-[...8 lines deleted...]
-        <w:t>om resultat av praktiska färdigheter.</w:t>
+        <w:t>Tillsammans med sjuksköterska visa praktisk färdighet i kateterisering och urintappning av kvinnlig patient, samt redogöra för vilka risker som finns. Övervakande sjuksköterska informerar dig om resultat av praktiska färdigheter.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1268DEF9" w14:textId="1A1F48CC" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="00163E48">
+    <w:p w14:paraId="5DC182A9" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t>E</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">En gång årligen ska medarbetaren uppdatera sina kunskaper, genom att läsa avsett avsnitt i Vårdhandboken samt utföra tillhörande test med godkänt resultat. Skriv ut testsidan med dina svar och visa upp för avdelningschef.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC7EE88" w14:textId="77777777" w:rsidR="00163E48" w:rsidRPr="00163E48" w:rsidRDefault="00163E48" w:rsidP="00163E48">
+    <w:p w14:paraId="63BE777E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00163E48" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-284"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C3EB565" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00591D60" w:rsidRDefault="0048022C" w:rsidP="00591D60">
+    <w:p w14:paraId="1CFAFE68" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00591D60" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00591D60">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Avslutning av avtal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C23471" w14:textId="4E267335" w:rsidR="0048022C" w:rsidRPr="00C72E1E" w:rsidRDefault="0048022C" w:rsidP="00C72E1E">
+    <w:p w14:paraId="63FEA941" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00C72E1E" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Det muntliga avtalet</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:t xml:space="preserve"> slutar att gälla när anställningen upphör. Arbetsgivaren kan återkalla ett </w:t>
       </w:r>
       <w:r>
         <w:t>avtal</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2C65">
         <w:t xml:space="preserve"> vid uppmärksammade brister. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541CB3F8" w14:textId="77777777" w:rsidR="00A1264C" w:rsidRDefault="0048022C" w:rsidP="00163E48">
+    <w:p w14:paraId="3BB01BC6" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163E48">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Evidens/källa: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04695120" w14:textId="77777777" w:rsidR="00A1264C" w:rsidRDefault="00163E48" w:rsidP="00A1264C">
+    <w:p w14:paraId="6E2649C0" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00A002D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:iCs/>
           </w:rPr>
-          <w:t>www.vardhandbo</w:t>
-[...13 lines deleted...]
-          <w:t>en.se</w:t>
+          <w:t>www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B2E489F" w14:textId="46D9A68C" w:rsidR="0048022C" w:rsidRPr="00A1264C" w:rsidRDefault="00A1264C" w:rsidP="00A1264C">
+    <w:p w14:paraId="4DE84E40" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00A1264C" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A002D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://vemfargoravad.socialstyrelsen.se/ar</w:t>
-[...11 lines deleted...]
-          <w:t>etsuppgifter/vem-far-satta-urinkateter</w:t>
+          <w:t>https://vemfargoravad.socialstyrelsen.se/arbetsuppgifter/vem-far-satta-urinkateter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="167FF6ED" w14:textId="77777777" w:rsidR="00A1264C" w:rsidRDefault="00A1264C" w:rsidP="00A1264C">
+    <w:p w14:paraId="640EBEB2" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A4E6FB" w14:textId="0543D646" w:rsidR="0048022C" w:rsidRPr="00BB2C65" w:rsidRDefault="0048022C" w:rsidP="00A1264C">
+    <w:p w14:paraId="24B69D84" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00BB2C65" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB2C65">
         <w:t>Patientsäkerhetslagen (2010:659)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49ABCB4B" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="00430FFB">
+    <w:p w14:paraId="0CC5852E" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ovanstående arbetsuppgifter utförs av undersköterska med stöd av Patientsäkerhetslagen och Socialstyrelsens föreskrift och allmänna råd om vem som får göra vad inom hälso- och sjukvården.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA2D0B0" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00D74B24" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="10930058" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00D74B24" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:right="-567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67EB5E17" w14:textId="24089CAB" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="00C844B5">
+    <w:p w14:paraId="7280E025" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-142"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Jag åtar mig ovanstående uppdrag. </w:t>
       </w:r>
       <w:r w:rsidRPr="00241108">
         <w:t xml:space="preserve">Jag är medveten om att jag personligen inom ramen för mitt yrkesansvar </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">som medarbetare inom hälso- och sjukvården </w:t>
       </w:r>
       <w:r w:rsidRPr="00241108">
         <w:t>ansvarar för ett sakkun</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nigt och omsorgsfullt utförande, i enlighet med patientsäkerhetslagen (2010:659) 6§. Jag har erhållit teoretiska och praktiska kunskaper och anser mig ha tillräckliga reella kunskaper för den arbetsuppgift jag erhåller i mitt avtal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B858C92" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00430FFB" w:rsidRDefault="0048022C" w:rsidP="00430FFB">
+    <w:p w14:paraId="5523E3C6" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00430FFB" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430FFB">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Årligt kunskapstest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6E8C50" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="00430FFB">
+    <w:p w14:paraId="5CE61857" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:left="0" w:right="-284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jag har läst avsett avsnitt för </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">blodprov, venös provtagning </w:t>
       </w:r>
       <w:r w:rsidRPr="00465E6C">
         <w:t>samt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00450A6B">
         <w:t>blododling</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i Vårdhandboken samt uppvisat ett godkänt testresultat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7509B9A4" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="0240B3A7" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:right="-284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2947"/>
         <w:gridCol w:w="691"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0048022C" w14:paraId="34A43B23" w14:textId="77777777" w:rsidTr="00EE2054">
+      <w:tr w:rsidR="00FF0F8D" w14:paraId="48701CB8" w14:textId="77777777" w:rsidTr="008F58D5">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="1123CDF4" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="005E5649" w:rsidRDefault="0048022C" w:rsidP="00C72E1E">
+          <w:p w14:paraId="0738AC51" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="005E5649" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:left="316" w:right="-284"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5649">
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25A0C968" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="24375E12" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="245B645D" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="7B209D50" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6126057F" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="2D3FED47" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0AADBE71" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="087E8B8C" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="466FBEB5" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="79BC29A9" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47F3EE6F" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="42973440" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="740EF981" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="3DBC5ED5" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D86BA41" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="7E8ED436" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0048022C" w14:paraId="55CE7CFF" w14:textId="77777777" w:rsidTr="00EE2054">
+      <w:tr w:rsidR="00FF0F8D" w14:paraId="3EC0D0D4" w14:textId="77777777" w:rsidTr="008F58D5">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7D7A5E" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="005E5649" w:rsidRDefault="0048022C" w:rsidP="00C72E1E">
+          <w:p w14:paraId="100A977D" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="005E5649" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:left="316" w:right="-284"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5649">
               <w:t>Signatur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CC3B05" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="005E5649" w:rsidRDefault="0048022C" w:rsidP="00C72E1E">
+          <w:p w14:paraId="01624552" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="005E5649" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:left="316" w:right="-284"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5649">
               <w:t>medarbetare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3101049C" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="320A0307" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1AADB1" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="4522EBC6" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D860AB0" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="67BBF42A" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A54BBEE" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="3092E0B3" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBA89ED" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="0DC30D05" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="424A3B97" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="0ED73211" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34DCD850" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="70A860F5" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17634158" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="069C8C58" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0048022C" w14:paraId="6BCF0356" w14:textId="77777777" w:rsidTr="00EE2054">
+      <w:tr w:rsidR="00FF0F8D" w14:paraId="73EDD044" w14:textId="77777777" w:rsidTr="008F58D5">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9E2D08" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="005E5649" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="06182C16" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="005E5649" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:left="316" w:right="-284"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5649">
               <w:t>Signatur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68328969" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="005E5649" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="685FFE03" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="005E5649" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:left="316" w:right="-284"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5649">
               <w:t>utvecklingssjuksköterska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75CE6492" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="45A0B7DE" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09F536AB" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="41BAA660" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3EFAE4" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="308D8BD7" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2BBC38" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="413A7E36" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE07D71" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="7C08C5EA" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="053954BC" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="779D9C36" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03746D5E" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="747ECDB5" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2494640D" w14:textId="77777777" w:rsidR="0048022C" w:rsidRPr="00557A02" w:rsidRDefault="0048022C" w:rsidP="00EE2054">
+          <w:p w14:paraId="3FA68FF7" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00557A02" w:rsidRDefault="00FF0F8D" w:rsidP="008F58D5">
             <w:pPr>
               <w:ind w:right="-284"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FBFF86B" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C">
+    <w:p w14:paraId="055BC33B" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:ind w:right="-567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02AA1C95" w14:textId="77777777" w:rsidR="0048022C" w:rsidRDefault="0048022C" w:rsidP="0048022C"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="0048022C">
+    <w:p w14:paraId="2C5D7218" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D"/>
+    <w:p w14:paraId="17EEDD62" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00536A5A" w:rsidRDefault="00FF0F8D" w:rsidP="00FF0F8D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00672F43">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00E031F1" w:rsidRDefault="00536A5A" w:rsidP="00E031F1"/>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00E031F1" w:rsidSect="00672F43">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="47A0A241" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="01C0A66F" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="44B4BBF9" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1511,89 +1435,278 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="778BB7E0" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="461A114C" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="179179943"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="3B5B7FEC" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00EC0A68" w:rsidRDefault="00FF0F8D" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26372438" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="299A00DF" wp14:editId="142038DD">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="974150629" name="Bildobjekt 974150629">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1621,52 +1734,52 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1700,73 +1813,405 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="0F6B439B" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="13FAF15E" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="33A0E7A8" w14:textId="77777777" w:rsidR="00BD0FD8" w:rsidRDefault="00BD0FD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="440E095D" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRPr="00DA65C4" w:rsidRDefault="00FF0F8D" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EC4D44A" wp14:editId="10110223">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="663338132" name="Textruta 663338132"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0C4BB4A1" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6EC4D44A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 663338132" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251674625;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="0C4BB4A1" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7045FA6C" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E9CC9CD" wp14:editId="7FF68134">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1009219712" name="Textruta 1009219712"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="08FAF2A7" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1E9CC9CD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1009219712" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="08FAF2A7" w14:textId="77777777" w:rsidR="00FF0F8D" w:rsidRDefault="00FF0F8D">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EC7AFE3" wp14:editId="3DB36504">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1869737125" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1810,85 +2255,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1933,51 +2378,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -2054,51 +2499,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4234,68 +4679,68 @@
   <w:num w:numId="14" w16cid:durableId="1202938071">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2061829839">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="529687818">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="672798724">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="488833800">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="5712086">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="291642734">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -4600,174 +5045,178 @@
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD0FD8"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1684B"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C72E1E"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C844B5"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E031F1"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF0F8D"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7149,51 +7598,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00163E48"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7221,58 +7670,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vemfargoravad.socialstyrelsen.se/arbetsuppgifter/vem-far-satta-urinkateter" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vemfargoravad.socialstyrelsen.se/arbetsuppgifter/vem-far-satta-urinkateter" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -7558,74 +8015,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>364</Words>
-  <Characters>2738</Characters>
+  <Words>362</Words>
+  <Characters>2419</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3096</CharactersWithSpaces>
+  <CharactersWithSpaces>2768</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Körkort för kateterisering och urintappning av kvinnlig patient</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Elisabeth Carlsson</lastModifiedBy>
-  <revision>9</revision>
+  <lastModifiedBy>Annika Wallöf</lastModifiedBy>
+  <revision>11</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>