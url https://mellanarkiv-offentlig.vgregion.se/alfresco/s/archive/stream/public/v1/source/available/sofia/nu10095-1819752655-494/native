--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -7,51 +7,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="598FA01E" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00916BAC" w:rsidSect="00916BAC">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="24386715" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -118,80 +118,80 @@
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916BAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gemensam rutin för att utföra undersökning på ett säkert och enhetligt sätt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F85B812" w14:textId="1E593E55" w:rsidR="005252DD" w:rsidRPr="00916BAC" w:rsidRDefault="005252DD" w:rsidP="005252DD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C09C8CA" w14:textId="0F16F46E" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="008A2918" w:rsidP="00916BAC">
+    <w:p w14:paraId="7C09C8CA" w14:textId="73449E7C" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="007276C9" w:rsidP="00916BAC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ingen förändring.</w:t>
+        <w:t>Ändrad förberedelse.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2259"/>
         <w:gridCol w:w="2136"/>
-        <w:gridCol w:w="2579"/>
-        <w:gridCol w:w="3199"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3085"/>
       </w:tblGrid>
       <w:tr w:rsidR="00916BAC" w:rsidRPr="00916BAC" w14:paraId="36B7EFF9" w14:textId="77777777" w:rsidTr="00D56304">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10173" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E68D4C9" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00CC73D1">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:t>Inför undersökningen</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -330,51 +330,75 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patientförberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7914" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADE0A55" w14:textId="3D25F2E2" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
+          <w:p w14:paraId="366E8A85" w14:textId="77777777" w:rsidR="00931566" w:rsidRDefault="00931566" w:rsidP="00916BAC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="435" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patienten ska dricka 0,5 l vatten 30 minuter före undersökning. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ADE0A55" w14:textId="33469929" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00916BAC">
                 <w:rPr>
@@ -763,51 +787,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22D6B86C" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="3F3708A3" w14:textId="72C5AA2F" w:rsidTr="005D310B">
+      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="3F3708A3" w14:textId="72C5AA2F" w:rsidTr="00364B33">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E539E76" w14:textId="6EF22088" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
@@ -829,193 +853,193 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78F2E616" w14:textId="364A1AE0" w:rsidR="00AE74B0" w:rsidRPr="004C0635" w:rsidRDefault="00AE74B0" w:rsidP="004C0635">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2579" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1971D64D" w14:textId="14A982A4" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Siemens Artis Zee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3199" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="241EBE25" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00AE74B0">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="07367837" w14:textId="0698F504" w:rsidTr="005D310B">
+      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="07367837" w14:textId="0698F504" w:rsidTr="00364B33">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="155A0A5C" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2136" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A4C227F" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="004C0635">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2579" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15D42906" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3199" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34FC4769" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="73552237" w14:textId="215B3FC5" w:rsidTr="005D310B">
+      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="73552237" w14:textId="215B3FC5" w:rsidTr="00364B33">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="443E2A27" w14:textId="1FBEF446" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
@@ -1038,154 +1062,154 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FE401DF" w14:textId="30A58814" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="004C0635">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stor i potter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2579" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09288A7A" w14:textId="429AE46E" w:rsidR="00AE74B0" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Under patienten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Strålriktning: AP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3199" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44AA3E6F" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRDefault="00AE74B0" w:rsidP="00AE74B0">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="61A4F248" w14:textId="6812B48B" w:rsidTr="00AE74B0">
+      <w:tr w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w14:paraId="61A4F248" w14:textId="6812B48B" w:rsidTr="00364B33">
         <w:trPr>
           <w:trHeight w:val="122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FA735CF" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4715" w:type="dxa"/>
+            <w:tcW w:w="4829" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CC80CEF" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3199" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30A52C43" w14:textId="77777777" w:rsidR="00AE74B0" w:rsidRPr="00916BAC" w:rsidRDefault="00AE74B0" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00916BAC" w:rsidRPr="00916BAC" w14:paraId="4D18511F" w14:textId="77777777" w:rsidTr="00D56304">
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FEF9C9C" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
@@ -1195,67 +1219,83 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7914" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7657C816" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
+          <w:p w14:paraId="7657C816" w14:textId="11070AB0" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Omnipaque 300 mg I/ml – ordineras av läkare</w:t>
+              <w:t>Omnipaque 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F70E14">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916BAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mg I/ml – ordineras av läkare</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20A3F5C5" w14:textId="04FF3267" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00916BAC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
@@ -1339,335 +1379,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Riktlinjer för dosering av kontrast</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60EC445F" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7914" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6307D2E4" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
+          <w:p w14:paraId="6307D2E4" w14:textId="37DB521B" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00103DD6" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916BAC">
-[...273 lines deleted...]
-          </w:tbl>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uträkning enligt Omni</w:t>
+            </w:r>
+            <w:r w:rsidR="00644507">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="00644507">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> urografi.</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="7B673E2B" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00916BAC" w:rsidRPr="00916BAC" w14:paraId="5C0CAF4D" w14:textId="77777777" w:rsidTr="00D56304">
         <w:trPr>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30C74332" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -2210,67 +2008,108 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Frontal ryggläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4076" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B448024" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
+          <w:p w14:paraId="0B448024" w14:textId="620D2727" w:rsidR="00916BAC" w:rsidRPr="00360D45" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7 minuter efter injektion.</w:t>
+              <w:t>7 minuter efter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007276C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> injektion</w:t>
+            </w:r>
+            <w:r w:rsidR="00364B33" w:rsidRPr="00360D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (genomlys </w:t>
+            </w:r>
+            <w:r w:rsidR="00360D45" w:rsidRPr="00360D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>för att</w:t>
+            </w:r>
+            <w:r w:rsidR="00360D45" w:rsidRPr="00360D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>bekräfta att kontrast nått njurbäckenet)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DF48AFE" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="098508AB" w14:textId="77777777" w:rsidR="00916BAC" w:rsidRPr="00916BAC" w:rsidRDefault="00916BAC" w:rsidP="00916BAC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916BAC">
               <w:rPr>
@@ -2548,118 +2387,140 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28353/width_219/height_303/preserveAspectRatio_0/scope_0/filename_eb0y6O_8MOC51GaL5duw.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText>INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28353/width_219/height_303/preserveAspectRatio_0/scope_0/filename_eb0y6O_8MOC51GaL5duw.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET</w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A2918">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A2918">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28353/width_219/height_303/preserveAspectRatio_0/scope_0/filename_eb0y6O_8MOC51GaL5duw.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008A2918">
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:pict w14:anchorId="7E0D9935">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Avflödesurografi 7 min Ryggläge" style="width:159.05pt;height:220.4pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Avflödesurografi 7 min Ryggläge" style="width:159pt;height:220.6pt">
                   <v:imagedata r:id="rId23" r:href="rId24"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3222,99 +3083,121 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_30378/width_266/height_342/preserveAspectRatio_0/scope_0/filename_4j-2Af0AzH4UqKQJ7J5z.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText>INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_30378/width_266/height_342/preserveAspectRatio_0/scope_0/filename_4j-2Af0AzH4UqKQJ7J5z.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET</w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A2918">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A2918">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A2918">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_30378/width_266/height_342/preserveAspectRatio_0/scope_0/filename_4j-2Af0AzH4UqKQJ7J5z.jpg/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:pict w14:anchorId="33FA4CAB">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="15 min efter kontrastinjektion" style="width:175.3pt;height:225.4pt">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="15 min efter kontrastinjektion" style="width:175.1pt;height:225.2pt">
                   <v:imagedata r:id="rId25" r:href="rId26"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008A2918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3849,118 +3732,118 @@
     </w:tbl>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00637640" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00637640" w:rsidSect="005252DD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="985" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AA53814" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08">
+    <w:p w14:paraId="7F71A62D" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E2704C6" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08">
+    <w:p w14:paraId="3045BAAA" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7072266A" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08">
+    <w:p w14:paraId="4E171FE7" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3968,89 +3851,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -4079,51 +3962,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Bildobjekt 8">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -4157,73 +4040,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="792CF019" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08"/>
+    <w:p w14:paraId="7B3E20DD" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BE60D60" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08">
+    <w:p w14:paraId="55EC4573" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="219E5A1C" w14:textId="77777777" w:rsidR="00B25B08" w:rsidRDefault="00B25B08">
+    <w:p w14:paraId="4B643B6D" w14:textId="77777777" w:rsidR="009F53D9" w:rsidRDefault="009F53D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -4301,51 +4184,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -4384,51 +4267,51 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
           <w:pict w14:anchorId="7BC270FA">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -4511,51 +4394,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7036,67 +6919,67 @@
   <w:num w:numId="17" w16cid:durableId="1132676581">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="353460391">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="892424272">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="653873040">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1837648028">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1570530840">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="330917414">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -7109,50 +6992,51 @@
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00055980"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6C89"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="00103DD6"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193998"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
@@ -7176,72 +7060,75 @@
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F3060"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00360D45"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
+    <w:rsid w:val="00364B33"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="0039793E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A47D4"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E219E"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F1C42"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C0635"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
@@ -7272,190 +7159,198 @@
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A65E4"/>
     <w:rsid w:val="005B3C86"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D310B"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00637640"/>
+    <w:rsid w:val="00644507"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00671149"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D4648"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E3F16"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="007004E2"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007276C9"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00751D6E"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007D13D0"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00845F7C"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A2918"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C1883"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D2160"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00916BAC"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00931566"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00931DC4"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00963B4F"/>
     <w:rsid w:val="009660AA"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F53D9"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A1581C"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A51276"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A541B0"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A746AF"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE74B0"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B25B08"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B341FD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B540AA"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B95608"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA5D6D"/>
     <w:rsid w:val="00BB10B7"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
@@ -7514,111 +7409,113 @@
     <w:rsid w:val="00E25196"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74B87"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F70E14"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="029B52BD"/>
     <w:rsid w:val="0B3948E9"/>
     <w:rsid w:val="26BD6F2C"/>
     <w:rsid w:val="3AC26C02"/>
     <w:rsid w:val="61265F64"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9988,51 +9885,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10400,56 +10297,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>255</Words>
-  <Characters>5637</Characters>
+  <Words>1010</Words>
+  <Characters>5354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5881</CharactersWithSpaces>
+  <CharactersWithSpaces>6352</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Urografi –Vandrande njure (Adora), Siemens Artis Zee</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>49</revision>
+  <revision>58</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>