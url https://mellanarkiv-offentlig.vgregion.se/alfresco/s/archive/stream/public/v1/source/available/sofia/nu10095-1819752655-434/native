--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7894DE10" w14:textId="77777777" w:rsidR="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00D6059B" w:rsidSect="00D6059B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="0218160F" w14:textId="24546154" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="00245589" w:rsidP="00245589">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
@@ -96,87 +96,82 @@
       </w:r>
       <w:r w:rsidRPr="00D6059B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3195DA71" w14:textId="77777777" w:rsidR="00AA35EE" w:rsidRDefault="00AA35EE" w:rsidP="00D6059B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FB80EE4" w14:textId="19F96C6C" w:rsidR="00AA35EE" w:rsidRPr="00D6059B" w:rsidRDefault="00A0078D" w:rsidP="00AA35EE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Förändringar sedan föregående </w:t>
       </w:r>
       <w:r w:rsidR="00AA35EE" w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032025E9" w14:textId="2CC7D682" w:rsidR="00AA35EE" w:rsidRPr="00D6059B" w:rsidRDefault="00C26C24" w:rsidP="00A0078D">
+    <w:p w14:paraId="032025E9" w14:textId="3C70742B" w:rsidR="00AA35EE" w:rsidRPr="00D6059B" w:rsidRDefault="0009564C" w:rsidP="00A0078D">
       <w:r>
-        <w:t>Lagt till reservnummer (fast telefoni).</w:t>
+        <w:t>Reservtelefonnummer Skype borttaget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400B5308" w14:textId="77777777" w:rsidR="00AA35EE" w:rsidRPr="00D6059B" w:rsidRDefault="00AA35EE" w:rsidP="00D6059B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="600AFF53" w14:textId="77777777" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00A0078D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D6059B">
         <w:t>RIS fungerar ej/problem med MEI</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="20F1F29D" w14:textId="5FF5552F" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00A0078D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">Om personal på röntgen upptäcker att det är problem med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="38320BC9">
-        <w:t>Sectra</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Sectra </w:t>
       </w:r>
       <w:r>
         <w:t>RIS</w:t>
       </w:r>
       <w:r w:rsidR="1C481BBE">
         <w:t>/PACS</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">, MEI eller annat i den digitala kontakten med </w:t>
       </w:r>
       <w:r w:rsidR="004A0518">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00A0078D">
         <w:t>xtern granskare</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve"> kontaktas </w:t>
       </w:r>
       <w:r w:rsidR="003E0248">
         <w:t>dessa</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve"> omgående. Även VGR-IT kontaktas.</w:t>
       </w:r>
@@ -184,59 +179,51 @@
     <w:p w14:paraId="7CF5343E" w14:textId="4FDBD331" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="003E0248" w:rsidP="00A0078D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Extern granskare</w:t>
       </w:r>
       <w:r w:rsidR="00D6059B" w:rsidRPr="00D6059B">
         <w:t xml:space="preserve"> kontaktar oss om de upptäcker att de har problem med den digitala kommunikationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E22C1A" w14:textId="7D871196" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00A0078D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">Vid mycket brådskande undersökning ska remissen skrivas ut, anonymiseras och faxas till </w:t>
       </w:r>
       <w:r w:rsidR="004A0518">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="003E0248">
         <w:t>xtern granskare</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6059B">
-        <w:t>. Telefonnummer finns vid faxen i ”</w:t>
-[...7 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>. Telefonnummer finns vid faxen i ”akutskriv”</w:t>
       </w:r>
       <w:r w:rsidR="00E137B8">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidR="00C74CA7">
         <w:t xml:space="preserve">vid </w:t>
       </w:r>
       <w:r w:rsidR="00E137B8">
         <w:t>kopieringsmaskinen</w:t>
       </w:r>
       <w:r w:rsidR="00C74CA7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C2CBC5" w14:textId="1163B62B" w:rsidR="00D6059B" w:rsidRPr="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00A0078D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">Utlåtande/svar på undersökningen faxas anonymiserat från </w:t>
       </w:r>
       <w:r w:rsidR="004A0518">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00176854">
@@ -367,121 +354,95 @@
     </w:p>
     <w:p w14:paraId="09607018" w14:textId="50A00D3E" w:rsidR="14AEED02" w:rsidRDefault="14AEED02" w:rsidP="00184AF5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Bildöverföring direkt från modalitet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40141211" w14:textId="415396BC" w:rsidR="14AEED02" w:rsidRDefault="14AEED02" w:rsidP="2D517382">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bildöverföring via </w:t>
       </w:r>
       <w:r w:rsidR="00820AA8">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t>eleradiologi</w:t>
       </w:r>
       <w:r w:rsidR="00820AA8">
         <w:t xml:space="preserve">destination i </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Sectra</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> IDS7/</w:t>
+        <w:t>Sectra IDS7/</w:t>
       </w:r>
       <w:r w:rsidR="03008FDE">
         <w:t>PACS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA731E1" w14:textId="3DBEAA31" w:rsidR="03008FDE" w:rsidRPr="008D2247" w:rsidRDefault="03008FDE" w:rsidP="2D517382">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Bildöverföring via </w:t>
-[...3 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>Bildöverföring via S</w:t>
       </w:r>
       <w:r w:rsidR="5CB43E5A">
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:t>ngo</w:t>
       </w:r>
       <w:r w:rsidR="00BC336F">
         <w:t>.via</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC3ED1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D677E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="1286DAE7">
         <w:t xml:space="preserve">2025-05-06: </w:t>
       </w:r>
       <w:r w:rsidR="00C361A2" w:rsidRPr="00C361A2">
         <w:rPr>
           <w:color w:val="121212"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">OBS!! I nuläget går det INTE att skicka bilder till extern granskare via </w:t>
-[...15 lines deleted...]
-        <w:t>. Arbete pågår att lösa detta</w:t>
+        <w:t>OBS!! I nuläget går det INTE att skicka bilder till extern granskare via syngo.via. Arbete pågår att lösa detta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A50F72A" w14:textId="5EB19C8C" w:rsidR="03008FDE" w:rsidRDefault="03008FDE" w:rsidP="2D517382">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bildöverföring till BFR </w:t>
       </w:r>
       <w:r w:rsidR="00B40A44">
         <w:t xml:space="preserve">där </w:t>
       </w:r>
       <w:r w:rsidR="003F2759">
         <w:t>Extern granskare</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A771CD">
         <w:t xml:space="preserve">har möjlighet att hämta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1900ED9D" w14:textId="77777777" w:rsidR="001A27B8" w:rsidRDefault="001A27B8" w:rsidP="001A27B8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
@@ -490,66 +451,66 @@
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49BEA0DB" w14:textId="2D666DBF" w:rsidR="00D6059B" w:rsidRDefault="005B0650" w:rsidP="001A27B8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="992"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Följ reservrutin</w:t>
       </w:r>
       <w:r w:rsidR="00B110D0">
         <w:t>er:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1770AE79" w14:textId="107E4EF2" w:rsidR="009C7248" w:rsidRDefault="00E36A9C" w:rsidP="001A27B8">
+    <w:p w14:paraId="1770AE79" w14:textId="107E4EF2" w:rsidR="009C7248" w:rsidRDefault="00D816F2" w:rsidP="001A27B8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="992"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00D816F2" w:rsidRPr="007777E0">
+        <w:r w:rsidRPr="007777E0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Reservrutiner </w:t>
         </w:r>
         <w:r w:rsidR="007777E0" w:rsidRPr="007777E0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>radiologi – NU-sjukvården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3639E5AB" w14:textId="01E8FACE" w:rsidR="00D6059B" w:rsidRDefault="00D6059B" w:rsidP="00315FBC">
       <w:r w:rsidRPr="00D6059B">
         <w:t xml:space="preserve">Om problem kvarstår med den digitala kommunikationen med </w:t>
       </w:r>
       <w:r w:rsidR="004A0518">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F11A3A">
@@ -706,265 +667,274 @@
             <w:tcW w:w="8500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
           <w:p w14:paraId="65A877BE" w14:textId="0EB70903" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="003D3121" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D6059B">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Telefonnummer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extern granskare </w:t>
-[...7 lines deleted...]
-              <w:t>T</w:t>
+              <w:t>Extern granskare T</w:t>
             </w:r>
             <w:r w:rsidR="00A54FA9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eleconsult</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D3121" w:rsidRPr="00D6059B" w14:paraId="1B468A36" w14:textId="77777777" w:rsidTr="0048471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="191ABF51" w14:textId="248852D8" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="00550549" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00A56B53">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eleconsult</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003D3121">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> koordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="322A4930" w14:textId="1F243709" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="009F273A" w:rsidP="0048471F">
+          <w:p w14:paraId="322A4930" w14:textId="6E767B17" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="009F273A" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="008A160F">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidR="00457534">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D00672">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="000D6535">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 123 50 190</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B78CB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D6535">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidR="005B78CB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D6535">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="005B78CB">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D6535">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3121" w:rsidRPr="00D6059B" w14:paraId="32A52490" w14:textId="77777777" w:rsidTr="0048471F">
+      <w:tr w:rsidR="00DF1AD5" w:rsidRPr="00D6059B" w14:paraId="79358349" w14:textId="77777777" w:rsidTr="0048471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C30EFF0" w14:textId="64A7CC84" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="003D3121" w:rsidP="0048471F">
+          <w:p w14:paraId="1608E461" w14:textId="1958082E" w:rsidR="00DF1AD5" w:rsidRDefault="00DF1AD5" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6059B">
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reservtelefonnummer </w:t>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Reservtelefonnummer 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C71BE79" w14:textId="4B600D11" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="008A160F" w:rsidP="0048471F">
+          <w:p w14:paraId="6E2E1701" w14:textId="6B8523B7" w:rsidR="00DF1AD5" w:rsidRDefault="00DF1AD5" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>+46</w:t>
             </w:r>
-            <w:r w:rsidR="00457534">
+            <w:r w:rsidR="001649FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t>8 559 21 848</w:t>
+              <w:t xml:space="preserve"> 31 373 77 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26C24" w:rsidRPr="00D6059B" w14:paraId="31CB1BC9" w14:textId="77777777" w:rsidTr="0048471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661CF2D3" w14:textId="6EEDBD29" w:rsidR="00C26C24" w:rsidRPr="00D6059B" w:rsidRDefault="00C26C24" w:rsidP="0048471F">
+          <w:p w14:paraId="661CF2D3" w14:textId="35866616" w:rsidR="00C26C24" w:rsidRPr="00D6059B" w:rsidRDefault="00C26C24" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reserv</w:t>
             </w:r>
             <w:r w:rsidR="00F5022A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>telefon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nummer </w:t>
             </w:r>
             <w:r w:rsidR="00457534">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF1AD5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DF1AD5">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00954D6B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(fast telefoni)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F9C7F43" w14:textId="03A8B143" w:rsidR="00C26C24" w:rsidRDefault="008A160F" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1006,89 +976,123 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D3121" w:rsidRPr="00D6059B" w14:paraId="30896C8F" w14:textId="77777777" w:rsidTr="0048471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="047884DA" w14:textId="589572DF" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="003D3121" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fax </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00550549">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00457534">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eleconsult</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8D5F30" w14:textId="2B4F75A4" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="00457534" w:rsidP="0048471F">
+          <w:p w14:paraId="1E8D5F30" w14:textId="5AFC4295" w:rsidR="003D3121" w:rsidRPr="00D6059B" w:rsidRDefault="00457534" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">+46 </w:t>
             </w:r>
             <w:r w:rsidR="00405FAE">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6 317 459 610</w:t>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43496">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAE">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>745</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43496">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAE">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43496">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAE">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00851DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D3121" w:rsidRPr="00D6059B" w14:paraId="32128AD3" w14:textId="77777777" w:rsidTr="0048471F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="231685AA" w14:textId="2EDB962E" w:rsidR="003D3121" w:rsidRDefault="003D3121" w:rsidP="0048471F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1164,118 +1168,118 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30AF96EB" w14:textId="77777777" w:rsidR="00B23185" w:rsidRPr="00536A5A" w:rsidRDefault="00B23185" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B23185" w:rsidRPr="00536A5A" w:rsidSect="00C74CA7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1127" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CFBB0B0" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
+    <w:p w14:paraId="38063871" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="280F86C9" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
+    <w:p w14:paraId="3BCB296F" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AE6C391" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
+    <w:p w14:paraId="5A6CABC6" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1283,89 +1287,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1394,51 +1398,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1472,73 +1476,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E21D6F7" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E"/>
+    <w:p w14:paraId="47DDDF3E" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15264D8B" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
+    <w:p w14:paraId="55E7E858" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44083121" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
+    <w:p w14:paraId="14C127F1" w14:textId="77777777" w:rsidR="00186F7E" w:rsidRDefault="00186F7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1616,51 +1620,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1826,51 +1830,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4146,54 +4150,54 @@
   <w:num w:numId="15" w16cid:durableId="173687179">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="948044588">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1848206239">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1917284451">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="449714659">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="346324767">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2143379672">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -4212,80 +4216,83 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004ACF"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00034198"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00064977"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00081850"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="0009089E"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="0009564C"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C6846"/>
     <w:rsid w:val="000D60F4"/>
     <w:rsid w:val="000D6535"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00115E3D"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="00135528"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00142E5E"/>
     <w:rsid w:val="00145788"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
+    <w:rsid w:val="001649FD"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00176854"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184AF5"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="00186F7E"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A1592"/>
     <w:rsid w:val="001A20AF"/>
     <w:rsid w:val="001A27B8"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B0E50"/>
     <w:rsid w:val="001B67E8"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5658"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D5677"/>
     <w:rsid w:val="001F2885"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00213D62"/>
@@ -4313,148 +4320,151 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F3678"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00315FBC"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00321132"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00324C73"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003404BD"/>
     <w:rsid w:val="003423C6"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00351161"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00372524"/>
     <w:rsid w:val="0037714A"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="0038464E"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00386943"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C2712"/>
     <w:rsid w:val="003C2C32"/>
     <w:rsid w:val="003C4424"/>
     <w:rsid w:val="003C6F28"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D2894"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D3121"/>
     <w:rsid w:val="003E0248"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F2759"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00405FAE"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="004233CB"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00457534"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00480ED6"/>
     <w:rsid w:val="0048471F"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00497906"/>
     <w:rsid w:val="004A0518"/>
     <w:rsid w:val="004A1EEA"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B52FA"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D385B"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4278"/>
     <w:rsid w:val="004E42D5"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00543515"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00546D52"/>
     <w:rsid w:val="00550549"/>
     <w:rsid w:val="00556149"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00564629"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00584623"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A1992"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A581A"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B0650"/>
+    <w:rsid w:val="005B78CB"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D00CA"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00690F04"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A2D7A"/>
     <w:rsid w:val="006A4978"/>
@@ -4563,50 +4573,51 @@
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00942DEE"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00954D6B"/>
     <w:rsid w:val="00964098"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098689D"/>
     <w:rsid w:val="009A3BA6"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C1CAD"/>
     <w:rsid w:val="009C49AA"/>
     <w:rsid w:val="009C7248"/>
     <w:rsid w:val="009D3DCC"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F273A"/>
+    <w:rsid w:val="009F48F9"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A0078D"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A43B3A"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A54FA9"/>
     <w:rsid w:val="00A56B53"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A7272F"/>
     <w:rsid w:val="00A771CD"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
@@ -4648,54 +4659,56 @@
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA2106"/>
     <w:rsid w:val="00BA2A8A"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC336F"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD007D"/>
     <w:rsid w:val="00BD3686"/>
     <w:rsid w:val="00BE68E3"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF1451"/>
     <w:rsid w:val="00BF7231"/>
     <w:rsid w:val="00BF737A"/>
     <w:rsid w:val="00C02BB9"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1722F"/>
     <w:rsid w:val="00C26C24"/>
     <w:rsid w:val="00C361A2"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C43496"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C45D96"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
+    <w:rsid w:val="00C50148"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C51582"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C57B71"/>
     <w:rsid w:val="00C602E7"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C74CA7"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C86BA5"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91B4E"/>
     <w:rsid w:val="00C962C4"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
@@ -4708,96 +4721,99 @@
     <w:rsid w:val="00D00672"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D16A6A"/>
     <w:rsid w:val="00D24057"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D42527"/>
     <w:rsid w:val="00D42C6D"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D6059B"/>
     <w:rsid w:val="00D677E2"/>
     <w:rsid w:val="00D816F2"/>
     <w:rsid w:val="00D82CF0"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC3ED1"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD2EAE"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF07E3"/>
+    <w:rsid w:val="00DF1AD5"/>
     <w:rsid w:val="00DF1CAB"/>
     <w:rsid w:val="00E00597"/>
     <w:rsid w:val="00E01004"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E04752"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E129E8"/>
     <w:rsid w:val="00E13757"/>
     <w:rsid w:val="00E137B8"/>
     <w:rsid w:val="00E36A9C"/>
     <w:rsid w:val="00E45FC2"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E56F49"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E95438"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC47FD"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE10E7"/>
     <w:rsid w:val="00EE1F50"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF656A"/>
     <w:rsid w:val="00F11A3A"/>
     <w:rsid w:val="00F17FE8"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F348E2"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F42909"/>
     <w:rsid w:val="00F5022A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA068A"/>
     <w:rsid w:val="00FA2E81"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC2CD7"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="029BC18C"/>
     <w:rsid w:val="03008FDE"/>
     <w:rsid w:val="043791ED"/>
     <w:rsid w:val="05B6C57B"/>
     <w:rsid w:val="076F32AF"/>
     <w:rsid w:val="1286DAE7"/>
     <w:rsid w:val="14AEED02"/>
     <w:rsid w:val="1B53C9D2"/>
@@ -4832,51 +4848,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{4082A40F-F55E-42E6-B910-C9A49FA85821}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7318,51 +7334,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D2894"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D2894"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7730,61 +7746,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>339</Words>
-  <Characters>2745</Characters>
+  <Words>487</Words>
+  <Characters>2587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3078</CharactersWithSpaces>
+  <CharactersWithSpaces>3068</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>7405605</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10095-1819752655-39/surrogate/Extern granskning %e2%80%93 rutin f%c3%b6r samarbetet Teleconsult-radiologi-remittent.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031663</vt:i4>
       </vt:variant>
@@ -7831,31 +7847,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8444-2101229903-14/surrogate/Skicka bilder till Sahlgrenska fr%c3%a5n Syngo.via och faxa svar.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Reservrutin Extern granskare natt</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>140</revision>
+  <revision>148</revision>
   <lastPrinted>2023-11-30T09:12:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>