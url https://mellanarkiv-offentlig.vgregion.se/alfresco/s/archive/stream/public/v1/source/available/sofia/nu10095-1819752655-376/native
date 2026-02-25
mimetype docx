--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,244 +6,210 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09205BD9" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00B35E6F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00697ECB" w:rsidSect="00697ECB">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="3C5C0CED" w14:textId="77777777" w:rsidR="00FE46E6" w:rsidRDefault="00FE46E6" w:rsidP="00B35E6F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6529BFF9" w14:textId="079A0FC7" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00B35E6F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697ECB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="304A5F63" w14:textId="78D3ACD2" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00B35E6F" w:rsidP="00B35E6F">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00697ECB">
         <w:t>Ländrygg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="303A1C54" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00B35E6F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00697ECB">
         <w:t>Metodbok Konventionell röntgen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="405D814E" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697ECB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gemensam rutin för att utföra undersökning på ett säkert och enhetligt sätt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E366F6A" w14:textId="72FF6522" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00B35E6F" w:rsidP="00B35E6F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B10B611" w14:textId="7275B51A" w:rsidR="00537420" w:rsidRPr="00B35E6F" w:rsidRDefault="00537420" w:rsidP="00B35E6F">
+    <w:p w14:paraId="1B10B611" w14:textId="4D3DB405" w:rsidR="00537420" w:rsidRPr="00B35E6F" w:rsidRDefault="00210591" w:rsidP="00B35E6F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Lagt till FFA</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> - borttaget </w:t>
+        <w:t>Inga förändringar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695D2CCB" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2259"/>
         <w:gridCol w:w="3389"/>
         <w:gridCol w:w="3532"/>
       </w:tblGrid>
       <w:tr w:rsidR="00697ECB" w:rsidRPr="00697ECB" w14:paraId="3EB9DDC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="368C482E" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00B35E6F">
             <w:pPr>
-              <w:pStyle w:val="Heading2"/>
+              <w:pStyle w:val="Rubrik2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697ECB">
               <w:t>Inför undersökningen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00697ECB" w:rsidRPr="00697ECB" w14:paraId="5EDF5DA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B7E3006" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -489,51 +455,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63A96617" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.1 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74BE6069" w14:textId="7F92DDCF" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="009D1CD1" w:rsidP="00697ECB">
+          <w:p w14:paraId="74BE6069" w14:textId="7F92DDCF" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00B838A5" w:rsidP="00697ECB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00697ECB" w:rsidRPr="00697ECB">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -726,97 +692,121 @@
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D3FB87B" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Detektor</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="72317290" w14:textId="77777777" w:rsidR="00210591" w:rsidRDefault="00210591" w:rsidP="00697ECB">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="334F8D09" w14:textId="697A9654" w:rsidR="00E52597" w:rsidRPr="00697ECB" w:rsidRDefault="00E52597" w:rsidP="00697ECB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="766EA54C" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stor i potter</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="50B61EEC" w14:textId="77777777" w:rsidR="00210591" w:rsidRDefault="00210591" w:rsidP="00697ECB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="0DE252DC" w14:textId="0825149D" w:rsidR="00E52597" w:rsidRPr="00697ECB" w:rsidRDefault="00B44C99" w:rsidP="00697ECB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>110 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00697ECB" w:rsidRPr="00697ECB" w14:paraId="07725249" w14:textId="77777777">
         <w:trPr>
@@ -1191,50 +1181,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29B5ADC2" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00B35E6F" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B35E6F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Bildtagning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39D7A300" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
@@ -3057,83 +3048,127 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_ALuaRCj0IejisL6vWGSn.gif/id_28189/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CD1CF3">
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_ALuaRCj0IejisL6vWGSn.gif/id_28189/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00210591">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict w14:anchorId="3B2EF5B9">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="L5 sida" style="width:152.25pt;height:160.5pt">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" alt="L5 sida" style="width:152.25pt;height:160.5pt">
                   <v:imagedata r:id="rId20" r:href="rId21"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006C4C1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C93A54">
               <w:rPr>
@@ -3742,64 +3777,108 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_W2UUGa4EG0u9DvooscdM.gif/id_28192/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CD1CF3">
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_W2UUGa4EG0u9DvooscdM.gif/id_28192/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00210591">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict w14:anchorId="13958EBB">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Övergång bröst ländrygg" style="width:89.25pt;height:138pt">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" alt="Övergång bröst ländrygg" style="width:89.25pt;height:138pt">
                   <v:imagedata r:id="rId22" r:href="rId23"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006C4C1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C93A54">
               <w:rPr>
@@ -3971,69 +4050,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Hundbild/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Taxbild</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bichebild</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="3CF9592A" w14:textId="77777777" w:rsidR="00697ECB" w:rsidRPr="00697ECB" w:rsidRDefault="00697ECB" w:rsidP="00697ECB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00697ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4574,65 +4651,109 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28190/width_179/height_310/preserveAspectRatio_0/scope_0/filename_oBMSn8JdhN8j5IKZV2a3.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CD1CF3">
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28190/width_179/height_310/preserveAspectRatio_0/scope_0/filename_oBMSn8JdhN8j5IKZV2a3.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00210591">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict w14:anchorId="6B914B36">
-                <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Hundbilder 1" style="width:98.25pt;height:169.5pt">
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" alt="Hundbilder 1" style="width:98.25pt;height:169.5pt">
                   <v:imagedata r:id="rId24" r:href="rId25"/>
                 </v:shape>
               </w:pict>
             </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006C4C1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C93A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4908,64 +5029,108 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_diA8ry7cymsgMNIBu6QV.gif/id_28191/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CD1CF3">
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_diA8ry7cymsgMNIBu6QV.gif/id_28191/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00210591">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict w14:anchorId="3FFF480F">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="Hundbilder 2" style="width:92.25pt;height:169.5pt">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" alt="Hundbilder 2" style="width:92.25pt;height:169.5pt">
                   <v:imagedata r:id="rId26" r:href="rId27"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00B838A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00CD1CF3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006C4C1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C93A54">
               <w:rPr>
@@ -5109,235 +5274,234 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00697ECB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70A76CF7" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
+    <w:p w14:paraId="3360E92B" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0737B107" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
+    <w:p w14:paraId="03EC63C2" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52775907" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
+    <w:p w14:paraId="20950D9D" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
-    <w:altName w:val="Arial"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -5348,54 +5512,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -5426,76 +5590,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B3DC316" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D"/>
+    <w:p w14:paraId="0B1C412C" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C7F25C3" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
+    <w:p w14:paraId="63631D8B" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="404F06BF" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
+    <w:p w14:paraId="53529724" w14:textId="77777777" w:rsidR="0048256D" w:rsidRDefault="0048256D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -5570,54 +5734,54 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5780,51 +5944,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6853,51 +7017,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7334,51 +7498,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -8073,169 +8237,173 @@
   <w:num w:numId="15" w16cid:durableId="840196836">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1484539496">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="837694155">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1050030053">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2132894828">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1749040526">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="958223100">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2054" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="000341A1"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B3D8D"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C0986"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00156B37"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="00210591"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00215005"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00220975"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00240A33"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="0026371A"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00277494"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A073C"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E5570"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00324CDB"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
@@ -8267,50 +8435,51 @@
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="0048256D"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4BF9"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="0050223D"/>
     <w:rsid w:val="00510EA6"/>
     <w:rsid w:val="005113D9"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="0053469D"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00537420"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B1819"/>
@@ -8354,50 +8523,51 @@
     <w:rsid w:val="00706F97"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00711B1F"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="0080793D"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008564C5"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="0088307B"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
@@ -8456,50 +8626,52 @@
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD788E"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B35E6F"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B44C99"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B57B5D"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B838A5"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C56244"/>
     <w:rsid w:val="00C57243"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
@@ -8578,75 +8750,75 @@
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE46E6"/>
     <w:rsid w:val="00FE6F20"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="32451E77"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2054" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{8FDC2B18-1044-43FB-A01E-07F528217897}"/>
+  <w15:docId w15:val="{5BB7FC68-8C9F-43CA-BED3-567D83114929}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8994,196 +9166,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9261,606 +9433,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -9891,81 +10063,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -10004,53 +10176,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10124,53 +10296,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10244,53 +10416,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10340,53 +10512,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10436,53 +10608,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -10518,53 +10690,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -10613,51 +10785,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -10701,51 +10873,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -10832,67 +11004,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -10936,142 +11108,142 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003713E8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11436,81 +11608,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6451</Characters>
+  <Pages>3</Pages>
+  <Words>276</Words>
+  <Characters>7971</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>66</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7567</CharactersWithSpaces>
+  <CharactersWithSpaces>8231</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ländrygg</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>24</revision>
-  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
+  <revision>26</revision>
+  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>