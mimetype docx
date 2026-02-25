--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D76DAB8" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00331DC7" w:rsidSect="00331DC7">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="2F49A64A" w14:textId="56355718" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
@@ -145,59 +145,61 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>36385</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -235,120 +237,113 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>36385</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00B72D81" w:rsidRPr="00331DC7">
         <w:t>Arbetsrutin MR 1 och MR 2 röntgensjuksköterska - Uddevalla</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1272BBE9" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569F90A4" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Att tydliggöra arbetsrutinerna för röntgensjuksköterskan på MR 1 och MR 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D107DB" w14:textId="3600B460" w:rsidR="00B72D81" w:rsidRPr="00331DC7" w:rsidRDefault="00B72D81" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427CC9DB" w14:textId="2B7F027C" w:rsidR="00331DC7" w:rsidRPr="00B72D81" w:rsidRDefault="004C3C90" w:rsidP="00B72D81">
+    <w:p w14:paraId="427CC9DB" w14:textId="2763FEBF" w:rsidR="00331DC7" w:rsidRPr="00B72D81" w:rsidRDefault="003D46A5" w:rsidP="00B72D81">
       <w:r>
-        <w:t xml:space="preserve">Reviderad, </w:t>
-[...8 lines deleted...]
-        <w:t>e, efter dagens slut.</w:t>
+        <w:t>Inga förändringar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4858AE13" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Uppstart</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1AEEBD" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:r w:rsidRPr="00331DC7">
         <w:t>Observation av startprocedur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D458859" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Starta upp MR-kameran, observera eventuella felmeddelanden, åtgärda och dokumentera processen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8CA74E" w14:textId="19630C0B" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
@@ -389,92 +384,116 @@
       <w:r w:rsidRPr="00331DC7">
         <w:t>gång.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF41155" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Kontrollera sug och syrgas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5149DD6B" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Säkerhetsarbete</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C02F4F" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
-        <w:t>Kontrollera patientens P-kreatinin och GFR.</w:t>
+        <w:t>Kontrollera patientens P-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00331DC7">
+        <w:t>kreatinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00331DC7">
+        <w:t xml:space="preserve"> och GFR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02973705" w14:textId="77777777" w:rsidR="00CE576C" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Ansvara för och godkänna frågeformulär samt ID-kontroll.</w:t>
       </w:r>
       <w:r w:rsidR="00DE3AA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004044F5">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00856B51">
-        <w:t>Patientens frågeformulär scannas in enligt</w:t>
+        <w:t xml:space="preserve">Patientens frågeformulär </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00856B51">
+        <w:t>scannas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00856B51">
+        <w:t xml:space="preserve"> in enligt</w:t>
       </w:r>
       <w:r w:rsidR="00C66FD7">
         <w:t xml:space="preserve"> lathund</w:t>
       </w:r>
       <w:r w:rsidR="00C779FE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00C779FE" w:rsidRPr="00C779FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>scanna dokument i IDS7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C779FE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00184871">
         <w:t xml:space="preserve"> Fråge</w:t>
       </w:r>
       <w:r w:rsidR="00066664">
-        <w:t xml:space="preserve">formulär som scannats </w:t>
+        <w:t xml:space="preserve">formulär som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00066664">
+        <w:t>scannats</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00066664">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F005D">
         <w:t>destrueras tidigast nästa dag</w:t>
       </w:r>
       <w:r w:rsidR="00330503">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE576C">
         <w:t>eftersom backup måste ske först.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE3B094" w14:textId="32B57EEF" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00CE576C" w:rsidP="00A63FC4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C37357">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -493,73 +512,82 @@
           <w:iCs/>
         </w:rPr>
         <w:t>sätts in i pärm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> märkt med MR-frågeformulär medföljande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FA1786" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Visa in patienten till omklädningsbåset, informera om ombyte till patientskjorta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26654FF7" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
-        <w:t xml:space="preserve">Informera patienten att ta av sig t ex klocka, smycken, hörapparat och eller insulinpump. </w:t>
+        <w:t xml:space="preserve">Informera patienten att ta av sig </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00331DC7">
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00331DC7">
+        <w:t xml:space="preserve"> klocka, smycken, hörapparat och eller insulinpump. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B979DE" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:lastRenderedPageBreak/>
         <w:t>Informera och förbereda patienten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418509E6" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Informera om undersökningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D984A3" w14:textId="0482EA24" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
+    <w:p w14:paraId="27D984A3" w14:textId="0482EA24" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00E957F0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Vid behov sätta PVK, alternativt kontrollera att befintlig in</w:t>
       </w:r>
       <w:r w:rsidR="00DE3AA8">
         <w:t>fart</w:t>
       </w:r>
       <w:r w:rsidRPr="00331DC7">
         <w:t xml:space="preserve"> fungerar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC23103" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Se till att patienten får nödvändig praktisk hjälp för att kunna klara av undersökningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ADF2B16" w14:textId="29D663BD" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00B72D81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Undersökning</w:t>
@@ -698,377 +726,640 @@
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Hygien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A37E5AA" w14:textId="79B66A09" w:rsidR="00331DC7" w:rsidRPr="003D23FD" w:rsidRDefault="00331DC7" w:rsidP="003D23FD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:t>Enligt gällande hygienrutin för modaliteter.</w:t>
       </w:r>
       <w:r w:rsidR="00A76529">
         <w:br/>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00A76529" w:rsidRPr="009A3C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>städrutin MR1 och MR2 Uddevalla</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D728353" w14:textId="599D0546" w:rsidR="00331DC7" w:rsidRDefault="003D23FD" w:rsidP="003D23FD">
+    <w:p w14:paraId="03C42DE4" w14:textId="77777777" w:rsidR="00B96119" w:rsidRDefault="00B96119">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D728353" w14:textId="5AEE51C7" w:rsidR="00331DC7" w:rsidRDefault="003D23FD" w:rsidP="003D23FD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Efter dagens slut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60772030" w14:textId="69BB45DF" w:rsidR="003D23FD" w:rsidRDefault="003D23FD" w:rsidP="003D23FD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Modaliteter återställs till grundposition</w:t>
       </w:r>
       <w:r w:rsidR="006E52B6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F721FCB" w14:textId="46622189" w:rsidR="006E52B6" w:rsidRDefault="006E52B6" w:rsidP="00A461AB">
+    <w:p w14:paraId="1F721FCB" w14:textId="46622189" w:rsidR="006E52B6" w:rsidRDefault="006E52B6" w:rsidP="00733F03">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
-      </w:pPr>
+        <w:ind w:left="1985" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E75C2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MR1:</w:t>
+      </w:r>
       <w:r>
-        <w:t>MR1: Bordet utkört i högsta läge, eventuellt huvudspole eller Dbox</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Bordet utkört i högsta läge, eventuellt huvudspole eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dbox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008A3156">
         <w:t xml:space="preserve"> kontakten frånkopplad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D58AC43" w14:textId="3A6AC14B" w:rsidR="008A3156" w:rsidRDefault="008A3156" w:rsidP="00A461AB">
+    <w:p w14:paraId="3D58AC43" w14:textId="3A6AC14B" w:rsidR="008A3156" w:rsidRDefault="008A3156" w:rsidP="00733F03">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:right="565"/>
-      </w:pPr>
+        <w:ind w:left="1985" w:right="565" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E75C2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MR2:</w:t>
+      </w:r>
       <w:r>
-        <w:t>MR2: Bordet utkört i lägsta läge, huvudspolen</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Bordet utkört i lägsta läge, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>huvudspolen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A461AB">
         <w:t xml:space="preserve"> kan var isatt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32277193" w14:textId="407CEB19" w:rsidR="00A461AB" w:rsidRDefault="00A461AB" w:rsidP="003D23FD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Stäng systemet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C49DBBA" w14:textId="3B7119CF" w:rsidR="0042781C" w:rsidRDefault="0042781C" w:rsidP="003D3936">
+    <w:p w14:paraId="3C49DBBA" w14:textId="1E019766" w:rsidR="0042781C" w:rsidRDefault="0042781C" w:rsidP="00733F03">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
-      </w:pPr>
+        <w:ind w:left="1985" w:right="-569" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B65AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MR1</w:t>
+      </w:r>
+      <w:r w:rsidR="007B65AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E75C2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96119" w:rsidRPr="007B65AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lla dagar förutom tisdag och fredag</w:t>
+      </w:r>
+      <w:r w:rsidR="00F409D9" w:rsidRPr="007B65AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F409D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">MR1: Använd menyn ”System” </w:t>
+        <w:t>Använd menyn</w:t>
+      </w:r>
+      <w:r w:rsidR="00F409D9">
+        <w:t xml:space="preserve"> ”kugghjulet” sedan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F79A9">
-        <w:t>sedan ”Exit” för att till sist släcka skärmen. Man ska INTE välja ”Shu</w:t>
-[...2 lines deleted...]
-        <w:t>tdown”.</w:t>
+        <w:t xml:space="preserve">”Exit” </w:t>
+      </w:r>
+      <w:r w:rsidR="003C17F6">
+        <w:t>för att till sist släcka skärmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7CCAC6" w14:textId="7366E766" w:rsidR="003D3936" w:rsidRDefault="003D3936" w:rsidP="007503B1">
+    <w:p w14:paraId="0660DE95" w14:textId="47FAEA73" w:rsidR="00933D16" w:rsidRDefault="00933D16" w:rsidP="003D46A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:right="-427"/>
-      </w:pPr>
+        <w:ind w:left="1701" w:right="-569" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MR 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007B65AD" w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F909AA" w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tisdag och fredag:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F909AA">
+        <w:t xml:space="preserve"> Använd menyn ”kugghjulet” sedan ”Exit”, vänta tills du är tillbaka </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24B8D">
+        <w:t>på inloggningssidan. Välj ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A24B8D">
+        <w:t>Restart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A24B8D">
+        <w:t xml:space="preserve">” och till sist </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A24B8D">
+        <w:t>släck skärm</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9788B">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A24B8D">
+        <w:t xml:space="preserve">. Man </w:t>
+      </w:r>
+      <w:r w:rsidR="00D904B4">
+        <w:t>ska INTE välja ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D904B4">
+        <w:t>Shutdown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D904B4">
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5230CAC6" w14:textId="6178CA68" w:rsidR="6839B580" w:rsidRDefault="6839B580" w:rsidP="003D46A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:right="-569" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">MR1, torsdag: </w:t>
+      </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>MR2: Stängs av genom att välja ”Shutdown”</w:t>
+        <w:t xml:space="preserve">Ladda kontrastinjektorn efter dagens </w:t>
+      </w:r>
+      <w:r w:rsidR="0F204B8B">
+        <w:t xml:space="preserve">sista </w:t>
+      </w:r>
+      <w:r>
+        <w:t>undersökning</w:t>
+      </w:r>
+      <w:r w:rsidR="456821D4">
+        <w:t xml:space="preserve">. Laddaren finns vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="456821D4">
+        <w:t>sänghall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="456821D4">
+        <w:t xml:space="preserve"> mellan MR1 och MR2. Koppla sedan bort laddaren för MR1</w:t>
+      </w:r>
+      <w:r w:rsidR="66A1D8E0">
+        <w:t>´s injektor på fredag morgon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7CCAC6" w14:textId="028AB5C5" w:rsidR="003D3936" w:rsidRDefault="003D3936" w:rsidP="003D46A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:right="-569" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MR2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75C2F" w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, alla dagar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Stäng av genom att välja ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Shutdown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="007503B1">
         <w:t>. När systemet stängts av trycker man på ”System off” på väggpanelen</w:t>
       </w:r>
       <w:r w:rsidR="00AC1A41">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11731D37" w14:textId="6EFD3921" w:rsidR="00AC1A41" w:rsidRPr="003D23FD" w:rsidRDefault="00AC1A41" w:rsidP="007503B1">
+    <w:p w14:paraId="2EB17F79" w14:textId="0CEC5D7D" w:rsidR="003D46A5" w:rsidRDefault="0FE7D81D" w:rsidP="003D46A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="27"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:right="-427"/>
+        <w:ind w:left="1701" w:right="-569" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="64583238">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">MR2, fredag: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Efter lunch laddas kontrastinjektorn eftersom resterande undersökningar är ko</w:t>
+      </w:r>
+      <w:r w:rsidR="7ECFA801">
+        <w:t xml:space="preserve">ntrastfria på fredagar. Laddaren finns vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="7ECFA801">
+        <w:t>sänghall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="7ECFA801">
+        <w:t xml:space="preserve"> mellan MR1 och MR2. Koppla bort </w:t>
+      </w:r>
+      <w:r w:rsidR="003D46A5">
+        <w:t>laddaren</w:t>
+      </w:r>
+      <w:r w:rsidR="7ECFA801">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4BC250F9">
+        <w:t>vid dagens slut.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11731D37" w14:textId="789607AD" w:rsidR="00AC1A41" w:rsidRPr="003D23FD" w:rsidRDefault="00AC1A41" w:rsidP="003D46A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="1701" w:right="-569" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Slutligen dörr(ar) låses samt belysning och ljudanläggning stängs av.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D24D574" w14:textId="77777777" w:rsidR="00331DC7" w:rsidRPr="00331DC7" w:rsidRDefault="00331DC7" w:rsidP="00331DC7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00331DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00331DC7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09670F87" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
+    <w:p w14:paraId="0C0FAAA8" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03F2CB46" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
+    <w:p w14:paraId="7780B4EB" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33CBF6FA" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
+    <w:p w14:paraId="49158453" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1097,51 +1388,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1175,73 +1466,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="290A0303" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855"/>
+    <w:p w14:paraId="51C72024" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D52ED54" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
+    <w:p w14:paraId="4174E715" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DF03263" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
+    <w:p w14:paraId="5AEEFCD8" w14:textId="77777777" w:rsidR="00FC3855" w:rsidRDefault="00FC3855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1285,85 +1576,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1408,51 +1699,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1529,51 +1820,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3896,50 +4187,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59596C6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C45C92D0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C793D14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8886CCC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4008,51 +4412,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CA8356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18ACC938"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4121,51 +4525,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4234,51 +4638,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4347,51 +4751,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4461,186 +4865,191 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1745301227">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="242301593">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="955870023">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="473448766">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2102723109">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1341471840">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1372341504">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1790314953">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1454710359">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="738793366">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2032145467">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="869293675">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2026126593">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1434593466">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="209807790">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="515847131">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1789623490">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1040983137">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1662344736">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1147865294">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2114980249">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1386904298">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="621497549">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="673532478">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1643004918">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1816801672">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1231189146">
     <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="780344060">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00020CA1"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00051C6A"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="00066664"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00073F8C"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B584F"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
@@ -4659,99 +5068,103 @@
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00180488"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184871"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="002048B4"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1D7B"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E2609"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E5AE3"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00321E00"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330503"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C17F6"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D23FD"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D3936"/>
+    <w:rsid w:val="003D46A5"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="004044F5"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00413BBF"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0042781C"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460C0C"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
@@ -4811,316 +5224,352 @@
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E52B6"/>
     <w:rsid w:val="006F005D"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00733F03"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007503B1"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B65AD"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D58E0"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F78C3"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00856B51"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3156"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F49E7"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00933D16"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0095686B"/>
     <w:rsid w:val="00966DDB"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A3C4E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F44A8"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A24B8D"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A461AB"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A63FC4"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A76529"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC1A41"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B209A5"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B72D81"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96119"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF033B"/>
+    <w:rsid w:val="00BF1826"/>
+    <w:rsid w:val="00C0538E"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C21A8D"/>
     <w:rsid w:val="00C23D6F"/>
+    <w:rsid w:val="00C25A1D"/>
     <w:rsid w:val="00C37357"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C66FD7"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C779FE"/>
+    <w:rsid w:val="00C81494"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C9788B"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE576C"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D904B4"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE3AA8"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E10B3E"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E75C2F"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E957F0"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC30C4"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC68BB"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F409D9"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00F909AA"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC3855"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0E9F9902"/>
+    <w:rsid w:val="0F204B8B"/>
+    <w:rsid w:val="0FE7D81D"/>
+    <w:rsid w:val="2870A053"/>
+    <w:rsid w:val="2F0086E9"/>
+    <w:rsid w:val="312D8E67"/>
+    <w:rsid w:val="3DA496F2"/>
+    <w:rsid w:val="3F79B255"/>
+    <w:rsid w:val="43F702AD"/>
+    <w:rsid w:val="456821D4"/>
+    <w:rsid w:val="47E3510B"/>
+    <w:rsid w:val="4BC250F9"/>
+    <w:rsid w:val="64583238"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="66A1D8E0"/>
+    <w:rsid w:val="67EB5D29"/>
+    <w:rsid w:val="6839B580"/>
+    <w:rsid w:val="69B2348F"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="76A07340"/>
+    <w:rsid w:val="7ECFA801"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7502,51 +7951,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A3C4E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7914,71 +8363,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>356</Words>
-  <Characters>2678</Characters>
+  <Words>434</Words>
+  <Characters>3165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3028</CharactersWithSpaces>
+  <CharactersWithSpaces>3592</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsrutin MR 1 och MR 2 röntgensjuksköterska - Uddevalla</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>49</revision>
+  <revision>67</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>