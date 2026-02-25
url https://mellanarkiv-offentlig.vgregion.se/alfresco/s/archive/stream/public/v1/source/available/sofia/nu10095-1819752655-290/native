--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="739CB5F0" w14:textId="77777777" w:rsidR="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00FB1FAE" w:rsidSect="00FB1FAE">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="713536A6" w14:textId="77777777" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -307,116 +307,116 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04057C41" w14:textId="49818420" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00000000" w:rsidP="00FB1FAE">
+          <w:p w14:paraId="04057C41" w14:textId="49818420" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE">
+              <w:r w:rsidRPr="00FB1FAE">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE">
+            <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="617C8B66" w14:textId="3352FF10" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
+          <w:p w14:paraId="617C8B66" w14:textId="7CBCB3BA" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="002A60ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="0054053A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w14:paraId="15AB75F6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="569EC00C" w14:textId="77777777" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -623,63 +623,63 @@
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="169B55CF" w14:textId="77777777" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6037A2D1" w14:textId="592E5D2A" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00000000" w:rsidP="00FB1FAE">
+          <w:p w14:paraId="6037A2D1" w14:textId="592E5D2A" w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w:rsidRDefault="00FB1FAE" w:rsidP="00FB1FAE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE">
+              <w:r w:rsidRPr="00FB1FAE">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB1FAE" w:rsidRPr="00FB1FAE" w14:paraId="18E50CEF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
@@ -1094,51 +1094,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:rect w14:anchorId="0D342F01" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.05pt;margin-top:16.25pt;width:109.7pt;height:54.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFNC1xMQIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwmLtAVEWCEQvaBd&#10;JHa158FxSCR/dWwI9Nd37ARotz1VvThjz/h55s2bzJ7OWrGTRN9YU/DhIOdMGmHLxhwK/va6/jLm&#10;zAcwJShrZMEv0vOn+edPs9ZN5YOtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VfaQ549Za7F0aIX0nk5XnZPPE35VSRFeqsrLwFTBKbeQVkzrPq7ZfAbTA4KrG9GnAf+QhYbG0KM3&#10;qBUEYEds/oDSjUDrbRUGwurMVlUjZKqBqhnmH6rZ1eBkqoXI8e5Gk/9/sOL5tHNbJBpa56eezFjF&#10;uUIdv5QfOyeyLjey5DkwQYfD0WQ0nBCngnyPkzzPv0Y2s/tthz58k1azaBQcqRmJIzhtfOhCryHx&#10;MWPXjVKpIcqwtuCj8TCP+EC6qBQEMrUrC+7NgTNQBxKcCJggvVVNGa9HII+H/VIhOwE1fb2mzFKf&#10;KbPfwuLbK/B1F5dcnRx0E0iTqtEFH8fL19vKRHSZVNVXcCctWntbXrbI0HYy806sG3pkAz5sAUlX&#10;VA3NSnihpVKWSrS9xVlt8cffzmM8tZu8nLWkUyr/+xFQcmaOemmpwiFNmBPJJHwM6mpWaPU7jcci&#10;IpALjCCcjrR+swzdLNCACblYpDASpoOwMTsnInisOVL1en4HdH0vA6ng2V71CdMPLe1iSQx3VvoN&#10;yThppB+5OCe/7lPU/ccw/wkAAP//AwBQSwMEFAAGAAgAAAAhAIOdrwHdAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj01PwzAMhu9I/IfISNxYmm58rDSdEBIguFFAXLPGtFUTp2qytfx7zAlutt5H&#10;rx+Xu8U7ccQp9oE0qFUGAqkJtqdWw/vbw8UNiJgMWeMCoYZvjLCrTk9KU9gw0yse69QKLqFYGA1d&#10;SmMhZWw69CauwojE2VeYvEm8Tq20k5m53DuZZ9mV9KYnvtCZEe87bIb64DU8z7nrP1vz8lQP9ccQ&#10;No/qeuu1Pj9b7m5BJFzSHwy/+qwOFTvtw4FsFE5DnikmNazzSxCc5+stD3sGN0qBrEr5/4PqBwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAU0LXExAgAAYAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIOdrwHdAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B04C382" wp14:editId="10CD3C2E">
                   <wp:extent cx="1393190" cy="1431235"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="915181620" name=""/>
                           <pic:cNvPicPr/>
@@ -1794,51 +1794,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="19928641" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.55pt,55.6pt" to="120.95pt,56.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALLFc3uAEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2RnaxcYcXpokO0w&#10;dAW2/QBGlmwB+oKoxcm/L6WkabfdhvkgkCL1yPdIr++PzrKDSmiC73m7aDhTXobB+LHnP3/s3q84&#10;wwx+ABu86vlJIb/f3Lxbz7FTyzAFO6jECMRjN8eeTznHTgiUk3KAixCVp6AOyUEmN41iSDATurNi&#10;2TR3Yg5piClIhUi323OQbyq+1krmb1qjysz2nHrL9Uz13JdTbNbQjQniZOSlDfiHLhwYT0WvUFvI&#10;wH4l8xeUMzIFDDovZHAiaG2kqhyITdv8web7BFFVLiQOxqtM+P9g5ePhwT8lkmGO2GF8SoXFUSfH&#10;tDXxC8208qJO2bHKdrrKpo6ZSbpsb+9WH29JXUmxdvmpqbKKM0yBiwnzZxUcK0bPrfGFFXRw+IqZ&#10;SlPqS0q59mFnrK2TsZ7NPf+wagmTSaAF0RYymS4OPUc/cgZ2pM2TOVVIDNYM5XkBwjTuH2xiB6Dp&#10;73YNfWXgVO63tFJ7Czid82rovBfOZFpOa1zPV+Xxy2vrC7qq63Vh8KpesfZhOFVRRfFodLXoZc3K&#10;brz1yX77M2yeAQAA//8DAFBLAwQUAAYACAAAACEA3QOWsd4AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdq1jQ6GEOFWJxIIFUik9gBsbOyIeh9htA6dnuoLl/Hn686ZaTaFn&#10;RzumLqICMS+AWWyj6dAp2L0/z5bAUtZodB/RKvi2CVb15UWlSxNP+GaP2+wYlWAqtQKf81Bynlpv&#10;g07zOFik3Uccg840jo6bUZ+oPPRcFsUdD7pDuuD1YBtv28/tISh4jT/Y3C9e2mL95TZCNE9ZOq/U&#10;9dW0fgSW7ZT/YDjrkzrU5LSPBzSJ9QpmC0Ek5UJIYATIW/EAbH9ObiTwuuL/X6h/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAAssVze4AQAAVAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN0DlrHeAAAACgEAAA8AAAAAAAAAAAAAAAAAEgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A1A6DA1" wp14:editId="52EC871D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>285750</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>100965</wp:posOffset>
@@ -1979,51 +1979,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="315F1977" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="59.4pt,-3.1pt" to="59.5pt,82.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBs5pWurQEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815TcoHAEyznEcC5F&#10;G6DtB6wpUiLAF7iMZf99l7TjpMktqA/0krs73BmO1ndHZ9lBJTTB97xdNJwpL8Ng/NjzP793X1ac&#10;YQY/gA1e9fykkN9tPn9az7FTyzAFO6jECMRjN8eeTznHTgiUk3KAixCVp6QOyUGmbRrFkGAmdGfF&#10;smm+iTmkIaYgFSKdbs9Jvqn4WiuZf2qNKjPbc5ot1zXVdV9WsVlDNyaIk5GXMeADUzgwni69Qm0h&#10;A3tK5h2UMzIFDDovZHAiaG2kqhyITdu8YfNrgqgqFxIH41Um/H+w8sfh3j8mkmGO2GF8TIXFUSdX&#10;/mk+dqxina5iqWNmkg7bm5YElZRom9XN8va2aCleemPC/KCCYyXouTW+UIEODt8xn0ufS8qxDztj&#10;bX0O69nc86+rtikXALlCW8gUujj0HP3IGdiR7CZzqpAYrBlKewHCNO7vbWIHoCff7Rr6XSb7p6zc&#10;vQWcznU1dTaDM5kcaY3r+ao0P3dbX9BV9dSFwYtkJdqH4VSVFGVH71XluHirGOL1nuLXX8DmLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAI7rdJzeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNxaOxWN0hCnQkiVgFNpOcDNjZc4Il5HsduGv2d7orcd7WjmTbWefC9OOMYukIZsrkAg&#10;NcF21Gr42G9mBYiYDFnTB0INvxhhXd/eVKa04UzveNqlVnAIxdJocCkNpZSxcehNnIcBiX/fYfQm&#10;sRxbaUdz5nDfy4VSufSmI25wZsBnh83P7ug1fKr9F21XhaMGX5av/m2jaNtrfX83PT2CSDilfzNc&#10;8BkdamY6hCPZKHrWWcHoScMsX4C4GLIVjzvwkT8sQdaVvJ5Q/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBs5pWurQEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCO63Sc3gAAAAoBAAAPAAAAAAAAAAAAAAAAAAcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C8AAB31" wp14:editId="3ED64134">
                   <wp:extent cx="1512741" cy="1007655"/>
                   <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -2240,51 +2240,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="4C4880FF" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,53.4pt" to="122.75pt,53.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFahQOtgEAAFoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uPEzEMviPxH6Lcaaa7WlRGTfewVeGA&#10;YCUedzeTzETKS3HotP8eJ32wwA0xh8iJ7c/252/Wj0fv2EFntDFIvlx0nOmg4mDDKPm3r7s3K86w&#10;QBjAxaAlP2nkj5vXr9Zz6vVdnKIbdGYEErCfk+RTKakXAtWkPeAiJh3IaWL2UOiaRzFkmAndO3HX&#10;dW/FHPOQclQakV63ZyffNHxjtCqfjUFdmJOceivtzO3c11Ns1tCPGdJk1aUN+IcuPNhARW9QWyjA&#10;fmT7F5S3KkeMpixU9CIaY5VuM9A0y+6Pab5MkHSbhcjBdKMJ/x+s+nR4Cs+ZaJgT9piec53iaLJn&#10;xtn0gXbKm/W9WtVHPbNjI/B0I1AfC1P0uHx4d796IJ7V1SfOYDUxZSzvdfSsGpI7G+ps0MPhIxZq&#10;gEKvIfU5xJ11ru3HBTZLfr9adhUaSCbGQSHTp0FyDCNn4EbSnyq5QWJ0dqjpFQjzuH9ymR2ANLDb&#10;dfTVtVO538Jq7S3gdI5rrrM6vC0kUWe95KuafM12oaLrJrLLBL84rNY+DqdGrag3WmArehFbVcjL&#10;O9kvf4nNTwAAAP//AwBQSwMEFAAGAAgAAAAhAFykLzHaAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj1FOwzAQRP+RuIO1SPy1TksdlRCnqkAcgLYHcOMlsRqvo9hNAqdnKyHB586OZt6Uu9l3YsQh&#10;ukAaVssMBFIdrKNGw+n4vtiCiMmQNV0g1PCFEXbV/V1pChsm+sDxkBrBIRQLo6FNqS+kjHWL3sRl&#10;6JH49xkGbxKfQyPtYCYO951cZ1kuvXHEDa3p8bXF+nK4eg3u6ej6+Xs/PpvNKn9TJ3WZSGn9+DDv&#10;X0AknNOfGW74jA4VM53DlWwUnYaFUuxkPct5AhvWm5ty/lVkVcr/E6ofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAMVqFA62AQAAWgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFykLzHaAAAACgEAAA8AAAAAAAAAAAAAAAAAEAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E2B362F" wp14:editId="7ACA684F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>323215</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153670</wp:posOffset>
                       </wp:positionV>
@@ -2424,51 +2424,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="32DDF33F" id="Rak 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="61.95pt,1.8pt" to="62.7pt,100.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAomSbyrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Sn65AacXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSfyMen9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp1ahinYQSVGIB67OfZ8yjl2QqCclANchKg8OXVIDjJt0yiGBDOhOyuW&#10;TfNJzCENMQWpEOl0e3byTcXXWsn8TWtUmdmeU225rqmu+7KKzRq6MUGcjLyUAf9QhQPj6dIr1BYy&#10;sJ/J/AXljEwBg84LGZwIWhupag/UTdv80c33CaKqvRA5GK804f+DlV8PT/45EQ1zxA7jcypdHHVy&#10;5U/1sWMl63QlSx0zk3T4cP+x5UySo13ePzR3beFSvOXGhPmzCo4Vo+fW+NIKdHD4gvkc+hpSjn3Y&#10;GWvrOKxnc8/vVm1DE5NAqtAWMpkuDj1HP3IGdiS5yZwqJAZrhpJegDCN+yeb2AFo5LtdQ9+lst/C&#10;yt1bwOkcV11nMTiTSZHWuJ6vSvJrtvUFXVVNXTp4o6xY+zCcKpOi7GhelY6Ltoog3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARe//m3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xb8Iw&#10;FIR3JP6D9ZC6gU0oKKRxUFUJqe1EoUO7mfgRR9jPUWwg/fc1Uzue7nT3XbkZnGVX7EPrScJ8JoAh&#10;1V631Ej4PGynObAQFWllPaGEHwywqcajUhXa3+gDr/vYsFRCoVASTIxdwXmoDToVZr5DSt7J907F&#10;JPuG617dUrmzPBNixZ1qKS0Y1eGLwfq8vzgJX+LwTbt1bqjG1+Wbe98K2lkpHybD8xOwiEP8C8Md&#10;P6FDlZiO/kI6MJt0tlinqITFCtjdz5aPwI4SMjHPgVcl//+g+gUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAomSbyrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQARe//m3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FB1FAE">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E76420F" wp14:editId="59D117A2">
                   <wp:extent cx="1550491" cy="1284453"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Bildobjekt 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -5616,118 +5616,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00FB1FAE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F9A109F" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
+    <w:p w14:paraId="76D92E3E" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38C8793A" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
+    <w:p w14:paraId="3809B027" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E6C6B28" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
+    <w:p w14:paraId="2BDDAEC6" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5735,89 +5735,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5846,51 +5846,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -5924,73 +5924,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ADBDEEF" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3"/>
+    <w:p w14:paraId="5AECED82" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03E47569" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
+    <w:p w14:paraId="63C49B59" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3309BA89" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
+    <w:p w14:paraId="78C57E2B" w14:textId="77777777" w:rsidR="003B65A3" w:rsidRDefault="003B65A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -6068,51 +6068,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -6278,51 +6278,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8782,52 +8782,52 @@
   <w:num w:numId="17" w16cid:durableId="713848458">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2039617094">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1021466658">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="497615299">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1107312588">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="644505372">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1901137732">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -8974,50 +8974,51 @@
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
+    <w:rsid w:val="0054053A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00583BCD"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
@@ -9060,50 +9061,51 @@
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007954AE"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843C52"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008621AE"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00876FCB"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="008F6D8E"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
@@ -9144,135 +9146,139 @@
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC6AA1"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B06A38"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B64B75"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C10853"/>
     <w:rsid w:val="00C13C5E"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C64E12"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C71419"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB14E5"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E223DD"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB1FAE"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -9285,51 +9291,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{D1A9BE9D-E7E0-4FDB-B288-399F5F735116}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11699,51 +11705,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14915,70 +14921,70 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>330</Words>
-  <Characters>1750</Characters>
+  <Characters>1749</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2076</CharactersWithSpaces>
+  <CharactersWithSpaces>2075</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Övre buk K+ (841000)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>11</revision>
+  <revision>13</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>