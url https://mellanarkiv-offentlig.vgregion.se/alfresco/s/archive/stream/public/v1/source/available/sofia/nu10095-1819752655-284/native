--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -142,123 +142,67 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4F292794" w14:textId="77777777" w:rsidR="00390BD8" w:rsidRPr="00EE2160" w:rsidRDefault="00390BD8" w:rsidP="00EE2160">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12731A62" w14:textId="77777777" w:rsidR="00390BD8" w:rsidRPr="00EE2160" w:rsidRDefault="00390BD8" w:rsidP="00390BD8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE2160">
         <w:t xml:space="preserve"> i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C7DEF7" w14:textId="05C34A8C" w:rsidR="00390BD8" w:rsidRPr="00EE2160" w:rsidRDefault="00390BD8" w:rsidP="00390BD8">
+    <w:p w14:paraId="64C7DEF7" w14:textId="7173FF73" w:rsidR="00390BD8" w:rsidRPr="00EE2160" w:rsidRDefault="00D31ACC" w:rsidP="00390BD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Reviderad</w:t>
-[...55 lines deleted...]
-        <w:t>cite.</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F62A3B8" w14:textId="77777777" w:rsidR="00EE2160" w:rsidRPr="00EE2160" w:rsidRDefault="00EE2160" w:rsidP="00EE2160">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="262F7EF8" w14:textId="77777777" w:rsidR="00EE2160" w:rsidRPr="00EE2160" w:rsidRDefault="00EE2160" w:rsidP="00EB3673">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE2160">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
@@ -417,104 +361,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00EE2160">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EE2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60383C95" w14:textId="0E02066F" w:rsidR="00EE2160" w:rsidRPr="00EE2160" w:rsidRDefault="00EE2160" w:rsidP="00EE2160">
+          <w:p w14:paraId="60383C95" w14:textId="7743218F" w:rsidR="00EE2160" w:rsidRPr="00EE2160" w:rsidRDefault="00EE2160" w:rsidP="00EE2160">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00390BD8">
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> flöde).</w:t>
+            <w:r w:rsidR="00D31ACC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE2160" w:rsidRPr="00EE2160" w14:paraId="02975CA8" w14:textId="77777777" w:rsidTr="00BF2933">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04F20712" w14:textId="77777777" w:rsidR="00EE2160" w:rsidRPr="00EE2160" w:rsidRDefault="00EE2160" w:rsidP="00EE2160">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14653,140 +14573,142 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1691833122">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1209074168">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="483816285">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="265576609">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="997420289">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="218592969">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00042CAE"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00086949"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A66F4"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D3272"/>
     <w:rsid w:val="000D3C92"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="001849CC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E22EF"/>
     <w:rsid w:val="001F6FE3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
@@ -15064,50 +14986,51 @@
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D31ACC"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF47D2"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E654A9"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
@@ -15143,51 +15066,51 @@
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{559DFA9E-CAFF-440F-B3BB-E54678F6E6BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
@@ -24807,76 +24730,76 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>437</Words>
-  <Characters>3266</Characters>
+  <Words>429</Words>
+  <Characters>3218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3696</CharactersWithSpaces>
+  <CharactersWithSpaces>3640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2228285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-19/SURROGATE/Str%c3%a5lskydd vid unders%c3%b6kningar och behandlingar med r%c3%b6ntgenstr%c3%a5lning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8126525</vt:i4>
       </vt:variant>
@@ -24887,31 +24810,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10095-1819752655-350/SURROGATE/Intraven%c3%b6s jodkontrast %e2%80%93 Rutiner inf%c3%b6r och efter unders%c3%b6kning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Urografi 4-fas med thorax  (852900A, 830800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>24</revision>
+  <revision>25</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>