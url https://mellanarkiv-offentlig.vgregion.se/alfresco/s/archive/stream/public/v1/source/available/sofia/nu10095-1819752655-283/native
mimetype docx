--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -16,51 +16,51 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7457763E" w14:textId="77777777" w:rsidR="00224A37" w:rsidRDefault="00224A37" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00224A37" w:rsidSect="00224A37">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="74CDF605" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -119,75 +119,75 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F60D1E2" w14:textId="0878B9DB" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00D01B83" w:rsidP="00902DFE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidR="00224A37" w:rsidRPr="00224A37">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0060AD90" w14:textId="6D3974F6" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00FB7684" w:rsidP="00224A37">
+    <w:p w14:paraId="0060AD90" w14:textId="4F481095" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00A96CB3" w:rsidP="00224A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Reviderad</w:t>
+        <w:t>PVK specificerad</w:t>
       </w:r>
       <w:r w:rsidR="00760BA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>, ändrat mänden dryck och tid. Justerat kernel Siemens X-cite.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17EF145A" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C9FDD1A" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF23ADD" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00902DFE" w:rsidRDefault="00224A37" w:rsidP="00224A37">
@@ -386,116 +386,116 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B57D5CD" w14:textId="765AEF34" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00000000" w:rsidP="00224A37">
+          <w:p w14:paraId="0B57D5CD" w14:textId="765AEF34" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00224A37" w:rsidRPr="00224A37">
+              <w:r w:rsidRPr="00224A37">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00224A37" w:rsidRPr="00224A37">
+            <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43B1D5B7" w14:textId="1E3A3D10" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
+          <w:p w14:paraId="43B1D5B7" w14:textId="033D50DB" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00DB6B12">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde).</w:t>
+            <w:r w:rsidR="00A96CB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="5554D442" w14:textId="77777777" w:rsidTr="00435526">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F3943E0" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -714,62 +714,62 @@
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35DAB139" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21CDB598" w14:textId="5E22D8F0" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00000000" w:rsidP="00224A37">
+          <w:p w14:paraId="21CDB598" w14:textId="5E22D8F0" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00224A37" w:rsidRPr="00224A37">
+              <w:r w:rsidRPr="00224A37">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="6093F789" w14:textId="77777777" w:rsidTr="00435526">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
@@ -1031,123 +1031,123 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34FADDDD" wp14:editId="171E2A6C">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="23" name="Diagram 23"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="22DCCFEB" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="22DCCFEB" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B79F49E" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60A9F91C" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C68B59" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B4E417B" wp14:editId="0432FA22">
                       <wp:simplePos x="0" y="0"/>
@@ -1529,105 +1529,105 @@
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="1D16BC02" id="Rektangel 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:35.65pt;width:128.75pt;height:108.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVbPlfNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xxwn6GNGnCJIkF2C&#10;tkBb9MzI8gPQa5Qap/v1o2Qn2bqdhl1kSqQ+ih8/enF31IodJPrOmpLnkyln0ghbdaYp+cvz9sst&#10;Zz6AqUBZI0v+Lj2/W37+tOhdIWe2taqSyAjE+KJ3JW9DcEWWedFKDX5inTTkrC1qCLTFJqsQekLX&#10;KptNp9dZb7FyaIX0nk43g5MvE35dSxEe6trLwFTJ6W0hrZjWfVyz5QKKBsG1nRifAf/wCg2doaRn&#10;qA0EYG/Y/QGlO4HW2zpMhNWZretOyFQDVZNPP1Tz1IKTqRYix7szTf7/wYr7w5N7RKKhd77wZMYq&#10;jjXq+KX3sWMi6/1MljwGJugwv55f5bMrzgT58vnNzderRGd2ue7Qh2/SahaNkiN1I5EEh50PlJJC&#10;TyExm7HbTqnUEWVYX/L5bT6lpgkgYdQKApnaVSX3puEMVEOKEwETpLeqq+L1COSx2a8VsgNQ17fb&#10;9ZRQhnS/hcXcG/DtEJdcgx50F0iUqtMlv6W759vKRHSZZDVWcGEtWntbvT8iQzvozDux7SjJDnx4&#10;BCRhUTU0LOGBllpZKtGOFmetxR9/O4/x1G/yctaTUKn872+AkjPzpteWKsxpxJxIJuFjUCezRqtf&#10;aT5WEYFcYAThDKSNm3UYhoEmTMjVKoWRMh2EnXlyIoLHmiNVz8dXQDf2MpAM7u1JoFB8aOkQSx2+&#10;sDJuSMep8ePMxUH5dZ+iLn+G5U8AAAD//wMAUEsDBBQABgAIAAAAIQDkO3Qu4QAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNUDVGIU6FKiL9TS6XCzYm3SSBeh9htA0/P&#10;coLbrGY0822xnGwvjjj6zpGCeBaBQKqd6ahRsH25u8pA+KDJ6N4RKvhCD8vy/KzQuXEnWuNxExrB&#10;JeRzraANYcil9HWLVvuZG5DY27vR6sDn2Egz6hOX214mUZRKqzvihVYPuGqx/tgcrILFrkmqt/en&#10;x8X+dfUcP3Tp+H3/qdTlxXR7AyLgFP7C8IvP6FAyU+UOZLzoFSQpBxVcx3MQbCdpFIOoWGTZHGRZ&#10;yP8PlD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1Wz5XzUCAABhBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5Dt0LuEAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" filled="f" strokecolor="#ffc000" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B386811" wp14:editId="3DFD429F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B386811" wp14:editId="1DA15F05">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>16510</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>294005</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1635125" cy="1536700"/>
-                      <wp:effectExtent l="19050" t="19050" r="22225" b="25400"/>
+                      <wp:extent cx="1635125" cy="1619885"/>
+                      <wp:effectExtent l="19050" t="19050" r="22225" b="18415"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rektangel 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1635125" cy="1536700"/>
+                                <a:ext cx="1635125" cy="1619885"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:rect w14:anchorId="7B894E5B" id="Rektangel 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:23.15pt;width:128.75pt;height:121pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWJqm9NAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyEg6AoRVghEL2gX&#10;aXe158FxSCR/dWwI9Nd37ARotz1V5WDGnvEbz5s3mT+etWInib6xpuD5YMiZNMKWjTkU/O118+WB&#10;Mx/AlKCskQW/SM8fF58/zVs3kyNbW1VKZARi/Kx1Ba9DcLMs86KWGvzAOmnIWVnUEGiLh6xEaAld&#10;q2w0HE6z1mLp0ArpPZ2uOydfJPyqkiI8V5WXgamC09tCWjGt+7hmiznMDgiubkT/DPiHV2hoDCW9&#10;Qa0hADti8weUbgRab6swEFZntqoaIVMNVE0+/FDNSw1OplqIHO9uNPn/ByueTi9uh0RD6/zMkxmr&#10;OFeo4z+9j50TWZcbWfIcmKDDfDqe5KMJZ4J8+WQ8/TpMdGb36w59+CatZtEoOFI3Eklw2vpAKSn0&#10;GhKzGbtplEodUYa1BR8/5ITJBJAwKgWBTO3Kgntz4AzUgRQnAiZIb1VTxusRyONhv1LITkBd32yG&#10;9IuNpnS/hcXca/B1F5dcnR50E0iUqtEFf4iXr7eViegyyaqv4M5atPa2vOyQoe105p3YNJRkCz7s&#10;AElYVA0NS3impVKWSrS9xVlt8cffzmM89Zu8nLUkVCr/+xFQcmaOemWpwpxGzIlkEj4GdTUrtPqd&#10;5mMZEcgFRhBOR1q/WYVuGGjChFwuUxgp00HYmhcnInisOVL1en4HdH0vA8ngyV4FCrMPLe1iifI7&#10;K/2GdJw60c9cHJRf9ynq/mVY/AQAAP//AwBQSwMEFAAGAAgAAAAhANHmjZndAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OhEAQhO8mvsOkTby5A+wGERk2xkSN3kSN116mBcL8EGZ2wbe3Pemt&#10;OlWp+rrar9aIE81h8E5BuklAkGu9Hlyn4P3t4aoAESI6jcY7UvBNAfb1+VmFpfaLe6VTEzvBJS6U&#10;qKCPcSqlDG1PFsPGT+TY+/Kzxcjn3Ek948Ll1sgsSXJpcXC80ONE9z21Y3O0Cp6XzAyfHb48NWPz&#10;MfrdY3p9Y5W6vFjvbkFEWuNfGH7xGR1qZjr4o9NBGAVZzkEFu3wLgu0sT1IQBxZFsQVZV/L/A/UP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABYmqb00AgAAYQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANHmjZndAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="0B7F35C6">
+                    <v:rect id="Rektangel 16" style="position:absolute;margin-left:1.3pt;margin-top:23.15pt;width:128.75pt;height:121pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="7B894E5B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWJqm9NAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyEg6AoRVghEL2gX&#10;aXe158FxSCR/dWwI9Nd37ARotz1V5WDGnvEbz5s3mT+etWInib6xpuD5YMiZNMKWjTkU/O118+WB&#10;Mx/AlKCskQW/SM8fF58/zVs3kyNbW1VKZARi/Kx1Ba9DcLMs86KWGvzAOmnIWVnUEGiLh6xEaAld&#10;q2w0HE6z1mLp0ArpPZ2uOydfJPyqkiI8V5WXgamC09tCWjGt+7hmiznMDgiubkT/DPiHV2hoDCW9&#10;Qa0hADti8weUbgRab6swEFZntqoaIVMNVE0+/FDNSw1OplqIHO9uNPn/ByueTi9uh0RD6/zMkxmr&#10;OFeo4z+9j50TWZcbWfIcmKDDfDqe5KMJZ4J8+WQ8/TpMdGb36w59+CatZtEoOFI3Eklw2vpAKSn0&#10;GhKzGbtplEodUYa1BR8/5ITJBJAwKgWBTO3Kgntz4AzUgRQnAiZIb1VTxusRyONhv1LITkBd32yG&#10;9IuNpnS/hcXca/B1F5dcnR50E0iUqtEFf4iXr7eViegyyaqv4M5atPa2vOyQoe105p3YNJRkCz7s&#10;AElYVA0NS3impVKWSrS9xVlt8cffzmM89Zu8nLUkVCr/+xFQcmaOemWpwpxGzIlkEj4GdTUrtPqd&#10;5mMZEcgFRhBOR1q/WYVuGGjChFwuUxgp00HYmhcnInisOVL1en4HdH0vA8ngyV4FCrMPLe1iifI7&#10;K/2GdJw60c9cHJRf9ynq/mVY/AQAAP//AwBQSwMEFAAGAAgAAAAhANHmjZndAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OhEAQhO8mvsOkTby5A+wGERk2xkSN3kSN116mBcL8EGZ2wbe3Pemt&#10;OlWp+rrar9aIE81h8E5BuklAkGu9Hlyn4P3t4aoAESI6jcY7UvBNAfb1+VmFpfaLe6VTEzvBJS6U&#10;qKCPcSqlDG1PFsPGT+TY+/Kzxcjn3Ek948Ll1sgsSXJpcXC80ONE9z21Y3O0Cp6XzAyfHb48NWPz&#10;MfrdY3p9Y5W6vFjvbkFEWuNfGH7xGR1qZjr4o9NBGAVZzkEFu3wLgu0sT1IQBxZFsQVZV/L/A/UP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABYmqb00AgAAYQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANHmjZndAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37F19DB6" wp14:editId="4B3C21B0">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>629285</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>288290</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="755015"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="6985"/>
                       <wp:wrapNone/>
                       <wp:docPr id="26" name="Upp 26"/>
@@ -1820,745 +1820,717 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1685748" cy="2222041"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="4D09A9F2" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="4D09A9F2" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0C212425" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6E7454A3" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FDFF011" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="7504030F" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="7504030F" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="06C986CE" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Helbuk K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7C4530CC" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="056E0982" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="696F7C64" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="6776FDAE" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="6776FDAE" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="35F64485" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="43AF75B6" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i proximala bukaorta, tröskelvärde 120 HU (GE och Toshiba), 90 HU (Siemens).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D43A753" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="53619D4D" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="53619D4D" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5AEEF6F1" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Helbuk K+ kortikomedullär</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1C84699F" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ED4CC16" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="64A61ADE" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="030F35BC" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="030F35BC" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="62DC66F7" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K+ nefrografisk (medellåg dos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3C670353" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – crista iliaca.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56F748B7" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="67AD6BD8" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="31EF274E" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="31EF274E" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="798D0EDD" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="33801C84" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D2B178" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="2D74368F" w14:textId="77777777" w:rsidTr="00224A37">
+      <w:tr w:rsidR="00224A37" w:rsidRPr="00224A37" w14:paraId="2D74368F" w14:textId="77777777" w:rsidTr="64B89C37">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3EC3A597" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Urinvägar K+ utsöndring (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="72B46BEB" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedanför diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E9CFCF4" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224A37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="37A0C361" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E5DC904" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -3975,51 +3947,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57863A73" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00224A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00224A37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06960558" w14:textId="77777777" w:rsidR="00224A37" w:rsidRPr="00224A37" w:rsidRDefault="00224A37" w:rsidP="00902DFE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00224A37">
-        <w:lastRenderedPageBreak/>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
@@ -9981,118 +9952,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00224A37">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49738618" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
+    <w:p w14:paraId="276E139F" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="515EF779" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
+    <w:p w14:paraId="4F92E9E0" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58E13309" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
+    <w:p w14:paraId="275CD234" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10100,89 +10071,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -10211,51 +10182,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -10289,73 +10260,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16C22470" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3"/>
+    <w:p w14:paraId="64C4D1CD" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="672D2AA8" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
+    <w:p w14:paraId="4DDE0CB1" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5059E227" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
+    <w:p w14:paraId="55AE4FF1" w14:textId="77777777" w:rsidR="00DD1CC3" w:rsidRDefault="00DD1CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -10399,85 +10370,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -10522,51 +10493,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -10643,51 +10614,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13147,52 +13118,52 @@
   <w:num w:numId="17" w16cid:durableId="1233932633">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="124931819">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="747577704">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2007393488">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1474063764">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="227689575">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1707177460">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -13229,50 +13200,51 @@
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00151B85"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001F0050"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00224A37"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
@@ -13324,50 +13296,51 @@
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="004257B1"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00496394"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C176F"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005877C3"/>
@@ -13415,50 +13388,51 @@
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00760BA0"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00803029"/>
     <w:rsid w:val="00812E4D"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="008459C9"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
@@ -13486,50 +13460,51 @@
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A96CB3"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
@@ -13550,50 +13525,52 @@
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D01B83"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D14B54"/>
+    <w:rsid w:val="00D27066"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D811B7"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA4454"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB6B12"/>
     <w:rsid w:val="00DD1CC3"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E00491"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
@@ -13610,90 +13587,91 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F26042"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB7684"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="64B89C37"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16063,51 +16041,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23294,71 +23272,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>564</Words>
-  <Characters>2995</Characters>
+  <Words>406</Words>
+  <Characters>3097</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3552</CharactersWithSpaces>
+  <CharactersWithSpaces>3497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Urografi 4-fas (852900A)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>18</revision>
+  <revision>20</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>