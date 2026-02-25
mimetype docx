--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="17DBF090" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00AC03C1" w:rsidSect="00AC03C1">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="0547E1BA" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -196,51 +196,51 @@
       <w:r w:rsidRPr="00AC03C1">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="50096220" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="50096220" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="753AA238" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -271,193 +271,201 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="656E358D" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carcinoid eller annan tunntarmstumör, när MR ej kan utföras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="4BD1144A" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="4BD1144A" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130641CA" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7216A5E4" w14:textId="78A08E16" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="004B125B" w:rsidP="00AC03C1">
+          <w:p w14:paraId="7216A5E4" w14:textId="78A08E16" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00AC03C1" w:rsidRPr="00AC03C1">
+              <w:r w:rsidRPr="00AC03C1">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00AC03C1" w:rsidRPr="00AC03C1">
+            <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69E70EEA" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fasta 6 timmar före undersökningen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60342735" w14:textId="018FA01A" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
+          <w:p w14:paraId="60342735" w14:textId="39E88772" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="128C7AE6" w:rsidP="00AC03C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC03C1">
-[...5 lines deleted...]
-              <w:t>PVK</w:t>
+            <w:r w:rsidRPr="52E13C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sätt PVK</w:t>
             </w:r>
-            <w:r w:rsidR="004B125B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="009D5412">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52E13C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och ge information om kontrastblandning PO (se patient PM).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="1723EA00" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="1723EA00" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F043446" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -511,51 +519,51 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 glas vatten precis innan undersökningen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="1BB2FD63" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="1BB2FD63" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57D4BC85" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -580,51 +588,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17510ED7" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Buk arteriell”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="09253530" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="09253530" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CAF8A0B" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -688,77 +696,77 @@
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B062028" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="450C6FAE" w14:textId="578A8130" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="004B125B" w:rsidP="00AC03C1">
+          <w:p w14:paraId="450C6FAE" w14:textId="578A8130" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00AC03C1" w:rsidRPr="00AC03C1">
+              <w:r w:rsidRPr="00AC03C1">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="03CBE79C" w14:textId="77777777" w:rsidTr="002D2C3B">
+      <w:tr w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w14:paraId="03CBE79C" w14:textId="77777777" w:rsidTr="52E13C5A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73763725" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1110,53 +1118,53 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-                    <v:rect w14:anchorId="599036C7" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:18.45pt;margin-top:18.1pt;width:106.4pt;height:115.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdfaiLMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFsi1BEWCEQvaBd&#10;pN1qz4PjkEj+6tgQ6K/v2AnQbnuqysGMPeM3njdvMn88a8VOEn1rTcnz0ZgzaYStWnMo+bfXzacZ&#10;Zz6AqUBZI0t+kZ4/Lj5+mHeukBPbWFVJZARifNG5kjchuCLLvGikBj+yThpy1hY1BNriIasQOkLX&#10;KpuMx9Oss1g5tEJ6T6fr3skXCb+upQjPde1lYKrk9LaQVkzrPq7ZYg7FAcE1rRieAf/wCg2toaQ3&#10;qDUEYEds/4DSrUDrbR1GwurM1nUrZKqBqsnH76p5acDJVAuR492NJv//YMXT6cXtkGjonC88mbGK&#10;c406/tP72DmRdbmRJc+BCTrMH77kkxlxKsiXf55OprM80pndrzv04au0mkWj5EjdSCTBaetDH3oN&#10;idmM3bRKpY4ow7qSP8zycUwAJIxaQSBTu6rk3hw4A3UgxYmACdJb1VbxegTyeNivFLITUNc3mzH9&#10;hpf9FhZzr8E3fVxy9XrQbSBRqlaXfBYvX28rE9FlktVQwZ21aO1tddkhQ9vrzDuxaSnJFnzYAZKw&#10;qBoalvBMS60slWgHi7PG4o+/ncd46jd5OetIqFT+9yOg5Mwc9cpShTmNmBPJJHwM6mrWaPUbzccy&#10;IpALjCCcnrRhswr9MNCECblcpjBSpoOwNS9ORPBYc6Tq9fwG6IZeBpLBk70KFIp3Le1jSQx3VoYN&#10;6ThpZJi5OCi/7lPU/cuw+AkAAP//AwBQSwMEFAAGAAgAAAAhALBYr6PeAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYujI6WppOCAkQ3Cggrl5j2qqJUzXZWv492QlOtvWe&#10;nr9X7hZrxJEm3ztWsF4lIIgbp3tuFXy8P17dgvABWaNxTAp+yMOuOj8rsdBu5jc61qEVMYR9gQq6&#10;EMZCSt90ZNGv3EgctW83WQzxnFqpJ5xjuDUyTZJMWuw5fuhwpIeOmqE+WAUvc2r6rxZfn+uh/hzc&#10;5mm9za1SlxfL/R2IQEv4M8MJP6JDFZn27sDaC6PgOsuj8zRTEFFPN/kWxD4uWXYDsirl/wbVLwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdfaiLMQIAAGEEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCwWK+j3gAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="7434C3D5">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:18.45pt;margin-top:18.1pt;width:106.4pt;height:115.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="599036C7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdfaiLMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFsi1BEWCEQvaBd&#10;pN1qz4PjkEj+6tgQ6K/v2AnQbnuqysGMPeM3njdvMn88a8VOEn1rTcnz0ZgzaYStWnMo+bfXzacZ&#10;Zz6AqUBZI0t+kZ4/Lj5+mHeukBPbWFVJZARifNG5kjchuCLLvGikBj+yThpy1hY1BNriIasQOkLX&#10;KpuMx9Oss1g5tEJ6T6fr3skXCb+upQjPde1lYKrk9LaQVkzrPq7ZYg7FAcE1rRieAf/wCg2toaQ3&#10;qDUEYEds/4DSrUDrbR1GwurM1nUrZKqBqsnH76p5acDJVAuR492NJv//YMXT6cXtkGjonC88mbGK&#10;c406/tP72DmRdbmRJc+BCTrMH77kkxlxKsiXf55OprM80pndrzv04au0mkWj5EjdSCTBaetDH3oN&#10;idmM3bRKpY4ow7qSP8zycUwAJIxaQSBTu6rk3hw4A3UgxYmACdJb1VbxegTyeNivFLITUNc3mzH9&#10;hpf9FhZzr8E3fVxy9XrQbSBRqlaXfBYvX28rE9FlktVQwZ21aO1tddkhQ9vrzDuxaSnJFnzYAZKw&#10;qBoalvBMS60slWgHi7PG4o+/ncd46jd5OetIqFT+9yOg5Mwc9cpShTmNmBPJJHwM6mrWaPUbzccy&#10;IpALjCCcnrRhswr9MNCECblcpjBSpoOwNS9ORPBYc6Tq9fwG6IZeBpLBk70KFIp3Le1jSQx3VoYN&#10;6ThpZJi5OCi/7lPU/cuw+AkAAP//AwBQSwMEFAAGAAgAAAAhALBYr6PeAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYujI6WppOCAkQ3Cggrl5j2qqJUzXZWv492QlOtvWe&#10;nr9X7hZrxJEm3ztWsF4lIIgbp3tuFXy8P17dgvABWaNxTAp+yMOuOj8rsdBu5jc61qEVMYR9gQq6&#10;EMZCSt90ZNGv3EgctW83WQzxnFqpJ5xjuDUyTZJMWuw5fuhwpIeOmqE+WAUvc2r6rxZfn+uh/hzc&#10;5mm9za1SlxfL/R2IQEv4M8MJP6JDFZn27sDaC6PgOsuj8zRTEFFPN/kWxD4uWXYDsirl/wbVLwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdfaiLMQIAAGEEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCwWK+j3gAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E7F2C27" wp14:editId="0FCDA1CC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>734060</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>241935</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1437640"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Pil: uppåt 17"/>
@@ -1245,112 +1253,112 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shapetype w14:anchorId="1E7F2C27" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="7FCA9A4D">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="1E7F2C27">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: uppåt 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:57.8pt;margin-top:19.05pt;width:32.3pt;height:113.2pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWEEeSWAIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToi2COkXQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3582X&#10;S85CFK4RBpyq+asK/Hr1+dPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjoItoBWRXOyKBsVA&#10;6NYUi7I8LwbAxiNIFQLd3k5Bvsr4batkfGjboCIzNafeYj4xn9t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYO6FVGwHeo/oKyWCAHaeCLBFtC2Wqo8A01TlR+meeqFV3kWIif4N5rC/4OV9/sn/4hEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszd69v3KkxMkmXZ1W5qIhhSaHq7PTi/CyTW0xgCdRjiF8VWJaMmu/8&#10;GhGGDCz2dyFSD5R9yEovAhjdbLQx2cFue2OQ7QV9ys0mNzU9+S3NODZQB4sL6plJQZJqjYhkWt/U&#10;PLiOM2E60qqMmGs7SBWyDlLtWxH6qUaGnQRidSSVGm1rPtMxVTYudaayzuYJ3mlMVhy3I6UmcwvN&#10;6yNOrFJrwcuNpnp3IsRHgSQ6uqRFig90tAZoCJgtznrAn3+7T/mkBYpyNpCIacAfO4GKM/PNkUpO&#10;z9OnY/HYwWNne+y4nb0BIrfK3WWTHmM0B7NFsC+0b+tUlULCSao9UTk7N3FaLtpYqdbrnLbzqLue&#10;nhAwqd6LeOeevEz+QRfP44tAPysjkqbu4SB+sfygjimXxPLO6uzQjmQNzfuclvDYz1nv/zqrXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFZWC8zhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyonUCjKI1ToQIHqCq1hUtvbrwkUeN1FLtNwtfjnuA42qeZt/lyNC27YO8aSxKimQCG&#10;VFrdUCXh6/PtIQXmvCKtWksoYUIHy+L2JleZtgPt8LL3FQsl5DIlofa+yzh3ZY1GuZntkMLt2/ZG&#10;+RD7iuteDaHctDwWIuFGNRQWatXhqsbytD8bCckk1psXv45P0/Dz+rHV77vt6iDl/d34vADmcfR/&#10;MFz1gzoUweloz6Qda0OO5klAJTymEbArkIoY2FFCnDzNgRc5//9C8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCWEEeSWAIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBWVgvM4QAAAAoBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="3082" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Pil: uppåt 17" style="position:absolute;left:0;text-align:left;margin-left:57.8pt;margin-top:19.05pt;width:32.3pt;height:113.2pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3082" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWEEeSWAIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToi2COkXQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3582X&#10;S85CFK4RBpyq+asK/Hr1+dPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjoItoBWRXOyKBsVA&#10;6NYUi7I8LwbAxiNIFQLd3k5Bvsr4batkfGjboCIzNafeYj4xn9t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYO6FVGwHeo/oKyWCAHaeCLBFtC2Wqo8A01TlR+meeqFV3kWIif4N5rC/4OV9/sn/4hEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszd69v3KkxMkmXZ1W5qIhhSaHq7PTi/CyTW0xgCdRjiF8VWJaMmu/8&#10;GhGGDCz2dyFSD5R9yEovAhjdbLQx2cFue2OQ7QV9ys0mNzU9+S3NODZQB4sL6plJQZJqjYhkWt/U&#10;PLiOM2E60qqMmGs7SBWyDlLtWxH6qUaGnQRidSSVGm1rPtMxVTYudaayzuYJ3mlMVhy3I6UmcwvN&#10;6yNOrFJrwcuNpnp3IsRHgSQ6uqRFig90tAZoCJgtznrAn3+7T/mkBYpyNpCIacAfO4GKM/PNkUpO&#10;z9OnY/HYwWNne+y4nb0BIrfK3WWTHmM0B7NFsC+0b+tUlULCSao9UTk7N3FaLtpYqdbrnLbzqLue&#10;nhAwqd6LeOeevEz+QRfP44tAPysjkqbu4SB+sfygjimXxPLO6uzQjmQNzfuclvDYz1nv/zqrXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFZWC8zhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNyonUCjKI1ToQIHqCq1hUtvbrwkUeN1FLtNwtfjnuA42qeZt/lyNC27YO8aSxKimQCG&#10;VFrdUCXh6/PtIQXmvCKtWksoYUIHy+L2JleZtgPt8LL3FQsl5DIlofa+yzh3ZY1GuZntkMLt2/ZG&#10;+RD7iuteDaHctDwWIuFGNRQWatXhqsbytD8bCckk1psXv45P0/Dz+rHV77vt6iDl/d34vADmcfR/&#10;MFz1gzoUweloz6Qda0OO5klAJTymEbArkIoY2FFCnDzNgRc5//9C8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCWEEeSWAIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBWVgvM4QAAAAoBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="383F1B1C" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="649841BE" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="67FFC820" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="18F999B5" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5AAD745A" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="0066567D" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="5FCD5EC4" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1516,55 +1524,55 @@
               </w:rPr>
               <w:t>Tunntarm K-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0904F090" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D8D8880" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -1715,55 +1723,55 @@
               </w:rPr>
               <w:t>Tunntarm K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="73ACB3F6" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4380CE51" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -1831,55 +1839,55 @@
               </w:rPr>
               <w:t>Tunntarm K+ venfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79C46BC7" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F67B790" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="00AC03C1" w:rsidRDefault="00AC03C1" w:rsidP="00AC03C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -2115,72 +2123,72 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shapetype w14:anchorId="3F322097" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="73DFC33A">
+                    <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="3F322097">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                      <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: nedåt 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAk3F0At4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kgd&#10;IkU0xKkKEhc4oAaE1Nsm3iZRYzvEThv+nu0JbjPap9mZYrPYQZxoCr13GpKVAkGu8aZ3rYbPj5e7&#10;BxAhojM4eEcafijApry+KjA3/ux2dKpiKzjEhRw1dDGOuZSh6chiWPmRHN8OfrIY2U6tNBOeOdwO&#10;8l6pTFrsHX/ocKTnjppjNVsN+6/4/lbvmtdZTerpsE+/q35BrW9vlu0jiEhL/IPhUp+rQ8mdaj87&#10;E8TAPk0yRlmsUxAXYJ0lIGoWiVIgy0L+n1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOTqSEJOAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJNxdALeAAAACgEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Pil: nedåt 20" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t67" adj="13920" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAk3F0At4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kgd&#10;IkU0xKkKEhc4oAaE1Nsm3iZRYzvEThv+nu0JbjPap9mZYrPYQZxoCr13GpKVAkGu8aZ3rYbPj5e7&#10;BxAhojM4eEcafijApry+KjA3/ux2dKpiKzjEhRw1dDGOuZSh6chiWPmRHN8OfrIY2U6tNBOeOdwO&#10;8l6pTFrsHX/ocKTnjppjNVsN+6/4/lbvmtdZTerpsE+/q35BrW9vlu0jiEhL/IPhUp+rQ8mdaj87&#10;E8TAPk0yRlmsUxAXYJ0lIGoWiVIgy0L+n1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOTqSEJOAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJNxdALeAAAACgEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="29A0E790" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="0066564D" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidRPr="0066564D" w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="5580844F" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
@@ -2252,56 +2260,56 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="38CEEB1B" id="Pil: uppåt 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:20.25pt;margin-top:67.9pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPxIGTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo4xRISeNUCAlUeqPwAU68TaLG6xC7qcPX457guLOjmTfFJpieTTi6zpIEsUiAIdVWd9RI&#10;+Pp8vVsBc16RVr0llDCjg015fVWoXNszfeC09w2LIeRyJaH1fsg5d3WLRrmFHZDi72BHo3w8x4br&#10;UZ1juOl5miSP3KiOYkOrBnxpsT7uT0bCKjxtxc92CnO2m6t3/212h/pNytub8LwG5jH4PzNc8CM6&#10;lJGpsifSjvUSlstI7qN+nz4AuxiEyIBVEtIkE8DLgv+fUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAk/EgZN8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="38E8FCD6">
+                    <v:shape id="Pil: uppåt 24" style="position:absolute;left:0;text-align:left;margin-left:20.25pt;margin-top:67.9pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJPxIGTfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo4xRISeNUCAlUeqPwAU68TaLG6xC7qcPX457guLOjmTfFJpieTTi6zpIEsUiAIdVWd9RI&#10;+Pp8vVsBc16RVr0llDCjg015fVWoXNszfeC09w2LIeRyJaH1fsg5d3WLRrmFHZDi72BHo3w8x4br&#10;UZ1juOl5miSP3KiOYkOrBnxpsT7uT0bCKjxtxc92CnO2m6t3/212h/pNytub8LwG5jH4PzNc8CM6&#10;lJGpsifSjvUSlstI7qN+nz4AuxiEyIBVEtIkE8DLgv+fUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAk/EgZN8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" w14:anchorId="38CEEB1B">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="64700E5B" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="0066567D" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="0666B90B" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2341,53 +2349,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-                    <v:line w14:anchorId="6D83C1EA" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="56.6pt,-.95pt" to="57.1pt,116.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbqIwsrwEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfoPwi6x1rnVWfhdQ4x3EvQ&#10;BmjyAbRW2hWgF0TVa/99Kdlx0vRWxAeZEskhOZxd3u+dZTuV0ATf8fms4Ux5GXrjh46/PG8uFpxh&#10;Bt+DDV51/KCQ36++fllOsVWXYQy2V4kRiMd2ih0fc46tEChH5QBnISpPTh2Sg0zXNIg+wUTozorL&#10;prkVU0h9TEEqRHpdH518VfG1VjL/1BpVZrbj1FuuZ6rntpxitYR2SBBHI09twH904cB4KnqGWkMG&#10;9juZf6CckSlg0HkmgxNBayNVnYGmmTcfpvk1QlR1FiIH45km/DxY+WP34J8S0TBFbDE+pTLFXidX&#10;/qk/tq9kHc5kqX1mkh5vr26IUEmO+fXd9be7yqV4y40J83cVHCtGx63xZRRoYfeImepR6GtIefZh&#10;Y6yt67CeTR2/WsybUgBIFdpCJtPFvuPoB87ADiQ3mVOFxGBNX9ILEKZh+2AT2wGtfLNp6Fe2TOX+&#10;Ciu114DjMa66jmJwJpMirXEdX5Tk12zrC7qqmjpN8EZZsbahP1QmRbnRvmrRk7aKIN7fyX7/Baz+&#10;AAAA//8DAFBLAwQUAAYACAAAACEA9vdliN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkblvSlqGtNJ0Q0iTgNDYOcMta01QkTtVkW3l7vBMcf/vT78/VevJOnHCMfSAN2VyB&#10;QGpC21On4X2/mS1BxGSoNS4QavjBCOv6+qoyZRvO9IanXeoEl1AsjQab0lBKGRuL3sR5GJB49xVG&#10;bxLHsZPtaM5c7p3MlbqX3vTEF6wZ8Mli8707eg0fav9J29XSUoPPixf/ulG0dVrf3kyPDyASTukP&#10;hos+q0PNTodwpDYKxzkrckY1zLIViAuQ3fHgoCEvigXIupL/X6h/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJuojCyvAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPb3ZYjeAAAACgEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="225D3215">
+                    <v:line id="Rak 16" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="56.6pt,-.95pt" to="57.1pt,116.75pt" w14:anchorId="6D83C1EA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbqIwsrwEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfoPwi6x1rnVWfhdQ4x3EvQ&#10;BmjyAbRW2hWgF0TVa/99Kdlx0vRWxAeZEskhOZxd3u+dZTuV0ATf8fms4Ux5GXrjh46/PG8uFpxh&#10;Bt+DDV51/KCQ36++fllOsVWXYQy2V4kRiMd2ih0fc46tEChH5QBnISpPTh2Sg0zXNIg+wUTozorL&#10;prkVU0h9TEEqRHpdH518VfG1VjL/1BpVZrbj1FuuZ6rntpxitYR2SBBHI09twH904cB4KnqGWkMG&#10;9juZf6CckSlg0HkmgxNBayNVnYGmmTcfpvk1QlR1FiIH45km/DxY+WP34J8S0TBFbDE+pTLFXidX&#10;/qk/tq9kHc5kqX1mkh5vr26IUEmO+fXd9be7yqV4y40J83cVHCtGx63xZRRoYfeImepR6GtIefZh&#10;Y6yt67CeTR2/WsybUgBIFdpCJtPFvuPoB87ADiQ3mVOFxGBNX9ILEKZh+2AT2wGtfLNp6Fe2TOX+&#10;Ciu114DjMa66jmJwJpMirXEdX5Tk12zrC7qqmjpN8EZZsbahP1QmRbnRvmrRk7aKIN7fyX7/Baz+&#10;AAAA//8DAFBLAwQUAAYACAAAACEA9vdliN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkblvSlqGtNJ0Q0iTgNDYOcMta01QkTtVkW3l7vBMcf/vT78/VevJOnHCMfSAN2VyB&#10;QGpC21On4X2/mS1BxGSoNS4QavjBCOv6+qoyZRvO9IanXeoEl1AsjQab0lBKGRuL3sR5GJB49xVG&#10;bxLHsZPtaM5c7p3MlbqX3vTEF6wZ8Mli8707eg0fav9J29XSUoPPixf/ulG0dVrf3kyPDyASTukP&#10;hos+q0PNTodwpDYKxzkrckY1zLIViAuQ3fHgoCEvigXIupL/X6h/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJuojCyvAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPb3ZYjeAAAACgEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="059B532D" wp14:editId="32D2A676">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>9525</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>718185</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1414145" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                       <wp:wrapNone/>
@@ -2406,53 +2414,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-                    <v:line w14:anchorId="7AE4FCA5" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".75pt,56.55pt" to="112.1pt,56.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="185554BB">
+                    <v:line id="Rak 8" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".75pt,56.55pt" to="112.1pt,56.55pt" w14:anchorId="7AE4FCA5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5648D0C9" wp14:editId="427E99A5">
                   <wp:extent cx="1420495" cy="1476612"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="9525"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="572670957" name=""/>
                           <pic:cNvPicPr/>
@@ -2578,56 +2586,56 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="0DD914A1" id="Pil: uppåt 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:86.25pt;margin-top:55.2pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDCBHfj3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky8uQVEUaRsNprlalz9AYWOlEinSMsu++8dT3qbN/Py5nvVdnWjOOIcBk8K0k0CAqnzZqBe&#10;wcf7/uYBRIiajB49oYIzBtjWlxeVLo0/0RseD7EXHEKh1ApsjFMpZegsOh02fkLi26efnY4s516a&#10;WZ843I0yS5J76fRA/MHqCZ8tdl+HxSl4SWPTfEtnX5cwnNsm34edS5W6vlp3TyAirvHPDL/4jA41&#10;M7V+IRPEyLrI7tjKQ5rkINiR3RYpiJY3j0UOsq7k/w71DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDyEFVAVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDCBHfj3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="2B2E0752">
+                    <v:shape id="Pil: uppåt 19" style="position:absolute;left:0;text-align:left;margin-left:86.25pt;margin-top:55.2pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8019" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDCBHfj3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky8uQVEUaRsNprlalz9AYWOlEinSMsu++8dT3qbN/Py5nvVdnWjOOIcBk8K0k0CAqnzZqBe&#10;wcf7/uYBRIiajB49oYIzBtjWlxeVLo0/0RseD7EXHEKh1ApsjFMpZegsOh02fkLi26efnY4s516a&#10;WZ843I0yS5J76fRA/MHqCZ8tdl+HxSl4SWPTfEtnX5cwnNsm34edS5W6vlp3TyAirvHPDL/4jA41&#10;M7V+IRPEyLrI7tjKQ5rkINiR3RYpiJY3j0UOsq7k/w71DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDyEFVAVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDCBHfj3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" w14:anchorId="0DD914A1">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="6F94D907" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="0066567D" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="6F6EA83F" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2667,53 +2675,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-                    <v:line w14:anchorId="6A1A1F70" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="01FC6E2C">
+                    <v:line id="Rak 23" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" w14:anchorId="6A1A1F70" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1404C3CC" wp14:editId="15D82834">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1390650"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
@@ -2732,53 +2740,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-                    <v:line w14:anchorId="4A61010A" id="Rak 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="65.95pt,.1pt" to="66.3pt,109.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="426049E8">
+                    <v:line id="Rak 10" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="65.95pt,.1pt" to="66.3pt,109.6pt" w14:anchorId="4A61010A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00AC03C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="208B041F" wp14:editId="1029D9B4">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
@@ -2827,56 +2835,56 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:shape w14:anchorId="208B041F" id="Pil: uppåt 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhALoigEjeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AUhO8m&#10;/ofNM/FmF9q0BeTRGBNN7c3qD1jgFYjsW2S3dPHXuz3pcTKTmW/ynde9mGi0nWGEeBGBIK5M3XGD&#10;8Pnx8pCAsE5xrXrDhDCThV1xe5OrrDYXfqfp6BoRSthmCqF1bsiktFVLWtmFGYiDdzKjVi7IsZH1&#10;qC6hXPdyGUUbqVXHYaFVAz23VH0dzxoh8ek+/tlPft4e5vLNfevDqXpFvL/zT48gHHn3F4YrfkCH&#10;IjCV5sy1FT3COtqGJMIqXoG4+stkA6JESNcpyCKX/w8UvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC6PO4YVQIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC6IoBI3gAAAAgBAAAPAAAAAAAAAAAAAAAAAK8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="60AC5EE2">
+                    <v:shape id="Pil: uppåt 22" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhALoigEjeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AUhO8m&#10;/ofNM/FmF9q0BeTRGBNN7c3qD1jgFYjsW2S3dPHXuz3pcTKTmW/ynde9mGi0nWGEeBGBIK5M3XGD&#10;8Pnx8pCAsE5xrXrDhDCThV1xe5OrrDYXfqfp6BoRSthmCqF1bsiktFVLWtmFGYiDdzKjVi7IsZH1&#10;qC6hXPdyGUUbqVXHYaFVAz23VH0dzxoh8ek+/tlPft4e5vLNfevDqXpFvL/zT48gHHn3F4YrfkCH&#10;IjCV5sy1FT3COtqGJMIqXoG4+stkA6JESNcpyCKX/w8UvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC6PO4YVQIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC6IoBI3gAAAAgBAAAPAAAAAAAAAAAAAAAAAK8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" w14:anchorId="208B041F">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="6A19C569" w14:textId="77777777" w:rsidR="00AC03C1" w:rsidRPr="0066567D" w:rsidRDefault="00AC03C1" w:rsidP="002337C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00AC03C1" w:rsidP="002337C2" w:rsidRDefault="00AC03C1" w14:paraId="2EACC26A" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -7816,118 +7824,118 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00AC03C1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4637D258" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5473994A" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4CD42BA8" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -7935,89 +7943,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -8046,51 +8054,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -8124,73 +8132,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D9475E0" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63312D56" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0AFBF665" w14:textId="77777777" w:rsidR="00F5528A" w:rsidRDefault="00F5528A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -8228,91 +8236,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="35D37411">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -8351,60 +8359,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="451C1EE7">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -8478,51 +8486,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11098,52 +11106,52 @@
   <w:num w:numId="18" w16cid:durableId="1699505918">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="268970167">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1461026114">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="826242856">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="202984401">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1488667430">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1317421356">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -11413,70 +11421,72 @@
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A43A1"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B3D61"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009D5412"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A6200C"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A9299A"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC03C1"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF407B"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
@@ -11550,107 +11560,110 @@
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E80547"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6576"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED2112"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F03537"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5528A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="128C7AE6"/>
+    <w:rsid w:val="52E13C5A"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{2B15454F-342E-40A8-9B51-5B712E559C96}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14020,51 +14033,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17778,111 +17791,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>333</Words>
-  <Characters>2639</Characters>
+  <Words>481</Words>
+  <Characters>2554</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2967</CharactersWithSpaces>
+  <CharactersWithSpaces>3029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Tunntarm tumör (847800B)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>14</revision>
+  <revision>16</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>