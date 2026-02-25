--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,562 +11,564 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00756291" w:rsidP="00F35B05" w:rsidRDefault="00756291" w14:paraId="12118429" w14:textId="77777777">
+    <w:p w14:paraId="12118429" w14:textId="77777777" w:rsidR="00756291" w:rsidRDefault="00756291" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00756291" w:rsidSect="00756291">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w:rsidRPr="00354F91" w:rsidR="00354F91" w:rsidP="0073354F" w:rsidRDefault="00EC3B24" w14:paraId="72505E67" w14:textId="5DB6EDD3">
+    <w:p w14:paraId="72505E67" w14:textId="5DB6EDD3" w:rsidR="00354F91" w:rsidRPr="00354F91" w:rsidRDefault="00EC3B24" w:rsidP="0073354F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00756291">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DT Thorax/buk K+ (830800 &amp; 840800)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC3B24" w:rsidR="00354F91" w:rsidP="00354F91" w:rsidRDefault="00354F91" w14:paraId="0EFB5951" w14:textId="77777777">
+    <w:p w14:paraId="0EFB5951" w14:textId="77777777" w:rsidR="00354F91" w:rsidRPr="00EC3B24" w:rsidRDefault="00354F91" w:rsidP="00354F91">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC3B24">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00756291" w:rsidR="00354F91" w:rsidP="61A4978D" w:rsidRDefault="00354F91" w14:paraId="79AA4DF0" w14:textId="5703A27A">
+    <w:p w14:paraId="79AA4DF0" w14:textId="5703A27A" w:rsidR="00354F91" w:rsidRPr="00756291" w:rsidRDefault="00354F91" w:rsidP="61A4978D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00756291">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00EC3B24" w:rsidRDefault="00237382" w14:paraId="77889CF6" w14:textId="67BD60B8">
+    <w:p w14:paraId="77889CF6" w14:textId="67BD60B8" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00237382" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="61A4978D" w:rsidRDefault="00E03E0E" w14:paraId="46C9C944" w14:textId="3F17AEF3">
+    <w:p w14:paraId="46C9C944" w14:textId="3F17AEF3" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00E03E0E" w:rsidP="61A4978D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="54BE4C79" w:rsidR="00E03E0E">
+      <w:r w:rsidRPr="54BE4C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Justera</w:t>
       </w:r>
-      <w:r w:rsidRPr="54BE4C79" w:rsidR="001826BF">
+      <w:r w:rsidR="001826BF" w:rsidRPr="54BE4C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="54BE4C79" w:rsidR="00E03E0E">
+      <w:r w:rsidRPr="54BE4C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> version under</w:t>
       </w:r>
-      <w:r w:rsidRPr="54BE4C79" w:rsidR="037AC0E4">
+      <w:r w:rsidR="037AC0E4" w:rsidRPr="54BE4C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="54BE4C79" w:rsidR="00E03E0E">
+      <w:r w:rsidRPr="54BE4C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>arkivering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC3B24" w:rsidR="00756291" w:rsidP="00EC3B24" w:rsidRDefault="00756291" w14:paraId="463B1516" w14:textId="77777777">
+    <w:p w14:paraId="463B1516" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00EC3B24" w:rsidRDefault="00756291" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC3B24">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="21195052" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="21195052" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="63A4CF99" w14:textId="77777777">
+          <w:p w14:paraId="63A4CF99" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="44BCFBEB" w14:textId="77777777">
+          <w:p w14:paraId="44BCFBEB" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tumör, metastaser, lymfom mm, där PO kontrast inte krävs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="119C551F" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="119C551F" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="632B2D7B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="632B2D7B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00000000" w14:paraId="0A7CC3C5" w14:textId="51AFA1B7">
+          </w:tcPr>
+          <w:p w14:paraId="0A7CC3C5" w14:textId="51AFA1B7" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId17">
-              <w:r w:rsidRPr="00756291" w:rsidR="00756291">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00756291">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00756291" w:rsidR="00756291">
+            <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6F6F083F" w14:textId="7BF951B2">
+          <w:p w14:paraId="6F6F083F" w14:textId="7DF37759" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3B9BDCEE" w:rsidR="00756291">
+            <w:r w:rsidRPr="3B9BDCEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
+            <w:r w:rsidR="00964F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="038A2A17" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="038A2A17" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="357A4008" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="357A4008" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2DF74E78" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2DF74E78" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 glas vatten precis innan undersökningen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="3972BA31" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="3972BA31" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="667D5552" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="667D5552" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="713F27FE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="713F27FE" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 1”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1EEE291F" w14:textId="77777777">
+          <w:p w14:paraId="1EEE291F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 2”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="31AC48D4" w14:textId="68756421">
+          <w:p w14:paraId="31AC48D4" w14:textId="68756421" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obs! Vid dosanpassning enligt ratio 0,5 ges all kontrast som en bolus</w:t>
             </w:r>
             <w:r w:rsidR="00EA7812">
               <w:rPr>
@@ -616,441 +618,440 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Injektionstid 40 s, </w:t>
             </w:r>
             <w:r w:rsidR="00C0061F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>delay thorax 50 s, buk 80 s.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="50B7C4B4" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="50B7C4B4" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="015DC717" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="015DC717" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="05AB764E" w14:textId="10B300DC">
+          </w:tcPr>
+          <w:p w14:paraId="05AB764E" w14:textId="10B300DC" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor mellan </w:t>
             </w:r>
-            <w:r w:rsidRPr="00756291" w:rsidR="00237382">
+            <w:r w:rsidR="00237382" w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1DE6439D" w14:textId="77777777">
+          <w:p w14:paraId="1DE6439D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00000000" w14:paraId="25BCA2A1" w14:textId="121492A8">
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00756291" w:rsidR="00756291">
+          <w:p w14:paraId="25BCA2A1" w14:textId="121492A8" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="00756291">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="3B9BDCEE" w14:paraId="03A190AE" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="03A190AE" w14:textId="77777777" w:rsidTr="3B9BDCEE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="35021727" w14:textId="77777777">
+          <w:p w14:paraId="35021727" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2C3F0896" w14:textId="77777777">
+          <w:p w14:paraId="2C3F0896" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="09393F08" w14:textId="77777777">
+          <w:p w14:paraId="09393F08" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7433D5E4" w14:textId="77777777">
+          <w:p w14:paraId="7433D5E4" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="683818A2" w14:textId="77777777">
+    <w:p w14:paraId="683818A2" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00546A6B" w:rsidRDefault="00546A6B" w14:paraId="09DE4CE4" w14:textId="77777777">
+    <w:p w14:paraId="09DE4CE4" w14:textId="77777777" w:rsidR="00546A6B" w:rsidRDefault="00546A6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC3B24" w:rsidR="00756291" w:rsidP="00EC3B24" w:rsidRDefault="00756291" w14:paraId="4B15EC3F" w14:textId="1CC9EEE3">
+    <w:p w14:paraId="4B15EC3F" w14:textId="1CC9EEE3" w:rsidR="00756291" w:rsidRPr="00EC3B24" w:rsidRDefault="00756291" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC3B24">
+        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="3999"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="219583FB" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="219583FB" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="23150E38" w14:textId="77777777">
+          <w:p w14:paraId="23150E38" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65A69E96" wp14:editId="441EC559">
                   <wp:extent cx="3267986" cy="809625"/>
                   <wp:effectExtent l="0" t="0" r="46990" b="0"/>
                   <wp:docPr id="18" name="Diagram 18"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="79CF524E" w14:textId="77777777">
+          <w:p w14:paraId="79CF524E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B85AD8A" wp14:editId="025F688B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>724535</wp:posOffset>
@@ -1065,113 +1066,113 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="2036445"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="00CF3E8A" w:rsidR="00756291" w:rsidP="00070A3D" w:rsidRDefault="00756291" w14:paraId="5A010A1C" w14:textId="77777777">
+                                <w:p w14:paraId="5A010A1C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00CF3E8A" w:rsidRDefault="00756291" w:rsidP="00070A3D">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00CF3E8A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="017A98C3">
-                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="6B85AD8A">
+                  <w:pict>
+                    <v:shapetype w14:anchorId="6B85AD8A" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
+                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: uppåt 17" style="position:absolute;left:0;text-align:left;margin-left:57.05pt;margin-top:7.25pt;width:32.3pt;height:160.35pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2175" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6gMb4VwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kXVcEcYogRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BK5CP5/Jjl9WA0O0gMytmKz85KzqQVrla2rfj3p+2n&#10;K85CBFuDdlZW/EUGfr36+GHZ+4Wcu87pWiIjEBsWva94F6NfFEUQnTQQzpyXlh4bhwYiudgWNUJP&#10;6EYX87K8LHqHtUcnZAh0ezM+8lXGbxop4n3TBBmZrjj1FvOJ+dyls1gtYdEi+E6JqQ34hy4MKEtF&#10;X6FuIALbo/oDyiiBLrgmnglnCtc0Ssg8A00zK99N89iBl3kWIif4V5rC/4MVd4dH/4BEQ+/DIpCZ&#10;phgaNAwdsTUrr8r0y8NRu2zI3L28cieHyARdXszK+YwYFvQ0L88vLy4+J3KLESyBegzxq3SGJaPi&#10;e79GdH0GhsNtiGP0MSplBKdVvVVaZwfb3UYjOwB9yu02NzWm/BamLeup7fkX6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUgVCGju8gdCNNTLsKBCjIqlUK1PxiY6xsrYpTWadTRO80ZisOOwGCk3mztUv&#10;DziySq0FL7aKiLiFEB8ASXR0SYsU7+lotKMh3GRx1jn8+bf7FE9aoFfOehIxDfhjDyg5098sqeT8&#10;Mn06Fk8dPHV2p47dm40jcme5u2xSMkZ9NBt05pn2bZ2q0hNYQbVHKidnE8floo0Vcr3OYXuPqu0o&#10;hYBJ9R7irX30IvlH1p+GZ0A/KSOSpu7cUfyweKeOMZak9cbq5NCOZMVN+5yW8NTPUW//OqtfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAT30Fq90AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70h7h8iTuEws7daxUppOE2zizOAB0sa0FY3TNdla3h7vBDf/8qffn/PdZDtxxcG3jhTEywgEUuVM&#10;S7WCz4/jQwrCB01Gd45QwQ962BWzu1xnxo30jtdTqAWXkM+0giaEPpPSVw1a7ZeuR+LdlxusDhyH&#10;WppBj1xuO7mKokdpdUt8odE9vjRYfZ8uVoGpksmfW/PqxsXhKJ/e8FCmC6Xu59P+GUTAKfzBcNNn&#10;dSjYqXQXMl50nOMkZpSHZAPiBmzTLYhSwXq9WYEscvn/heIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA+oDG+FcCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAT30Fq90AAAAKAQAADwAAAAAAAAAAAAAAAACxBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;">
+                    <v:shape id="Pil: uppåt 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:57.05pt;margin-top:7.25pt;width:32.3pt;height:160.35pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6gMb4VwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kXVcEcYogRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BK5CP5/Jjl9WA0O0gMytmKz85KzqQVrla2rfj3p+2n&#10;K85CBFuDdlZW/EUGfr36+GHZ+4Wcu87pWiIjEBsWva94F6NfFEUQnTQQzpyXlh4bhwYiudgWNUJP&#10;6EYX87K8LHqHtUcnZAh0ezM+8lXGbxop4n3TBBmZrjj1FvOJ+dyls1gtYdEi+E6JqQ34hy4MKEtF&#10;X6FuIALbo/oDyiiBLrgmnglnCtc0Ssg8A00zK99N89iBl3kWIif4V5rC/4MVd4dH/4BEQ+/DIpCZ&#10;phgaNAwdsTUrr8r0y8NRu2zI3L28cieHyARdXszK+YwYFvQ0L88vLy4+J3KLESyBegzxq3SGJaPi&#10;e79GdH0GhsNtiGP0MSplBKdVvVVaZwfb3UYjOwB9yu02NzWm/BamLeup7fkX6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUgVCGju8gdCNNTLsKBCjIqlUK1PxiY6xsrYpTWadTRO80ZisOOwGCk3mztUv&#10;DziySq0FL7aKiLiFEB8ASXR0SYsU7+lotKMh3GRx1jn8+bf7FE9aoFfOehIxDfhjDyg5098sqeT8&#10;Mn06Fk8dPHV2p47dm40jcme5u2xSMkZ9NBt05pn2bZ2q0hNYQbVHKidnE8floo0Vcr3OYXuPqu0o&#10;hYBJ9R7irX30IvlH1p+GZ0A/KSOSpu7cUfyweKeOMZak9cbq5NCOZMVN+5yW8NTPUW//OqtfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAT30Fq90AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70h7h8iTuEws7daxUppOE2zizOAB0sa0FY3TNdla3h7vBDf/8qffn/PdZDtxxcG3jhTEywgEUuVM&#10;S7WCz4/jQwrCB01Gd45QwQ962BWzu1xnxo30jtdTqAWXkM+0giaEPpPSVw1a7ZeuR+LdlxusDhyH&#10;WppBj1xuO7mKokdpdUt8odE9vjRYfZ8uVoGpksmfW/PqxsXhKJ/e8FCmC6Xu59P+GUTAKfzBcNNn&#10;dSjYqXQXMl50nOMkZpSHZAPiBmzTLYhSwXq9WYEscvn/heIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA+oDG+FcCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAT30Fq90AAAAKAQAADwAAAAAAAAAAAAAAAACxBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="2175" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00CF3E8A" w:rsidR="00756291" w:rsidP="00070A3D" w:rsidRDefault="00756291" w14:paraId="649841BE" w14:textId="77777777">
+                          <w:p w14:paraId="5A010A1C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00CF3E8A" w:rsidRDefault="00756291" w:rsidP="00070A3D">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00CF3E8A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -1218,1204 +1219,1196 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="6FF3F2D4">
                     <v:rect id="Rektangel 3" style="position:absolute;margin-left:20.15pt;margin-top:6.3pt;width:103.75pt;height:162.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="3FDDE252" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzTjxqMgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwmgUoQIKwSiF7SL&#10;xFZ7HhyHRPJXx4ZAf33HToB221NVDmbsGT/PvHmT+dNFK3aW6BtrCj4c5JxJI2zZmGPBv71uPk05&#10;8wFMCcoaWfCr9Pxp8fHDvHUzObK1VaVERiDGz1pX8DoEN8syL2qpwQ+sk4aclUUNgbZ4zEqEltC1&#10;ykZ5Pslai6VDK6T3dLrunHyR8KtKivBSVV4GpgpOuYW0YloPcc0Wc5gdEVzdiD4N+IcsNDSGHr1D&#10;rSEAO2HzB5RuBFpvqzAQVme2qhohUw1UzTB/V82+BidTLUSOd3ea/P+DFc/nvdsh0dA6P/Nkxiou&#10;Fer4T/mxSyLreidLXgITdDgcD79MRp85E+Qb5ZPJOJ9EOrPHdYc+fJVWs2gUHKkbiSQ4b33oQm8h&#10;8TVjN41SqSPKsLbg4+kwp6YJIGFUCgKZ2pUF9+bIGagjKU4ETJDeqqaM1yOQx+NhpZCdgbq+2eT0&#10;6zP7LSy+vQZfd3HJ1elBN4FEqRpd8Gm8fLutTESXSVZ9BQ/WonWw5XWHDG2nM+/EpqFHtuDDDpCE&#10;RdXQsIQXWiplqUTbW5zVFn/87TzGU7/Jy1lLQqXyv58AJWfmpFeWKhzSiDmRTMLHoG5mhVa/0Xws&#10;IwK5wAjC6UjrN6vQDQNNmJDLZQojZToIW7N3IoLHmiNVr5c3QNf3MpAMnu1NoDB719IulsTwYKXf&#10;kI6TRvqZi4Py6z5FPb4Mi58AAAD//wMAUEsDBBQABgAIAAAAIQCBoV0e3gAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0kakuIUyEkQHAjgLhuE5NEsddR7Dbh71lO9Lgz&#10;o9k3xX5xVpzMFHpPGtYrBcJQ7ZueWg0f7483OxAhIjVoPRkNPybAvry8KDBv/Exv5lTFVnAJhRw1&#10;dDGOuZSh7ozDsPKjIfa+/eQw8jm1splw5nJnZaLURjrsiT90OJqHztRDdXQaXubE9l8tvj5XQ/U5&#10;+Oxpvb11Wl9fLfd3IKJZ4n8Y/vAZHUpmOvgjNUFYDZlKOcl6sgHBfpJtecpBQ5ruFMiykOcLyl8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8048ajICAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgaFdHt4AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2363F2" wp14:editId="04BE198D">
                   <wp:extent cx="1352373" cy="2228850"/>
                   <wp:effectExtent l="0" t="0" r="635" b="0"/>
                   <wp:docPr id="1" name="Bildobjekt 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2128520294" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1358625" cy="2239154"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="7C613021" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="7C613021" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7FF50195" w14:textId="77777777">
+          <w:p w14:paraId="7FF50195" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="754AA351" w14:textId="77777777">
+          <w:p w14:paraId="754AA351" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4B6853BC" w14:textId="77777777">
+          <w:p w14:paraId="4B6853BC" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="2861B7D1" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="2861B7D1" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="37806437" w14:textId="77777777">
+          <w:p w14:paraId="37806437" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="53916021" w14:textId="77777777">
+          <w:p w14:paraId="53916021" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0B21BD24" w14:textId="77777777">
+          <w:p w14:paraId="0B21BD24" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="629673A1" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="629673A1" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="47D58712" w14:textId="77777777">
+          <w:p w14:paraId="47D58712" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="65AB9594" w14:textId="77777777">
+          <w:p w14:paraId="65AB9594" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="02963905" w14:textId="77777777">
+          <w:p w14:paraId="02963905" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="581617A8" w14:textId="77777777">
+          <w:p w14:paraId="581617A8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="49467F75" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="49467F75" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="40DED209" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3F2C8859" w14:textId="77777777">
+          <w:p w14:paraId="40DED209" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F2C8859" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Efter scanning segmenteras serien i thorax och buk, som läggs på separata kort och reformateras som vanligt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2A779972" w14:textId="77777777">
+          <w:p w14:paraId="2A779972" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00EC3B24" w:rsidR="00756291" w:rsidP="00EC3B24" w:rsidRDefault="00756291" w14:paraId="165F8BE5" w14:textId="303872D0">
+    <w:p w14:paraId="165F8BE5" w14:textId="303872D0" w:rsidR="00756291" w:rsidRPr="00EC3B24" w:rsidRDefault="00756291" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC3B24">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="0ADAFC1B" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="0ADAFC1B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6A869725" w14:textId="77777777">
+          <w:p w14:paraId="6A869725" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4861672B" w14:textId="77777777">
+          <w:p w14:paraId="4861672B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5BBFB8B5" w14:textId="77777777">
+          <w:p w14:paraId="5BBFB8B5" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="651DDAA8" w14:textId="77777777">
+          <w:p w14:paraId="651DDAA8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="455A563E" w14:textId="77777777">
+          <w:p w14:paraId="455A563E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="35AB61FD" w14:textId="77777777">
+          <w:p w14:paraId="35AB61FD" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="339FE5C3" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="339FE5C3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0E065F72" w14:textId="77777777">
+          <w:p w14:paraId="0E065F72" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="25883E68" w14:textId="77777777">
+          <w:p w14:paraId="25883E68" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="76CED2C7" w14:textId="77777777">
+          <w:p w14:paraId="76CED2C7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="77790291" w14:textId="2CAB3424">
+          <w:p w14:paraId="77790291" w14:textId="2CAB3424" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E707B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="786472A1" w14:textId="77777777">
+          <w:p w14:paraId="786472A1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="408E715D" w14:textId="1C06521A">
+          <w:p w14:paraId="408E715D" w14:textId="1C06521A" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
             <w:r w:rsidR="00CD2E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="13A69B00" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="13A69B00" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="000408F8" w14:paraId="183E2FAD" w14:textId="5F42E456">
+          <w:p w14:paraId="183E2FAD" w14:textId="5F42E456" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="000408F8" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor</w:t>
             </w:r>
             <w:r w:rsidR="001826BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="24B7BE6A" w14:textId="77777777">
+          <w:p w14:paraId="24B7BE6A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="000408F8" w14:paraId="3810B5AF" w14:textId="6D7FCFEC">
+          <w:p w14:paraId="3810B5AF" w14:textId="6D7FCFEC" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="000408F8" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7416D7DB" w14:textId="1BAE9DA1">
+          <w:p w14:paraId="7416D7DB" w14:textId="1BAE9DA1" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E707B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="000408F8" w14:paraId="2B63F23B" w14:textId="2CEF88B9">
+          <w:p w14:paraId="2B63F23B" w14:textId="2CEF88B9" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="000408F8" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="34509D12" w14:textId="77777777">
+          <w:p w14:paraId="34509D12" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="72E06F31" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="72E06F31" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00BD1E36" w14:paraId="2F6181AC" w14:textId="03758E82">
+          <w:p w14:paraId="2F6181AC" w14:textId="03758E82" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00BD1E36" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2426,4612 +2419,4613 @@
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4AB8736F" w14:textId="77777777">
+          <w:p w14:paraId="4AB8736F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="21313BE6" w14:textId="77777777">
+          <w:p w14:paraId="21313BE6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="78D3A079" w14:textId="65646AD9">
+          <w:p w14:paraId="78D3A079" w14:textId="65646AD9" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E707B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="69C02B74" w14:textId="77777777">
+          <w:p w14:paraId="69C02B74" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0C4FF7C1" w14:textId="77777777">
+          <w:p w14:paraId="0C4FF7C1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="6709450D" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="6709450D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2716A0F7" w14:textId="77777777">
+          <w:p w14:paraId="2716A0F7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2A29E871" w14:textId="77777777">
+          <w:p w14:paraId="2A29E871" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="24C7002F" w14:textId="77777777">
+          <w:p w14:paraId="24C7002F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="015EC958" w14:textId="1B27449F">
+          <w:p w14:paraId="015EC958" w14:textId="1B27449F" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E707B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2C5EE646" w14:textId="77777777">
+          <w:p w14:paraId="2C5EE646" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4FB4D2D6" w14:textId="77777777">
+          <w:p w14:paraId="4FB4D2D6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="5B5AE9EA" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="5B5AE9EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00CD616B" w:rsidRDefault="00CD616B" w14:paraId="69AAFC0E" w14:textId="3008EF0C">
+          <w:p w14:paraId="69AAFC0E" w14:textId="3008EF0C" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00CD616B" w:rsidP="00CD616B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">     Buk K</w:t>
             </w:r>
             <w:r w:rsidR="002C4426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00CD616B" w:rsidRDefault="002C4426" w14:paraId="5F949A59" w14:textId="42AF7019">
+          <w:p w14:paraId="5F949A59" w14:textId="42AF7019" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="002C4426" w:rsidP="00CD616B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="002C4426" w14:paraId="62F22C6F" w14:textId="779648C1">
+          <w:p w14:paraId="62F22C6F" w14:textId="779648C1" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="002C4426" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="002C4426" w14:paraId="7F9F91EF" w14:textId="574D2D38">
+          <w:p w14:paraId="7F9F91EF" w14:textId="574D2D38" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="002C4426" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="009875BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="002B0738" w14:paraId="27AE8872" w14:textId="424587FB">
+          <w:p w14:paraId="27AE8872" w14:textId="424587FB" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="002B0738" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="002B0738" w:rsidRDefault="002B0738" w14:paraId="6DB53263" w14:textId="3069A26B">
+          <w:p w14:paraId="6DB53263" w14:textId="3069A26B" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="002B0738" w:rsidP="002B0738">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="46EE5815" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="46EE5815" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="49CC89DA" w14:textId="72921142">
+          <w:p w14:paraId="49CC89DA" w14:textId="72921142" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="006C7A65" w14:paraId="46D153DA" w14:textId="50799CDB">
+          <w:p w14:paraId="46D153DA" w14:textId="50799CDB" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="006C7A65" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="678A9BFF" w14:textId="77777777">
+          <w:p w14:paraId="678A9BFF" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4B8F829E" w14:textId="32E157CC">
+          <w:p w14:paraId="4B8F829E" w14:textId="32E157CC" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="009875BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5B92C056" w14:textId="77777777">
+          <w:p w14:paraId="5B92C056" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="27E99463" w14:textId="77777777">
+          <w:p w14:paraId="27E99463" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="6236CCE2" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="6236CCE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3A1147C8" w14:textId="77777777">
+          <w:p w14:paraId="3A1147C8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="43FBA85C" w14:textId="77777777">
+          <w:p w14:paraId="43FBA85C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2876B00F" w14:textId="77777777">
+          <w:p w14:paraId="2876B00F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6C4CF2BC" w14:textId="77777777">
+          <w:p w14:paraId="6C4CF2BC" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5F08F47B" w14:textId="77777777">
+          <w:p w14:paraId="5F08F47B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7597F8F5" w14:textId="77777777">
+          <w:p w14:paraId="7597F8F5" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w14:paraId="3CC919CF" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="3CC919CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6B5ED9EF" w14:textId="77777777">
+          <w:p w14:paraId="6B5ED9EF" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="30DB8BE1" w14:textId="77777777">
+          <w:p w14:paraId="30DB8BE1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7191F97F" w14:textId="77777777">
+          <w:p w14:paraId="7191F97F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="081D7746" w14:textId="77777777">
+          <w:p w14:paraId="081D7746" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6D756EE6" w14:textId="77777777">
+          <w:p w14:paraId="6D756EE6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4D2C6FC8" w14:textId="77777777">
+          <w:p w14:paraId="4D2C6FC8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00546A6B" w:rsidP="00EC3B24" w:rsidRDefault="00546A6B" w14:paraId="6EB6DD78" w14:textId="77777777">
+    <w:p w14:paraId="6EB6DD78" w14:textId="77777777" w:rsidR="00546A6B" w:rsidRDefault="00546A6B" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00546A6B" w:rsidRDefault="00546A6B" w14:paraId="5D407C53" w14:textId="77777777">
+    <w:p w14:paraId="5D407C53" w14:textId="77777777" w:rsidR="00546A6B" w:rsidRDefault="00546A6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC3B24" w:rsidR="00756291" w:rsidP="00EC3B24" w:rsidRDefault="00756291" w14:paraId="524A39A5" w14:textId="785B2FAA">
+    <w:p w14:paraId="524A39A5" w14:textId="785B2FAA" w:rsidR="00756291" w:rsidRPr="00EC3B24" w:rsidRDefault="00756291" w:rsidP="00EC3B24">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC3B24">
+        <w:lastRenderedPageBreak/>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="4E492C7C" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="4E492C7C" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="04924F74" w14:textId="77777777">
+          <w:p w14:paraId="04924F74" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7BFEC6D1" w14:textId="77777777">
+          <w:p w14:paraId="7BFEC6D1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="781E2A2C" w14:textId="77777777">
+          <w:p w14:paraId="781E2A2C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3844C9B4" w14:textId="77777777">
+          <w:p w14:paraId="3844C9B4" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="41FAD1A3" w14:textId="77777777">
+          <w:p w14:paraId="41FAD1A3" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="65AA6190" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="65AA6190" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="683C7BD1" w14:textId="77777777">
+          <w:p w14:paraId="683C7BD1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7366FAE8" w14:textId="77777777">
+          <w:p w14:paraId="7366FAE8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="50B48B65" w14:textId="77777777">
+          <w:p w14:paraId="50B48B65" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="395477EF" w14:textId="77777777">
+          <w:p w14:paraId="395477EF" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7889E848" w14:textId="77777777">
+          <w:p w14:paraId="7889E848" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5DA117E7" w14:textId="77777777">
+          <w:p w14:paraId="5DA117E7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="081EDB9A" w14:textId="77777777">
+          <w:p w14:paraId="081EDB9A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="22DB5EE4" w14:textId="77777777">
+          <w:p w14:paraId="22DB5EE4" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="54D4104B" w14:textId="77777777">
+          <w:p w14:paraId="54D4104B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6681E150" w14:textId="77777777">
+          <w:p w14:paraId="6681E150" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1FADB2A0" w14:textId="77777777">
+          <w:p w14:paraId="1FADB2A0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="5AE32F63" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="5AE32F63" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="546DCF6A" w14:textId="77777777">
+          <w:p w14:paraId="546DCF6A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="13BB0A40" w14:textId="77777777">
+          <w:p w14:paraId="13BB0A40" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0984EC94" w14:textId="77777777">
+          <w:p w14:paraId="0984EC94" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4B74AD80" w14:textId="77777777">
+          <w:p w14:paraId="4B74AD80" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5630E921" w14:textId="77777777">
+          <w:p w14:paraId="5630E921" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2D6C8AD4" w14:textId="77777777">
+          <w:p w14:paraId="2D6C8AD4" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3816B9D0" w14:textId="77777777">
+          <w:p w14:paraId="3816B9D0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="19B072EC" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="19B072EC" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="589DC619" w14:textId="77777777">
+          <w:p w14:paraId="589DC619" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="37C5A4D1" w14:textId="77777777">
+          <w:p w14:paraId="37C5A4D1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3450C9CE" w14:textId="77777777">
+          <w:p w14:paraId="3450C9CE" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1A5AC28C" w14:textId="77777777">
+          <w:p w14:paraId="1A5AC28C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="26E63F1D" w14:textId="77777777">
+          <w:p w14:paraId="26E63F1D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6A101599" w14:textId="77777777">
+          <w:p w14:paraId="6A101599" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0619752A" w14:textId="77777777">
+          <w:p w14:paraId="0619752A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="6825F9F8" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="6825F9F8" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="21359716" w14:textId="77777777">
+          <w:p w14:paraId="21359716" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1FF1E82F" w14:textId="77777777">
+          <w:p w14:paraId="1FF1E82F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1E65079A" w14:textId="77777777">
+          <w:p w14:paraId="1E65079A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="24E15F16" w14:textId="77777777">
+          <w:p w14:paraId="24E15F16" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7509950C" w14:textId="77777777">
+          <w:p w14:paraId="7509950C" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0BA7E732" w14:textId="77777777">
+          <w:p w14:paraId="0BA7E732" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="435D2A21" w14:textId="77777777">
+          <w:p w14:paraId="435D2A21" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="7E11FED3" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="7E11FED3" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="13F391F6" w14:textId="77777777">
+          <w:p w14:paraId="13F391F6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="02334F4E" w14:textId="77777777">
+          <w:p w14:paraId="02334F4E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="05761B03" w14:textId="77777777">
+          <w:p w14:paraId="05761B03" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1EF6F3FF" w14:textId="77777777">
+          <w:p w14:paraId="1EF6F3FF" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="02FB4710" w14:textId="77777777">
+          <w:p w14:paraId="02FB4710" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7CE1D556" w14:textId="77777777">
+          <w:p w14:paraId="7CE1D556" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7EC2465B" w14:textId="77777777">
+          <w:p w14:paraId="7EC2465B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="4CAF9627" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="4CAF9627" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="1369E8E7" w14:textId="77777777">
+          <w:p w14:paraId="1369E8E7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6118B052" w14:textId="77777777">
+          <w:p w14:paraId="6118B052" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0B3121CB" w14:textId="77777777">
+          <w:p w14:paraId="0B3121CB" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="76EA20B7" w14:textId="77777777">
+          <w:p w14:paraId="76EA20B7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0EF6009F" w14:textId="77777777">
+          <w:p w14:paraId="0EF6009F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0E829C39" w14:textId="77777777">
+          <w:p w14:paraId="0E829C39" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="43AFDC9F" w14:textId="77777777">
+          <w:p w14:paraId="43AFDC9F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="0B2EB251" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="0B2EB251" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="07204092" w14:textId="77777777">
+          <w:p w14:paraId="07204092" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7B59D1D0" w14:textId="77777777">
+          <w:p w14:paraId="7B59D1D0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3FD32248" w14:textId="77777777">
+          <w:p w14:paraId="3FD32248" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="21D6F89A" w14:textId="77777777">
+          <w:p w14:paraId="21D6F89A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4F0BFA9F" w14:textId="77777777">
+          <w:p w14:paraId="4F0BFA9F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="199A74F7" w14:textId="77777777">
+          <w:p w14:paraId="199A74F7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5585DAFB" w14:textId="77777777">
+          <w:p w14:paraId="5585DAFB" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="7BA523C7" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="7BA523C7" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="197B8CD1" w14:textId="77777777">
+          <w:p w14:paraId="197B8CD1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="33D5FB07" w14:textId="77777777">
+          <w:p w14:paraId="33D5FB07" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="330C11DD" w14:textId="77777777">
+          <w:p w14:paraId="330C11DD" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="71160859" w14:textId="77777777">
+          <w:p w14:paraId="71160859" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="754B3FF4" w14:textId="77777777">
+          <w:p w14:paraId="754B3FF4" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="62E17D22" w14:textId="77777777">
+          <w:p w14:paraId="62E17D22" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7F8A672D" w14:textId="77777777">
+          <w:p w14:paraId="7F8A672D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="51B42316" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="51B42316" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="095A8202" w14:textId="77777777">
+          <w:p w14:paraId="095A8202" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="703A2BD0" w14:textId="77777777">
+          <w:p w14:paraId="703A2BD0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="02AFC766" w14:textId="77777777">
+          <w:p w14:paraId="02AFC766" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2C8138D9" w14:textId="77777777">
+          <w:p w14:paraId="2C8138D9" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="746E976D" w14:textId="77777777">
+          <w:p w14:paraId="746E976D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="06B2F1D1" w14:textId="77777777">
+    <w:p w14:paraId="06B2F1D1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="3C12D44B" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="3C12D44B" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="19F384D8" w14:textId="77777777">
+          <w:p w14:paraId="19F384D8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2E3C0280" w14:textId="77777777">
+          <w:p w14:paraId="2E3C0280" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4F38AC89" w14:textId="77777777">
+          <w:p w14:paraId="4F38AC89" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4C3FDAE9" w14:textId="77777777">
+          <w:p w14:paraId="4C3FDAE9" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="48BE0000" w14:textId="77777777">
+          <w:p w14:paraId="48BE0000" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="18F5FE92" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="18F5FE92" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="39672859" w14:textId="77777777">
+          <w:p w14:paraId="39672859" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4583B5C6" w14:textId="77777777">
+          <w:p w14:paraId="4583B5C6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="68E145CB" w14:textId="77777777">
+          <w:p w14:paraId="68E145CB" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="253F66EC" w14:textId="77777777">
+          <w:p w14:paraId="253F66EC" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0C5C2DF9" w14:textId="77777777">
+          <w:p w14:paraId="0C5C2DF9" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="475C72D0" w14:textId="77777777">
+          <w:p w14:paraId="475C72D0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="40AD68BC" w14:textId="77777777">
+          <w:p w14:paraId="40AD68BC" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5797BF99" w14:textId="77777777">
+          <w:p w14:paraId="5797BF99" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="739E3F79" w14:textId="77777777">
+          <w:p w14:paraId="739E3F79" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="24E78FB1" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="24E78FB1" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3033D306" w14:textId="77777777">
+          <w:p w14:paraId="3033D306" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756291">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4F33588F" w14:textId="77777777">
+          <w:p w14:paraId="4F33588F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="7FD93572" w14:textId="77777777">
+          <w:p w14:paraId="7FD93572" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4AE44BE7" w14:textId="77777777">
+          <w:p w14:paraId="4AE44BE7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3340AF91" w14:textId="77777777">
+          <w:p w14:paraId="3340AF91" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="539C0E90" w14:textId="77777777">
+          <w:p w14:paraId="539C0E90" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="533CB42B" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="533CB42B" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="628049EC" w14:textId="77777777">
+          <w:p w14:paraId="628049EC" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6EA0CDA8" w14:textId="77777777">
+          <w:p w14:paraId="6EA0CDA8" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="29FE8797" w14:textId="77777777">
+          <w:p w14:paraId="29FE8797" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="24A47284" w14:textId="77777777">
+          <w:p w14:paraId="24A47284" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="53C9F071" w14:textId="77777777">
+          <w:p w14:paraId="53C9F071" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="051A0BA0" w14:textId="77777777">
+          <w:p w14:paraId="051A0BA0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="7B5FF537" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="7B5FF537" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5AD8B48E" w14:textId="77777777">
+          <w:p w14:paraId="5AD8B48E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="46938ABF" w14:textId="77777777">
+          <w:p w14:paraId="46938ABF" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="253E8F17" w14:textId="77777777">
+          <w:p w14:paraId="253E8F17" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6C0426B1" w14:textId="77777777">
+          <w:p w14:paraId="6C0426B1" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="764D3D1F" w14:textId="77777777">
+          <w:p w14:paraId="764D3D1F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0C2ED2F7" w14:textId="77777777">
+          <w:p w14:paraId="0C2ED2F7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="57B013DE" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="57B013DE" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2B4F349F" w14:textId="77777777">
+          <w:p w14:paraId="2B4F349F" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="18A27222" w14:textId="77777777">
+          <w:p w14:paraId="18A27222" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2B0148F0" w14:textId="77777777">
+          <w:p w14:paraId="2B0148F0" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="6B57D6B5" w14:textId="77777777">
+          <w:p w14:paraId="6B57D6B5" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="23D4CE73" w14:textId="77777777">
+          <w:p w14:paraId="23D4CE73" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3600CC72" w14:textId="77777777">
+          <w:p w14:paraId="3600CC72" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="2064D6E6" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="2064D6E6" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="18F71F6A" w14:textId="77777777">
+          <w:p w14:paraId="18F71F6A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5B7CF155" w14:textId="77777777">
+          <w:p w14:paraId="5B7CF155" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="63434330" w14:textId="77777777">
+          <w:p w14:paraId="63434330" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="26756533" w14:textId="77777777">
+          <w:p w14:paraId="26756533" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="00B82A6D" w14:textId="77777777">
+          <w:p w14:paraId="00B82A6D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="3440435B" w14:textId="77777777">
+          <w:p w14:paraId="3440435B" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="734E3197" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="734E3197" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5794F68E" w14:textId="77777777">
+          <w:p w14:paraId="5794F68E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="08C3823D" w14:textId="77777777">
+          <w:p w14:paraId="08C3823D" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4F681575" w14:textId="77777777">
+          <w:p w14:paraId="4F681575" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="670C054A" w14:textId="77777777">
+          <w:p w14:paraId="670C054A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5333D547" w14:textId="77777777">
+          <w:p w14:paraId="5333D547" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0689E621" w14:textId="77777777">
+          <w:p w14:paraId="0689E621" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="2F9A7EFF" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="2F9A7EFF" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="19D15123" w14:textId="77777777">
+          <w:p w14:paraId="19D15123" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0E22791E" w14:textId="77777777">
+          <w:p w14:paraId="0E22791E" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5B8D3FB9" w14:textId="77777777">
+          <w:p w14:paraId="5B8D3FB9" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="54D29584" w14:textId="77777777">
+          <w:p w14:paraId="54D29584" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="2DBEC5B7" w14:textId="77777777">
+          <w:p w14:paraId="2DBEC5B7" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="0AB3D261" w14:textId="77777777">
+          <w:p w14:paraId="0AB3D261" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00756291" w:rsidR="00756291" w:rsidTr="00756291" w14:paraId="2E8B0882" w14:textId="77777777">
+      <w:tr w:rsidR="00756291" w:rsidRPr="00756291" w14:paraId="2E8B0882" w14:textId="77777777" w:rsidTr="00756291">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="5506D979" w14:textId="77777777">
+          <w:p w14:paraId="5506D979" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="02D1D2D3" w14:textId="77777777">
+          <w:p w14:paraId="02D1D2D3" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="4691904A" w14:textId="77777777">
+          <w:p w14:paraId="4691904A" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="59594418" w14:textId="77777777">
+          <w:p w14:paraId="59594418" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="50963C10" w14:textId="77777777">
+          <w:p w14:paraId="50963C10" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00756291" w:rsidR="00756291" w:rsidP="00756291" w:rsidRDefault="00756291" w14:paraId="26D21CC6" w14:textId="77777777">
+    <w:p w14:paraId="26D21CC6" w14:textId="77777777" w:rsidR="00756291" w:rsidRPr="00756291" w:rsidRDefault="00756291" w:rsidP="00756291">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00756291">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00756291">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="533224DD" w14:textId="77777777">
+    <w:p w14:paraId="4C7A3B8A" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="02C8BF4E" w14:textId="77777777">
+    <w:p w14:paraId="3E8A04C9" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="79A270FB" w14:textId="77777777">
+    <w:p w14:paraId="55164F2A" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -7039,163 +7033,163 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -7228,313 +7222,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="304767C4" w14:textId="77777777"/>
+    <w:p w14:paraId="1B0DDC92" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="337AC840" w14:textId="77777777">
+    <w:p w14:paraId="3782D348" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00900F82" w:rsidRDefault="00900F82" w14:paraId="0E7CCB02" w14:textId="77777777">
+    <w:p w14:paraId="0ADF0851" w14:textId="77777777" w:rsidR="00900F82" w:rsidRDefault="00900F82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="1A51B4AE">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="44BB62BC">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
+    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -7570,899 +7564,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="B410657C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C670584E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8527,992 +8521,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="9FF85840">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="19486140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3D08DC22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9D509406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="54ACC98E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E022F870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="725839C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D41A9454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041ABC92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="502AF41C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="89F061EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9574,486 +9568,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F8C6769A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="73EED080">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5EE26110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F964F68E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6194D824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="9A58B0B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="5CD4CC14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D20C93DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="96023806" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9C3AF774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="707415778">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2056389727">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="573315183">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1978680425">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1194659140">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1700231609">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="849369404">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="440686298">
@@ -10086,70 +10080,69 @@
   <w:num w:numId="17" w16cid:durableId="1353528828">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1823736119">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1030109336">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1222331108">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1120800646">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="877859301">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="612786704">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -10208,50 +10201,51 @@
     <w:rsid w:val="001826BF"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B159E"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E182E"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222992"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00237382"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00277B3F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0738"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C4426"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F4B65"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00316FE5"/>
     <w:rsid w:val="003203D7"/>
@@ -10380,100 +10374,104 @@
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F10BD"/>
     <w:rsid w:val="006F6DBA"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00723864"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="0073354F"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007409ED"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00755A8A"/>
     <w:rsid w:val="00756291"/>
     <w:rsid w:val="00757FF7"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00760540"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00780143"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C2D62"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D5F64"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00807782"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00876AB0"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00884E48"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E561C"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00900F82"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00964F85"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009875BC"/>
     <w:rsid w:val="009A662C"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
@@ -10540,53 +10538,56 @@
     <w:rsid w:val="00C5640A"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA3C60"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA697C"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD2E48"/>
     <w:rsid w:val="00CD616B"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF3E8A"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D3372E"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D45F82"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D53228"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD792A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E03E0E"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E707B4"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E742C9"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
@@ -10622,174 +10623,174 @@
     <w:rsid w:val="00FD52E6"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="037AC0E4"/>
     <w:rsid w:val="3B9BDCEE"/>
     <w:rsid w:val="54BE4C79"/>
     <w:rsid w:val="61A4978D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{CB159775-A957-45BB-84D2-8DB994134E69}"/>
+  <w15:docId w15:val="{553F4D2F-29DA-46AC-8B31-CEC6CC338009}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10814,75 +10815,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -10917,57 +10918,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -11025,700 +11026,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -11782,609 +11783,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12393,94 +12394,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12489,496 +12490,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -13045,128 +13046,128 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00884E48"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00884E48"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00884E48"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00884E48"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00884E48"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14346,52 +14347,52 @@
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId23" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{4784DBD1-3CBE-41A8-A2C7-CF088F838C79}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="549" y="188857"/>
-          <a:ext cx="961002" cy="431910"/>
+          <a:off x="549" y="188875"/>
+          <a:ext cx="960920" cy="431874"/>
         </a:xfrm>
         <a:prstGeom prst="homePlate">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -14417,63 +14418,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Scout</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="549" y="188857"/>
-        <a:ext cx="853025" cy="431910"/>
+        <a:off x="549" y="188875"/>
+        <a:ext cx="852952" cy="431874"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{E13D0391-DAD9-4B61-AB66-3FA48A4F7006}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="769110" y="188857"/>
-          <a:ext cx="961002" cy="431910"/>
+          <a:off x="769045" y="188875"/>
+          <a:ext cx="960920" cy="431874"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -14499,63 +14500,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>IV kontrast bolus 1</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="985065" y="188857"/>
-        <a:ext cx="529092" cy="431910"/>
+        <a:off x="984982" y="188875"/>
+        <a:ext cx="529046" cy="431874"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{AD4E5296-B06F-4F82-9CB5-F741BF6BFCC1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1537671" y="188857"/>
-          <a:ext cx="961002" cy="431910"/>
+          <a:off x="1537541" y="188875"/>
+          <a:ext cx="960920" cy="431874"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -14581,63 +14582,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Bolus 2 10 s efter bolus 1</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1753626" y="188857"/>
-        <a:ext cx="529092" cy="431910"/>
+        <a:off x="1753478" y="188875"/>
+        <a:ext cx="529046" cy="431874"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6CE68A43-9C69-4212-AF24-9AFEE7CA1715}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2306232" y="188812"/>
-          <a:ext cx="961204" cy="431999"/>
+          <a:off x="2306037" y="188831"/>
+          <a:ext cx="961122" cy="431962"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FF0000"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -14661,52 +14662,52 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Serie 1 80 s   från start</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2522232" y="188812"/>
-        <a:ext cx="529205" cy="431999"/>
+        <a:off x="2522018" y="188831"/>
+        <a:ext cx="529160" cy="431962"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hChevron3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="10000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1"/>
@@ -16296,53 +16297,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>271</Words>
+  <Characters>2240</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2506</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Thorax buk K+ (830800, 840800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>45</revision>
-  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
+  <revision>47</revision>
+  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>