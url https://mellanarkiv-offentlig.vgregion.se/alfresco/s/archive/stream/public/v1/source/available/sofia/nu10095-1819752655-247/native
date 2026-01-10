--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -16,455 +16,480 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6DADDBF7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6DADDBF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:sectPr w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidSect="004F27EF">
+        <w:sectPr w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidSect="004F27EF">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5EB3E5D5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="5EB3E5D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36850A4D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="36850A4D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B2DC109" w14:textId="24859757" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="002A710E" w:rsidP="002A710E">
+    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="002A710E" w14:paraId="4B2DC109" w14:textId="50EF7A4D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="002A710E">
-        <w:t>DT Njurar tumör 4-fas med thorax (852802A &amp; 830800)</w:t>
+      <w:r w:rsidR="002A710E">
+        <w:rPr/>
+        <w:t>DT Njurar tumör 4-fas med thorax (852</w:t>
+      </w:r>
+      <w:r w:rsidR="6C0E82B5">
+        <w:rPr/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002A710E">
+        <w:rPr/>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="7C3CBC28">
+        <w:rPr/>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="002A710E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002A710E">
+        <w:rPr/>
+        <w:t>830800</w:t>
+      </w:r>
+      <w:r w:rsidR="002A710E">
+        <w:rPr/>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3553514F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3553514F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="586311C6" w14:textId="16CB57C7" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="002A710E" w:rsidP="002A710E">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="002A710E" w14:paraId="586311C6" w14:textId="16CB57C7">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
-      <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+      <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
         <w:t xml:space="preserve"> i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BADBD1B" w14:textId="0284CD8B" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="002C3A14" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C3A14" w14:paraId="6BADBD1B" w14:textId="0284CD8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reviderad</w:t>
       </w:r>
       <w:r w:rsidR="002C4B3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, ändrat kernel Siemens.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033CAF65" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="033CAF65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A216F76" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4A216F76" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBDDD6E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7FBDDD6E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31E4B475" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="31E4B475" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="23D20835" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="23D20835" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DEBAAC5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2DEBAAC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45031F3C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="45031F3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tumör i njuren, med samtidig undersökning av thorax.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="76E4ADFF" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="76E4ADFF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9190B3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4B9190B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A690CC1" w14:textId="40359359" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="002C4B3E" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C4B3E" w14:paraId="2A690CC1" w14:textId="40359359">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:hyperlink w:history="1" r:id="rId17">
+              <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B1B06E8" w14:textId="2BF85FBC" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B1B06E8" w14:textId="2BF85FBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
             <w:r w:rsidR="00EB19ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (efter flöde)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6BD47EB1" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6BD47EB1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF406EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3DF406EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55BA6C2B" w14:textId="0972655D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="55BA6C2B" w14:textId="0972655D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1,5 timme före undersökningen ska patienten kissa. Därefter får patienten inte kissa förrän undersökningen är genomförd. Eventuell KAD ska vara stängd. </w:t>
             </w:r>
             <w:r w:rsidR="0008631F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30 minuter före </w:t>
             </w:r>
@@ -473,613 +498,612 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">undersökningen ska patienten dricka </w:t>
             </w:r>
             <w:r w:rsidR="0008631F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 dl</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vatten med jämn fördelning. Polikliniska patienter dricker hemma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="278C490E" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="278C490E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="520D3AAB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="520D3AAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6090A163" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6090A163" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Urografi 3- och 4-fas”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6368EEFD" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6368EEFD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BDB5BC0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4BDB5BC0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="395BC166" w14:textId="7A4755C4" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="395BC166" w14:textId="7A4755C4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
-            <w:r w:rsidR="00B83962" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="00B83962">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om graviditet. </w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10172812" w14:textId="44BFEA28" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="002C4B3E" w:rsidP="004F27EF">
-[...10 lines deleted...]
-              <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C4B3E" w14:paraId="10172812" w14:textId="44BFEA28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6C34A47D" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6C34A47D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BA53F71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4BA53F71" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D7FC298" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1D7FC298" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49591450" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="49591450" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796D2BC2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="796D2BC2" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A9748B8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A9748B8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A9508E7" w14:textId="238529E5" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6A9508E7" w14:textId="238529E5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="004F27EF">
-        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="5ACB9359" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="5ACB9359" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72836320" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="72836320" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55732490" wp14:editId="3D4E9C9A">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="11" name="Diagram 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="357EC154" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="357EC154" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BDA9631" wp14:editId="5BC08BE6">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="12" name="Diagram 12"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1985A083" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="1985A083" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE0A362" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4EE0A362" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE8CF94" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1AE8CF94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70702699" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="70702699" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04C3D5F1" wp14:editId="67F33ACB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>180975</wp:posOffset>
                       </wp:positionH>
@@ -1093,185 +1117,185 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="714375"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="45AA5065" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="45AA5065" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="31DB1E71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="31DB1E71" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="3E2B902B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="3E2B902B" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="04C3D5F1" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="3AAEF037">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="04C3D5F1">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 8" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:14.25pt;margin-top:71.9pt;width:32.3pt;height:56.25pt;rotation:180;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASuocxVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTri2COkXQIsOA&#10;oivQDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3p82n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjh5bQCsiudgVDYqB&#10;0K0pFmV5XgyAjUeQKgS6vZ0e+Srjt62S8VvbBhWZqTn1FvOJ+dyms1hdiWWHwvdazm2If+jCCu2o&#10;6CvUrYiC7VD/AWW1RAjQxhMJtoC21VLlGWiaqnw3zWMvvMqzEDnBv9IU/h+svN8/+gckGgYfloHM&#10;NMXYomUIxFZVXpbpl4ejdtmYuXt55U6NkUm6PKvKRUUMS3q6qM5OLz4nbosJK2F6DPGLAsuSUfOd&#10;XyPCkHHF/i7EKfoQlTICGN1stDHZwW57Y5DtBX3JzSb3NKX8FmYcG6jrxQW1zKQgRbVGRDKtb2oe&#10;XMeZMB1JVUbMtR2kCoQ0dXgrQj/VyLCTPqyOJFKjbc1nNqbKxqU0lWU2T/DGYrLiuB0pNJlbaF4e&#10;cCKVWgtebjQRcSdCfBBImqNL2qP4jY7WAA0Bs8VZD/jzb/cpnqRAr5wNpGEa8MdOoOLMfHUkktPz&#10;9OVYPHbw2NkeO25nb4DIrXJ32aRkjOZgtgj2mdZtnarSk3CSak9Uzs5NnHaLFlaq9TqH7TzqrqcU&#10;AibRexHv3KOXyT+w/jQ+C/SzMiJJ6h4O2hfLd+qYYklab6zODq1IVty8zmkHj/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMIYl53wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv&#10;Jv6HzZh4s0uLJYgsjTXRxJMpatTbwk4BZWcJu23h3zue9DjvfXnzXr6ZbC+OOPrOkYLlIgKBVDvT&#10;UaPg9eXhKgXhgyaje0eoYEYPm+L8LNeZcSfa4bEMjeAQ8plW0IYwZFL6ukWr/cINSOzt3Wh14HNs&#10;pBn1icNtL1dRlEirO+IPrR7wvsX6uzxYBatk92Q+qu12n77PX5/ureyeH2elLi+mu1sQAafwB8Nv&#10;fa4OBXeq3IGMFz1npGsmWb+OeQIDN/ESRMXGOolBFrn8v6D4AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABK6hzFWAgAAvAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEwhiXnfAAAACQEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="6202" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 8" style="position:absolute;left:0;text-align:left;margin-left:14.25pt;margin-top:71.9pt;width:32.3pt;height:56.25pt;rotation:180;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="6202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASuocxVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTri2COkXQIsOA&#10;oivQDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3p82n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjh5bQCsiudgVDYqB&#10;0K0pFmV5XgyAjUeQKgS6vZ0e+Srjt62S8VvbBhWZqTn1FvOJ+dyms1hdiWWHwvdazm2If+jCCu2o&#10;6CvUrYiC7VD/AWW1RAjQxhMJtoC21VLlGWiaqnw3zWMvvMqzEDnBv9IU/h+svN8/+gckGgYfloHM&#10;NMXYomUIxFZVXpbpl4ejdtmYuXt55U6NkUm6PKvKRUUMS3q6qM5OLz4nbosJK2F6DPGLAsuSUfOd&#10;XyPCkHHF/i7EKfoQlTICGN1stDHZwW57Y5DtBX3JzSb3NKX8FmYcG6jrxQW1zKQgRbVGRDKtb2oe&#10;XMeZMB1JVUbMtR2kCoQ0dXgrQj/VyLCTPqyOJFKjbc1nNqbKxqU0lWU2T/DGYrLiuB0pNJlbaF4e&#10;cCKVWgtebjQRcSdCfBBImqNL2qP4jY7WAA0Bs8VZD/jzb/cpnqRAr5wNpGEa8MdOoOLMfHUkktPz&#10;9OVYPHbw2NkeO25nb4DIrXJ32aRkjOZgtgj2mdZtnarSk3CSak9Uzs5NnHaLFlaq9TqH7TzqrqcU&#10;AibRexHv3KOXyT+w/jQ+C/SzMiJJ6h4O2hfLd+qYYklab6zODq1IVty8zmkHj/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMIYl53wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv&#10;Jv6HzZh4s0uLJYgsjTXRxJMpatTbwk4BZWcJu23h3zue9DjvfXnzXr6ZbC+OOPrOkYLlIgKBVDvT&#10;UaPg9eXhKgXhgyaje0eoYEYPm+L8LNeZcSfa4bEMjeAQ8plW0IYwZFL6ukWr/cINSOzt3Wh14HNs&#10;pBn1icNtL1dRlEirO+IPrR7wvsX6uzxYBatk92Q+qu12n77PX5/ureyeH2elLi+mu1sQAafwB8Nv&#10;fa4OBXeq3IGMFz1npGsmWb+OeQIDN/ESRMXGOolBFrn8v6D4AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABK6hzFWAgAAvAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEwhiXnfAAAACQEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="45AA5065" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="649841BE" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="31DB1E71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="18F999B5" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E2B902B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="672A6659" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
@@ -1307,52 +1331,52 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="69DBE4B5" id="Rektangel 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.3pt;margin-top:71.55pt;width:123.8pt;height:56.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPEvX1NAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L8uSNkGIJUIgekEJ&#10;UlLlPHi9H5K/OjYs9Nd37F2gTXuqysGMPeM3njdvdv540oodJfrWmoLnozFn0ghbtqYu+LfXzacp&#10;Zz6AKUFZIwt+lp4/Lj5+mHduJie2saqUyAjE+FnnCt6E4GZZ5kUjNfiRddKQs7KoIdAW66xE6Ahd&#10;q2wyHt9nncXSoRXSezpd906+SPhVJUV4riovA1MFp7eFtGJa93HNFnOY1QiuacXwDPiHV2hoDSW9&#10;Qq0hADtg+weUbgVab6swElZntqpaIVMNVE0+flfNSwNOplqIHO+uNPn/Byueji9uh0RD5/zMkxmr&#10;OFWo4z+9j50SWecrWfIUmKDD/MvD5PP0jjNBvof8fjJNbGa32w59+CqtZtEoOFIzEkdw3PpAGSn0&#10;EhKTGbtplUoNUYZ1Bb+b5mPqmQDSRaUgkKldWXBvas5A1SQ4ETBBeqvaMl6PQB7r/UohOwI1fbMZ&#10;0y/2mdL9FhZzr8E3fVxy9XLQbSBNqlYXfBovX24rE9FlUtVQwY20aO1ted4hQ9vLzDuxaSnJFnzY&#10;AZKuqBqalfBMS6UslWgHi7PG4o+/ncd4ajd5OetIp1T+9wOg5Mwc9MpShTlNmBPJJHwM6mJWaPUb&#10;jccyIpALjCCcnrRhswr9LNCACblcpjASpoOwNS9ORPBYc6Tq9fQG6IZeBlLBk73oE2bvWtrHEuU3&#10;VoYNyTh1Yhi5OCe/7lPU7cOw+AkAAP//AwBQSwMEFAAGAAgAAAAhALB6IcHeAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC0ixRZbGmKjRm2jjdcquQGBnCbst+O+dnvQ2&#10;M+/lzfeK3WIHcTKT7xwpiFcRCEO10x01Cj4/nm42IHxA0jg4Mgp+jIddeXlRYK7dTO/mVIVGcAj5&#10;HBW0IYy5lL5ujUW/cqMh1r7dZDHwOjVSTzhzuB1kEkWZtNgRf2hxNI+tqfvqaBW8zsnQfTX49lL1&#10;1b536XN8t7VKXV8tD/cgglnCnxnO+IwOJTMd3JG0F4OCLGMjn9PbGATryTpNQBzOw3oLsizk/wbl&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPEvX1NAIAAGAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCweiHB3gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="40DE218E">
+                    <v:rect id="Rektangel 4" style="position:absolute;margin-left:3.3pt;margin-top:71.55pt;width:123.8pt;height:56.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="69DBE4B5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPEvX1NAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L8uSNkGIJUIgekEJ&#10;UlLlPHi9H5K/OjYs9Nd37F2gTXuqysGMPeM3njdvdv540oodJfrWmoLnozFn0ghbtqYu+LfXzacp&#10;Zz6AKUFZIwt+lp4/Lj5+mHduJie2saqUyAjE+FnnCt6E4GZZ5kUjNfiRddKQs7KoIdAW66xE6Ahd&#10;q2wyHt9nncXSoRXSezpd906+SPhVJUV4riovA1MFp7eFtGJa93HNFnOY1QiuacXwDPiHV2hoDSW9&#10;Qq0hADtg+weUbgVab6swElZntqpaIVMNVE0+flfNSwNOplqIHO+uNPn/Byueji9uh0RD5/zMkxmr&#10;OFWo4z+9j50SWecrWfIUmKDD/MvD5PP0jjNBvof8fjJNbGa32w59+CqtZtEoOFIzEkdw3PpAGSn0&#10;EhKTGbtplUoNUYZ1Bb+b5mPqmQDSRaUgkKldWXBvas5A1SQ4ETBBeqvaMl6PQB7r/UohOwI1fbMZ&#10;0y/2mdL9FhZzr8E3fVxy9XLQbSBNqlYXfBovX24rE9FlUtVQwY20aO1ted4hQ9vLzDuxaSnJFnzY&#10;AZKuqBqalfBMS6UslWgHi7PG4o+/ncd4ajd5OetIp1T+9wOg5Mwc9MpShTlNmBPJJHwM6mJWaPUb&#10;jccyIpALjCCcnrRhswr9LNCACblcpjASpoOwNS9ORPBYc6Tq9fQG6IZeBlLBk73oE2bvWtrHEuU3&#10;VoYNyTh1Yhi5OCe/7lPU7cOw+AkAAP//AwBQSwMEFAAGAAgAAAAhALB6IcHeAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC0ixRZbGmKjRm2jjdcquQGBnCbst+O+dnvQ2&#10;M+/lzfeK3WIHcTKT7xwpiFcRCEO10x01Cj4/nm42IHxA0jg4Mgp+jIddeXlRYK7dTO/mVIVGcAj5&#10;HBW0IYy5lL5ujUW/cqMh1r7dZDHwOjVSTzhzuB1kEkWZtNgRf2hxNI+tqfvqaBW8zsnQfTX49lL1&#10;1b536XN8t7VKXV8tD/cgglnCnxnO+IwOJTMd3JG0F4OCLGMjn9PbGATryTpNQBzOw3oLsizk/wbl&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPEvX1NAIAAGAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCweiHB3gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EA8559C" wp14:editId="4AE92554">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>41910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>125095</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1572260" cy="1504315"/>
                       <wp:effectExtent l="19050" t="19050" r="27940" b="19685"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
@@ -1374,52 +1398,52 @@
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="0AC04081" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.3pt;margin-top:9.85pt;width:123.8pt;height:118.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7R+ydMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nS1cEcYogQXcJ&#10;2gBt0TMjy7EAfY1S43S/fpTsJl2307AcFEqkHsXHR89vjkazg8SgnK15dVFyJq1wjbL7mj893n65&#10;5ixEsA1oZ2XNX2XgN4vPn+a9n8mJ65xuJDICsWHW+5p3MfpZUQTRSQPhwnlpydk6NBBpi/uiQegJ&#10;3ehiUpZXRe+w8eiEDIFO14OTLzJ+20oR79s2yMh0zeltMa+Y111ai8UcZnsE3ykxPgP+4RUGlKWk&#10;J6g1RGAvqP6AMkqgC66NF8KZwrWtEjLXQNVU5YdqHjrwMtdC5AR/oin8P1hxd3jwWyQaeh9mgcxU&#10;xbFFk/7pfeyYyXo9kSWPkQk6rKbfJpMr4lSQr5qWXy+raaKzOF/3GOJ36QxLRs2RupFJgsMmxCH0&#10;LSRls+5WaZ07oi3ra355XZUpAZAwWg2RTOObmge75wz0nhQnImbI4LRq0vUEFHC/W2lkB6Cur8r0&#10;G1/2W1jKvYbQDXHZNejBqEii1MrU/Pr9bW0TusyyGis4s5asnWtet8jQDToLXtwqSrKBELeAJCyq&#10;hoYl3tPSakclutHirHP482/nKZ76TV7OehIqlf/jBVByZl/MylGFFY2YF9kkfIz6zWzRmWeaj2VC&#10;IBdYQTgDaeNmFYdhoAkTcrnMYaRMD3FjH7xI4KnmRNXj8RnQj72MJIM79yZQmH1o6RBLYjizMm5I&#10;x1kj48ylQXm/z1HnL8PiFwAAAP//AwBQSwMEFAAGAAgAAAAhAEDGXBPcAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj9FKxEAMRd8F/2GI4Js7tWjV2ulStIIgKHb3A2Y7sS12MqWT3a1/b/ZJ35Lc&#10;y825xXrxozrgHIdABq5XCSikNriBOgPbzcvVPajIlpwdA6GBH4ywLs/PCpu7cKRPPDTcKQmhmFsD&#10;PfOUax3bHr2NqzAhifYVZm9Z1rnTbrZHCfejTpMk094OJB96O+FTj+13s/cGNjW3dbVdntP6Tb8y&#10;Vu/6o0FjLi+W6hEU48J/ZjjhCzqUwrQLe3JRjQayTIxyfrgDJXJ6e5OC2p0GUXRZ6P8Fyl8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu0fsnTECAABhBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQMZcE9wAAAAIAQAADwAAAAAAAAAAAAAAAACL&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="569C62A2">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:3.3pt;margin-top:9.85pt;width:123.8pt;height:118.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="0AC04081" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7R+ydMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nS1cEcYogQXcJ&#10;2gBt0TMjy7EAfY1S43S/fpTsJl2307AcFEqkHsXHR89vjkazg8SgnK15dVFyJq1wjbL7mj893n65&#10;5ixEsA1oZ2XNX2XgN4vPn+a9n8mJ65xuJDICsWHW+5p3MfpZUQTRSQPhwnlpydk6NBBpi/uiQegJ&#10;3ehiUpZXRe+w8eiEDIFO14OTLzJ+20oR79s2yMh0zeltMa+Y111ai8UcZnsE3ykxPgP+4RUGlKWk&#10;J6g1RGAvqP6AMkqgC66NF8KZwrWtEjLXQNVU5YdqHjrwMtdC5AR/oin8P1hxd3jwWyQaeh9mgcxU&#10;xbFFk/7pfeyYyXo9kSWPkQk6rKbfJpMr4lSQr5qWXy+raaKzOF/3GOJ36QxLRs2RupFJgsMmxCH0&#10;LSRls+5WaZ07oi3ra355XZUpAZAwWg2RTOObmge75wz0nhQnImbI4LRq0vUEFHC/W2lkB6Cur8r0&#10;G1/2W1jKvYbQDXHZNejBqEii1MrU/Pr9bW0TusyyGis4s5asnWtet8jQDToLXtwqSrKBELeAJCyq&#10;hoYl3tPSakclutHirHP482/nKZ76TV7OehIqlf/jBVByZl/MylGFFY2YF9kkfIz6zWzRmWeaj2VC&#10;IBdYQTgDaeNmFYdhoAkTcrnMYaRMD3FjH7xI4KnmRNXj8RnQj72MJIM79yZQmH1o6RBLYjizMm5I&#10;x1kj48ylQXm/z1HnL8PiFwAAAP//AwBQSwMEFAAGAAgAAAAhAEDGXBPcAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj9FKxEAMRd8F/2GI4Js7tWjV2ulStIIgKHb3A2Y7sS12MqWT3a1/b/ZJ35Lc&#10;y825xXrxozrgHIdABq5XCSikNriBOgPbzcvVPajIlpwdA6GBH4ywLs/PCpu7cKRPPDTcKQmhmFsD&#10;PfOUax3bHr2NqzAhifYVZm9Z1rnTbrZHCfejTpMk094OJB96O+FTj+13s/cGNjW3dbVdntP6Tb8y&#10;Vu/6o0FjLi+W6hEU48J/ZjjhCzqUwrQLe3JRjQayTIxyfrgDJXJ6e5OC2p0GUXRZ6P8Fyl8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu0fsnTECAABhBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQMZcE9wAAAAIAQAADwAAAAAAAAAAAAAAAACL&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D49D178" wp14:editId="43F5CD26">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>41910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1080770</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1572895" cy="1254760"/>
                       <wp:effectExtent l="19050" t="19050" r="27305" b="21590"/>
                       <wp:wrapNone/>
                       <wp:docPr id="15" name="Rektangel 15"/>
                       <wp:cNvGraphicFramePr/>
@@ -1441,212 +1465,212 @@
                                   <a:srgbClr val="FFC000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="0E87FF50" id="Rektangel 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.3pt;margin-top:85.1pt;width:123.85pt;height:98.8pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAewpfWNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwm07FJEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZU9eKMPeM3njdvMns4acWOEn1jTcGHg5wzaYQtG7Mv+PeX9acJ&#10;Zz6AKUFZIwt+lp4/zD9+mLVuKke2tqqUyAjE+GnrCl6H4KZZ5kUtNfiBddKQs7KoIdAW91mJ0BK6&#10;Vtkoz++y1mLp0ArpPZ2uOiefJ/yqkiI8VZWXgamC09tCWjGtu7hm8xlM9wiubkT/DPiHV2hoDCW9&#10;Qq0gADtg8weUbgRab6swEFZntqoaIVMNVM0wf1fNtgYnUy1EjndXmvz/gxWPx617RqKhdX7qyYxV&#10;nCrU8UvvY6dE1vlKljwFJuhwOL4fTb6OORPkG47GX+7vEp3Z7bpDH75Jq1k0Co7UjUQSHDc+UEoK&#10;vYTEbMauG6VSR5RhbcE/T4Y5NU0ACaNSEMjUriy4N3vOQO1JcSJggvRWNWW8HoE87ndLhewI1PX1&#10;epkTSpfut7CYewW+7uKSq9ODbgKJUjW64BO6e72tTESXSVZ9BTfWorWz5fkZGdpOZ96JdUNJNuDD&#10;MyAJi6qhYQlPtFTKUom2tzirLf7823mMp36Tl7OWhErl/zgASs7MQS8tVTikEXMimYSPQV3MCq1+&#10;pflYRARygRGE05HWb5ahGwaaMCEXixRGynQQNmbrRASPNUeqXk6vgK7vZSAZPNqLQGH6rqVdLHX4&#10;xkq/IR2nxvczFwfl7T5F3f4M818AAAD//wMAUEsDBBQABgAIAAAAIQDODeo74gAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOUuFWIU6FKiJ+eaCsBNyfeJoHYDrbbBp6e&#10;5QTH2RnNfFssR9OzI/rQOSthOkmAoa2d7mwjYbe9u1oAC1FZrXpnUcIXBliW52eFyrU72Wc8bmLD&#10;qMSGXEloYxxyzkPdolFh4ga05O2dNyqS9A3XXp2o3PQ8TRLBjeosLbRqwFWL9cfmYCRkL01avb0/&#10;PWb719V6+tAJ/33/KeXlxXh7AyziGP/C8ItP6FASU+UOVgfWSxCCgnSeJykw8tPsegaskjAT8wXw&#10;suD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB7Cl9Y1AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM4N6jviAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" strokecolor="#ffc000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="4CC5F366">
+                    <v:rect id="Rektangel 15" style="position:absolute;margin-left:3.3pt;margin-top:85.1pt;width:123.85pt;height:98.8pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#ffc000" strokeweight="3pt" w14:anchorId="0E87FF50" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAewpfWNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwm07FJEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZU9eKMPeM3njdvMns4acWOEn1jTcGHg5wzaYQtG7Mv+PeX9acJ&#10;Zz6AKUFZIwt+lp4/zD9+mLVuKke2tqqUyAjE+GnrCl6H4KZZ5kUtNfiBddKQs7KoIdAW91mJ0BK6&#10;Vtkoz++y1mLp0ArpPZ2uOiefJ/yqkiI8VZWXgamC09tCWjGtu7hm8xlM9wiubkT/DPiHV2hoDCW9&#10;Qq0gADtg8weUbgRab6swEFZntqoaIVMNVM0wf1fNtgYnUy1EjndXmvz/gxWPx617RqKhdX7qyYxV&#10;nCrU8UvvY6dE1vlKljwFJuhwOL4fTb6OORPkG47GX+7vEp3Z7bpDH75Jq1k0Co7UjUQSHDc+UEoK&#10;vYTEbMauG6VSR5RhbcE/T4Y5NU0ACaNSEMjUriy4N3vOQO1JcSJggvRWNWW8HoE87ndLhewI1PX1&#10;epkTSpfut7CYewW+7uKSq9ODbgKJUjW64BO6e72tTESXSVZ9BTfWorWz5fkZGdpOZ96JdUNJNuDD&#10;MyAJi6qhYQlPtFTKUom2tzirLf7823mMp36Tl7OWhErl/zgASs7MQS8tVTikEXMimYSPQV3MCq1+&#10;pflYRARygRGE05HWb5ahGwaaMCEXixRGynQQNmbrRASPNUeqXk6vgK7vZSAZPNqLQGH6rqVdLHX4&#10;xkq/IR2nxvczFwfl7T5F3f4M818AAAD//wMAUEsDBBQABgAIAAAAIQDODeo74gAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOUuFWIU6FKiJ+eaCsBNyfeJoHYDrbbBp6e&#10;5QTH2RnNfFssR9OzI/rQOSthOkmAoa2d7mwjYbe9u1oAC1FZrXpnUcIXBliW52eFyrU72Wc8bmLD&#10;qMSGXEloYxxyzkPdolFh4ga05O2dNyqS9A3XXp2o3PQ8TRLBjeosLbRqwFWL9cfmYCRkL01avb0/&#10;PWb719V6+tAJ/33/KeXlxXh7AyziGP/C8ItP6FASU+UOVgfWSxCCgnSeJykw8tPsegaskjAT8wXw&#10;suD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB7Cl9Y1AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM4N6jviAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47CBFBA7" wp14:editId="77820F21">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1009650</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1098550</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1223010"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Upp 10"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1223010"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFC000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="39959AB8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="39959AB8" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="3B5D52EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="3B5D52EB" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="004F27EF">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="0642E58E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="0642E58E" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="47CBFBA7" id="Upp 10" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:79.5pt;margin-top:86.5pt;width:32.3pt;height:96.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaxDXNWQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToSuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/ky6Ovrkdr2EFh0OBqXp2VnCknodGuq/n3p+2n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3kxBvsr4batkvG/boCIzNafeYj4xn7t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYW6EVGwPeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeyFV3kWIif4V5rC/4OVd4dH/4BEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszdy+v3KkxMkmXn6tyURHDkkLVYnFO0yRyiwksgXoM8asCy5JR871f&#10;I8KQgcXhNsQp+5iVXgQwutlqY7KD3W5jkB0E/ZXb7SY1NT35Lc04NqQOvlCYSUGSao2IZFrf1Dy4&#10;jjNhOtKqjJhrO0gVCGnq8EaEfqqRYSeBWB1JpUbbms90TJWNS89U1tk8wRuNyYrjbmSaClcJKN3s&#10;oHl5wIlc6jB4udXEx60I8UEgaY8uaZ/iPR2tAZoFZouzHvDn3+5TPkmCopwNpGWa88deoOLMfHMk&#10;lvOLRBaLpw6eOrtTx+3tBojjKneXTXqM0RzNFsE+09qtU1UKCSep9sTo7GzitGO0uFKt1zlt71F3&#10;PT0hYBK/F/HWPXqZ/CP5T+OzQD8LJJK07uC4A2L5TiRTLinsjdXZoVXJwpvXOu3iqZ+z3j4+q18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUhcEHVI1NCGOFVVwYULouUANzc2SdR4N9huGv6+2xPcZrSj2TflanK9GK0PHaGCh1kC&#10;wmJNpsNGwcfu5X4BIkSNRveEVsGvDbCqrq9KXRg64bsdt7ERXIKh0AraGIdCylC31ukwo8Ei377J&#10;Ox3Z+kYar09c7nqZJkkune6QP7R6sJvW1oft0Sn4+skOa7rzy7BZvHn/uvsc6ZmUur2Z1k8gop3i&#10;Xxgu+IwOFTPt6YgmiJ79fMlbIovHjAUn0jTLQewVZPk8B1mV8v+G6gwAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBaxDXNWQIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAAAAAAAAAAAAAALMEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="3622" fillcolor="#ffc000" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="47BDEAAD">
+                    <v:shape id="Upp 10" style="position:absolute;left:0;text-align:left;margin-left:79.5pt;margin-top:86.5pt;width:32.3pt;height:96.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#ffc000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3622" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaxDXNWQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToSuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/ky6Ovrkdr2EFh0OBqXp2VnCknodGuq/n3p+2n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3kxBvsr4batkvG/boCIzNafeYj4xn7t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYW6EVGwPeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeyFV3kWIif4V5rC/4OVd4dH/4BEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszdy+v3KkxMkmXn6tyURHDkkLVYnFO0yRyiwksgXoM8asCy5JR871f&#10;I8KQgcXhNsQp+5iVXgQwutlqY7KD3W5jkB0E/ZXb7SY1NT35Lc04NqQOvlCYSUGSao2IZFrf1Dy4&#10;jjNhOtKqjJhrO0gVCGnq8EaEfqqRYSeBWB1JpUbbms90TJWNS89U1tk8wRuNyYrjbmSaClcJKN3s&#10;oHl5wIlc6jB4udXEx60I8UEgaY8uaZ/iPR2tAZoFZouzHvDn3+5TPkmCopwNpGWa88deoOLMfHMk&#10;lvOLRBaLpw6eOrtTx+3tBojjKneXTXqM0RzNFsE+09qtU1UKCSep9sTo7GzitGO0uFKt1zlt71F3&#10;PT0hYBK/F/HWPXqZ/CP5T+OzQD8LJJK07uC4A2L5TiRTLinsjdXZoVXJwpvXOu3iqZ+z3j4+q18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUhcEHVI1NCGOFVVwYULouUANzc2SdR4N9huGv6+2xPcZrSj2TflanK9GK0PHaGCh1kC&#10;wmJNpsNGwcfu5X4BIkSNRveEVsGvDbCqrq9KXRg64bsdt7ERXIKh0AraGIdCylC31ukwo8Ei377J&#10;Ox3Z+kYar09c7nqZJkkune6QP7R6sJvW1oft0Sn4+skOa7rzy7BZvHn/uvsc6ZmUur2Z1k8gop3i&#10;Xxgu+IwOFTPt6YgmiJ79fMlbIovHjAUn0jTLQewVZPk8B1mV8v+G6gwAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBaxDXNWQIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAAAAAAAAAAAAAALMEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" w14:anchorId="47CBFBA7">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="39959AB8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="0A37501D" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3B5D52EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="2598DEE6" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="004F27EF">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0642E58E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="5DAB6C7B" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
@@ -1668,144 +1692,144 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1471930"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="29689D2F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="29689D2F" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="2D62EFA3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="2D62EFA3" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="479018B4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="479018B4" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="538B608B" id="Upp 9" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:49.55pt;margin-top:10.3pt;width:32.3pt;height:115.9pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8NooQWwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nRbsFdYogRYcB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FotpcYlLM1r05KzqQVrlG2q/n3p5tP&#10;nzkLEWwD2llZ8xcZ+NXq44fLwS/lwvVONxIZgdiwHHzN+xj9siiC6KWBcOK8tHTZOjQQycWuaBAG&#10;Qje6WJTleTE4bDw6IUOg6PV0yVcZv22liPdtG2RkuubUW8wn5nObzmJ1CcsOwfdKzG3AP3RhQFkq&#10;+gp1DRHYDtUfUEYJdMG18UQ4U7i2VULmGWiaqnw3zWMPXuZZiJzgX2kK/w9W3O0f/QMSDYMPy0Bm&#10;mmJs0TB0xFZVfi7TLw9H7bIxc/fyyp0cIxMUPKvKRUUMC7qqzi6qL6eZ3GICS6AeQ/wqnWHJqPnO&#10;rxHdkIFhfxsi9UDZh6z0IjitmhuldXaw2240sj3Qp9xMTU1PfkvTlg3UweKCemYCSFKthkim8U3N&#10;g+04A92RVkXEXNu6VCHrINW+htBPNTLsJBCjIqlUK1PzmY6psrapM5l1Nk/wRmOy4rgdmaLCiwSU&#10;IlvXvDzgRC51GLy4UVT2FkJ8ACTtUZD2Kd7T0WpHs7jZ4qx3+PNv8ZRPkqBbzgbSMs35YwcoOdPf&#10;LInl9Dx9QRaPHTx2tseO3ZmNI46r3F026TFGfTBbdOaZ1m6dqtIVWEG1J0ZnZxOnHaPFFXK9zmk7&#10;j6rr6QkBk/g9xFv76EXyD/J4Gp8B/SyQSNK6c4cdgOU7kUy5pJk3VmeHViVLaV7rtIvHfs56+/NZ&#10;/QIAAP//AwBQSwMEFAAGAAgAAAAhAJzFxE3eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLw0dimt1CJLY0zsVUUvvS3sCER2Ftml0Ld3etLjzP/nm2+y/Ww7ccLBt44UrJYR&#10;CKTKmZZqBZ8fL3cPIHzQZHTnCBWc0cM+v77KdGrcRO94KkItGEI+1QqaEPpUSl81aLVfuh6Jsy83&#10;WB14HGppBj0x3HYyjqJEWt0SX2h0j88NVt/FaBXsFvW4fvs5Hl5HvbGHxXmqymJS6vZmfnoEEXAO&#10;f2W46LM65OxUupGMFx0zdituKoijBMQlT9ZbECUv7uMNyDyT/z/IfwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC8NooQWwIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCcxcRN3gAAAAkBAAAPAAAAAAAAAAAAAAAAALUEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="3010" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="732F82D9">
+                    <v:shape id="Upp 9" style="position:absolute;left:0;text-align:left;margin-left:49.55pt;margin-top:10.3pt;width:32.3pt;height:115.9pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3010" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8NooQWwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nRbsFdYogRYcB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FotpcYlLM1r05KzqQVrlG2q/n3p5tP&#10;nzkLEWwD2llZ8xcZ+NXq44fLwS/lwvVONxIZgdiwHHzN+xj9siiC6KWBcOK8tHTZOjQQycWuaBAG&#10;Qje6WJTleTE4bDw6IUOg6PV0yVcZv22liPdtG2RkuubUW8wn5nObzmJ1CcsOwfdKzG3AP3RhQFkq&#10;+gp1DRHYDtUfUEYJdMG18UQ4U7i2VULmGWiaqnw3zWMPXuZZiJzgX2kK/w9W3O0f/QMSDYMPy0Bm&#10;mmJs0TB0xFZVfi7TLw9H7bIxc/fyyp0cIxMUPKvKRUUMC7qqzi6qL6eZ3GICS6AeQ/wqnWHJqPnO&#10;rxHdkIFhfxsi9UDZh6z0IjitmhuldXaw2240sj3Qp9xMTU1PfkvTlg3UweKCemYCSFKthkim8U3N&#10;g+04A92RVkXEXNu6VCHrINW+htBPNTLsJBCjIqlUK1PzmY6psrapM5l1Nk/wRmOy4rgdmaLCiwSU&#10;IlvXvDzgRC51GLy4UVT2FkJ8ACTtUZD2Kd7T0WpHs7jZ4qx3+PNv8ZRPkqBbzgbSMs35YwcoOdPf&#10;LInl9Dx9QRaPHTx2tseO3ZmNI46r3F026TFGfTBbdOaZ1m6dqtIVWEG1J0ZnZxOnHaPFFXK9zmk7&#10;j6rr6QkBk/g9xFv76EXyD/J4Gp8B/SyQSNK6c4cdgOU7kUy5pJk3VmeHViVLaV7rtIvHfs56+/NZ&#10;/QIAAP//AwBQSwMEFAAGAAgAAAAhAJzFxE3eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLw0dimt1CJLY0zsVUUvvS3sCER2Ftml0Ld3etLjzP/nm2+y/Ww7ccLBt44UrJYR&#10;CKTKmZZqBZ8fL3cPIHzQZHTnCBWc0cM+v77KdGrcRO94KkItGEI+1QqaEPpUSl81aLVfuh6Jsy83&#10;WB14HGppBj0x3HYyjqJEWt0SX2h0j88NVt/FaBXsFvW4fvs5Hl5HvbGHxXmqymJS6vZmfnoEEXAO&#10;f2W46LM65OxUupGMFx0zdituKoijBMQlT9ZbECUv7uMNyDyT/z/IfwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC8NooQWwIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCcxcRN3gAAAAkBAAAPAAAAAAAAAAAAAAAAALUEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" w14:anchorId="538B608B">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="29689D2F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="02EB378F" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2D62EFA3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="6A05A809" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="479018B4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="5FCD5EC4" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1831,9551 +1855,9567 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1631397" cy="2557755"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="114A92B0" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="114A92B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="366B8ED8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="366B8ED8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5753B25C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5753B25C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum – höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EE4E9C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="40EE4E9C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2DB05A5A" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="2DB05A5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="74EA1F82" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74EA1F82" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="54C7B98F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="54C7B98F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – crista ilaca.</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D267C31" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0D267C31" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18772418" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="18772418" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2E4556BD" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="2E4556BD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6186F9EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6186F9EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="122EBAAA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="122EBAAA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i proximala bukaorta, tröskelvärde 120 HU (GE och Toshiba), 90 HU (Siemens).</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25BBBCC3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25BBBCC3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3308B002" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="3308B002" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="351D5898" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="351D5898" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K+ kortikomedullär</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="41DC8115" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="41DC8115" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – crista ilaca.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4350CF81" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4350CF81" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0E356FA4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0E356FA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6A90437B" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6A90437B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5516DD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F5516DD" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thx/övre buk K+ nefrografisk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5B09D5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2E5B09D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jugulum – crista ilaca.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7594F96E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7594F96E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F31F4FB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F31F4FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0D2C640F" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0D2C640F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3B79C117" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3B79C117" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="48F16F6A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="48F16F6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="714C0A19" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="714C0A19" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="22D620E9" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="22D620E9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7B075A67" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7B075A67" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Urinvägar K+ utsöndr (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="64242225" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64242225" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedanför diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="593EC1AD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="593EC1AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5798FAB0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5798FAB0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1712B3DB" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="1712B3DB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB93E80" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
-[...10 lines deleted...]
-          <w:p w14:paraId="5C9F5C49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0BB93E80" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5C9F5C49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Efter scanning segmenteras serie 3 i thorax och buk och reformateras som vanligt. Thorax läggs på ett kort och alla bukserier på ett annat.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68A447AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68A447AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="015E3B39" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="015E3B39" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4472F272" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="4472F272" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1C0D312B" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="1C0D312B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08CBCA7F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="08CBCA7F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D241DC4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0D241DC4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D96A173" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3D96A173" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56BC89EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="56BC89EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004F27EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A041813" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1A041813" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1C559D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A1C559D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2BB312EE" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="2BB312EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4123FCE3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4123FCE3" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA96822" w14:textId="25ABAA44" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CA96822" w14:textId="25ABAA44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0CA7C3" w14:textId="2A89E69C" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A0CA7C3" w14:textId="2A89E69C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="428C9B49" w14:textId="68B2B300" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="428C9B49" w14:textId="68B2B300">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272E293F" w14:textId="30B346DF" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="272E293F" w14:textId="30B346DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30F114AE" w14:textId="0F9DB847" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="30F114AE" w14:textId="0F9DB847">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="78A8AB62" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="78A8AB62" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEA0563" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0FEA0563" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDD6109" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1FDD6109" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE06758" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0AE06758" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE962F9" w14:textId="71E59AD6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5DE962F9" w14:textId="71E59AD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D86D9A6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5D86D9A6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1958A46D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1958A46D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2C770BB4" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="2C770BB4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C3BADF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79C3BADF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E4E8FB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64E4E8FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCADBA5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3CCADBA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D592973" w14:textId="0E946366" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D592973" w14:textId="0E946366">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7097F8D1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7097F8D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1131542D" w14:textId="7C11650C" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1131542D" w14:textId="7C11650C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0E9089A2" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="0E9089A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E08CB8F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6E08CB8F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62761E9D" w14:textId="68697CFA" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="62761E9D" w14:textId="68697CFA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68815C00" w14:textId="0DDFEE3A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68815C00" w14:textId="0DDFEE3A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B36C94" w14:textId="30031FD8" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="45B36C94" w14:textId="30031FD8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5937EB" w14:textId="011C26A4" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0F5937EB" w14:textId="011C26A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC2F727" w14:textId="45AFB76A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6CC2F727" w14:textId="45AFB76A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6CE58559" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6CE58559" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FCC612" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="59FCC612" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kortikomedullär</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51477F8C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51477F8C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF503FD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3EF503FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58A6CA7D" w14:textId="2A166ED3" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="58A6CA7D" w14:textId="2A166ED3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B3057D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="11B3057D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE64B5A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BE64B5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="12FD5712" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="12FD5712" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C399660" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3C399660" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="084AC236" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="084AC236" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37094338" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="37094338" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79649E9F" w14:textId="77645938" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79649E9F" w14:textId="77645938">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24262D74" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="24262D74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67AA7FFF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="67AA7FFF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="18ADE6E4" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="18ADE6E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C020391" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1C020391" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="144F83BB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="144F83BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="497D5D4C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="497D5D4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69710792" w14:textId="14EB5887" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="69710792" w14:textId="14EB5887">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="303C5983" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="303C5983" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1642B888" w14:textId="4670FC67" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1642B888" w14:textId="4670FC67">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3C22FC2E" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3C22FC2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627F761E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="627F761E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thx/övre buk K+ nefrografisk fas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE34D11" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4EE34D11" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01105BCC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="01105BCC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9E53AF" w14:textId="41774614" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6B9E53AF" w14:textId="41774614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33FD51B8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="33FD51B8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1834C980" w14:textId="297F4C9E" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1834C980" w14:textId="297F4C9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="12B4BF5C" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="12B4BF5C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253151E5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="253151E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Mediastinum K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="701F8838" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="701F8838" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04B9B7DF" w14:textId="5E1CD2D0" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00990F84" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00990F84" w14:paraId="04B9B7DF" w14:textId="5E1CD2D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63CF8C4C" w14:textId="780F9AB2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="63CF8C4C" w14:textId="780F9AB2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4638D8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2C4638D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFF8C44" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CFF8C44" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="23D6B176" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="23D6B176" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1DD7CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3B1DD7CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02ECDA33" w14:textId="6CB9439D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="02ECDA33" w14:textId="6CB9439D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="537B7A44" w14:textId="2D38F1E7" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="537B7A44" w14:textId="2D38F1E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="430E7532" w14:textId="77921804" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="430E7532" w14:textId="77921804">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB2DEA0" w14:textId="41C40C21" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="1CB2DEA0" w14:textId="41C40C21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15136357" w14:textId="79A5973A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="15136357" w14:textId="79A5973A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3DBC788F" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3DBC788F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E62BFD3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E62BFD3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D65F831" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2D65F831" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEF3110" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BEF3110" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="623A14AB" w14:textId="7352F540" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="623A14AB" w14:textId="7352F540">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6937C680" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6937C680" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC7094C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BC7094C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7B97623D" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7B97623D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0269D886" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0269D886" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A4469A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="31A4469A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06354516" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="06354516" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A81DE1" w14:textId="489CB825" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44A81DE1" w14:textId="489CB825">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="008F261F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="008F261F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB61D86" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0EB61D86" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7D2060AF" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7D2060AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79A0AB37" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79A0AB37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Övre buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D5588A" w14:textId="3BAE8AA8" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="23D5588A" w14:textId="3BAE8AA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB26DD7" w14:textId="0FF7B0A5" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4AB26DD7" w14:textId="0FF7B0A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2CA46D" w14:textId="04FC76A2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A2CA46D" w14:textId="04FC76A2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DACC2D6" w14:textId="4057D7BE" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5DACC2D6" w14:textId="4057D7BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BB7265" w14:textId="06031C0D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47BB7265" w14:textId="06031C0D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="38BC4874" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="38BC4874" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2A0B2A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5E2A0B2A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFB3230" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0DFB3230" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C10C70" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="78C10C70" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21071CF3" w14:textId="3B15F97A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="21071CF3" w14:textId="3B15F97A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28EE5E49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="28EE5E49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA3DF59" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5BA3DF59" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7C8ECA2C" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7C8ECA2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A344BEE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A344BEE" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Urinvägar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3351AF5F" w14:textId="102DB56A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00E458B0">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00E458B0" w:rsidRDefault="004F27EF" w14:paraId="3351AF5F" w14:textId="102DB56A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC1950B" w14:textId="354EA536" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5FC1950B" w14:textId="354EA536">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="207FB66B" w14:textId="24C85AC3" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="207FB66B" w14:textId="24C85AC3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E85DE2B" w14:textId="4A366B8A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5E85DE2B" w14:textId="4A366B8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50A8F368" w14:textId="320A24E6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="50A8F368" w14:textId="320A24E6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="31E1C949" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="31E1C949" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEF01AF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0CEF01AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>utsöndringsfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48204840" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="48204840" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1980A980" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1980A980" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F35CB4" w14:textId="2DEA26F6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="77F35CB4" w14:textId="2DEA26F6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3850FD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4E3850FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6187CD74" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6187CD74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3E658928" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3E658928" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF3CFCF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3DF3CFCF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D780D51" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D780D51" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A3C375" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="11A3C375" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="528E099D" w14:textId="39036237" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="528E099D" w14:textId="39036237">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E13A906" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2E13A906" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43480E9E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="43480E9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="11295460" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="11295460" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584BA17D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="584BA17D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="687F3012" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="687F3012" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7263FF73" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7263FF73" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="014BC19D" w14:textId="15AAB831" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="014BC19D" w14:textId="15AAB831">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="524F47A0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="524F47A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="467BA9AE" w14:textId="57EF97C2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="467BA9AE" w14:textId="57EF97C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
+            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="350BDC17" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="350BDC17" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7996AA62" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7996AA62" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Scouter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241364B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="241364B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="170AB425" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="170AB425" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10AD9AC1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="10AD9AC1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F169123" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F169123" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FCAE04D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FCAE04D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0D31084C" w14:textId="77777777" w:rsidTr="00937554">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="0D31084C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23072A56" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="23072A56" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64EFDFC2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64EFDFC2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6168105B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6168105B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70486F10" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="70486F10" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D9AA42" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25D9AA42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6559C1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A6559C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D520105" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6D520105" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hängning </w:t>
       </w:r>
       <w:r w:rsidRPr="004F27EF">
         <w:t>PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="383889F5" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="383889F5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFE0530" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7DFE0530" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="151A03B1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="151A03B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="220C5D84" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="220C5D84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6C5DFB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4F6C5DFB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5E3589" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0B5E3589" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3EA89BCF" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="3EA89BCF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1156E4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6C1156E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703F4F54" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="703F4F54" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47D335F0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47D335F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC90BBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0CC90BBC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17D3F315" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="17D3F315" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3921208E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3921208E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EABCB4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46EABCB4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36562C6B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="36562C6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F2D559" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="22F2D559" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58EF6DF4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="58EF6DF4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="745A1370" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="745A1370" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="36A29DAA" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="36A29DAA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656E323B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="656E323B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8A0010" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4F8A0010" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7C313E99" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7C313E99" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="083B7D27" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="083B7D27" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3D0786" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6D3D0786" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="59568F06" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="59568F06" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="68B9B005" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68B9B005" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0AB4C31B" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0AB4C31B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1787412D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1787412D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADC1A96" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3ADC1A96" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="28F4D206" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="28F4D206" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5329E860" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5329E860" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="09C48D8F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="09C48D8F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="547762E4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="547762E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0319AAA9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0319AAA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0528A08D" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0528A08D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53AD8EA5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="53AD8EA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="44462460" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44462460" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="51EE5CA0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51EE5CA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="40645997" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="40645997" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="64CDCC2C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64CDCC2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="461E976A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="461E976A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA398C6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1EA398C6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="36A18673" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="36A18673" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A3F2AE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="02A3F2AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1AC30" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="66A1AC30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6357A95F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6357A95F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="35097CA0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="35097CA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47FEDB2B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47FEDB2B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="172AE0AF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="172AE0AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="62FA47CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="62FA47CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6117488E" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6117488E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DAFB0BB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6DAFB0BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="081BF6AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="081BF6AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="33D28DA2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="33D28DA2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F904A55" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F904A55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4D80677C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D80677C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="520EDA42" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="520EDA42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED80A7E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1ED80A7E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0555DEFA" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0555DEFA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5547660C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5547660C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2F22BADE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F22BADE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6267AEB0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6267AEB0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA58030" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3EA58030" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6E337AA4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6E337AA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="47F4D12D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47F4D12D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="16097EE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="16097EE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="20C9C52E" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="20C9C52E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A57D0BF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4A57D0BF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="25F00482" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25F00482" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="03E9AFE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="03E9AFE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="370D8E4D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="370D8E4D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1E18FCF6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E18FCF6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3FAD2CCE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3FAD2CCE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="719CA097" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="719CA097" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="160E412B" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="160E412B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="779E4728" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="779E4728" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1CB462" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0E1CB462" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E40C7F9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E40C7F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="16449A63" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="16449A63" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="60E3966A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="60E3966A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BE6CE3C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BE6CE3C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="292EE5B6" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="292EE5B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2082B5CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2082B5CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="518569CA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="518569CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="06384EF1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="06384EF1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="39391DE3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="39391DE3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3C58FE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5F3C58FE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="61D3EF7E" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="61D3EF7E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072F3E01" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="072F3E01" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Buk K-/K+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6A5965" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A6A5965" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CF457E7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CF457E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64DCF515" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64DCF515" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BB3215D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0BB3215D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7213B47D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7213B47D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="79001917" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79001917" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13CF86F6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="13CF86F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B794BBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B794BBC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="175B1FE6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="175B1FE6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DE381AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1DE381AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF218B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BF218B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51AA3882" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51AA3882" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A46B6E3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0A46B6E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55E2C5E8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="55E2C5E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77CF2BE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="77CF2BE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="507CFE16" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="507CFE16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A97A5FE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1A97A5FE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="46C7C65B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46C7C65B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="79117D07" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79117D07" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF66BEE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2EF66BEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3E976300" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3E976300" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="50BDD329" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="50BDD329" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5AB5C5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1D5AB5C5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFC134B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BFC134B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="798C5DC2" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="798C5DC2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="662C63A9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="662C63A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF84A26" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FF84A26" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="03416209" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="03416209" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5A98A8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E5A98A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="749F575F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="749F575F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE7CF79" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1FE7CF79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0F2775" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B0F2775" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F696675" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F696675" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="78026AD3" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="78026AD3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F5D1B7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="18F5D1B7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="297B253C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="297B253C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="74503AC5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74503AC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="44EB9ED0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44EB9ED0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1E386629" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E386629" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="74B3E924" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74B3E924" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3503F766" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3503F766" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7436DE7E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7436DE7E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="636AAF7E" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="636AAF7E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC925F4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0FC925F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32C1BA83" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="32C1BA83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D1D0842" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D1D0842" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DD2AF8E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6DD2AF8E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46A5C3C9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46A5C3C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6054D0C2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6054D0C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D97B0B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="30D97B0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2252234C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2252234C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4420ED55" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4420ED55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E3D9DBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3E3D9DBC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CD9168D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5CD9168D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F431696" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0F431696" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BC63988" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BC63988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E99E35C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E99E35C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10B408CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="10B408CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65C28C25" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="65C28C25" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="738741F4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="738741F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26FA17AB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="26FA17AB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="4A1F633C" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="4A1F633C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDB73B5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0EDB73B5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="13F28EB2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="13F28EB2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5B58EF05" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5B58EF05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD68108" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7DD68108" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="29211787" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="29211787" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="75906730" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="75906730" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD391C7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3FD391C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="328C4427" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="328C4427" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="67C03737" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="67C03737" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312ED12F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="312ED12F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1BD07D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6C1BD07D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="021A3224" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="021A3224" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="420243C1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="420243C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEE1130" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6BEE1130" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2716599F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2716599F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1F78F3EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1F78F3EB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3238F6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E3238F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6933E820" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6933E820" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="541330F1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="541330F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7F495FF8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7F495FF8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF3A5CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3CF3A5CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2C9B49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6A2C9B49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4E3C5A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4C4E3C5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="706E13B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="706E13B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="49F68D0C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="49F68D0C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="128DE918" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="128DE918" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="20096371" w14:textId="77777777" w:rsidTr="004F27EF">
+      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="20096371" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="075D0C7D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="075D0C7D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="17B4CA5D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="17B4CA5D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC4190C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0DC4190C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="37018ADF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="37018ADF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5139589D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5139589D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2338A8D0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2338A8D0" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB10755" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FB10755" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="002C4B3E">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="002C4B3E">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="851" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43FC3A7F" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="43FC3A7F" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F8429EF" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="0F8429EF" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0978C835" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="0978C835" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11442,162 +11482,162 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -11632,311 +11672,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43D16F75" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E"/>
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="43D16F75" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26972834" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="26972834" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3CF50D9A" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
+    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="3CF50D9A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="09C419BE">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="12D598F2">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -11972,899 +12012,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="DD745B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="52526574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12929,992 +12969,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="53FEB842">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5BB803C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="135C2E64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="23444030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E1C85F94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="058AE3A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="51E07BD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="984624FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76A409FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="CB3068C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E110B01A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13976,486 +14016,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="52D8973E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="F3686612">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4CB2A75A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D9682058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3014FFDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="AF84DFFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="938A83D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="F9000644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BF5C9D52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D8F4868A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="612591665">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="930621563">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1349597070">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="621152608">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1314797682">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="244002501">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1355033856">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="71316628">
@@ -14488,69 +14528,70 @@
   <w:num w:numId="17" w16cid:durableId="581454570">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="387874002">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1291670847">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="597561613">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1620916664">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="408305223">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1580822200">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -14949,190 +14990,193 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED03FA"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB02BA"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="540F0625"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6C0E82B5"/>
+    <w:rsid w:val="7C3CBC28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15157,75 +15201,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -15260,57 +15304,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -15368,700 +15412,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -16125,609 +16169,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -16736,94 +16780,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -16832,496 +16876,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -17388,51 +17432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24630,75 +24674,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>DT Njurar tumör 4-fas med thorax K+ (852802A, 830800)</dc:title>
+  <dc:title>DT Njurar tumör 4-fas med thorax K+ (852902B, 830800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>18</revision>
+  <revision>19</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>