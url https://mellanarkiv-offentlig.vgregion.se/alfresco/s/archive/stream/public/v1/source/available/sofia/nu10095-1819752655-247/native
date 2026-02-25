--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -16,480 +16,459 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6DADDBF7" w14:textId="77777777">
+    <w:p w14:paraId="6DADDBF7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:sectPr w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidSect="004F27EF">
+        <w:sectPr w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidSect="004F27EF">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="5EB3E5D5" w14:textId="77777777">
+    <w:p w14:paraId="5EB3E5D5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="36850A4D" w14:textId="77777777">
+    <w:p w14:paraId="36850A4D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="002A710E" w14:paraId="4B2DC109" w14:textId="50EF7A4D">
+    <w:p w14:paraId="4B2DC109" w14:textId="50EF7A4D" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="002A710E" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidR="002A710E">
-        <w:rPr/>
+      <w:r>
         <w:t>DT Njurar tumör 4-fas med thorax (852</w:t>
       </w:r>
       <w:r w:rsidR="6C0E82B5">
-        <w:rPr/>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="002A710E">
-        <w:rPr/>
+      <w:r>
         <w:t>02</w:t>
       </w:r>
       <w:r w:rsidR="7C3CBC28">
-        <w:rPr/>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="002A710E">
-[...9 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> &amp; 830800)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3553514F" w14:textId="77777777">
+    <w:p w14:paraId="3553514F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="002A710E" w14:paraId="586311C6" w14:textId="16CB57C7">
+    <w:p w14:paraId="586311C6" w14:textId="16CB57C7" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="002A710E" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+      <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
         <w:t xml:space="preserve"> i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C3A14" w14:paraId="6BADBD1B" w14:textId="0284CD8B">
+    <w:p w14:paraId="6BADBD1B" w14:textId="4A4687E8" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="001D205A" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Reviderad</w:t>
-[...7 lines deleted...]
-        <w:t>, ändrat kernel Siemens.</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="033CAF65" w14:textId="77777777">
+    <w:p w14:paraId="033CAF65" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4A216F76" w14:textId="77777777">
+    <w:p w14:paraId="4A216F76" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7FBDDD6E" w14:textId="77777777">
+    <w:p w14:paraId="7FBDDD6E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="31E4B475" w14:textId="77777777">
+    <w:p w14:paraId="31E4B475" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="23D20835" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="23D20835" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2DEBAAC5" w14:textId="77777777">
+          <w:p w14:paraId="2DEBAAC5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="45031F3C" w14:textId="77777777">
+          <w:p w14:paraId="45031F3C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tumör i njuren, med samtidig undersökning av thorax.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="76E4ADFF" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="76E4ADFF" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4B9190B3" w14:textId="77777777">
+          <w:p w14:paraId="4B9190B3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C4B3E" w14:paraId="2A690CC1" w14:textId="40359359">
+          <w:p w14:paraId="2A690CC1" w14:textId="40359359" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId17">
-              <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="004F27EF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B1B06E8" w14:textId="2BF85FBC">
+          <w:p w14:paraId="1B1B06E8" w14:textId="58CD7C14" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00EB19ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="001D205A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6BD47EB1" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6BD47EB1" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3DF406EC" w14:textId="77777777">
+          <w:p w14:paraId="3DF406EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="55BA6C2B" w14:textId="0972655D">
+          <w:p w14:paraId="55BA6C2B" w14:textId="0972655D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1,5 timme före undersökningen ska patienten kissa. Därefter får patienten inte kissa förrän undersökningen är genomförd. Eventuell KAD ska vara stängd. </w:t>
             </w:r>
             <w:r w:rsidR="0008631F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">30 minuter före </w:t>
             </w:r>
@@ -498,612 +477,613 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">undersökningen ska patienten dricka </w:t>
             </w:r>
             <w:r w:rsidR="0008631F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 dl</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vatten med jämn fördelning. Polikliniska patienter dricker hemma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="278C490E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="278C490E" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="520D3AAB" w14:textId="77777777">
+          <w:p w14:paraId="520D3AAB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6090A163" w14:textId="77777777">
+          <w:p w14:paraId="6090A163" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Urografi 3- och 4-fas”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6368EEFD" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6368EEFD" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4BDB5BC0" w14:textId="77777777">
+          <w:p w14:paraId="4BDB5BC0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="395BC166" w14:textId="7A4755C4">
+          <w:p w14:paraId="395BC166" w14:textId="7A4755C4" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="00B83962">
+            <w:r w:rsidR="00B83962" w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om graviditet. </w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">i </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="002C4B3E" w14:paraId="10172812" w14:textId="44BFEA28">
-[...10 lines deleted...]
-              <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+          <w:p w14:paraId="10172812" w14:textId="44BFEA28" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="004F27EF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6C34A47D" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6C34A47D" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4BA53F71" w14:textId="77777777">
+          <w:p w14:paraId="4BA53F71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1D7FC298" w14:textId="77777777">
+          <w:p w14:paraId="1D7FC298" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="49591450" w14:textId="77777777">
+          <w:p w14:paraId="49591450" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="796D2BC2" w14:textId="77777777">
+          <w:p w14:paraId="796D2BC2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A9748B8" w14:textId="77777777">
+    <w:p w14:paraId="3A9748B8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002A710E" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6A9508E7" w14:textId="238529E5">
+    <w:p w14:paraId="6A9508E7" w14:textId="238529E5" w:rsidR="004F27EF" w:rsidRPr="002A710E" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="004F27EF">
+        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="5ACB9359" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="5ACB9359" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="72836320" w14:textId="77777777">
+          <w:p w14:paraId="72836320" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55732490" wp14:editId="3D4E9C9A">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="11" name="Diagram 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="357EC154" w14:textId="77777777">
+          <w:p w14:paraId="357EC154" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BDA9631" wp14:editId="5BC08BE6">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="12" name="Diagram 12"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="1985A083" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1985A083" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4EE0A362" w14:textId="77777777">
+          <w:p w14:paraId="4EE0A362" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1AE8CF94" w14:textId="77777777">
+          <w:p w14:paraId="1AE8CF94" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="70702699" w14:textId="77777777">
+          <w:p w14:paraId="70702699" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04C3D5F1" wp14:editId="67F33ACB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>180975</wp:posOffset>
                       </wp:positionH>
@@ -1117,185 +1097,185 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="714375"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="45AA5065" w14:textId="77777777">
+                                <w:p w14:paraId="45AA5065" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="31DB1E71" w14:textId="77777777">
+                                <w:p w14:paraId="31DB1E71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="3E2B902B" w14:textId="77777777">
+                                <w:p w14:paraId="3E2B902B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="3AAEF037">
-                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="04C3D5F1">
+                  <w:pict>
+                    <v:shapetype w14:anchorId="04C3D5F1" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
+                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 8" style="position:absolute;left:0;text-align:left;margin-left:14.25pt;margin-top:71.9pt;width:32.3pt;height:56.25pt;rotation:180;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="6202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASuocxVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTri2COkXQIsOA&#10;oivQDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3p82n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjh5bQCsiudgVDYqB&#10;0K0pFmV5XgyAjUeQKgS6vZ0e+Srjt62S8VvbBhWZqTn1FvOJ+dyms1hdiWWHwvdazm2If+jCCu2o&#10;6CvUrYiC7VD/AWW1RAjQxhMJtoC21VLlGWiaqnw3zWMvvMqzEDnBv9IU/h+svN8/+gckGgYfloHM&#10;NMXYomUIxFZVXpbpl4ejdtmYuXt55U6NkUm6PKvKRUUMS3q6qM5OLz4nbosJK2F6DPGLAsuSUfOd&#10;XyPCkHHF/i7EKfoQlTICGN1stDHZwW57Y5DtBX3JzSb3NKX8FmYcG6jrxQW1zKQgRbVGRDKtb2oe&#10;XMeZMB1JVUbMtR2kCoQ0dXgrQj/VyLCTPqyOJFKjbc1nNqbKxqU0lWU2T/DGYrLiuB0pNJlbaF4e&#10;cCKVWgtebjQRcSdCfBBImqNL2qP4jY7WAA0Bs8VZD/jzb/cpnqRAr5wNpGEa8MdOoOLMfHUkktPz&#10;9OVYPHbw2NkeO25nb4DIrXJ32aRkjOZgtgj2mdZtnarSk3CSak9Uzs5NnHaLFlaq9TqH7TzqrqcU&#10;AibRexHv3KOXyT+w/jQ+C/SzMiJJ6h4O2hfLd+qYYklab6zODq1IVty8zmkHj/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMIYl53wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv&#10;Jv6HzZh4s0uLJYgsjTXRxJMpatTbwk4BZWcJu23h3zue9DjvfXnzXr6ZbC+OOPrOkYLlIgKBVDvT&#10;UaPg9eXhKgXhgyaje0eoYEYPm+L8LNeZcSfa4bEMjeAQ8plW0IYwZFL6ukWr/cINSOzt3Wh14HNs&#10;pBn1icNtL1dRlEirO+IPrR7wvsX6uzxYBatk92Q+qu12n77PX5/ureyeH2elLi+mu1sQAafwB8Nv&#10;fa4OBXeq3IGMFz1npGsmWb+OeQIDN/ESRMXGOolBFrn8v6D4AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABK6hzFWAgAAvAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEwhiXnfAAAACQEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;">
+                    <v:shape id="Upp 8" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:14.25pt;margin-top:71.9pt;width:32.3pt;height:56.25pt;rotation:180;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASuocxVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTri2COkXQIsOA&#10;oivQDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourkdr2F5h0OBqXp2UnCknodGuq/n3p82n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjh5bQCsiudgVDYqB&#10;0K0pFmV5XgyAjUeQKgS6vZ0e+Srjt62S8VvbBhWZqTn1FvOJ+dyms1hdiWWHwvdazm2If+jCCu2o&#10;6CvUrYiC7VD/AWW1RAjQxhMJtoC21VLlGWiaqnw3zWMvvMqzEDnBv9IU/h+svN8/+gckGgYfloHM&#10;NMXYomUIxFZVXpbpl4ejdtmYuXt55U6NkUm6PKvKRUUMS3q6qM5OLz4nbosJK2F6DPGLAsuSUfOd&#10;XyPCkHHF/i7EKfoQlTICGN1stDHZwW57Y5DtBX3JzSb3NKX8FmYcG6jrxQW1zKQgRbVGRDKtb2oe&#10;XMeZMB1JVUbMtR2kCoQ0dXgrQj/VyLCTPqyOJFKjbc1nNqbKxqU0lWU2T/DGYrLiuB0pNJlbaF4e&#10;cCKVWgtebjQRcSdCfBBImqNL2qP4jY7WAA0Bs8VZD/jzb/cpnqRAr5wNpGEa8MdOoOLMfHUkktPz&#10;9OVYPHbw2NkeO25nb4DIrXJ32aRkjOZgtgj2mdZtnarSk3CSak9Uzs5NnHaLFlaq9TqH7TzqrqcU&#10;AibRexHv3KOXyT+w/jQ+C/SzMiJJ6h4O2hfLd+qYYklab6zODq1IVty8zmkHj/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBMIYl53wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv&#10;Jv6HzZh4s0uLJYgsjTXRxJMpatTbwk4BZWcJu23h3zue9DjvfXnzXr6ZbC+OOPrOkYLlIgKBVDvT&#10;UaPg9eXhKgXhgyaje0eoYEYPm+L8LNeZcSfa4bEMjeAQ8plW0IYwZFL6ukWr/cINSOzt3Wh14HNs&#10;pBn1icNtL1dRlEirO+IPrR7wvsX6uzxYBatk92Q+qu12n77PX5/ureyeH2elLi+mu1sQAafwB8Nv&#10;fa4OBXeq3IGMFz1npGsmWb+OeQIDN/ESRMXGOolBFrn8v6D4AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABK6hzFWAgAAvAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEwhiXnfAAAACQEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="6202" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="649841BE" w14:textId="77777777">
+                          <w:p w14:paraId="45AA5065" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="18F999B5" w14:textId="77777777">
+                          <w:p w14:paraId="31DB1E71" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="672A6659" w14:textId="77777777">
+                          <w:p w14:paraId="3E2B902B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
@@ -1330,51 +1310,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="40DE218E">
                     <v:rect id="Rektangel 4" style="position:absolute;margin-left:3.3pt;margin-top:71.55pt;width:123.8pt;height:56.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="69DBE4B5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPEvX1NAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L8uSNkGIJUIgekEJ&#10;UlLlPHi9H5K/OjYs9Nd37F2gTXuqysGMPeM3njdvdv540oodJfrWmoLnozFn0ghbtqYu+LfXzacp&#10;Zz6AKUFZIwt+lp4/Lj5+mHduJie2saqUyAjE+FnnCt6E4GZZ5kUjNfiRddKQs7KoIdAW66xE6Ahd&#10;q2wyHt9nncXSoRXSezpd906+SPhVJUV4riovA1MFp7eFtGJa93HNFnOY1QiuacXwDPiHV2hoDSW9&#10;Qq0hADtg+weUbgVab6swElZntqpaIVMNVE0+flfNSwNOplqIHO+uNPn/Byueji9uh0RD5/zMkxmr&#10;OFWo4z+9j50SWecrWfIUmKDD/MvD5PP0jjNBvof8fjJNbGa32w59+CqtZtEoOFIzEkdw3PpAGSn0&#10;EhKTGbtplUoNUYZ1Bb+b5mPqmQDSRaUgkKldWXBvas5A1SQ4ETBBeqvaMl6PQB7r/UohOwI1fbMZ&#10;0y/2mdL9FhZzr8E3fVxy9XLQbSBNqlYXfBovX24rE9FlUtVQwY20aO1ted4hQ9vLzDuxaSnJFnzY&#10;AZKuqBqalfBMS6UslWgHi7PG4o+/ncd4ajd5OetIp1T+9wOg5Mwc9MpShTlNmBPJJHwM6mJWaPUb&#10;jccyIpALjCCcnrRhswr9LNCACblcpjASpoOwNS9ORPBYc6Tq9fQG6IZeBlLBk73oE2bvWtrHEuU3&#10;VoYNyTh1Yhi5OCe/7lPU7cOw+AkAAP//AwBQSwMEFAAGAAgAAAAhALB6IcHeAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC0ixRZbGmKjRm2jjdcquQGBnCbst+O+dnvQ2&#10;M+/lzfeK3WIHcTKT7xwpiFcRCEO10x01Cj4/nm42IHxA0jg4Mgp+jIddeXlRYK7dTO/mVIVGcAj5&#10;HBW0IYy5lL5ujUW/cqMh1r7dZDHwOjVSTzhzuB1kEkWZtNgRf2hxNI+tqfvqaBW8zsnQfTX49lL1&#10;1b536XN8t7VKXV8tD/cgglnCnxnO+IwOJTMd3JG0F4OCLGMjn9PbGATryTpNQBzOw3oLsizk/wbl&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPEvX1NAIAAGAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCweiHB3gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EA8559C" wp14:editId="4AE92554">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>41910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>125095</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1572260" cy="1504315"/>
                       <wp:effectExtent l="19050" t="19050" r="27940" b="19685"/>
                       <wp:wrapNone/>
@@ -1397,51 +1377,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="569C62A2">
                     <v:rect id="Rektangel 3" style="position:absolute;margin-left:3.3pt;margin-top:9.85pt;width:123.8pt;height:118.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="0AC04081" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7R+ydMQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nS1cEcYogQXcJ&#10;2gBt0TMjy7EAfY1S43S/fpTsJl2307AcFEqkHsXHR89vjkazg8SgnK15dVFyJq1wjbL7mj893n65&#10;5ixEsA1oZ2XNX2XgN4vPn+a9n8mJ65xuJDICsWHW+5p3MfpZUQTRSQPhwnlpydk6NBBpi/uiQegJ&#10;3ehiUpZXRe+w8eiEDIFO14OTLzJ+20oR79s2yMh0zeltMa+Y111ai8UcZnsE3ykxPgP+4RUGlKWk&#10;J6g1RGAvqP6AMkqgC66NF8KZwrWtEjLXQNVU5YdqHjrwMtdC5AR/oin8P1hxd3jwWyQaeh9mgcxU&#10;xbFFk/7pfeyYyXo9kSWPkQk6rKbfJpMr4lSQr5qWXy+raaKzOF/3GOJ36QxLRs2RupFJgsMmxCH0&#10;LSRls+5WaZ07oi3ra355XZUpAZAwWg2RTOObmge75wz0nhQnImbI4LRq0vUEFHC/W2lkB6Cur8r0&#10;G1/2W1jKvYbQDXHZNejBqEii1MrU/Pr9bW0TusyyGis4s5asnWtet8jQDToLXtwqSrKBELeAJCyq&#10;hoYl3tPSakclutHirHP482/nKZ76TV7OehIqlf/jBVByZl/MylGFFY2YF9kkfIz6zWzRmWeaj2VC&#10;IBdYQTgDaeNmFYdhoAkTcrnMYaRMD3FjH7xI4KnmRNXj8RnQj72MJIM79yZQmH1o6RBLYjizMm5I&#10;x1kj48ylQXm/z1HnL8PiFwAAAP//AwBQSwMEFAAGAAgAAAAhAEDGXBPcAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj9FKxEAMRd8F/2GI4Js7tWjV2ulStIIgKHb3A2Y7sS12MqWT3a1/b/ZJ35Lc&#10;y825xXrxozrgHIdABq5XCSikNriBOgPbzcvVPajIlpwdA6GBH4ywLs/PCpu7cKRPPDTcKQmhmFsD&#10;PfOUax3bHr2NqzAhifYVZm9Z1rnTbrZHCfejTpMk094OJB96O+FTj+13s/cGNjW3dbVdntP6Tb8y&#10;Vu/6o0FjLi+W6hEU48J/ZjjhCzqUwrQLe3JRjQayTIxyfrgDJXJ6e5OC2p0GUXRZ6P8Fyl8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu0fsnTECAABhBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQMZcE9wAAAAIAQAADwAAAAAAAAAAAAAAAACL&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D49D178" wp14:editId="43F5CD26">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>41910</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1080770</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1572895" cy="1254760"/>
                       <wp:effectExtent l="19050" t="19050" r="27305" b="21590"/>
                       <wp:wrapNone/>
@@ -1464,51 +1444,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFC000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="4CC5F366">
                     <v:rect id="Rektangel 15" style="position:absolute;margin-left:3.3pt;margin-top:85.1pt;width:123.85pt;height:98.8pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#ffc000" strokeweight="3pt" w14:anchorId="0E87FF50" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAewpfWNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwm07FJEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZU9eKMPeM3njdvMns4acWOEn1jTcGHg5wzaYQtG7Mv+PeX9acJ&#10;Zz6AKUFZIwt+lp4/zD9+mLVuKke2tqqUyAjE+GnrCl6H4KZZ5kUtNfiBddKQs7KoIdAW91mJ0BK6&#10;Vtkoz++y1mLp0ArpPZ2uOiefJ/yqkiI8VZWXgamC09tCWjGtu7hm8xlM9wiubkT/DPiHV2hoDCW9&#10;Qq0gADtg8weUbgRab6swEFZntqoaIVMNVM0wf1fNtgYnUy1EjndXmvz/gxWPx617RqKhdX7qyYxV&#10;nCrU8UvvY6dE1vlKljwFJuhwOL4fTb6OORPkG47GX+7vEp3Z7bpDH75Jq1k0Co7UjUQSHDc+UEoK&#10;vYTEbMauG6VSR5RhbcE/T4Y5NU0ACaNSEMjUriy4N3vOQO1JcSJggvRWNWW8HoE87ndLhewI1PX1&#10;epkTSpfut7CYewW+7uKSq9ODbgKJUjW64BO6e72tTESXSVZ9BTfWorWz5fkZGdpOZ96JdUNJNuDD&#10;MyAJi6qhYQlPtFTKUom2tzirLf7823mMp36Tl7OWhErl/zgASs7MQS8tVTikEXMimYSPQV3MCq1+&#10;pflYRARygRGE05HWb5ahGwaaMCEXixRGynQQNmbrRASPNUeqXk6vgK7vZSAZPNqLQGH6rqVdLHX4&#10;xkq/IR2nxvczFwfl7T5F3f4M818AAAD//wMAUEsDBBQABgAIAAAAIQDODeo74gAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOUuFWIU6FKiJ+eaCsBNyfeJoHYDrbbBp6e&#10;5QTH2RnNfFssR9OzI/rQOSthOkmAoa2d7mwjYbe9u1oAC1FZrXpnUcIXBliW52eFyrU72Wc8bmLD&#10;qMSGXEloYxxyzkPdolFh4ga05O2dNyqS9A3XXp2o3PQ8TRLBjeosLbRqwFWL9cfmYCRkL01avb0/&#10;PWb719V6+tAJ/33/KeXlxXh7AyziGP/C8ItP6FASU+UOVgfWSxCCgnSeJykw8tPsegaskjAT8wXw&#10;suD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB7Cl9Y1AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM4N6jviAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47CBFBA7" wp14:editId="77820F21">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1009650</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1098550</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1223010"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
@@ -1517,160 +1497,160 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1223010"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFC000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="39959AB8" w14:textId="77777777">
+                                <w:p w14:paraId="39959AB8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="3B5D52EB" w14:textId="77777777">
+                                <w:p w14:paraId="3B5D52EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="004F27EF">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="0642E58E" w14:textId="77777777">
+                                <w:p w14:paraId="0642E58E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="47BDEAAD">
-                    <v:shape id="Upp 10" style="position:absolute;left:0;text-align:left;margin-left:79.5pt;margin-top:86.5pt;width:32.3pt;height:96.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#ffc000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3622" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaxDXNWQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToSuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/ky6Ovrkdr2EFh0OBqXp2VnCknodGuq/n3p+2n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3kxBvsr4batkvG/boCIzNafeYj4xn7t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYW6EVGwPeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeyFV3kWIif4V5rC/4OVd4dH/4BEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszdy+v3KkxMkmXn6tyURHDkkLVYnFO0yRyiwksgXoM8asCy5JR871f&#10;I8KQgcXhNsQp+5iVXgQwutlqY7KD3W5jkB0E/ZXb7SY1NT35Lc04NqQOvlCYSUGSao2IZFrf1Dy4&#10;jjNhOtKqjJhrO0gVCGnq8EaEfqqRYSeBWB1JpUbbms90TJWNS89U1tk8wRuNyYrjbmSaClcJKN3s&#10;oHl5wIlc6jB4udXEx60I8UEgaY8uaZ/iPR2tAZoFZouzHvDn3+5TPkmCopwNpGWa88deoOLMfHMk&#10;lvOLRBaLpw6eOrtTx+3tBojjKneXTXqM0RzNFsE+09qtU1UKCSep9sTo7GzitGO0uFKt1zlt71F3&#10;PT0hYBK/F/HWPXqZ/CP5T+OzQD8LJJK07uC4A2L5TiRTLinsjdXZoVXJwpvXOu3iqZ+z3j4+q18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUhcEHVI1NCGOFVVwYULouUANzc2SdR4N9huGv6+2xPcZrSj2TflanK9GK0PHaGCh1kC&#10;wmJNpsNGwcfu5X4BIkSNRveEVsGvDbCqrq9KXRg64bsdt7ERXIKh0AraGIdCylC31ukwo8Ei377J&#10;Ox3Z+kYar09c7nqZJkkune6QP7R6sJvW1oft0Sn4+skOa7rzy7BZvHn/uvsc6ZmUur2Z1k8gop3i&#10;Xxgu+IwOFTPt6YgmiJ79fMlbIovHjAUn0jTLQewVZPk8B1mV8v+G6gwAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBaxDXNWQIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAAAAAAAAAAAAAALMEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" w14:anchorId="47CBFBA7">
+                  <w:pict>
+                    <v:shape w14:anchorId="47CBFBA7" id="Upp 10" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:79.5pt;margin-top:86.5pt;width:32.3pt;height:96.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaxDXNWQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bToSuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/ky6Ovrkdr2EFh0OBqXp2VnCknodGuq/n3p+2n&#10;S85CFK4RBpyq+YsK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3kxBvsr4batkvG/boCIzNafeYj4xn7t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYW6EVGwPeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeyFV3kWIif4V5rC/4OVd4dH/4BEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszdy+v3KkxMkmXn6tyURHDkkLVYnFO0yRyiwksgXoM8asCy5JR871f&#10;I8KQgcXhNsQp+5iVXgQwutlqY7KD3W5jkB0E/ZXb7SY1NT35Lc04NqQOvlCYSUGSao2IZFrf1Dy4&#10;jjNhOtKqjJhrO0gVCGnq8EaEfqqRYSeBWB1JpUbbms90TJWNS89U1tk8wRuNyYrjbmSaClcJKN3s&#10;oHl5wIlc6jB4udXEx60I8UEgaY8uaZ/iPR2tAZoFZouzHvDn3+5TPkmCopwNpGWa88deoOLMfHMk&#10;lvOLRBaLpw6eOrtTx+3tBojjKneXTXqM0RzNFsE+09qtU1UKCSep9sTo7GzitGO0uFKt1zlt71F3&#10;PT0hYBK/F/HWPXqZ/CP5T+OzQD8LJJK07uC4A2L5TiRTLinsjdXZoVXJwpvXOu3iqZ+z3j4+q18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUhcEHVI1NCGOFVVwYULouUANzc2SdR4N9huGv6+2xPcZrSj2TflanK9GK0PHaGCh1kC&#10;wmJNpsNGwcfu5X4BIkSNRveEVsGvDbCqrq9KXRg64bsdt7ERXIKh0AraGIdCylC31ukwo8Ei377J&#10;Ox3Z+kYar09c7nqZJkkune6QP7R6sJvW1oft0Sn4+skOa7rzy7BZvHn/uvsc6ZmUur2Z1k8gop3i&#10;Xxgu+IwOFTPt6YgmiJ79fMlbIovHjAUn0jTLQewVZPk8B1mV8v+G6gwAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBaxDXNWQIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQC7aLgt4AAAAAsBAAAPAAAAAAAAAAAAAAAAALMEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="3622" fillcolor="#ffc000" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="0A37501D" w14:textId="77777777">
+                          <w:p w14:paraId="39959AB8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="2598DEE6" w14:textId="77777777">
+                          <w:p w14:paraId="3B5D52EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="004F27EF">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="5DAB6C7B" w14:textId="77777777">
+                          <w:p w14:paraId="0642E58E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
@@ -1692,144 +1672,144 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1471930"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="29689D2F" w14:textId="77777777">
+                                <w:p w14:paraId="29689D2F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="2D62EFA3" w14:textId="77777777">
+                                <w:p w14:paraId="2D62EFA3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="479018B4" w14:textId="77777777">
+                                <w:p w14:paraId="479018B4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="732F82D9">
-                    <v:shape id="Upp 9" style="position:absolute;left:0;text-align:left;margin-left:49.55pt;margin-top:10.3pt;width:32.3pt;height:115.9pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3010" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8NooQWwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nRbsFdYogRYcB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FotpcYlLM1r05KzqQVrlG2q/n3p5tP&#10;nzkLEWwD2llZ8xcZ+NXq44fLwS/lwvVONxIZgdiwHHzN+xj9siiC6KWBcOK8tHTZOjQQycWuaBAG&#10;Qje6WJTleTE4bDw6IUOg6PV0yVcZv22liPdtG2RkuubUW8wn5nObzmJ1CcsOwfdKzG3AP3RhQFkq&#10;+gp1DRHYDtUfUEYJdMG18UQ4U7i2VULmGWiaqnw3zWMPXuZZiJzgX2kK/w9W3O0f/QMSDYMPy0Bm&#10;mmJs0TB0xFZVfi7TLw9H7bIxc/fyyp0cIxMUPKvKRUUMC7qqzi6qL6eZ3GICS6AeQ/wqnWHJqPnO&#10;rxHdkIFhfxsi9UDZh6z0IjitmhuldXaw2240sj3Qp9xMTU1PfkvTlg3UweKCemYCSFKthkim8U3N&#10;g+04A92RVkXEXNu6VCHrINW+htBPNTLsJBCjIqlUK1PzmY6psrapM5l1Nk/wRmOy4rgdmaLCiwSU&#10;IlvXvDzgRC51GLy4UVT2FkJ8ACTtUZD2Kd7T0WpHs7jZ4qx3+PNv8ZRPkqBbzgbSMs35YwcoOdPf&#10;LInl9Dx9QRaPHTx2tseO3ZmNI46r3F026TFGfTBbdOaZ1m6dqtIVWEG1J0ZnZxOnHaPFFXK9zmk7&#10;j6rr6QkBk/g9xFv76EXyD/J4Gp8B/SyQSNK6c4cdgOU7kUy5pJk3VmeHViVLaV7rtIvHfs56+/NZ&#10;/QIAAP//AwBQSwMEFAAGAAgAAAAhAJzFxE3eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLw0dimt1CJLY0zsVUUvvS3sCER2Ftml0Ld3etLjzP/nm2+y/Ww7ccLBt44UrJYR&#10;CKTKmZZqBZ8fL3cPIHzQZHTnCBWc0cM+v77KdGrcRO94KkItGEI+1QqaEPpUSl81aLVfuh6Jsy83&#10;WB14HGppBj0x3HYyjqJEWt0SX2h0j88NVt/FaBXsFvW4fvs5Hl5HvbGHxXmqymJS6vZmfnoEEXAO&#10;f2W46LM65OxUupGMFx0zdituKoijBMQlT9ZbECUv7uMNyDyT/z/IfwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC8NooQWwIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCcxcRN3gAAAAkBAAAPAAAAAAAAAAAAAAAAALUEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" w14:anchorId="538B608B">
+                  <w:pict>
+                    <v:shape w14:anchorId="538B608B" id="Upp 9" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:49.55pt;margin-top:10.3pt;width:32.3pt;height:115.9pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8NooQWwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nRbsFdYogRYcB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FotpcYlLM1r05KzqQVrlG2q/n3p5tP&#10;nzkLEWwD2llZ8xcZ+NXq44fLwS/lwvVONxIZgdiwHHzN+xj9siiC6KWBcOK8tHTZOjQQycWuaBAG&#10;Qje6WJTleTE4bDw6IUOg6PV0yVcZv22liPdtG2RkuubUW8wn5nObzmJ1CcsOwfdKzG3AP3RhQFkq&#10;+gp1DRHYDtUfUEYJdMG18UQ4U7i2VULmGWiaqnw3zWMPXuZZiJzgX2kK/w9W3O0f/QMSDYMPy0Bm&#10;mmJs0TB0xFZVfi7TLw9H7bIxc/fyyp0cIxMUPKvKRUUMC7qqzi6qL6eZ3GICS6AeQ/wqnWHJqPnO&#10;rxHdkIFhfxsi9UDZh6z0IjitmhuldXaw2240sj3Qp9xMTU1PfkvTlg3UweKCemYCSFKthkim8U3N&#10;g+04A92RVkXEXNu6VCHrINW+htBPNTLsJBCjIqlUK1PzmY6psrapM5l1Nk/wRmOy4rgdmaLCiwSU&#10;IlvXvDzgRC51GLy4UVT2FkJ8ACTtUZD2Kd7T0WpHs7jZ4qx3+PNv8ZRPkqBbzgbSMs35YwcoOdPf&#10;LInl9Dx9QRaPHTx2tseO3ZmNI46r3F026TFGfTBbdOaZ1m6dqtIVWEG1J0ZnZxOnHaPFFXK9zmk7&#10;j6rr6QkBk/g9xFv76EXyD/J4Gp8B/SyQSNK6c4cdgOU7kUy5pJk3VmeHViVLaV7rtIvHfs56+/NZ&#10;/QIAAP//AwBQSwMEFAAGAAgAAAAhAJzFxE3eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;g0AQhu8mvsNmTLw0dimt1CJLY0zsVUUvvS3sCER2Ftml0Ld3etLjzP/nm2+y/Ww7ccLBt44UrJYR&#10;CKTKmZZqBZ8fL3cPIHzQZHTnCBWc0cM+v77KdGrcRO94KkItGEI+1QqaEPpUSl81aLVfuh6Jsy83&#10;WB14HGppBj0x3HYyjqJEWt0SX2h0j88NVt/FaBXsFvW4fvs5Hl5HvbGHxXmqymJS6vZmfnoEEXAO&#10;f2W46LM65OxUupGMFx0zdituKoijBMQlT9ZbECUv7uMNyDyT/z/IfwEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC8NooQWwIAAMQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCcxcRN3gAAAAkBAAAPAAAAAAAAAAAAAAAAALUEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="3010" fillcolor="#c00000" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="02EB378F" w14:textId="77777777">
+                          <w:p w14:paraId="29689D2F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="6A05A809" w14:textId="77777777">
+                          <w:p w14:paraId="2D62EFA3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidRPr="0066567D" w:rsidR="004F27EF" w:rsidP="00B83962" w:rsidRDefault="004F27EF" w14:paraId="5FCD5EC4" w14:textId="77777777">
+                          <w:p w14:paraId="479018B4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="0066567D" w:rsidRDefault="004F27EF" w:rsidP="00B83962">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1855,9618 +1835,9601 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1631397" cy="2557755"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="114A92B0" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="114A92B0" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="366B8ED8" w14:textId="77777777">
+          <w:p w14:paraId="366B8ED8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5753B25C" w14:textId="77777777">
+          <w:p w14:paraId="5753B25C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum – höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="40EE4E9C" w14:textId="77777777">
+          <w:p w14:paraId="40EE4E9C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="2DB05A5A" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2DB05A5A" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74EA1F82" w14:textId="77777777">
+          <w:p w14:paraId="74EA1F82" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="54C7B98F" w14:textId="77777777">
+          <w:p w14:paraId="54C7B98F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – crista ilaca.</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0D267C31" w14:textId="77777777">
+          <w:p w14:paraId="0D267C31" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="18772418" w14:textId="77777777">
+          <w:p w14:paraId="18772418" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="2E4556BD" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2E4556BD" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6186F9EC" w14:textId="77777777">
+          <w:p w14:paraId="6186F9EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="122EBAAA" w14:textId="77777777">
+          <w:p w14:paraId="122EBAAA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i proximala bukaorta, tröskelvärde 120 HU (GE och Toshiba), 90 HU (Siemens).</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25BBBCC3" w14:textId="77777777">
+          <w:p w14:paraId="25BBBCC3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="3308B002" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3308B002" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="351D5898" w14:textId="77777777">
+          <w:p w14:paraId="351D5898" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K+ kortikomedullär</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="41DC8115" w14:textId="77777777">
+          <w:p w14:paraId="41DC8115" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – crista ilaca.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4350CF81" w14:textId="77777777">
+          <w:p w14:paraId="4350CF81" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0E356FA4" w14:textId="77777777">
+          <w:p w14:paraId="0E356FA4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6A90437B" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6A90437B" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F5516DD" w14:textId="77777777">
+          <w:p w14:paraId="6F5516DD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thx/övre buk K+ nefrografisk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2E5B09D5" w14:textId="77777777">
+          <w:p w14:paraId="2E5B09D5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jugulum – crista ilaca.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7594F96E" w14:textId="77777777">
+          <w:p w14:paraId="7594F96E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F31F4FB" w14:textId="77777777">
+          <w:p w14:paraId="6F31F4FB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0D2C640F" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0D2C640F" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3B79C117" w14:textId="77777777">
+          <w:p w14:paraId="3B79C117" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="48F16F6A" w14:textId="77777777">
+          <w:p w14:paraId="48F16F6A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="714C0A19" w14:textId="77777777">
+          <w:p w14:paraId="714C0A19" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="22D620E9" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="22D620E9" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7B075A67" w14:textId="77777777">
+          <w:p w14:paraId="7B075A67" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Urinvägar K+ utsöndr (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64242225" w14:textId="77777777">
+          <w:p w14:paraId="64242225" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedanför diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="593EC1AD" w14:textId="77777777">
+          <w:p w14:paraId="593EC1AD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5798FAB0" w14:textId="77777777">
+          <w:p w14:paraId="5798FAB0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="1712B3DB" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1712B3DB" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0BB93E80" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5C9F5C49" w14:textId="77777777">
+          <w:p w14:paraId="0BB93E80" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C9F5C49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Efter scanning segmenteras serie 3 i thorax och buk och reformateras som vanligt. Thorax läggs på ett kort och alla bukserier på ett annat.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68A447AA" w14:textId="77777777">
+          <w:p w14:paraId="68A447AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="015E3B39" w14:textId="77777777">
+          <w:p w14:paraId="015E3B39" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="4472F272" w14:textId="77777777">
+    <w:p w14:paraId="4472F272" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="1C0D312B" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="1C0D312B" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="08CBCA7F" w14:textId="77777777">
+          <w:p w14:paraId="08CBCA7F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0D241DC4" w14:textId="77777777">
+          <w:p w14:paraId="0D241DC4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3D96A173" w14:textId="77777777">
+          <w:p w14:paraId="3D96A173" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="56BC89EC" w14:textId="77777777">
+          <w:p w14:paraId="56BC89EC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1A041813" w14:textId="77777777">
+          <w:p w14:paraId="1A041813" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A1C559D" w14:textId="77777777">
+          <w:p w14:paraId="2A1C559D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="2BB312EE" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2BB312EE" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4123FCE3" w14:textId="77777777">
+          <w:p w14:paraId="4123FCE3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CA96822" w14:textId="25ABAA44">
+          <w:p w14:paraId="1CA96822" w14:textId="25ABAA44" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A0CA7C3" w14:textId="2A89E69C">
+          <w:p w14:paraId="2A0CA7C3" w14:textId="2A89E69C" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="428C9B49" w14:textId="68B2B300">
+          <w:p w14:paraId="428C9B49" w14:textId="68B2B300" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="272E293F" w14:textId="30B346DF">
+          <w:p w14:paraId="272E293F" w14:textId="30B346DF" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="30F114AE" w14:textId="0F9DB847">
+          <w:p w14:paraId="30F114AE" w14:textId="0F9DB847" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="78A8AB62" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="78A8AB62" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0FEA0563" w14:textId="77777777">
+          <w:p w14:paraId="0FEA0563" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1FDD6109" w14:textId="77777777">
+          <w:p w14:paraId="1FDD6109" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0AE06758" w14:textId="77777777">
+          <w:p w14:paraId="0AE06758" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5DE962F9" w14:textId="71E59AD6">
+          <w:p w14:paraId="5DE962F9" w14:textId="71E59AD6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5D86D9A6" w14:textId="77777777">
+          <w:p w14:paraId="5D86D9A6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1958A46D" w14:textId="77777777">
+          <w:p w14:paraId="1958A46D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="2C770BB4" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="2C770BB4" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79C3BADF" w14:textId="77777777">
+          <w:p w14:paraId="79C3BADF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64E4E8FB" w14:textId="77777777">
+          <w:p w14:paraId="64E4E8FB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3CCADBA5" w14:textId="77777777">
+          <w:p w14:paraId="3CCADBA5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D592973" w14:textId="0E946366">
+          <w:p w14:paraId="4D592973" w14:textId="0E946366" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7097F8D1" w14:textId="77777777">
+          <w:p w14:paraId="7097F8D1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1131542D" w14:textId="7C11650C">
+          <w:p w14:paraId="1131542D" w14:textId="7C11650C" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="0E9089A2" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0E9089A2" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6E08CB8F" w14:textId="77777777">
+          <w:p w14:paraId="6E08CB8F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övre buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="62761E9D" w14:textId="68697CFA">
+          <w:p w14:paraId="62761E9D" w14:textId="68697CFA" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68815C00" w14:textId="0DDFEE3A">
+          <w:p w14:paraId="68815C00" w14:textId="0DDFEE3A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="45B36C94" w14:textId="30031FD8">
+          <w:p w14:paraId="45B36C94" w14:textId="30031FD8" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0F5937EB" w14:textId="011C26A4">
+          <w:p w14:paraId="0F5937EB" w14:textId="011C26A4" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6CC2F727" w14:textId="45AFB76A">
+          <w:p w14:paraId="6CC2F727" w14:textId="45AFB76A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="6CE58559" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6CE58559" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="59FCC612" w14:textId="77777777">
+          <w:p w14:paraId="59FCC612" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kortikomedullär</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51477F8C" w14:textId="77777777">
+          <w:p w14:paraId="51477F8C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3EF503FD" w14:textId="77777777">
+          <w:p w14:paraId="3EF503FD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="58A6CA7D" w14:textId="2A166ED3">
+          <w:p w14:paraId="58A6CA7D" w14:textId="2A166ED3" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="11B3057D" w14:textId="77777777">
+          <w:p w14:paraId="11B3057D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BE64B5A" w14:textId="77777777">
+          <w:p w14:paraId="1BE64B5A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="12FD5712" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="12FD5712" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3C399660" w14:textId="77777777">
+          <w:p w14:paraId="3C399660" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="084AC236" w14:textId="77777777">
+          <w:p w14:paraId="084AC236" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="37094338" w14:textId="77777777">
+          <w:p w14:paraId="37094338" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79649E9F" w14:textId="77645938">
+          <w:p w14:paraId="79649E9F" w14:textId="77645938" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="24262D74" w14:textId="77777777">
+          <w:p w14:paraId="24262D74" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="67AA7FFF" w14:textId="77777777">
+          <w:p w14:paraId="67AA7FFF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="18ADE6E4" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="18ADE6E4" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1C020391" w14:textId="77777777">
+          <w:p w14:paraId="1C020391" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="144F83BB" w14:textId="77777777">
+          <w:p w14:paraId="144F83BB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="497D5D4C" w14:textId="77777777">
+          <w:p w14:paraId="497D5D4C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="69710792" w14:textId="14EB5887">
+          <w:p w14:paraId="69710792" w14:textId="14EB5887" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="303C5983" w14:textId="77777777">
+          <w:p w14:paraId="303C5983" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1642B888" w14:textId="4670FC67">
+          <w:p w14:paraId="1642B888" w14:textId="4670FC67" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3C22FC2E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3C22FC2E" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="627F761E" w14:textId="77777777">
+          <w:p w14:paraId="627F761E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thx/övre buk K+ nefrografisk fas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4EE34D11" w14:textId="77777777">
+          <w:p w14:paraId="4EE34D11" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="01105BCC" w14:textId="77777777">
+          <w:p w14:paraId="01105BCC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6B9E53AF" w14:textId="41774614">
+          <w:p w14:paraId="6B9E53AF" w14:textId="41774614" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="33FD51B8" w14:textId="77777777">
+          <w:p w14:paraId="33FD51B8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="1834C980" w14:textId="297F4C9E">
+          <w:p w14:paraId="1834C980" w14:textId="297F4C9E" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="12B4BF5C" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="12B4BF5C" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="253151E5" w14:textId="77777777">
+          <w:p w14:paraId="253151E5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Mediastinum K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="701F8838" w14:textId="77777777">
+          <w:p w14:paraId="701F8838" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00990F84" w14:paraId="04B9B7DF" w14:textId="5E1CD2D0">
+          <w:p w14:paraId="04B9B7DF" w14:textId="5E1CD2D0" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00990F84" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="63CF8C4C" w14:textId="780F9AB2">
+          <w:p w14:paraId="63CF8C4C" w14:textId="780F9AB2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00FB02BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2C4638D8" w14:textId="77777777">
+          <w:p w14:paraId="2C4638D8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CFF8C44" w14:textId="77777777">
+          <w:p w14:paraId="1CFF8C44" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="23D6B176" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="23D6B176" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3B1DD7CE" w14:textId="77777777">
+          <w:p w14:paraId="3B1DD7CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="02ECDA33" w14:textId="6CB9439D">
+          <w:p w14:paraId="02ECDA33" w14:textId="6CB9439D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="537B7A44" w14:textId="2D38F1E7">
+          <w:p w14:paraId="537B7A44" w14:textId="2D38F1E7" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="430E7532" w14:textId="77921804">
+          <w:p w14:paraId="430E7532" w14:textId="77921804" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="1CB2DEA0" w14:textId="41C40C21">
+          <w:p w14:paraId="1CB2DEA0" w14:textId="41C40C21" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00C05F95" w14:paraId="15136357" w14:textId="79A5973A">
+          <w:p w14:paraId="15136357" w14:textId="79A5973A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00C05F95" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3DBC788F" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3DBC788F" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E62BFD3" w14:textId="77777777">
+          <w:p w14:paraId="7E62BFD3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2D65F831" w14:textId="77777777">
+          <w:p w14:paraId="2D65F831" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BEF3110" w14:textId="77777777">
+          <w:p w14:paraId="3BEF3110" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="623A14AB" w14:textId="7352F540">
+          <w:p w14:paraId="623A14AB" w14:textId="7352F540" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6937C680" w14:textId="77777777">
+          <w:p w14:paraId="6937C680" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BC7094C" w14:textId="77777777">
+          <w:p w14:paraId="1BC7094C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7B97623D" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7B97623D" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0269D886" w14:textId="77777777">
+          <w:p w14:paraId="0269D886" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="31A4469A" w14:textId="77777777">
+          <w:p w14:paraId="31A4469A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="06354516" w14:textId="77777777">
+          <w:p w14:paraId="06354516" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44A81DE1" w14:textId="489CB825">
+          <w:p w14:paraId="44A81DE1" w14:textId="489CB825" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="008F261F" w14:textId="77777777">
+          <w:p w14:paraId="008F261F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0EB61D86" w14:textId="77777777">
+          <w:p w14:paraId="0EB61D86" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7D2060AF" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7D2060AF" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79A0AB37" w14:textId="77777777">
+          <w:p w14:paraId="79A0AB37" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Övre buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="23D5588A" w14:textId="3BAE8AA8">
+          <w:p w14:paraId="23D5588A" w14:textId="3BAE8AA8" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4AB26DD7" w14:textId="0FF7B0A5">
+          <w:p w14:paraId="4AB26DD7" w14:textId="0FF7B0A5" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A2CA46D" w14:textId="04FC76A2">
+          <w:p w14:paraId="3A2CA46D" w14:textId="04FC76A2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5DACC2D6" w14:textId="4057D7BE">
+          <w:p w14:paraId="5DACC2D6" w14:textId="4057D7BE" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47BB7265" w14:textId="06031C0D">
+          <w:p w14:paraId="47BB7265" w14:textId="06031C0D" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="38BC4874" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="38BC4874" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5E2A0B2A" w14:textId="77777777">
+          <w:p w14:paraId="5E2A0B2A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0DFB3230" w14:textId="77777777">
+          <w:p w14:paraId="0DFB3230" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="78C10C70" w14:textId="77777777">
+          <w:p w14:paraId="78C10C70" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="21071CF3" w14:textId="3B15F97A">
+          <w:p w14:paraId="21071CF3" w14:textId="3B15F97A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="28EE5E49" w14:textId="77777777">
+          <w:p w14:paraId="28EE5E49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5BA3DF59" w14:textId="77777777">
+          <w:p w14:paraId="5BA3DF59" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="7C8ECA2C" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="7C8ECA2C" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A344BEE" w14:textId="77777777">
+          <w:p w14:paraId="2A344BEE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Urinvägar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="00E458B0" w:rsidRDefault="004F27EF" w14:paraId="3351AF5F" w14:textId="102DB56A">
+          <w:p w14:paraId="3351AF5F" w14:textId="102DB56A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="00E458B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5FC1950B" w14:textId="354EA536">
+          <w:p w14:paraId="5FC1950B" w14:textId="354EA536" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="207FB66B" w14:textId="24C85AC3">
+          <w:p w14:paraId="207FB66B" w14:textId="24C85AC3" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5E85DE2B" w14:textId="4A366B8A">
+          <w:p w14:paraId="5E85DE2B" w14:textId="4A366B8A" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="50A8F368" w14:textId="320A24E6">
+          <w:p w14:paraId="50A8F368" w14:textId="320A24E6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="31E1C949" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="31E1C949" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0CEF01AF" w14:textId="77777777">
+          <w:p w14:paraId="0CEF01AF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>utsöndringsfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="48204840" w14:textId="77777777">
+          <w:p w14:paraId="48204840" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1980A980" w14:textId="77777777">
+          <w:p w14:paraId="1980A980" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="77F35CB4" w14:textId="2DEA26F6">
+          <w:p w14:paraId="77F35CB4" w14:textId="2DEA26F6" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4E3850FD" w14:textId="77777777">
+          <w:p w14:paraId="4E3850FD" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6187CD74" w14:textId="77777777">
+          <w:p w14:paraId="6187CD74" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="3E658928" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3E658928" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3DF3CFCF" w14:textId="77777777">
+          <w:p w14:paraId="3DF3CFCF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D780D51" w14:textId="77777777">
+          <w:p w14:paraId="4D780D51" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="11A3C375" w14:textId="77777777">
+          <w:p w14:paraId="11A3C375" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="528E099D" w14:textId="39036237">
+          <w:p w14:paraId="528E099D" w14:textId="39036237" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2E13A906" w14:textId="77777777">
+          <w:p w14:paraId="2E13A906" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="43480E9E" w14:textId="77777777">
+          <w:p w14:paraId="43480E9E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="11295460" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="11295460" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="584BA17D" w14:textId="77777777">
+          <w:p w14:paraId="584BA17D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="687F3012" w14:textId="77777777">
+          <w:p w14:paraId="687F3012" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7263FF73" w14:textId="77777777">
+          <w:p w14:paraId="7263FF73" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="014BC19D" w14:textId="15AAB831">
+          <w:p w14:paraId="014BC19D" w14:textId="15AAB831" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E67BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="524F47A0" w14:textId="77777777">
+          <w:p w14:paraId="524F47A0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="00FB02BA" w14:paraId="467BA9AE" w14:textId="57EF97C2">
+          <w:p w14:paraId="467BA9AE" w14:textId="57EF97C2" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="00FB02BA" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004F27EF" w:rsidR="004F27EF">
+            <w:r w:rsidR="004F27EF" w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="350BDC17" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="350BDC17" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7996AA62" w14:textId="77777777">
+          <w:p w14:paraId="7996AA62" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scouter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="241364B2" w14:textId="77777777">
+          <w:p w14:paraId="241364B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="170AB425" w14:textId="77777777">
+          <w:p w14:paraId="170AB425" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="10AD9AC1" w14:textId="77777777">
+          <w:p w14:paraId="10AD9AC1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6F169123" w14:textId="77777777">
+          <w:p w14:paraId="6F169123" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FCAE04D" w14:textId="77777777">
+          <w:p w14:paraId="4FCAE04D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="00937554" w14:paraId="0D31084C" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0D31084C" w14:textId="77777777" w:rsidTr="00937554">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="23072A56" w14:textId="77777777">
+          <w:p w14:paraId="23072A56" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64EFDFC2" w14:textId="77777777">
+          <w:p w14:paraId="64EFDFC2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6168105B" w14:textId="77777777">
+          <w:p w14:paraId="6168105B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="70486F10" w14:textId="77777777">
+          <w:p w14:paraId="70486F10" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25D9AA42" w14:textId="77777777">
+          <w:p w14:paraId="25D9AA42" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2A6559C1" w14:textId="77777777">
+          <w:p w14:paraId="2A6559C1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="002A710E" w:rsidRDefault="004F27EF" w14:paraId="6D520105" w14:textId="77777777">
+    <w:p w14:paraId="6D520105" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="002A710E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F27EF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hängning </w:t>
       </w:r>
       <w:r w:rsidRPr="004F27EF">
         <w:t>PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="383889F5" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="383889F5" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7DFE0530" w14:textId="77777777">
+          <w:p w14:paraId="7DFE0530" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="151A03B1" w14:textId="77777777">
+          <w:p w14:paraId="151A03B1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="220C5D84" w14:textId="77777777">
+          <w:p w14:paraId="220C5D84" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4F6C5DFB" w14:textId="77777777">
+          <w:p w14:paraId="4F6C5DFB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0B5E3589" w14:textId="77777777">
+          <w:p w14:paraId="0B5E3589" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="3EA89BCF" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="3EA89BCF" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6C1156E4" w14:textId="77777777">
+          <w:p w14:paraId="6C1156E4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="703F4F54" w14:textId="77777777">
+          <w:p w14:paraId="703F4F54" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47D335F0" w14:textId="77777777">
+          <w:p w14:paraId="47D335F0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0CC90BBC" w14:textId="77777777">
+          <w:p w14:paraId="0CC90BBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="17D3F315" w14:textId="77777777">
+          <w:p w14:paraId="17D3F315" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3921208E" w14:textId="77777777">
+          <w:p w14:paraId="3921208E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46EABCB4" w14:textId="77777777">
+          <w:p w14:paraId="46EABCB4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="36562C6B" w14:textId="77777777">
+          <w:p w14:paraId="36562C6B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="22F2D559" w14:textId="77777777">
+          <w:p w14:paraId="22F2D559" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="58EF6DF4" w14:textId="77777777">
+          <w:p w14:paraId="58EF6DF4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="745A1370" w14:textId="77777777">
+          <w:p w14:paraId="745A1370" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="36A29DAA" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="36A29DAA" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="656E323B" w14:textId="77777777">
+          <w:p w14:paraId="656E323B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4F8A0010" w14:textId="77777777">
+          <w:p w14:paraId="4F8A0010" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7C313E99" w14:textId="77777777">
+          <w:p w14:paraId="7C313E99" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="083B7D27" w14:textId="77777777">
+          <w:p w14:paraId="083B7D27" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6D3D0786" w14:textId="77777777">
+          <w:p w14:paraId="6D3D0786" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="59568F06" w14:textId="77777777">
+          <w:p w14:paraId="59568F06" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="68B9B005" w14:textId="77777777">
+          <w:p w14:paraId="68B9B005" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0AB4C31B" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0AB4C31B" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1787412D" w14:textId="77777777">
+          <w:p w14:paraId="1787412D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3ADC1A96" w14:textId="77777777">
+          <w:p w14:paraId="3ADC1A96" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="28F4D206" w14:textId="77777777">
+          <w:p w14:paraId="28F4D206" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5329E860" w14:textId="77777777">
+          <w:p w14:paraId="5329E860" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="09C48D8F" w14:textId="77777777">
+          <w:p w14:paraId="09C48D8F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="547762E4" w14:textId="77777777">
+          <w:p w14:paraId="547762E4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0319AAA9" w14:textId="77777777">
+          <w:p w14:paraId="0319AAA9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0528A08D" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0528A08D" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="53AD8EA5" w14:textId="77777777">
+          <w:p w14:paraId="53AD8EA5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44462460" w14:textId="77777777">
+          <w:p w14:paraId="44462460" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51EE5CA0" w14:textId="77777777">
+          <w:p w14:paraId="51EE5CA0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="40645997" w14:textId="77777777">
+          <w:p w14:paraId="40645997" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64CDCC2C" w14:textId="77777777">
+          <w:p w14:paraId="64CDCC2C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="461E976A" w14:textId="77777777">
+          <w:p w14:paraId="461E976A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1EA398C6" w14:textId="77777777">
+          <w:p w14:paraId="1EA398C6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="36A18673" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="36A18673" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="02A3F2AE" w14:textId="77777777">
+          <w:p w14:paraId="02A3F2AE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="66A1AC30" w14:textId="77777777">
+          <w:p w14:paraId="66A1AC30" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6357A95F" w14:textId="77777777">
+          <w:p w14:paraId="6357A95F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="35097CA0" w14:textId="77777777">
+          <w:p w14:paraId="35097CA0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47FEDB2B" w14:textId="77777777">
+          <w:p w14:paraId="47FEDB2B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="172AE0AF" w14:textId="77777777">
+          <w:p w14:paraId="172AE0AF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="62FA47CE" w14:textId="77777777">
+          <w:p w14:paraId="62FA47CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6117488E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6117488E" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6DAFB0BB" w14:textId="77777777">
+          <w:p w14:paraId="6DAFB0BB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="081BF6AA" w14:textId="77777777">
+          <w:p w14:paraId="081BF6AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="33D28DA2" w14:textId="77777777">
+          <w:p w14:paraId="33D28DA2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F904A55" w14:textId="77777777">
+          <w:p w14:paraId="2F904A55" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D80677C" w14:textId="77777777">
+          <w:p w14:paraId="4D80677C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="520EDA42" w14:textId="77777777">
+          <w:p w14:paraId="520EDA42" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1ED80A7E" w14:textId="77777777">
+          <w:p w14:paraId="1ED80A7E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="0555DEFA" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="0555DEFA" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5547660C" w14:textId="77777777">
+          <w:p w14:paraId="5547660C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F22BADE" w14:textId="77777777">
+          <w:p w14:paraId="2F22BADE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6267AEB0" w14:textId="77777777">
+          <w:p w14:paraId="6267AEB0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3EA58030" w14:textId="77777777">
+          <w:p w14:paraId="3EA58030" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6E337AA4" w14:textId="77777777">
+          <w:p w14:paraId="6E337AA4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="47F4D12D" w14:textId="77777777">
+          <w:p w14:paraId="47F4D12D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="16097EE5" w14:textId="77777777">
+          <w:p w14:paraId="16097EE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="20C9C52E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="20C9C52E" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4A57D0BF" w14:textId="77777777">
+          <w:p w14:paraId="4A57D0BF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="25F00482" w14:textId="77777777">
+          <w:p w14:paraId="25F00482" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="03E9AFE5" w14:textId="77777777">
+          <w:p w14:paraId="03E9AFE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="370D8E4D" w14:textId="77777777">
+          <w:p w14:paraId="370D8E4D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E18FCF6" w14:textId="77777777">
+          <w:p w14:paraId="1E18FCF6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3FAD2CCE" w14:textId="77777777">
+          <w:p w14:paraId="3FAD2CCE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="719CA097" w14:textId="77777777">
+          <w:p w14:paraId="719CA097" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="160E412B" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="160E412B" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="779E4728" w14:textId="77777777">
+          <w:p w14:paraId="779E4728" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0E1CB462" w14:textId="77777777">
+          <w:p w14:paraId="0E1CB462" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E40C7F9" w14:textId="77777777">
+          <w:p w14:paraId="7E40C7F9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="16449A63" w14:textId="77777777">
+          <w:p w14:paraId="16449A63" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="60E3966A" w14:textId="77777777">
+          <w:p w14:paraId="60E3966A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BE6CE3C" w14:textId="77777777">
+    <w:p w14:paraId="3BE6CE3C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="292EE5B6" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="292EE5B6" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2082B5CE" w14:textId="77777777">
+          <w:p w14:paraId="2082B5CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="518569CA" w14:textId="77777777">
+          <w:p w14:paraId="518569CA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="06384EF1" w14:textId="77777777">
+          <w:p w14:paraId="06384EF1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="39391DE3" w14:textId="77777777">
+          <w:p w14:paraId="39391DE3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5F3C58FE" w14:textId="77777777">
+          <w:p w14:paraId="5F3C58FE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="61D3EF7E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="61D3EF7E" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="072F3E01" w14:textId="77777777">
+          <w:p w14:paraId="072F3E01" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Buk K-/K+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3A6A5965" w14:textId="77777777">
+          <w:p w14:paraId="3A6A5965" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1CF457E7" w14:textId="77777777">
+          <w:p w14:paraId="1CF457E7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="64DCF515" w14:textId="77777777">
+          <w:p w14:paraId="64DCF515" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0BB3215D" w14:textId="77777777">
+          <w:p w14:paraId="0BB3215D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7213B47D" w14:textId="77777777">
+          <w:p w14:paraId="7213B47D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79001917" w14:textId="77777777">
+          <w:p w14:paraId="79001917" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="13CF86F6" w14:textId="77777777">
+          <w:p w14:paraId="13CF86F6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B794BBC" w14:textId="77777777">
+          <w:p w14:paraId="1B794BBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="175B1FE6" w14:textId="77777777">
+          <w:p w14:paraId="175B1FE6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1DE381AA" w14:textId="77777777">
+          <w:p w14:paraId="1DE381AA" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BF218B2" w14:textId="77777777">
+          <w:p w14:paraId="3BF218B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="51AA3882" w14:textId="77777777">
+          <w:p w14:paraId="51AA3882" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0A46B6E3" w14:textId="77777777">
+          <w:p w14:paraId="0A46B6E3" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kortikom.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="55E2C5E8" w14:textId="77777777">
+          <w:p w14:paraId="55E2C5E8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="77CF2BE5" w14:textId="77777777">
+          <w:p w14:paraId="77CF2BE5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="507CFE16" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="507CFE16" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1A97A5FE" w14:textId="77777777">
+          <w:p w14:paraId="1A97A5FE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46C7C65B" w14:textId="77777777">
+          <w:p w14:paraId="46C7C65B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="79117D07" w14:textId="77777777">
+          <w:p w14:paraId="79117D07" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2EF66BEE" w14:textId="77777777">
+          <w:p w14:paraId="2EF66BEE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3E976300" w14:textId="77777777">
+          <w:p w14:paraId="3E976300" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="50BDD329" w14:textId="77777777">
+          <w:p w14:paraId="50BDD329" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1D5AB5C5" w14:textId="77777777">
+          <w:p w14:paraId="1D5AB5C5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3BFC134B" w14:textId="77777777">
+          <w:p w14:paraId="3BFC134B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="798C5DC2" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="798C5DC2" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="662C63A9" w14:textId="77777777">
+          <w:p w14:paraId="662C63A9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FF84A26" w14:textId="77777777">
+          <w:p w14:paraId="4FF84A26" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="03416209" w14:textId="77777777">
+          <w:p w14:paraId="03416209" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E5A98A8" w14:textId="77777777">
+          <w:p w14:paraId="7E5A98A8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="749F575F" w14:textId="77777777">
+          <w:p w14:paraId="749F575F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1FE7CF79" w14:textId="77777777">
+          <w:p w14:paraId="1FE7CF79" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1B0F2775" w14:textId="77777777">
+          <w:p w14:paraId="1B0F2775" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2F696675" w14:textId="77777777">
+          <w:p w14:paraId="2F696675" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="78026AD3" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="78026AD3" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="18F5D1B7" w14:textId="77777777">
+          <w:p w14:paraId="18F5D1B7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="297B253C" w14:textId="77777777">
+          <w:p w14:paraId="297B253C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74503AC5" w14:textId="77777777">
+          <w:p w14:paraId="74503AC5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="44EB9ED0" w14:textId="77777777">
+          <w:p w14:paraId="44EB9ED0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E386629" w14:textId="77777777">
+          <w:p w14:paraId="1E386629" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="74B3E924" w14:textId="77777777">
+          <w:p w14:paraId="74B3E924" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3503F766" w14:textId="77777777">
+          <w:p w14:paraId="3503F766" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7436DE7E" w14:textId="77777777">
+          <w:p w14:paraId="7436DE7E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="636AAF7E" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="636AAF7E" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0FC925F4" w14:textId="77777777">
+          <w:p w14:paraId="0FC925F4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="32C1BA83" w14:textId="77777777">
+          <w:p w14:paraId="32C1BA83" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4D1D0842" w14:textId="77777777">
+          <w:p w14:paraId="4D1D0842" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6DD2AF8E" w14:textId="77777777">
+          <w:p w14:paraId="6DD2AF8E" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="46A5C3C9" w14:textId="77777777">
+          <w:p w14:paraId="46A5C3C9" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6054D0C2" w14:textId="77777777">
+          <w:p w14:paraId="6054D0C2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="30D97B0B" w14:textId="77777777">
+          <w:p w14:paraId="30D97B0B" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2252234C" w14:textId="77777777">
+          <w:p w14:paraId="2252234C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4420ED55" w14:textId="77777777">
+          <w:p w14:paraId="4420ED55" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3E3D9DBC" w14:textId="77777777">
+          <w:p w14:paraId="3E3D9DBC" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5CD9168D" w14:textId="77777777">
+          <w:p w14:paraId="5CD9168D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0F431696" w14:textId="77777777">
+          <w:p w14:paraId="0F431696" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1BC63988" w14:textId="77777777">
+          <w:p w14:paraId="1BC63988" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1E99E35C" w14:textId="77777777">
+          <w:p w14:paraId="1E99E35C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="10B408CE" w14:textId="77777777">
+          <w:p w14:paraId="10B408CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="65C28C25" w14:textId="77777777">
+          <w:p w14:paraId="65C28C25" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="738741F4" w14:textId="77777777">
+          <w:p w14:paraId="738741F4" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F27EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="26FA17AB" w14:textId="77777777">
+          <w:p w14:paraId="26FA17AB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="4A1F633C" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="4A1F633C" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0EDB73B5" w14:textId="77777777">
+          <w:p w14:paraId="0EDB73B5" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="13F28EB2" w14:textId="77777777">
+          <w:p w14:paraId="13F28EB2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5B58EF05" w14:textId="77777777">
+          <w:p w14:paraId="5B58EF05" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7DD68108" w14:textId="77777777">
+          <w:p w14:paraId="7DD68108" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="29211787" w14:textId="77777777">
+          <w:p w14:paraId="29211787" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="75906730" w14:textId="77777777">
+          <w:p w14:paraId="75906730" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3FD391C7" w14:textId="77777777">
+          <w:p w14:paraId="3FD391C7" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="328C4427" w14:textId="77777777">
+          <w:p w14:paraId="328C4427" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="67C03737" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="67C03737" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="312ED12F" w14:textId="77777777">
+          <w:p w14:paraId="312ED12F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6C1BD07D" w14:textId="77777777">
+          <w:p w14:paraId="6C1BD07D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="021A3224" w14:textId="77777777">
+          <w:p w14:paraId="021A3224" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="420243C1" w14:textId="77777777">
+          <w:p w14:paraId="420243C1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6BEE1130" w14:textId="77777777">
+          <w:p w14:paraId="6BEE1130" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2716599F" w14:textId="77777777">
+          <w:p w14:paraId="2716599F" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="1F78F3EB" w14:textId="77777777">
+          <w:p w14:paraId="1F78F3EB" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7E3238F6" w14:textId="77777777">
+          <w:p w14:paraId="7E3238F6" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="6933E820" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="6933E820" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="541330F1" w14:textId="77777777">
+          <w:p w14:paraId="541330F1" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="7F495FF8" w14:textId="77777777">
+          <w:p w14:paraId="7F495FF8" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="3CF3A5CE" w14:textId="77777777">
+          <w:p w14:paraId="3CF3A5CE" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="6A2C9B49" w14:textId="77777777">
+          <w:p w14:paraId="6A2C9B49" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4C4E3C5A" w14:textId="77777777">
+          <w:p w14:paraId="4C4E3C5A" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="706E13B2" w14:textId="77777777">
+          <w:p w14:paraId="706E13B2" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="49F68D0C" w14:textId="77777777">
+          <w:p w14:paraId="49F68D0C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="128DE918" w14:textId="77777777">
+          <w:p w14:paraId="128DE918" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidTr="004F27EF" w14:paraId="20096371" w14:textId="77777777">
+      <w:tr w:rsidR="004F27EF" w:rsidRPr="004F27EF" w14:paraId="20096371" w14:textId="77777777" w:rsidTr="004F27EF">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="075D0C7D" w14:textId="77777777">
+          <w:p w14:paraId="075D0C7D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="17B4CA5D" w14:textId="77777777">
+          <w:p w14:paraId="17B4CA5D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="0DC4190C" w14:textId="77777777">
+          <w:p w14:paraId="0DC4190C" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="37018ADF" w14:textId="77777777">
+          <w:p w14:paraId="37018ADF" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="5139589D" w14:textId="77777777">
+          <w:p w14:paraId="5139589D" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="2338A8D0" w14:textId="77777777">
+    <w:p w14:paraId="2338A8D0" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="004F27EF" w:rsidR="004F27EF" w:rsidP="004F27EF" w:rsidRDefault="004F27EF" w14:paraId="4FB10755" w14:textId="77777777">
+    <w:p w14:paraId="4FB10755" w14:textId="77777777" w:rsidR="004F27EF" w:rsidRPr="004F27EF" w:rsidRDefault="004F27EF" w:rsidP="004F27EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="002C4B3E">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="002C4B3E">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="43FC3A7F" w14:textId="77777777">
+    <w:p w14:paraId="43FC3A7F" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="0F8429EF" w14:textId="77777777">
+    <w:p w14:paraId="0F8429EF" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="0978C835" w14:textId="77777777">
+    <w:p w14:paraId="0978C835" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -11481,163 +11444,163 @@
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -11670,313 +11633,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="43D16F75" w14:textId="77777777"/>
+    <w:p w14:paraId="43D16F75" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="26972834" w14:textId="77777777">
+    <w:p w14:paraId="26972834" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0012454E" w:rsidRDefault="0012454E" w14:paraId="3CF50D9A" w14:textId="77777777">
+    <w:p w14:paraId="3CF50D9A" w14:textId="77777777" w:rsidR="0012454E" w:rsidRDefault="0012454E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="09C419BE">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="12D598F2">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
+    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -12012,899 +11975,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="DD745B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="52526574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12969,992 +12932,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="53FEB842">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5BB803C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="135C2E64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="23444030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E1C85F94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="058AE3A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="51E07BD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="984624FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76A409FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="CB3068C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E110B01A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14016,486 +13979,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="52D8973E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="F3686612">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4CB2A75A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D9682058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3014FFDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="AF84DFFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="938A83D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="F9000644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BF5C9D52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D8F4868A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="612591665">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="930621563">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1349597070">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="621152608">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1314797682">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="244002501">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1355033856">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="71316628">
@@ -14528,70 +14491,69 @@
   <w:num w:numId="17" w16cid:durableId="581454570">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="387874002">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1291670847">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="597561613">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1620916664">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="408305223">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1580822200">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -14626,50 +14588,51 @@
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="0012454E"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D205A"/>
     <w:rsid w:val="00201C16"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A710E"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C3A14"/>
     <w:rsid w:val="002C4B3E"/>
     <w:rsid w:val="002C60AD"/>
@@ -14885,68 +14848,70 @@
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B56961"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83962"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD421F"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C05F95"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
@@ -15015,168 +14980,168 @@
     <w:rsid w:val="540F0625"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6C0E82B5"/>
     <w:rsid w:val="7C3CBC28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15201,75 +15166,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -15304,57 +15269,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -15412,700 +15377,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -16169,609 +16134,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -16780,94 +16745,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -16876,496 +16841,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -17432,66 +17397,66 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24674,53 +24639,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>428</Words>
+  <Characters>3166</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3587</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Njurar tumör 4-fas med thorax K+ (852902B, 830800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>19</revision>
+  <revision>20</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>